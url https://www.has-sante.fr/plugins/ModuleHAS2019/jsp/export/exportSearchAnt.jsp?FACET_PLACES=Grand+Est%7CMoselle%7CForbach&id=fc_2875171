--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="129">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -147,96 +153,345 @@
     <t>Salim</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>Docteur Christoph SCHUSTER</t>
   </si>
   <si>
     <t>08/11/2016 11:35:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712916/fr/docteur-christoph-schuster</t>
   </si>
   <si>
     <t>c_2712916</t>
   </si>
   <si>
     <t>SCHUSTER</t>
   </si>
   <si>
     <t>Christoph</t>
   </si>
   <si>
     <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>CENTRE HEBERGEMENT ECLATE UDAF</t>
+  </si>
+  <si>
+    <t>30/09/2025 16:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13813_FicheESSMS/fr/centre-hebergement-eclate-udaf</t>
+  </si>
+  <si>
+    <t>13813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Nationale</t>
+  </si>
+  <si>
+    <t>57600 FORBACH</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>570011346</t>
+  </si>
+  <si>
+    <t>C. H. R. S. "ESPOIR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4791_FicheESSMS/fr/c-h-r-s-espoir</t>
+  </si>
+  <si>
+    <t>4791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Nationale</t>
+  </si>
+  <si>
+    <t>570005025</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE A L OREE DU BOIS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6998_FicheESSMS/fr/ehpad-residence-a-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>6998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Rue Felix Barth</t>
+  </si>
+  <si>
+    <t>57604 FORBACH</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>570004283</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA CHAPELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7844_FicheESSMS/fr/residence-la-chapelle</t>
+  </si>
+  <si>
+    <t>7844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>570005439</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CERISIERS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10898_FicheESSMS/fr/ehpad-les-cerisiers</t>
+  </si>
+  <si>
+    <t>10898_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Marie</t>
+  </si>
+  <si>
+    <t>570003459</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER MARIE-MADELEINE A FORBACH-CHIC UNISANTE+</t>
+  </si>
+  <si>
+    <t>09/07/2025 09:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1805_FicheEtablissement/fr/ch-marie-madeleine-de-forbach</t>
+  </si>
+  <si>
+    <t>1805_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>2 Rue Therese</t>
+  </si>
+  <si>
+    <t>0387888000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DE GERIATRIE ST FRANÇOIS FORBACH GROUPE SOS SANTE</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:55:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1810_FicheEtablissement/fr/ctre-de-geriatrie-forbach-sos-sante</t>
+  </si>
+  <si>
+    <t>1810_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Faubourg Sainte-Croix</t>
+  </si>
+  <si>
+    <t>0387849970</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>570000166</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE FORBACH GROUPE SOS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1848_FicheEtablissement/fr/usld-centre-de-geriatrie-de-forbach</t>
+  </si>
+  <si>
+    <t>1848_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>24 Faubourg Sainte Croix</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>570015040</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -429,41 +684,617 @@
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>45</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>48</v>
+      </c>
+      <c r="L1" t="s">
+        <v>49</v>
+      </c>
+      <c r="M1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N1" t="s">
+        <v>51</v>
+      </c>
+      <c r="O1" t="s">
+        <v>52</v>
+      </c>
+      <c r="P1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J2" t="s">
+        <v>60</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>61</v>
+      </c>
+      <c r="M2" t="s">
+        <v>62</v>
+      </c>
+      <c r="N2" t="s">
+        <v>63</v>
+      </c>
+      <c r="O2" t="s">
+        <v>64</v>
+      </c>
+      <c r="P2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J3" t="s">
+        <v>60</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M3" t="s">
+        <v>62</v>
+      </c>
+      <c r="N3" t="s">
+        <v>63</v>
+      </c>
+      <c r="O3" t="s">
+        <v>64</v>
+      </c>
+      <c r="P3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I4" t="s">
+        <v>76</v>
+      </c>
+      <c r="J4" t="s">
+        <v>77</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M4" t="s">
+        <v>78</v>
+      </c>
+      <c r="N4" t="s">
+        <v>79</v>
+      </c>
+      <c r="O4" t="s">
+        <v>80</v>
+      </c>
+      <c r="P4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I5" t="s">
+        <v>86</v>
+      </c>
+      <c r="J5" t="s">
+        <v>60</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>61</v>
+      </c>
+      <c r="M5" t="s">
+        <v>62</v>
+      </c>
+      <c r="N5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O5" t="s">
+        <v>87</v>
+      </c>
+      <c r="P5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>90</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>91</v>
+      </c>
+      <c r="H6" t="s">
+        <v>92</v>
+      </c>
+      <c r="I6" t="s">
+        <v>93</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>79</v>
+      </c>
+      <c r="O6" t="s">
+        <v>80</v>
+      </c>
+      <c r="P6" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J1" t="s">
+        <v>46</v>
+      </c>
+      <c r="K1" t="s">
+        <v>96</v>
+      </c>
+      <c r="L1" t="s">
+        <v>48</v>
+      </c>
+      <c r="M1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N1" t="s">
+        <v>97</v>
+      </c>
+      <c r="O1" t="s">
+        <v>98</v>
+      </c>
+      <c r="P1" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>100</v>
+      </c>
+      <c r="R1" t="s">
+        <v>50</v>
+      </c>
+      <c r="S1" t="s">
+        <v>101</v>
+      </c>
+      <c r="T1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+      <c r="I2" t="s">
+        <v>108</v>
+      </c>
+      <c r="J2" t="s">
+        <v>109</v>
+      </c>
+      <c r="K2" t="s">
+        <v>77</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>61</v>
+      </c>
+      <c r="N2" t="s">
+        <v>110</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>112</v>
+      </c>
+      <c r="R2" t="s">
+        <v>78</v>
+      </c>
+      <c r="S2" t="s">
+        <v>31</v>
+      </c>
+      <c r="T2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>116</v>
+      </c>
+      <c r="H3" t="s">
+        <v>117</v>
+      </c>
+      <c r="I3" t="s">
+        <v>108</v>
+      </c>
+      <c r="J3" t="s">
+        <v>118</v>
+      </c>
+      <c r="K3" t="s">
+        <v>60</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>61</v>
+      </c>
+      <c r="N3" t="s">
+        <v>119</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R3" t="s">
+        <v>62</v>
+      </c>
+      <c r="S3" t="s">
+        <v>121</v>
+      </c>
+      <c r="T3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>115</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" t="s">
+        <v>124</v>
+      </c>
+      <c r="I4" t="s">
+        <v>125</v>
+      </c>
+      <c r="J4" t="s">
+        <v>126</v>
+      </c>
+      <c r="K4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>61</v>
+      </c>
+      <c r="N4" t="s">
+        <v>119</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>127</v>
+      </c>
+      <c r="R4" t="s">
+        <v>62</v>
+      </c>
+      <c r="S4" t="s">
+        <v>128</v>
+      </c>
+      <c r="T4" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>