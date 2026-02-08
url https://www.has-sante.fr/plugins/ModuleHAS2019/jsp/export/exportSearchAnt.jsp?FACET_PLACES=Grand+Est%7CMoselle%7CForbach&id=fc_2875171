--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="261" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -98,51 +98,51 @@
   <si>
     <t>Docteur AMER MOHIEDDINE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>07/05/2021 10:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3265240/fr/docteur-amer-mohieddine</t>
   </si>
   <si>
     <t>p_3265240</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>MOHIEDDINE</t>
   </si>
   <si>
     <t>AMER</t>
   </si>
   <si>
-    <t>06 May 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>CH MARIE-MADELEINE DE FORBACH</t>
   </si>
   <si>
     <t>57604</t>
   </si>
   <si>
     <t>FORBACH</t>
   </si>
   <si>
     <t>570000059</t>
   </si>
   <si>
     <t>Docteur Salim JABAHGI</t>
   </si>
   <si>
     <t>17/01/2017 17:32:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740281/fr/docteur-salim-jabahgi</t>
   </si>
   <si>
     <t>c_2740281</t>
   </si>
@@ -182,120 +182,144 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>FOYER CDE DE FORBACH</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15691_FicheESSMS/fr/foyer-cde-de-forbach</t>
+  </si>
+  <si>
+    <t>15691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>57600 FORBACH</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Foyer de l'Enfance</t>
+  </si>
+  <si>
+    <t>570018549</t>
+  </si>
+  <si>
     <t>CENTRE HEBERGEMENT ECLATE UDAF</t>
   </si>
   <si>
     <t>30/09/2025 16:16:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13813_FicheESSMS/fr/centre-hebergement-eclate-udaf</t>
   </si>
   <si>
     <t>13813_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Nationale</t>
   </si>
   <si>
-    <t>57600 FORBACH</t>
-[...4 lines deleted...]
-  <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
   </si>
   <si>
     <t>570011346</t>
   </si>
   <si>
     <t>C. H. R. S. "ESPOIR"</t>
   </si>
   <si>
     <t>10/09/2025 12:21:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4791_FicheESSMS/fr/c-h-r-s-espoir</t>
   </si>
   <si>
     <t>4791_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Nationale</t>
   </si>
   <si>
     <t>570005025</t>
   </si>
   <si>
     <t>EHPAD "RESIDENCE A L OREE DU BOIS"</t>
   </si>
   <si>
     <t>10/09/2025 12:24:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6998_FicheESSMS/fr/ehpad-residence-a-l-oree-du-bois</t>
   </si>
   <si>
     <t>6998_FicheESSMS</t>
   </si>
   <si>
     <t>66 Rue Felix Barth</t>
   </si>
   <si>
     <t>57604 FORBACH</t>
-  </si>
-[...1 lines deleted...]
-    <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>570004283</t>
   </si>
   <si>
     <t>RESIDENCE LA CHAPELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7844_FicheESSMS/fr/residence-la-chapelle</t>
   </si>
   <si>
     <t>7844_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue De La Chapelle</t>
   </si>
@@ -690,51 +714,51 @@
       </c>
       <c r="N4" t="s">
         <v>45</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P6"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -834,467 +858,517 @@
       <c r="E3" t="s">
         <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>68</v>
       </c>
       <c r="H3" t="s">
         <v>69</v>
       </c>
       <c r="I3" t="s">
         <v>70</v>
       </c>
       <c r="J3" t="s">
         <v>60</v>
       </c>
       <c r="K3" t="s">
         <v>30</v>
       </c>
       <c r="L3" t="s">
         <v>61</v>
       </c>
       <c r="M3" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="N3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="O3" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="P3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J4" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="K4" t="s">
         <v>30</v>
       </c>
       <c r="L4" t="s">
         <v>61</v>
       </c>
       <c r="M4" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="N4" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="O4" t="s">
+        <v>73</v>
+      </c>
+      <c r="P4" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>54</v>
       </c>
       <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>82</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>83</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>84</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>85</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="K5" t="s">
         <v>30</v>
       </c>
       <c r="L5" t="s">
         <v>61</v>
       </c>
       <c r="M5" t="s">
         <v>62</v>
       </c>
       <c r="N5" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="O5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J6" t="s">
         <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>30</v>
       </c>
       <c r="L6" t="s">
         <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="N6" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="O6" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="P6" t="s">
-        <v>94</v>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>99</v>
+      </c>
+      <c r="H7" t="s">
+        <v>100</v>
+      </c>
+      <c r="I7" t="s">
+        <v>101</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>87</v>
+      </c>
+      <c r="O7" t="s">
+        <v>88</v>
+      </c>
+      <c r="P7" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="J1" t="s">
         <v>46</v>
       </c>
       <c r="K1" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="L1" t="s">
         <v>48</v>
       </c>
       <c r="M1" t="s">
         <v>49</v>
       </c>
       <c r="N1" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="O1" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="P1" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="Q1" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="R1" t="s">
         <v>50</v>
       </c>
       <c r="S1" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="T1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="I2" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="J2" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="K2" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
         <v>61</v>
       </c>
       <c r="N2" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="Q2" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="R2" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B3" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I3" t="s">
         <v>116</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="K3" t="s">
         <v>60</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>61</v>
       </c>
       <c r="N3" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="Q3" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="R3" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="S3" t="s">
+        <v>129</v>
+      </c>
+      <c r="T3" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B4" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="H4" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="I4" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="J4" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="K4" t="s">
         <v>60</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
         <v>61</v>
       </c>
       <c r="N4" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="Q4" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="R4" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="S4" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="T4" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>