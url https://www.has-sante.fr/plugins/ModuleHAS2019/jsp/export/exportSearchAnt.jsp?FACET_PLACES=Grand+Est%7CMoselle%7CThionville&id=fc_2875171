--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="133">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,87 +68,108 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur ARMELLE BRETON-BOURGEOIS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794689/fr/docteur-armelle-breton-bourgeois</t>
+  </si>
+  <si>
+    <t>p_3794689</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>BRETON-BOURGEOIS</t>
+  </si>
+  <si>
+    <t>ARMELLE</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE AMBROISE PARE DE THIONVILLE</t>
+  </si>
+  <si>
+    <t>57106</t>
+  </si>
+  <si>
+    <t>THIONVILLE</t>
+  </si>
+  <si>
+    <t>570000356</t>
+  </si>
+  <si>
     <t>Docteur Aurélien BEAUBERT</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>17/01/2025 13:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578794/fr/docteur-aurelien-beaubert</t>
   </si>
   <si>
     <t>p_3578794</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BEAUBERT</t>
   </si>
   <si>
     <t>Aurélien</t>
   </si>
   <si>
     <t>16 January 2025</t>
-  </si>
-[...10 lines deleted...]
-    <t>570000356</t>
   </si>
   <si>
     <t>Docteur ZIED GHARIANI</t>
   </si>
   <si>
     <t>18/10/2024 10:33:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550518/fr/docteur-zied-ghariani</t>
   </si>
   <si>
     <t>p_3550518</t>
   </si>
   <si>
     <t>GHARIANI</t>
   </si>
   <si>
     <t>ZIED</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>CLINIQUE LOUIS PASTEUR,CLINIQUE SAINT NABOR DE SAINT AVOLD,CLINIQUE AMBROISE PARE DE THIONVILLE</t>
   </si>
@@ -437,51 +458,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:R16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -599,116 +620,116 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P3" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R3" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
         <v>47</v>
       </c>
-      <c r="L4" t="s">
+      <c r="Q4" t="s">
         <v>48</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="R4" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
@@ -764,343 +785,343 @@
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
         <v>79</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>80</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>82</v>
+      </c>
+      <c r="O9" t="s">
         <v>83</v>
       </c>
-      <c r="L9" t="s">
+      <c r="P9" t="s">
         <v>84</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="Q11" t="s">
         <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>99</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>100</v>
       </c>
       <c r="H12" t="s">
@@ -1156,170 +1177,226 @@
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>107</v>
       </c>
       <c r="H13" t="s">
         <v>108</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>109</v>
       </c>
       <c r="L13" t="s">
         <v>110</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O13" t="s">
-        <v>111</v>
+        <v>28</v>
       </c>
       <c r="P13" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="Q13" t="s">
         <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>113</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
         <v>114</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>116</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>111</v>
+      </c>
+      <c r="O14" t="s">
         <v>118</v>
       </c>
-      <c r="L14" t="s">
+      <c r="P14" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>78</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="Q15" t="s">
         <v>30</v>
       </c>
       <c r="R15" t="s">
-        <v>113</v>
+        <v>85</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>128</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>129</v>
+      </c>
+      <c r="H16" t="s">
+        <v>130</v>
+      </c>
+      <c r="I16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
+        <v>131</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>63</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R16" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>