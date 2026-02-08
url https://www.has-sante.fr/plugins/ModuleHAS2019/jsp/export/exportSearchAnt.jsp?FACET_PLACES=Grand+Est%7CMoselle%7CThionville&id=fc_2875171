--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -257,51 +257,51 @@
   <si>
     <t>KORSEC</t>
   </si>
   <si>
     <t>Francois</t>
   </si>
   <si>
     <t>Docteur SORIN-LEONARD MILITARU</t>
   </si>
   <si>
     <t>16/07/2021 09:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278083/fr/docteur-sorin-leonard-militaru</t>
   </si>
   <si>
     <t>p_3278083</t>
   </si>
   <si>
     <t>MILITARU</t>
   </si>
   <si>
     <t>SORIN-LEONARD</t>
   </si>
   <si>
-    <t>15 July 2021</t>
+    <t>24 July 2025</t>
   </si>
   <si>
     <t>CHU/HOPITAL BEL AIR DE THIONVILLE - CHR</t>
   </si>
   <si>
     <t>57126</t>
   </si>
   <si>
     <t>570000349</t>
   </si>
   <si>
     <t>Docteur Geoffrey JURKOLOW</t>
   </si>
   <si>
     <t>02/04/2021 09:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259392/fr/docteur-geoffrey-jurkolow</t>
   </si>
   <si>
     <t>p_3259392</t>
   </si>
   <si>
     <t>JURKOLOW</t>
   </si>
@@ -323,51 +323,51 @@
   <si>
     <t>TURCANU</t>
   </si>
   <si>
     <t>PETRE ADRIAN</t>
   </si>
   <si>
     <t>Docteur Arnaud NESPOLA</t>
   </si>
   <si>
     <t>17/01/2017 17:32:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740164/fr/docteur-arnaud-nespola</t>
   </si>
   <si>
     <t>c_2740164</t>
   </si>
   <si>
     <t>NESPOLA</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>20 February 2025</t>
   </si>
   <si>
     <t>Docteur Christophe HAMPEL</t>
   </si>
   <si>
     <t>08/11/2016 11:31:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709510/fr/docteur-christophe-hampel</t>
   </si>
   <si>
     <t>c_2709510</t>
   </si>
   <si>
     <t>HAMPEL</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>03 February 2022</t>
   </si>
   <si>
     <t>Docteur Marc SCHROEDER</t>
   </si>