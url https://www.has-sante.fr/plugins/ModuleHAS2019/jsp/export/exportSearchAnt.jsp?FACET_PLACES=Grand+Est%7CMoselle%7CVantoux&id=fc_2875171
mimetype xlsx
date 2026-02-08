--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="74">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,89 +68,110 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur SANDRINE AZIZ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808369/fr/docteur-sandrine-aziz</t>
+  </si>
+  <si>
+    <t>p_3808369</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>AZIZ</t>
+  </si>
+  <si>
+    <t>SANDRINE</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL ROBERT SCHUMAN DE VANTOUX -HPM</t>
+  </si>
+  <si>
+    <t>57070</t>
+  </si>
+  <si>
+    <t>VANTOUX</t>
+  </si>
+  <si>
+    <t>570026252</t>
+  </si>
+  <si>
     <t>Docteur CHRISTOPHE MINETTI</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2025 14:17:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633947/fr/docteur-christophe-minetti</t>
   </si>
   <si>
     <t>p_3633947</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>MINETTI</t>
   </si>
   <si>
     <t>CHRISTOPHE</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
-    <t>HOPITAL ROBERT SCHUMAN DE VANTOUX -HPM</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur ERIC CHATELAIN</t>
   </si>
   <si>
     <t>19/12/2024 15:32:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574670/fr/docteur-eric-chatelain</t>
   </si>
   <si>
     <t>p_3574670</t>
   </si>
   <si>
     <t>CHATELAIN</t>
   </si>
   <si>
     <t>ERIC</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur FLORIAN BILBAULT</t>
   </si>
   <si>
     <t>18/10/2024 10:33:39</t>
@@ -188,123 +209,123 @@
   <si>
     <t>GUILLAUME</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Christian MULLER</t>
   </si>
   <si>
     <t>08/11/2016 11:31:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709878/fr/docteur-christian-muller</t>
   </si>
   <si>
     <t>c_2709878</t>
   </si>
   <si>
     <t>MULLER</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
-    <t>29 December 2021</t>
+    <t>28 January 2026</t>
   </si>
   <si>
     <t>Docteur Christophe GRANDCLERE</t>
   </si>
   <si>
     <t>08/11/2016 11:31:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710071/fr/docteur-christophe-grandclere</t>
   </si>
   <si>
     <t>c_2710071</t>
   </si>
   <si>
     <t>GRANDCLERE</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R7"/>
+  <dimension ref="A1:R8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -658,43 +679,99 @@
       <c r="K7" t="s">
         <v>64</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>66</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
     </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
+        <v>73</v>
+      </c>
+      <c r="O8" t="s">
+        <v>28</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>30</v>
+      </c>
+      <c r="R8" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>