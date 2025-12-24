--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,62 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Équipe accréditée" r:id="rId4" sheetId="2"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="954" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6235" uniqueCount="2426">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -71,68 +77,101 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur ARMELLE BRETON-BOURGEOIS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794689/fr/docteur-armelle-breton-bourgeois</t>
+  </si>
+  <si>
+    <t>p_3794689</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>BRETON-BOURGEOIS</t>
+  </si>
+  <si>
+    <t>ARMELLE</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE AMBROISE PARE DE THIONVILLE</t>
+  </si>
+  <si>
+    <t>57106</t>
+  </si>
+  <si>
+    <t>THIONVILLE</t>
+  </si>
+  <si>
+    <t>570000356</t>
+  </si>
+  <si>
     <t>Docteur DAMIEN GIRARD</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:17:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638824/fr/docteur-damien-girard</t>
   </si>
   <si>
     <t>p_3638824</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>GIRARD</t>
   </si>
   <si>
     <t>DAMIEN</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>HOPITAL DE SAINT AVOLD - SOS SANTE</t>
   </si>
   <si>
     <t>57502</t>
   </si>
   <si>
     <t>ST AVOLD</t>
   </si>
   <si>
     <t>570000216</t>
   </si>
   <si>
     <t>Docteur CHRISTOPHE MINETTI</t>
   </si>
   <si>
     <t>30/06/2025 14:17:27</t>
@@ -194,62 +233,50 @@
   <si>
     <t>570000646</t>
   </si>
   <si>
     <t>Docteur Aurélien BEAUBERT</t>
   </si>
   <si>
     <t>17/01/2025 13:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578794/fr/docteur-aurelien-beaubert</t>
   </si>
   <si>
     <t>p_3578794</t>
   </si>
   <si>
     <t>BEAUBERT</t>
   </si>
   <si>
     <t>Aurélien</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
-    <t>CLINIQUE AMBROISE PARE DE THIONVILLE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Claudia CIUREL</t>
   </si>
   <si>
     <t>17/01/2025 13:32:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578815/fr/docteur-claudia-ciurel</t>
   </si>
   <si>
     <t>p_3578815</t>
   </si>
   <si>
     <t>CIUREL</t>
   </si>
   <si>
     <t>Claudia</t>
   </si>
   <si>
     <t>Docteur ERIC CHATELAIN</t>
   </si>
   <si>
     <t>19/12/2024 15:32:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574670/fr/docteur-eric-chatelain</t>
@@ -767,50 +794,62 @@
   <si>
     <t>PETIT</t>
   </si>
   <si>
     <t>JEAN-LUC</t>
   </si>
   <si>
     <t>Docteur VALERIE JACQUES-SALET</t>
   </si>
   <si>
     <t>04/01/2021 10:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227917/fr/docteur-valerie-jacques-salet</t>
   </si>
   <si>
     <t>p_3227917</t>
   </si>
   <si>
     <t>JACQUES-SALET</t>
   </si>
   <si>
     <t>VALERIE</t>
   </si>
   <si>
+    <t>HOPITAL DE SAINT AVOLD - SOS SANTE,CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>57502,57085</t>
+  </si>
+  <si>
+    <t>ST AVOLD,METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>570000216,570026682</t>
+  </si>
+  <si>
     <t>Docteur JULIE BUZON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227919/fr/docteur-julie-buzon</t>
   </si>
   <si>
     <t>p_3227919</t>
   </si>
   <si>
     <t>BUZON</t>
   </si>
   <si>
     <t>Docteur GUILLAUME HOCH</t>
   </si>
   <si>
     <t>22/10/2020 16:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214018/fr/docteur-guillaume-hoch</t>
   </si>
   <si>
     <t>p_3214018</t>
   </si>
   <si>
     <t>HOCH</t>
@@ -1172,165 +1211,6186 @@
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>Docteur Erick PORTOCARRERO</t>
   </si>
   <si>
     <t>08/11/2016 11:36:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713236/fr/docteur-erick-portocarrero</t>
   </si>
   <si>
     <t>c_2713236</t>
   </si>
   <si>
     <t>PORTOCARRERO</t>
   </si>
   <si>
     <t>Erick</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>INSTITUT EDUC SENSORIELLE- DEF VISUELS</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15035_FicheESSMS/fr/institut-educ-sensorielle-def-visuels</t>
+  </si>
+  <si>
+    <t>15035_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue L'Epaisse Muraille</t>
+  </si>
+  <si>
+    <t>57000 METZ</t>
+  </si>
+  <si>
+    <t>METZ</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Visuels</t>
+  </si>
+  <si>
+    <t>570004812</t>
+  </si>
+  <si>
+    <t>SESSAD PR DEF AUDITIFS DE L'IES METZ</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15036_FicheESSMS/fr/sessad-pr-def-auditifs-de-l-ies-metz</t>
+  </si>
+  <si>
+    <t>15036_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue De La Chevre</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>570014324</t>
+  </si>
+  <si>
+    <t>BAPU DU CMPP DE METZ</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15037_FicheESSMS/fr/bapu-du-cmpp-de-metz</t>
+  </si>
+  <si>
+    <t>15037_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Bureau d'Aide Psychologique Universitaire (B.A.P.U.)</t>
+  </si>
+  <si>
+    <t>570023168</t>
+  </si>
+  <si>
+    <t>SAD SERVICE AUTONOMIE MOSELLE</t>
+  </si>
+  <si>
+    <t>27/11/2025 16:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14923_FicheESSMS/fr/sad-service-autonomie-moselle</t>
+  </si>
+  <si>
+    <t>14923_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Vanneaux</t>
+  </si>
+  <si>
+    <t>57155 MARLY</t>
+  </si>
+  <si>
+    <t>MARLY</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>570026393</t>
+  </si>
+  <si>
+    <t>SAAD ASP-PRO 57</t>
+  </si>
+  <si>
+    <t>26/11/2025 16:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14901_FicheESSMS/fr/saad-asp-pro-57</t>
+  </si>
+  <si>
+    <t>14901_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Passage Rene Israel</t>
+  </si>
+  <si>
+    <t>57700 HAYANGE</t>
+  </si>
+  <si>
+    <t>HAYANGE</t>
+  </si>
+  <si>
+    <t>570026161</t>
+  </si>
+  <si>
+    <t>RESIDENCE ALBERT SCHWEITZER</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14821_FicheESSMS/fr/residence-albert-schweitzer</t>
+  </si>
+  <si>
+    <t>14821_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Des Vergers</t>
+  </si>
+  <si>
+    <t>57410 ROHRBACH LES BITCHE</t>
+  </si>
+  <si>
+    <t>ROHRBACH LES BITCHE</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>570010009</t>
+  </si>
+  <si>
+    <t>EHPAD "LES HIRONDELLES"</t>
+  </si>
+  <si>
+    <t>16/11/2025 16:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14709_FicheESSMS/fr/ehpad-les-hirondelles</t>
+  </si>
+  <si>
+    <t>14709_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quartier Ardant Du Pic</t>
+  </si>
+  <si>
+    <t>57500 ST AVOLD</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>570004457</t>
+  </si>
+  <si>
+    <t>RESIDENCE MARIE D'AGREDA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14254_FicheESSMS/fr/residence-marie-d-agreda</t>
+  </si>
+  <si>
+    <t>14254_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Des Jardins</t>
+  </si>
+  <si>
+    <t>57185 CLOUANGE</t>
+  </si>
+  <si>
+    <t>CLOUANGE</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>570004978</t>
+  </si>
+  <si>
+    <t>SAAD AZAE THIONVILLE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14484_FicheESSMS/fr/saad-azae-thionville</t>
+  </si>
+  <si>
+    <t>14484_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue General Pershing</t>
+  </si>
+  <si>
+    <t>57100 THIONVILLE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>570029181</t>
+  </si>
+  <si>
+    <t>EHPAD "LES LILAS BLANCS"</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14102_FicheESSMS/fr/ehpad-les-lilas-blancs</t>
+  </si>
+  <si>
+    <t>14102_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>57220 BOULAY</t>
+  </si>
+  <si>
+    <t>BOULAY</t>
+  </si>
+  <si>
+    <t>570011171</t>
+  </si>
+  <si>
+    <t>SAAD BIEN A LA MAISON ONELA</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14118_FicheESSMS/fr/saad-bien-a-la-maison-onela</t>
+  </si>
+  <si>
+    <t>14118_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Raymond Mondon</t>
+  </si>
+  <si>
+    <t>570027219</t>
+  </si>
+  <si>
+    <t>SAAD JUNIOR SENIOR - HOME PRESENCE</t>
+  </si>
+  <si>
+    <t>14/10/2025 16:17:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14065_FicheESSMS/fr/saad-junior-senior-home-presence</t>
+  </si>
+  <si>
+    <t>14065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>57050 LONGEVILLE LES METZ</t>
+  </si>
+  <si>
+    <t>LONGEVILLE LES METZ</t>
+  </si>
+  <si>
+    <t>570026351</t>
+  </si>
+  <si>
+    <t>SAD ALLIANCE AUTONOMIE - VITAME</t>
+  </si>
+  <si>
+    <t>14/10/2025 16:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14072_FicheESSMS/fr/sad-alliance-autonomie-vitame</t>
+  </si>
+  <si>
+    <t>14072_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Rue Jean Burger</t>
+  </si>
+  <si>
+    <t>57070 ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>570026096</t>
+  </si>
+  <si>
+    <t>EHPAD PIERRE MORLANNE</t>
+  </si>
+  <si>
+    <t>09/10/2025 16:18:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13997_FicheESSMS/fr/ehpad-pierre-morlanne</t>
+  </si>
+  <si>
+    <t>13997_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570013680</t>
+  </si>
+  <si>
+    <t>SAAD SERV'HOME</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13940_FicheESSMS/fr/saad-serv-home</t>
+  </si>
+  <si>
+    <t>13940_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>57730 FOLSCHVILLER</t>
+  </si>
+  <si>
+    <t>FOLSCHVILLER</t>
+  </si>
+  <si>
+    <t>570029223</t>
+  </si>
+  <si>
+    <t>EHPAD "LES OPALINES "</t>
+  </si>
+  <si>
+    <t>30/09/2025 16:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13797_FicheESSMS/fr/ehpad-les-opalines</t>
+  </si>
+  <si>
+    <t>13797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>57270 RICHEMONT</t>
+  </si>
+  <si>
+    <t>RICHEMONT</t>
+  </si>
+  <si>
+    <t>570012047</t>
+  </si>
+  <si>
+    <t>CENTRE HEBERGEMENT ECLATE UDAF</t>
+  </si>
+  <si>
+    <t>30/09/2025 16:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13813_FicheESSMS/fr/centre-hebergement-eclate-udaf</t>
+  </si>
+  <si>
+    <t>13813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Nationale</t>
+  </si>
+  <si>
+    <t>57600 FORBACH</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>570011346</t>
+  </si>
+  <si>
+    <t>CHRS UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13812_FicheESSMS/fr/chrs-udaf</t>
+  </si>
+  <si>
+    <t>13812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57800 BETTING</t>
+  </si>
+  <si>
+    <t>BETTING</t>
+  </si>
+  <si>
+    <t>570007609</t>
+  </si>
+  <si>
+    <t>CHRS SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13811_FicheESSMS/fr/chrs-sarreguemines</t>
+  </si>
+  <si>
+    <t>13811_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Colonel Cazal</t>
+  </si>
+  <si>
+    <t>57200 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>570004622</t>
+  </si>
+  <si>
+    <t>EHPAD DE GORZE</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13716_FicheESSMS/fr/ehpad-de-gorze</t>
+  </si>
+  <si>
+    <t>13716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>163 Rue De La Meuse</t>
+  </si>
+  <si>
+    <t>57680 GORZE</t>
+  </si>
+  <si>
+    <t>GORZE</t>
+  </si>
+  <si>
+    <t>570024075</t>
+  </si>
+  <si>
+    <t>EHPAD " SAINT JOSEPH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/40_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>40_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Notre Dame</t>
+  </si>
+  <si>
+    <t>57130 JOUY AUX ARCHES</t>
+  </si>
+  <si>
+    <t>JOUY AUX ARCHES</t>
+  </si>
+  <si>
+    <t>570013151</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE ERCKMANN CHATRIAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/52_FicheESSMS/fr/residence-autonomie-erckmann-chatrian</t>
+  </si>
+  <si>
+    <t>52_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Erckmann Chatrian</t>
+  </si>
+  <si>
+    <t>57400 SARREBOURG</t>
+  </si>
+  <si>
+    <t>570010058</t>
+  </si>
+  <si>
+    <t>CADA AMLI DE ROSSELANGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/218_FicheESSMS/fr/cada-amli-de-rosselange</t>
+  </si>
+  <si>
+    <t>218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue Bouswald</t>
+  </si>
+  <si>
+    <t>57780 ROSSELANGE</t>
+  </si>
+  <si>
+    <t>ROSSELANGE</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>570011361</t>
+  </si>
+  <si>
+    <t>CADA AMLI DE FLORANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/217_FicheESSMS/fr/cada-amli-de-florange</t>
+  </si>
+  <si>
+    <t>217_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>57190 FLORANGE</t>
+  </si>
+  <si>
+    <t>FLORANGE</t>
+  </si>
+  <si>
+    <t>570011379</t>
+  </si>
+  <si>
+    <t>CADA AMLI METZ BLIDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/216_FicheESSMS/fr/cada-amli-metz-blida</t>
+  </si>
+  <si>
+    <t>216_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue De Blida</t>
+  </si>
+  <si>
+    <t>570027573</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'IME HIMMELSBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/519_FicheESSMS/fr/sessad-de-l-ime-himmelsberg</t>
+  </si>
+  <si>
+    <t>519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>570003970</t>
+  </si>
+  <si>
+    <t>SAMSAH ENVOL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/836_FicheESSMS/fr/samsah-envol</t>
+  </si>
+  <si>
+    <t>836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Place Theodore Paque</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>570027425</t>
+  </si>
+  <si>
+    <t>SAMSAH GCMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/846_FicheESSMS/fr/samsah-gcms-3s</t>
+  </si>
+  <si>
+    <t>846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>570027490</t>
+  </si>
+  <si>
+    <t>FOYER "ANTOINE MOULINIER"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1024_FicheESSMS/fr/foyer-antoine-moulinier</t>
+  </si>
+  <si>
+    <t>1024_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Foch</t>
+  </si>
+  <si>
+    <t>57120 ROMBAS</t>
+  </si>
+  <si>
+    <t>ROMBAS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>570004598</t>
+  </si>
+  <si>
+    <t>SERV D'EDUC SPE ET DE SOINS A DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1146_FicheESSMS/fr/serv-d-educ-spe-et-de-soins-a-domicile</t>
+  </si>
+  <si>
+    <t>1146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De Nancy</t>
+  </si>
+  <si>
+    <t>57200 REMELFING</t>
+  </si>
+  <si>
+    <t>REMELFING</t>
+  </si>
+  <si>
+    <t>570027250</t>
+  </si>
+  <si>
+    <t>SESSAD L'OISEAU BLEU DE SAINT AVOLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1145_FicheESSMS/fr/sessad-l-oiseau-bleu-de-saint-avold</t>
+  </si>
+  <si>
+    <t>1145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Avenue Principale</t>
+  </si>
+  <si>
+    <t>570024091</t>
+  </si>
+  <si>
+    <t>EHPAD "LE HETRE POURPRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1182_FicheESSMS/fr/ehpad-le-hetre-pourpre</t>
+  </si>
+  <si>
+    <t>1182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57470 HOMBOURG HAUT</t>
+  </si>
+  <si>
+    <t>HOMBOURG HAUT</t>
+  </si>
+  <si>
+    <t>570014381</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL "LE RUCHER"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1290_FicheESSMS/fr/foyer-occupationnel-le-rucher</t>
+  </si>
+  <si>
+    <t>1290_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57690 CREHANGE</t>
+  </si>
+  <si>
+    <t>CREHANGE</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>570022673</t>
+  </si>
+  <si>
+    <t>MAPA RESIDENCE DE DITSCHVILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1555_FicheESSMS/fr/mapa-residence-de-ditschviller</t>
+  </si>
+  <si>
+    <t>1555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57800 COCHEREN</t>
+  </si>
+  <si>
+    <t>COCHEREN</t>
+  </si>
+  <si>
+    <t>570012716</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE ELISABETH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1557_FicheESSMS/fr/ehpad-sainte-elisabeth</t>
+  </si>
+  <si>
+    <t>1557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Résidence De La Moselle</t>
+  </si>
+  <si>
+    <t>57970 ILLANGE</t>
+  </si>
+  <si>
+    <t>ILLANGE</t>
+  </si>
+  <si>
+    <t>570023317</t>
+  </si>
+  <si>
+    <t>EHPAD "SAINTE CHRETIENNE".</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1740_FicheESSMS/fr/ehpad-sainte-chretienne</t>
+  </si>
+  <si>
+    <t>1740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Rue Saint Pierre</t>
+  </si>
+  <si>
+    <t>570013789</t>
+  </si>
+  <si>
+    <t>EHPAD DU CHS DE SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1957_FicheESSMS/fr/ehpad-du-chs-de-sarreguemines</t>
+  </si>
+  <si>
+    <t>1957_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Calmette</t>
+  </si>
+  <si>
+    <t>570024141</t>
+  </si>
+  <si>
+    <t>IEM MOSELLE TERRITOIRE DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2047_FicheESSMS/fr/iem-moselle-territoire-de-metz</t>
+  </si>
+  <si>
+    <t>2047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Royal Canadian Air Force</t>
+  </si>
+  <si>
+    <t>57530 ARS LAQUENEXY</t>
+  </si>
+  <si>
+    <t>ARS LAQUENEXY</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>570005082</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2166_FicheESSMS/fr/ehpad-sainte-elisabeth</t>
+  </si>
+  <si>
+    <t>2166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>103 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>57970 BASSE HAM</t>
+  </si>
+  <si>
+    <t>BASSE HAM</t>
+  </si>
+  <si>
+    <t>570023580</t>
+  </si>
+  <si>
+    <t>MECS CMSEA DASA LES BACELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2185_FicheESSMS/fr/mecs-cmsea-dasa-les-bacelles</t>
+  </si>
+  <si>
+    <t>2185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue St Ferroy</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>570004721</t>
+  </si>
+  <si>
+    <t>MECS SERAD LES 5 CHEMINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2184_FicheESSMS/fr/mecs-serad-les-5-chemins</t>
+  </si>
+  <si>
+    <t>2184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>149 Avenue De Thionville</t>
+  </si>
+  <si>
+    <t>570018689</t>
+  </si>
+  <si>
+    <t>MECS LE GRAND CHENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2182_FicheESSMS/fr/mecs-le-grand-chene</t>
+  </si>
+  <si>
+    <t>2182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>570004754</t>
+  </si>
+  <si>
+    <t>DADT MECS LES PRES DE BROUCK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2181_FicheESSMS/fr/dadt-mecs-les-pres-de-brouck</t>
+  </si>
+  <si>
+    <t>2181_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Des Pres De Brouck</t>
+  </si>
+  <si>
+    <t>570018879</t>
+  </si>
+  <si>
+    <t>SAEI (MJIE) ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2180_FicheESSMS/fr/saei-mjie-st-julien-les-metz</t>
+  </si>
+  <si>
+    <t>2180_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue La Tannerie</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>570004879</t>
+  </si>
+  <si>
+    <t>APPART. COORD. THERAPEUTIQUE CMSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2187_FicheESSMS/fr/appart-coord-therapeutique-cmsea</t>
+  </si>
+  <si>
+    <t>2187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Dupont Des Loges</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>570028019</t>
+  </si>
+  <si>
+    <t>MECS CAAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2186_FicheESSMS/fr/mecs-caaa</t>
+  </si>
+  <si>
+    <t>2186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Paul Verlaine</t>
+  </si>
+  <si>
+    <t>57380 FAULQUEMONT</t>
+  </si>
+  <si>
+    <t>FAULQUEMONT</t>
+  </si>
+  <si>
+    <t>570004770</t>
+  </si>
+  <si>
+    <t>I.M.E. "LA ROSERAIE" JUSSY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2221_FicheESSMS/fr/i-m-e-la-roseraie-jussy</t>
+  </si>
+  <si>
+    <t>2221_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Bois La Dame</t>
+  </si>
+  <si>
+    <t>57130 JUSSY</t>
+  </si>
+  <si>
+    <t>JUSSY</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>570000521</t>
+  </si>
+  <si>
+    <t>IEM DE MOSELLE- TERRIT MOSELLE EST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2362_FicheESSMS/fr/iem-de-moselle-territ-moselle-est</t>
+  </si>
+  <si>
+    <t>2362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De L'Etang</t>
+  </si>
+  <si>
+    <t>570005058</t>
+  </si>
+  <si>
+    <t>EHPAD "LE VAL FLEURI"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2377_FicheESSMS/fr/ehpad-le-val-fleuri</t>
+  </si>
+  <si>
+    <t>2377_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Des Remparts</t>
+  </si>
+  <si>
+    <t>57930 FENETRANGE</t>
+  </si>
+  <si>
+    <t>FENETRANGE</t>
+  </si>
+  <si>
+    <t>570012732</t>
+  </si>
+  <si>
+    <t>EHPAD "LES COQUELICOTS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2488_FicheESSMS/fr/ehpad-les-coquelicots</t>
+  </si>
+  <si>
+    <t>2488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Simone De Beauvoir</t>
+  </si>
+  <si>
+    <t>57525 TALANGE</t>
+  </si>
+  <si>
+    <t>TALANGE</t>
+  </si>
+  <si>
+    <t>570023564</t>
+  </si>
+  <si>
+    <t>SESSAD AFAEDAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2628_FicheESSMS/fr/sessad-afaedam</t>
+  </si>
+  <si>
+    <t>2628_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97 Boulevard De La Solidarite</t>
+  </si>
+  <si>
+    <t>570005587</t>
+  </si>
+  <si>
+    <t>EHPAD "DES PRES DE SAINT PIERRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2697_FicheESSMS/fr/ehpad-des-pres-de-saint-pierre</t>
+  </si>
+  <si>
+    <t>2697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Boucle Pres St Pierre</t>
+  </si>
+  <si>
+    <t>570014886</t>
+  </si>
+  <si>
+    <t>EHPAD "LES GLYCINES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2696_FicheESSMS/fr/ehpad-les-glycines</t>
+  </si>
+  <si>
+    <t>2696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57310 GUENANGE</t>
+  </si>
+  <si>
+    <t>GUENANGE</t>
+  </si>
+  <si>
+    <t>570014712</t>
+  </si>
+  <si>
+    <t>CAMSP APF DE MOSELLE SITE DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2859_FicheESSMS/fr/camsp-apf-de-moselle-site-de-metz</t>
+  </si>
+  <si>
+    <t>2859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Pierre Simon De Laplace</t>
+  </si>
+  <si>
+    <t>57070 METZ</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>570004044</t>
+  </si>
+  <si>
+    <t>FAM PHV LES FLORALIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2869_FicheESSMS/fr/fam-phv-les-floralies</t>
+  </si>
+  <si>
+    <t>2869_FicheESSMS</t>
+  </si>
+  <si>
+    <t>238 Rue De L'Europe</t>
+  </si>
+  <si>
+    <t>57800 FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>570027243</t>
+  </si>
+  <si>
+    <t>MAS "LES FLORALIES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2868_FicheESSMS/fr/mas-les-floralies</t>
+  </si>
+  <si>
+    <t>2868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57804 FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>570023465</t>
+  </si>
+  <si>
+    <t>IEM LES JONQUILLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2881_FicheESSMS/fr/iem-les-jonquilles</t>
+  </si>
+  <si>
+    <t>2881_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>570015461</t>
+  </si>
+  <si>
+    <t>EHPAD LA KISSEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3104_FicheESSMS/fr/ehpad-la-kissel</t>
+  </si>
+  <si>
+    <t>3104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Pesch</t>
+  </si>
+  <si>
+    <t>57330 HETTANGE GRANDE</t>
+  </si>
+  <si>
+    <t>HETTANGE GRANDE</t>
+  </si>
+  <si>
+    <t>570023572</t>
+  </si>
+  <si>
+    <t>ESAT "SOLIDARITE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3220_FicheESSMS/fr/esat-solidarite</t>
+  </si>
+  <si>
+    <t>3220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>99 Boulevard De La Solidarite</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>570004994</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS DE RICHEMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3272_FicheESSMS/fr/maison-d-enfants-de-richemont</t>
+  </si>
+  <si>
+    <t>3272_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Lenôtre</t>
+  </si>
+  <si>
+    <t>570018788</t>
+  </si>
+  <si>
+    <t>ESAT "ST JULIEN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3583_FicheESSMS/fr/esat-st-julien</t>
+  </si>
+  <si>
+    <t>3583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Allée Du Chateau</t>
+  </si>
+  <si>
+    <t>570014878</t>
+  </si>
+  <si>
+    <t>EHPAD "LE VAL DE SEILLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3647_FicheESSMS/fr/ehpad-le-val-de-seille</t>
+  </si>
+  <si>
+    <t>3647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Eugene Jouin</t>
+  </si>
+  <si>
+    <t>570014159</t>
+  </si>
+  <si>
+    <t>EHPAD FELIX MARECHAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3659_FicheESSMS/fr/ehpad-felix-marechal</t>
+  </si>
+  <si>
+    <t>3659_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Xavier Roussel</t>
+  </si>
+  <si>
+    <t>570024109</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE ST JEAN" METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3658_FicheESSMS/fr/ehpad-residence-st-jean-metz</t>
+  </si>
+  <si>
+    <t>3658_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Saint Jean</t>
+  </si>
+  <si>
+    <t>570011742</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE LE PARC"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3657_FicheESSMS/fr/ehpad-residence-le-parc</t>
+  </si>
+  <si>
+    <t>3657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81 Rue Claude Bernard</t>
+  </si>
+  <si>
+    <t>570011734</t>
+  </si>
+  <si>
+    <t>CHRS LE PASSAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3702_FicheESSMS/fr/chrs-le-passage</t>
+  </si>
+  <si>
+    <t>3702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue En Nexirue</t>
+  </si>
+  <si>
+    <t>570002113</t>
+  </si>
+  <si>
+    <t>CHRS L'ESCALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3701_FicheESSMS/fr/chrs-l-escale</t>
+  </si>
+  <si>
+    <t>3701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue René Descartes</t>
+  </si>
+  <si>
+    <t>570007617</t>
+  </si>
+  <si>
+    <t>ESAT ABBAYE DE JUSTEMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3740_FicheESSMS/fr/esat-abbaye-de-justemont</t>
+  </si>
+  <si>
+    <t>3740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57185 VITRY SUR ORNE</t>
+  </si>
+  <si>
+    <t>VITRY SUR ORNE</t>
+  </si>
+  <si>
+    <t>570009977</t>
+  </si>
+  <si>
+    <t>CSAPA BAUDELAIRE SITE DE THIONVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3753_FicheESSMS/fr/csapa-baudelaire-site-de-thionville</t>
+  </si>
+  <si>
+    <t>3753_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Place De Turenne</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>570022483</t>
+  </si>
+  <si>
+    <t>MAS DU CH DE JURY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3752_FicheESSMS/fr/mas-du-ch-de-jury</t>
+  </si>
+  <si>
+    <t>3752_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57073 METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>570027896</t>
+  </si>
+  <si>
+    <t>ESAT "MOULIN DU PONT DE PIERRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3767_FicheESSMS/fr/esat-moulin-du-pont-de-pierre</t>
+  </si>
+  <si>
+    <t>3767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Moulin Du Pont De Pierre</t>
+  </si>
+  <si>
+    <t>57220 VARIZE</t>
+  </si>
+  <si>
+    <t>VARIZE</t>
+  </si>
+  <si>
+    <t>570005512</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACTION MEDICO-SOCIALE PRECOCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3815_FicheESSMS/fr/centre-d-action-medico-sociale-precoce</t>
+  </si>
+  <si>
+    <t>3815_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Brulee</t>
+  </si>
+  <si>
+    <t>570022665</t>
+  </si>
+  <si>
+    <t>MAS DE HAYANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3813_FicheESSMS/fr/mas-de-hayange</t>
+  </si>
+  <si>
+    <t>3813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue De Wendel</t>
+  </si>
+  <si>
+    <t>57701 HAYANGE</t>
+  </si>
+  <si>
+    <t>570027177</t>
+  </si>
+  <si>
+    <t>EHPAD "PAVILLON DU SOLEIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3968_FicheESSMS/fr/ehpad-pavillon-du-soleil</t>
+  </si>
+  <si>
+    <t>3968_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Cevennes</t>
+  </si>
+  <si>
+    <t>57460 BEHREN LES FORBACH</t>
+  </si>
+  <si>
+    <t>BEHREN LES FORBACH</t>
+  </si>
+  <si>
+    <t>570023986</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE CLAIRE METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3960_FicheESSMS/fr/ehpad-sainte-claire-metz</t>
+  </si>
+  <si>
+    <t>3960_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570024018</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE MARIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3959_FicheESSMS/fr/ehpad-sainte-marie</t>
+  </si>
+  <si>
+    <t>3959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Vieilleville</t>
+  </si>
+  <si>
+    <t>570023853</t>
+  </si>
+  <si>
+    <t>ESAT ESPOIR 57</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4230_FicheESSMS/fr/esat-espoir-57</t>
+  </si>
+  <si>
+    <t>4230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>301 Rue Vansantberghe</t>
+  </si>
+  <si>
+    <t>570014654</t>
+  </si>
+  <si>
+    <t>EHPAD LA VACQUINIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4669_FicheESSMS/fr/ehpad-la-vacquiniere</t>
+  </si>
+  <si>
+    <t>4669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>57950 MONTIGNY LES METZ</t>
+  </si>
+  <si>
+    <t>MONTIGNY LES METZ</t>
+  </si>
+  <si>
+    <t>570001107</t>
+  </si>
+  <si>
+    <t>EHPAD "ST VINCENT"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4774_FicheESSMS/fr/ehpad-st-vincent</t>
+  </si>
+  <si>
+    <t>4774_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De Metz</t>
+  </si>
+  <si>
+    <t>57170 CHATEAU SALINS</t>
+  </si>
+  <si>
+    <t>CHATEAU SALINS</t>
+  </si>
+  <si>
+    <t>570004291</t>
+  </si>
+  <si>
+    <t>C. H. R. S. "ESPOIR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4791_FicheESSMS/fr/c-h-r-s-espoir</t>
+  </si>
+  <si>
+    <t>4791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Nationale</t>
+  </si>
+  <si>
+    <t>570005025</t>
+  </si>
+  <si>
+    <t>MAS DU CH DE LORQUIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5037_FicheESSMS/fr/mas-du-ch-de-lorquin</t>
+  </si>
+  <si>
+    <t>5037_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue General De Gaulle</t>
+  </si>
+  <si>
+    <t>57790 LORQUIN</t>
+  </si>
+  <si>
+    <t>LORQUIN</t>
+  </si>
+  <si>
+    <t>570027466</t>
+  </si>
+  <si>
+    <t>EHPAD "LES QUATRE SAISONS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5036_FicheESSMS/fr/ehpad-les-quatre-saisons</t>
+  </si>
+  <si>
+    <t>5036_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570024125</t>
+  </si>
+  <si>
+    <t>RESIDENCE HONORE JACQUOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5425_FicheESSMS/fr/residence-honore-jacquot</t>
+  </si>
+  <si>
+    <t>5425_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Vandernoot</t>
+  </si>
+  <si>
+    <t>570027342</t>
+  </si>
+  <si>
+    <t>RESIDENCE MALRAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5424_FicheESSMS/fr/residence-malraux</t>
+  </si>
+  <si>
+    <t>5424_FicheESSMS</t>
+  </si>
+  <si>
+    <t>125 Avenue Andre Malraux</t>
+  </si>
+  <si>
+    <t>570005330</t>
+  </si>
+  <si>
+    <t>RESIDENCE SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5421_FicheESSMS/fr/residence-soleil</t>
+  </si>
+  <si>
+    <t>5421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>95 Rue Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>570004952</t>
+  </si>
+  <si>
+    <t>ESAT DE LA VALLEE DE L'ORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5841_FicheESSMS/fr/esat-de-la-vallee-de-l-orne</t>
+  </si>
+  <si>
+    <t>5841_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57120 PIERREVILLERS</t>
+  </si>
+  <si>
+    <t>PIERREVILLERS</t>
+  </si>
+  <si>
+    <t>570004507</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA COULEE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5914_FicheESSMS/fr/residence-la-coulee-verte</t>
+  </si>
+  <si>
+    <t>5914_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>57150 CREUTZWALD</t>
+  </si>
+  <si>
+    <t>CREUTZWALD</t>
+  </si>
+  <si>
+    <t>570015578</t>
+  </si>
+  <si>
+    <t>RESIDENCE JEAN-CLAUDE ANGUILLA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5973_FicheESSMS/fr/residence-jean-claude-anguilla</t>
+  </si>
+  <si>
+    <t>5973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Pariotte</t>
+  </si>
+  <si>
+    <t>57865 AMANVILLERS</t>
+  </si>
+  <si>
+    <t>AMANVILLERS</t>
+  </si>
+  <si>
+    <t>570014688</t>
+  </si>
+  <si>
+    <t>MECS DE LETTENBACH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6225_FicheESSMS/fr/mecs-de-lettenbach</t>
+  </si>
+  <si>
+    <t>6225_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57560 ST QUIRIN</t>
+  </si>
+  <si>
+    <t>ST QUIRIN</t>
+  </si>
+  <si>
+    <t>570000232</t>
+  </si>
+  <si>
+    <t>RESIDENCE L'ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6295_FicheESSMS/fr/residence-l-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>6295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>307 Route De Loudrefing</t>
+  </si>
+  <si>
+    <t>57260 DIEUZE</t>
+  </si>
+  <si>
+    <t>DIEUZE</t>
+  </si>
+  <si>
+    <t>570015511</t>
+  </si>
+  <si>
+    <t>SSIAD D' ALBESTROFF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6360_FicheESSMS/fr/ssiad-d-albestroff</t>
+  </si>
+  <si>
+    <t>6360_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57670 ALBESTROFF</t>
+  </si>
+  <si>
+    <t>ALBESTROFF</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>570012484</t>
+  </si>
+  <si>
+    <t>M.A.S GABRIEL HOUZELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6376_FicheESSMS/fr/m-a-s-gabriel-houzelle</t>
+  </si>
+  <si>
+    <t>6376_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>570013748</t>
+  </si>
+  <si>
+    <t>APPARTEMENTS DE COORD.THERAPEUTIQUES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6399_FicheESSMS/fr/appartements-de-coord-therapeutiques</t>
+  </si>
+  <si>
+    <t>6399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Pre Chaudron</t>
+  </si>
+  <si>
+    <t>570023978</t>
+  </si>
+  <si>
+    <t>LHSS "PONT DES GRILLES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6398_FicheESSMS/fr/lhss-pont-des-grilles</t>
+  </si>
+  <si>
+    <t>6398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De Blida</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>570023606</t>
+  </si>
+  <si>
+    <t>ESAT "STE ANNE" - ALBESTROFF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6438_FicheESSMS/fr/esat-ste-anne-albestroff</t>
+  </si>
+  <si>
+    <t>6438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004788</t>
+  </si>
+  <si>
+    <t>IMPRO "STE ANNE" ALBESTROFF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6437_FicheESSMS/fr/impro-ste-anne-albestroff</t>
+  </si>
+  <si>
+    <t>6437_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011262</t>
+  </si>
+  <si>
+    <t>EANM SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6436_FicheESSMS/fr/eanm-sainte-anne</t>
+  </si>
+  <si>
+    <t>6436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>570022392</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL POLYVALENT SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6435_FicheESSMS/fr/foyer-d-accueil-polyvalent-sainte-anne</t>
+  </si>
+  <si>
+    <t>6435_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570021824</t>
+  </si>
+  <si>
+    <t>SAVS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6434_FicheESSMS/fr/savs</t>
+  </si>
+  <si>
+    <t>6434_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>570030783</t>
+  </si>
+  <si>
+    <t>FAM "LA MAISONNEE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6577_FicheESSMS/fr/fam-la-maisonnee</t>
+  </si>
+  <si>
+    <t>6577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Cours Du 19 Novembre 1944</t>
+  </si>
+  <si>
+    <t>570022335</t>
+  </si>
+  <si>
+    <t>ESAT "L'EVENTAIL" GCMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6628_FicheESSMS/fr/esat-l-eventail-gcms-3s</t>
+  </si>
+  <si>
+    <t>6628_FicheESSMS</t>
+  </si>
+  <si>
+    <t>79 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>570004481</t>
+  </si>
+  <si>
+    <t>ESAT LA RUCHE GCMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6627_FicheESSMS/fr/esat-la-ruche-gcms-3s</t>
+  </si>
+  <si>
+    <t>6627_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Freres Lumiere</t>
+  </si>
+  <si>
+    <t>570004606</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6637_FicheESSMS/fr/ehpad-sainte-elisabeth</t>
+  </si>
+  <si>
+    <t>6637_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Julien Absalon</t>
+  </si>
+  <si>
+    <t>57974 YUTZ</t>
+  </si>
+  <si>
+    <t>YUTZ</t>
+  </si>
+  <si>
+    <t>570024133</t>
+  </si>
+  <si>
+    <t>EHPAD "SANS SOUCI" DE CREUTZWALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6674_FicheESSMS/fr/ehpad-sans-souci-de-creutzwald</t>
+  </si>
+  <si>
+    <t>6674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>570002097</t>
+  </si>
+  <si>
+    <t>SSIAD DE CREUTZWALD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6673_FicheESSMS/fr/ssiad-de-creutzwald</t>
+  </si>
+  <si>
+    <t>6673_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570012609</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE A L OREE DU BOIS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6998_FicheESSMS/fr/ehpad-residence-a-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>6998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Rue Felix Barth</t>
+  </si>
+  <si>
+    <t>57604 FORBACH</t>
+  </si>
+  <si>
+    <t>570004283</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE SAINT JULIEN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7127_FicheESSMS/fr/ehpad-residence-saint-julien</t>
+  </si>
+  <si>
+    <t>7127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Des Hetres</t>
+  </si>
+  <si>
+    <t>570024844</t>
+  </si>
+  <si>
+    <t>EHPAD "VILLA D'AVRIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7146_FicheESSMS/fr/ehpad-villa-d-avril</t>
+  </si>
+  <si>
+    <t>7146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Barthelemy Crusem</t>
+  </si>
+  <si>
+    <t>570023598</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU MOULIN DE DOMEVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7130_FicheESSMS/fr/residence-du-moulin-de-domevre</t>
+  </si>
+  <si>
+    <t>7130_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57170 VAXY</t>
+  </si>
+  <si>
+    <t>VAXY</t>
+  </si>
+  <si>
+    <t>570015834</t>
+  </si>
+  <si>
+    <t>EHPAD "LA SAINTE FAMILLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7228_FicheESSMS/fr/ehpad-la-sainte-famille</t>
+  </si>
+  <si>
+    <t>7228_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Couvents</t>
+  </si>
+  <si>
+    <t>57958 MONTIGNY LES METZ</t>
+  </si>
+  <si>
+    <t>570004366</t>
+  </si>
+  <si>
+    <t>EHPAD "JARDINS ST JACQUES" DE DIEUZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7398_FicheESSMS/fr/ehpad-jardins-st-jacques-de-dieuze</t>
+  </si>
+  <si>
+    <t>7398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Route De Loudrefing</t>
+  </si>
+  <si>
+    <t>570004234</t>
+  </si>
+  <si>
+    <t>I.M.E "EMILE FRIANT"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7397_FicheESSMS/fr/i-m-e-emile-friant</t>
+  </si>
+  <si>
+    <t>7397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>807 Route De Loudrefing</t>
+  </si>
+  <si>
+    <t>570002543</t>
+  </si>
+  <si>
+    <t>SESSAD - DIEUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7396_FicheESSMS/fr/sessad-dieuze</t>
+  </si>
+  <si>
+    <t>7396_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011627</t>
+  </si>
+  <si>
+    <t>SSIAD DE DIEUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7395_FicheESSMS/fr/ssiad-de-dieuze</t>
+  </si>
+  <si>
+    <t>7395_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011866</t>
+  </si>
+  <si>
+    <t>EHPAD "ST PAULIN" ST EPVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7394_FicheESSMS/fr/ehpad-st-paulin-st-epvre</t>
+  </si>
+  <si>
+    <t>7394_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Saint Paulin</t>
+  </si>
+  <si>
+    <t>57580 ST EPVRE</t>
+  </si>
+  <si>
+    <t>ST EPVRE</t>
+  </si>
+  <si>
+    <t>570002089</t>
+  </si>
+  <si>
+    <t>EHPAD "SAINTE ANNE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7438_FicheESSMS/fr/ehpad-sainte-anne</t>
+  </si>
+  <si>
+    <t>7438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570002048</t>
+  </si>
+  <si>
+    <t>FAS CHARLES ET MARIE KNELL GCMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7593_FicheESSMS/fr/fas-charles-et-marie-knell-gcms-3s</t>
+  </si>
+  <si>
+    <t>7593_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>570003608</t>
+  </si>
+  <si>
+    <t>FAP LYDIE GOUGENHEIM GCMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7592_FicheESSMS/fr/fap-lydie-gougenheim-gcms-3s</t>
+  </si>
+  <si>
+    <t>7592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570014969</t>
+  </si>
+  <si>
+    <t>MAS POUR ADULTES HANDICAPES DE MARLY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7714_FicheESSMS/fr/mas-pour-adultes-handicapes-de-marly</t>
+  </si>
+  <si>
+    <t>7714_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Des Vignes</t>
+  </si>
+  <si>
+    <t>570013607</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL SPECIALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7715_FicheESSMS/fr/foyer-d-accueil-specialise</t>
+  </si>
+  <si>
+    <t>7715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570013623</t>
+  </si>
+  <si>
+    <t>CHRS LE GITE FAMILIAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7806_FicheESSMS/fr/chrs-le-gite-familial</t>
+  </si>
+  <si>
+    <t>7806_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Route De Metz</t>
+  </si>
+  <si>
+    <t>570008375</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI AUDUN-LE-TICHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7846_FicheESSMS/fr/residence-amli-audun-le-tiche</t>
+  </si>
+  <si>
+    <t>7846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Pierre Maitre</t>
+  </si>
+  <si>
+    <t>57390 AUDUN LE TICHE</t>
+  </si>
+  <si>
+    <t>AUDUN LE TICHE</t>
+  </si>
+  <si>
+    <t>570005397</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES ROSES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7845_FicheESSMS/fr/residence-les-roses</t>
+  </si>
+  <si>
+    <t>7845_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De Bourgogne</t>
+  </si>
+  <si>
+    <t>570005421</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA CHAPELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7844_FicheESSMS/fr/residence-la-chapelle</t>
+  </si>
+  <si>
+    <t>7844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>570005439</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA FALOUCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7843_FicheESSMS/fr/residence-la-falouche</t>
+  </si>
+  <si>
+    <t>7843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Lafayette</t>
+  </si>
+  <si>
+    <t>57280 MAIZIERES LES METZ</t>
+  </si>
+  <si>
+    <t>MAIZIERES LES METZ</t>
+  </si>
+  <si>
+    <t>570005363</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI NILVANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7842_FicheESSMS/fr/residence-amli-nilvange</t>
+  </si>
+  <si>
+    <t>7842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>57240 NILVANGE</t>
+  </si>
+  <si>
+    <t>NILVANGE</t>
+  </si>
+  <si>
+    <t>570005405</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI HAGONDANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7841_FicheESSMS/fr/residence-amli-hagondange</t>
+  </si>
+  <si>
+    <t>7841_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Mozart</t>
+  </si>
+  <si>
+    <t>57300 HAGONDANGE</t>
+  </si>
+  <si>
+    <t>HAGONDANGE</t>
+  </si>
+  <si>
+    <t>570005371</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI SEREMANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7840_FicheESSMS/fr/residence-amli-seremange</t>
+  </si>
+  <si>
+    <t>7840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue St Nicolas En Foret</t>
+  </si>
+  <si>
+    <t>57290 SEREMANGE ERZANGE</t>
+  </si>
+  <si>
+    <t>SEREMANGE ERZANGE</t>
+  </si>
+  <si>
+    <t>570005348</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE "L'EMERAUDE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7987_FicheESSMS/fr/residence-autonomie-l-emeraude</t>
+  </si>
+  <si>
+    <t>7987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Wilson</t>
+  </si>
+  <si>
+    <t>57340 MORHANGE</t>
+  </si>
+  <si>
+    <t>MORHANGE</t>
+  </si>
+  <si>
+    <t>570009704</t>
+  </si>
+  <si>
+    <t>EAM ETABLISSEMENT D'ACCUEIL MEDICALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8084_FicheESSMS/fr/eam-etablissement-d-accueil-medicalise</t>
+  </si>
+  <si>
+    <t>8084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>570013615</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISEE OPALINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8124_FicheESSMS/fr/maison-d-accueil-specialisee-opaline</t>
+  </si>
+  <si>
+    <t>8124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570029579</t>
+  </si>
+  <si>
+    <t>LHSS MOBILE BETTING UDAF DE LA MOSELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8178_FicheESSMS/fr/lhss-mobile-betting-udaf-de-la-moselle</t>
+  </si>
+  <si>
+    <t>8178_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Ancienne Route De Betting</t>
+  </si>
+  <si>
+    <t>570030270</t>
+  </si>
+  <si>
+    <t>LHSS BETTING UDAF DE LA MOSELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8177_FicheESSMS/fr/lhss-betting-udaf-de-la-moselle</t>
+  </si>
+  <si>
+    <t>8177_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570025692</t>
+  </si>
+  <si>
+    <t>UDAF - DPF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8175_FicheESSMS/fr/udaf-dpf</t>
+  </si>
+  <si>
+    <t>8175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57075 METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>570025296</t>
+  </si>
+  <si>
+    <t>UDAF - MJPM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8174_FicheESSMS/fr/udaf-mjpm</t>
+  </si>
+  <si>
+    <t>8174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>570025304</t>
+  </si>
+  <si>
+    <t>LE CAHU SAINTE CROIX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8302_FicheESSMS/fr/le-cahu-sainte-croix</t>
+  </si>
+  <si>
+    <t>8302_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Sainte Croix</t>
+  </si>
+  <si>
+    <t>570004648</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE DE RUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8301_FicheESSMS/fr/equipe-mobile-de-rue</t>
+  </si>
+  <si>
+    <t>8301_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Stoxey</t>
+  </si>
+  <si>
+    <t>570012658</t>
+  </si>
+  <si>
+    <t>CPH AIEM METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8300_FicheESSMS/fr/cph-aiem-metz</t>
+  </si>
+  <si>
+    <t>8300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Du Stoxey</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>570028787</t>
+  </si>
+  <si>
+    <t>CADA AIEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8299_FicheESSMS/fr/cada-aiem</t>
+  </si>
+  <si>
+    <t>8299_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Avenue Andre Malraux</t>
+  </si>
+  <si>
+    <t>570017079</t>
+  </si>
+  <si>
+    <t>LITS HALTE SOINS SANTE AIEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8298_FicheESSMS/fr/lits-halte-soins-sante-aiem</t>
+  </si>
+  <si>
+    <t>8298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Mazelle</t>
+  </si>
+  <si>
+    <t>570024430</t>
+  </si>
+  <si>
+    <t>CHRS LE PHARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8389_FicheESSMS/fr/chrs-le-phare</t>
+  </si>
+  <si>
+    <t>8389_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Ecluses</t>
+  </si>
+  <si>
+    <t>570022913</t>
+  </si>
+  <si>
+    <t>CAARUD - AIDES GRAND EST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8541_FicheESSMS/fr/caarud-aides-grand-est</t>
+  </si>
+  <si>
+    <t>8541_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Sente A My</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>570023267</t>
+  </si>
+  <si>
+    <t>IME LES JONQUILLES GCSMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8526_FicheESSMS/fr/ime-les-jonquilles-gcsms-3s</t>
+  </si>
+  <si>
+    <t>8526_FicheESSMS</t>
+  </si>
+  <si>
+    <t>77 Route De Verdun</t>
+  </si>
+  <si>
+    <t>57401 SARREBOURG</t>
+  </si>
+  <si>
+    <t>570000182</t>
+  </si>
+  <si>
+    <t>IME LE HIMMELSBERG GCMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8525_FicheESSMS/fr/ime-le-himmelsberg-gcms-3s</t>
+  </si>
+  <si>
+    <t>8525_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Colline</t>
+  </si>
+  <si>
+    <t>570000208</t>
+  </si>
+  <si>
+    <t>C.H.E DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8596_FicheESSMS/fr/c-h-e-de-metz</t>
+  </si>
+  <si>
+    <t>8596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004861</t>
+  </si>
+  <si>
+    <t>CHRS DE LA FENSCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8595_FicheESSMS/fr/chrs-de-la-fensch</t>
+  </si>
+  <si>
+    <t>8595_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Gascogne</t>
+  </si>
+  <si>
+    <t>57290 FAMECK</t>
+  </si>
+  <si>
+    <t>FAMECK</t>
+  </si>
+  <si>
+    <t>570020388</t>
+  </si>
+  <si>
+    <t>MECS SAINT JEAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8705_FicheESSMS/fr/mecs-saint-jean</t>
+  </si>
+  <si>
+    <t>8705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du General Metman</t>
+  </si>
+  <si>
+    <t>570004358</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE ELISABETH METZERVISSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8788_FicheESSMS/fr/ehpad-sainte-elisabeth-metzervisse</t>
+  </si>
+  <si>
+    <t>8788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boucle Bernard Hinault</t>
+  </si>
+  <si>
+    <t>57940 METZERVISSE</t>
+  </si>
+  <si>
+    <t>METZERVISSE</t>
+  </si>
+  <si>
+    <t>570023994</t>
+  </si>
+  <si>
+    <t>EANM LE PATIO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9052_FicheESSMS/fr/eanm-le-patio</t>
+  </si>
+  <si>
+    <t>9052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Pre Chaudron</t>
+  </si>
+  <si>
+    <t>570016808</t>
+  </si>
+  <si>
+    <t>FOYER D'AC POLYVALENT  LES PEUPLIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9049_FicheESSMS/fr/foyer-d-ac-polyvalent-les-peupliers</t>
+  </si>
+  <si>
+    <t>9049_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Etang</t>
+  </si>
+  <si>
+    <t>57160 SCY CHAZELLES</t>
+  </si>
+  <si>
+    <t>SCY CHAZELLES</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Polyvalent pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>570015909</t>
+  </si>
+  <si>
+    <t>FOYER "MOULIN DU PONT DE PIERRE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9048_FicheESSMS/fr/foyer-moulin-du-pont-de-pierre</t>
+  </si>
+  <si>
+    <t>9048_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570005520</t>
+  </si>
+  <si>
+    <t>FAJO - PLATEAU DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9075_FicheESSMS/fr/fajo-plateau-de-jour</t>
+  </si>
+  <si>
+    <t>9075_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Haut Fourneau</t>
+  </si>
+  <si>
+    <t>570028084</t>
+  </si>
+  <si>
+    <t>MAS DE ROHRBACH LES BITCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9218_FicheESSMS/fr/mas-de-rohrbach-les-bitche</t>
+  </si>
+  <si>
+    <t>9218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Sports</t>
+  </si>
+  <si>
+    <t>570023788</t>
+  </si>
+  <si>
+    <t>MAS DE CUVRY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9250_FicheESSMS/fr/mas-de-cuvry</t>
+  </si>
+  <si>
+    <t>9250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Du Haut Rozin</t>
+  </si>
+  <si>
+    <t>57420 CUVRY</t>
+  </si>
+  <si>
+    <t>CUVRY</t>
+  </si>
+  <si>
+    <t>570023770</t>
+  </si>
+  <si>
+    <t>EHPAD "STE CROIX"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9404_FicheESSMS/fr/ehpad-ste-croix</t>
+  </si>
+  <si>
+    <t>9404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57320 BOUZONVILLE</t>
+  </si>
+  <si>
+    <t>BOUZONVILLE</t>
+  </si>
+  <si>
+    <t>570001032</t>
+  </si>
+  <si>
+    <t>EHPAD "LE DOMAINE DE BELLETANCHE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9403_FicheESSMS/fr/ehpad-le-domaine-de-belletanche</t>
+  </si>
+  <si>
+    <t>9403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Belletanche</t>
+  </si>
+  <si>
+    <t>570004317</t>
+  </si>
+  <si>
+    <t>EHPAD "LE BELVEDERE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9479_FicheESSMS/fr/ehpad-le-belvedere</t>
+  </si>
+  <si>
+    <t>9479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57440 ALGRANGE</t>
+  </si>
+  <si>
+    <t>ALGRANGE</t>
+  </si>
+  <si>
+    <t>570015073</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE GERIATRIQUE LE WITTEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9477_FicheESSMS/fr/ehpad-residence-geriatrique-le-witten</t>
+  </si>
+  <si>
+    <t>9477_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Rue Foch</t>
+  </si>
+  <si>
+    <t>570023887</t>
+  </si>
+  <si>
+    <t>EHPAD FILIERIS LES LUPINS A CREUTZWALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9626_FicheESSMS/fr/ehpad-filieris-les-lupins-a-creutzwald</t>
+  </si>
+  <si>
+    <t>9626_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Lupins</t>
+  </si>
+  <si>
+    <t>570024117</t>
+  </si>
+  <si>
+    <t>SAAD LOR-APAH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9655_FicheESSMS/fr/saad-lor-apah</t>
+  </si>
+  <si>
+    <t>9655_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Place Du Mail</t>
+  </si>
+  <si>
+    <t>57140 WOIPPY</t>
+  </si>
+  <si>
+    <t>WOIPPY</t>
+  </si>
+  <si>
+    <t>570026211</t>
+  </si>
+  <si>
+    <t>EHPAD "LES JARDINS DU KEM"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9711_FicheESSMS/fr/ehpad-les-jardins-du-kem</t>
+  </si>
+  <si>
+    <t>9711_FicheESSMS</t>
+  </si>
+  <si>
+    <t>129 Route De Guentrange</t>
+  </si>
+  <si>
+    <t>570023879</t>
+  </si>
+  <si>
+    <t>ITEP "MOISSONS NOUVELLES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9751_FicheESSMS/fr/itep-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>9751_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Chemin De Velling</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>570000422</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CEDRES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9891_FicheESSMS/fr/ehpad-les-cedres</t>
+  </si>
+  <si>
+    <t>9891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004341</t>
+  </si>
+  <si>
+    <t>IEM DE ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10144_FicheESSMS/fr/iem-de-st-julien-les-metz</t>
+  </si>
+  <si>
+    <t>10144_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Du Fort</t>
+  </si>
+  <si>
+    <t>570015032</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISEE AUGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10143_FicheESSMS/fr/maison-d-accueil-specialisee-augny</t>
+  </si>
+  <si>
+    <t>10143_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Liberation</t>
+  </si>
+  <si>
+    <t>57685 AUGNY</t>
+  </si>
+  <si>
+    <t>AUGNY</t>
+  </si>
+  <si>
+    <t>570011718</t>
+  </si>
+  <si>
+    <t>IEM DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10145_FicheESSMS/fr/iem-de-metz</t>
+  </si>
+  <si>
+    <t>10145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Coupillon</t>
+  </si>
+  <si>
+    <t>570005090</t>
+  </si>
+  <si>
+    <t>EHPAD LES FAUBOURGS DE L'ORNE ASSPO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10193_FicheESSMS/fr/ehpad-les-faubourgs-de-l-orne-asspo</t>
+  </si>
+  <si>
+    <t>10193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue Louis Jost</t>
+  </si>
+  <si>
+    <t>57175 GANDRANGE</t>
+  </si>
+  <si>
+    <t>GANDRANGE</t>
+  </si>
+  <si>
+    <t>570023531</t>
+  </si>
+  <si>
+    <t>EHPAD "SAINT JOSEPH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10311_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>10311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Principale</t>
+  </si>
+  <si>
+    <t>57930 ST JEAN DE BASSEL</t>
+  </si>
+  <si>
+    <t>ST JEAN DE BASSEL</t>
+  </si>
+  <si>
+    <t>570000927</t>
+  </si>
+  <si>
+    <t>RESIDENCE STE BARBE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10444_FicheESSMS/fr/residence-ste-barbe</t>
+  </si>
+  <si>
+    <t>10444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Gustave Charpentier</t>
+  </si>
+  <si>
+    <t>570010470</t>
+  </si>
+  <si>
+    <t>EHPAD "LES MIRABELLIERS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10493_FicheESSMS/fr/ehpad-les-mirabelliers</t>
+  </si>
+  <si>
+    <t>10493_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Haut Noyer</t>
+  </si>
+  <si>
+    <t>570003418</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ACTIVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10527_FicheESSMS/fr/service-mjpm-active</t>
+  </si>
+  <si>
+    <t>10527_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Thomas Edison</t>
+  </si>
+  <si>
+    <t>570025288</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACCOMPAGNEMENT (SAVS)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10543_FicheESSMS/fr/service-d-accompagnement-savs</t>
+  </si>
+  <si>
+    <t>10543_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570023044</t>
+  </si>
+  <si>
+    <t>EHPAD "LES SAULES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10537_FicheESSMS/fr/ehpad-les-saules</t>
+  </si>
+  <si>
+    <t>10537_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Rue Nationale</t>
+  </si>
+  <si>
+    <t>57910 HAMBACH</t>
+  </si>
+  <si>
+    <t>HAMBACH</t>
+  </si>
+  <si>
+    <t>570015198</t>
+  </si>
+  <si>
+    <t>FAP RESIDENCE DU BOIS DE GRIMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10544_FicheESSMS/fr/fap-residence-du-bois-de-grimont</t>
+  </si>
+  <si>
+    <t>10544_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011445</t>
+  </si>
+  <si>
+    <t>RESIDENCE "LE PRIEURE DE LA FENSCH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10589_FicheESSMS/fr/residence-le-prieure-de-la-fensch</t>
+  </si>
+  <si>
+    <t>10589_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Des Carrieres</t>
+  </si>
+  <si>
+    <t>57700 RANGUEVAUX</t>
+  </si>
+  <si>
+    <t>RANGUEVAUX</t>
+  </si>
+  <si>
+    <t>570024547</t>
+  </si>
+  <si>
+    <t>I.M.PRO. "LA HORGNE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10621_FicheESSMS/fr/i-m-pro-la-horgne</t>
+  </si>
+  <si>
+    <t>10621_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Grange Le Mercier</t>
+  </si>
+  <si>
+    <t>570000737</t>
+  </si>
+  <si>
+    <t>SESSAD ARPEGE GCSMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10661_FicheESSMS/fr/sessad-arpege-gcsms-3s</t>
+  </si>
+  <si>
+    <t>10661_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Kuchly</t>
+  </si>
+  <si>
+    <t>570024638</t>
+  </si>
+  <si>
+    <t>FAM "LE HAUT SORET"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10700_FicheESSMS/fr/fam-le-haut-soret</t>
+  </si>
+  <si>
+    <t>10700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570014092</t>
+  </si>
+  <si>
+    <t>FAS "LE HAUT SORET"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10699_FicheESSMS/fr/fas-le-haut-soret</t>
+  </si>
+  <si>
+    <t>10699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Bouzonville</t>
+  </si>
+  <si>
+    <t>570021840</t>
+  </si>
+  <si>
+    <t>FESAT LA CORCHADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10698_FicheESSMS/fr/fesat-la-corchade</t>
+  </si>
+  <si>
+    <t>10698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Des Geraniums</t>
+  </si>
+  <si>
+    <t>570010025</t>
+  </si>
+  <si>
+    <t>ESAT "L'ATELIER DES TALENTS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10697_FicheESSMS/fr/esat-l-atelier-des-talents</t>
+  </si>
+  <si>
+    <t>10697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Teilhard De Chardin</t>
+  </si>
+  <si>
+    <t>57050 METZ</t>
+  </si>
+  <si>
+    <t>570028167</t>
+  </si>
+  <si>
+    <t>I.M.PRO. DE MORHANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10696_FicheESSMS/fr/i-m-pro-de-morhange</t>
+  </si>
+  <si>
+    <t>10696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Calvaire</t>
+  </si>
+  <si>
+    <t>570000190</t>
+  </si>
+  <si>
+    <t>I.M.P. "L'ESPERANCE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10695_FicheESSMS/fr/i-m-p-l-esperance</t>
+  </si>
+  <si>
+    <t>10695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De La Croix De Lorraine</t>
+  </si>
+  <si>
+    <t>570000711</t>
+  </si>
+  <si>
+    <t>ITEP "LE CHATEAU"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10694_FicheESSMS/fr/itep-le-chateau</t>
+  </si>
+  <si>
+    <t>10694_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57050 LORRY LES METZ</t>
+  </si>
+  <si>
+    <t>LORRY LES METZ</t>
+  </si>
+  <si>
+    <t>570000554</t>
+  </si>
+  <si>
+    <t>SESSAD TED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10692_FicheESSMS/fr/sessad-ted</t>
+  </si>
+  <si>
+    <t>10692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Belletanche</t>
+  </si>
+  <si>
+    <t>570027136</t>
+  </si>
+  <si>
+    <t>FOYER EXPERIMENTAL ADULT. HAND.</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10780_FicheESSMS/fr/foyer-experimental-adult-hand</t>
+  </si>
+  <si>
+    <t>10780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>57680 NOVEANT SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>NOVEANT SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>570014167</t>
+  </si>
+  <si>
+    <t>MAISON DE CLERVANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10779_FicheESSMS/fr/maison-de-clervant</t>
+  </si>
+  <si>
+    <t>10779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Roger Mazauric</t>
+  </si>
+  <si>
+    <t>57530 COURCELLES CHAUSSY</t>
+  </si>
+  <si>
+    <t>COURCELLES CHAUSSY</t>
+  </si>
+  <si>
+    <t>570013565</t>
+  </si>
+  <si>
+    <t>EHPAD HYGIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10778_FicheESSMS/fr/ehpad-hygie</t>
+  </si>
+  <si>
+    <t>10778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570022905</t>
+  </si>
+  <si>
+    <t>MAS POUR ADULTES HANDICAPES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10777_FicheESSMS/fr/mas-pour-adultes-handicapes</t>
+  </si>
+  <si>
+    <t>10777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570014100</t>
+  </si>
+  <si>
+    <t>FAM LES HORIZONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10776_FicheESSMS/fr/fam-les-horizons</t>
+  </si>
+  <si>
+    <t>10776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57245 JURY</t>
+  </si>
+  <si>
+    <t>JURY</t>
+  </si>
+  <si>
+    <t>570024968</t>
+  </si>
+  <si>
+    <t>FAS DE NOVEANT SITE LA LOUVIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10775_FicheESSMS/fr/fas-de-noveant-site-la-louviere</t>
+  </si>
+  <si>
+    <t>10775_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De La Louviere</t>
+  </si>
+  <si>
+    <t>570028324</t>
+  </si>
+  <si>
+    <t>FAS DE NOVEANT SITE NAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10774_FicheESSMS/fr/fas-de-noveant-site-nau</t>
+  </si>
+  <si>
+    <t>10774_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Chavee</t>
+  </si>
+  <si>
+    <t>570014175</t>
+  </si>
+  <si>
+    <t>FAM PHV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10772_FicheESSMS/fr/fam-phv</t>
+  </si>
+  <si>
+    <t>10772_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570022871</t>
+  </si>
+  <si>
+    <t>EHPAD "LES ACACIAS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10803_FicheESSMS/fr/ehpad-les-acacias</t>
+  </si>
+  <si>
+    <t>10803_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57590 DELME</t>
+  </si>
+  <si>
+    <t>DELME</t>
+  </si>
+  <si>
+    <t>570013102</t>
+  </si>
+  <si>
+    <t>EHPAD "HUGUETTE HENRY"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10789_FicheESSMS/fr/ehpad-huguette-henry</t>
+  </si>
+  <si>
+    <t>10789_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Lavoir</t>
+  </si>
+  <si>
+    <t>570023713</t>
+  </si>
+  <si>
+    <t>EHPAD "LE CLOS FLEURI"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10820_FicheESSMS/fr/ehpad-le-clos-fleuri</t>
+  </si>
+  <si>
+    <t>10820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Lorraine</t>
+  </si>
+  <si>
+    <t>570022707</t>
+  </si>
+  <si>
+    <t>EHPAD "LES SEQUOIAS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10819_FicheESSMS/fr/ehpad-les-sequoias</t>
+  </si>
+  <si>
+    <t>10819_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Des Bons Enfants</t>
+  </si>
+  <si>
+    <t>570022681</t>
+  </si>
+  <si>
+    <t>EHPAD "LE TOURNEBRIDE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10818_FicheESSMS/fr/ehpad-le-tournebride</t>
+  </si>
+  <si>
+    <t>10818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570013714</t>
+  </si>
+  <si>
+    <t>EHPAD "LES TILLEULS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10900_FicheESSMS/fr/ehpad-les-tilleuls</t>
+  </si>
+  <si>
+    <t>10900_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Haute</t>
+  </si>
+  <si>
+    <t>57180 TERVILLE</t>
+  </si>
+  <si>
+    <t>TERVILLE</t>
+  </si>
+  <si>
+    <t>570014605</t>
+  </si>
+  <si>
+    <t>EHPAD "LES ALISIERS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10899_FicheESSMS/fr/ehpad-les-alisiers</t>
+  </si>
+  <si>
+    <t>10899_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57520 ROUHLING</t>
+  </si>
+  <si>
+    <t>ROUHLING</t>
+  </si>
+  <si>
+    <t>570003749</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CERISIERS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10898_FicheESSMS/fr/ehpad-les-cerisiers</t>
+  </si>
+  <si>
+    <t>10898_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Marie</t>
+  </si>
+  <si>
+    <t>570003459</t>
+  </si>
+  <si>
+    <t>EHPAD "STE ELISABETH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10939_FicheESSMS/fr/ehpad-ste-elisabeth</t>
+  </si>
+  <si>
+    <t>10939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Eugene Kloster</t>
+  </si>
+  <si>
+    <t>570002105</t>
+  </si>
+  <si>
+    <t>EHPAD "LE BOIS DES OISELEURS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10931_FicheESSMS/fr/ehpad-le-bois-des-oiseleurs</t>
+  </si>
+  <si>
+    <t>10931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570027391</t>
+  </si>
+  <si>
+    <t>EHPAD "HOME DE LA PROVIDENCE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11003_FicheESSMS/fr/ehpad-home-de-la-providence</t>
+  </si>
+  <si>
+    <t>11003_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Home</t>
+  </si>
+  <si>
+    <t>57410 SIERSTHAL</t>
+  </si>
+  <si>
+    <t>SIERSTHAL</t>
+  </si>
+  <si>
+    <t>570005157</t>
+  </si>
+  <si>
+    <t>LITS HALTE SOINS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10997_FicheESSMS/fr/lits-halte-soins-sante</t>
+  </si>
+  <si>
+    <t>10997_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570027599</t>
+  </si>
+  <si>
+    <t>ESAT "LE PUITS GARGAN"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10995_FicheESSMS/fr/esat-le-puits-gargan</t>
+  </si>
+  <si>
+    <t>10995_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57540 PETITE ROSSELLE</t>
+  </si>
+  <si>
+    <t>PETITE ROSSELLE</t>
+  </si>
+  <si>
+    <t>570005637</t>
+  </si>
+  <si>
+    <t>MAS "LES COLOMBES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10994_FicheESSMS/fr/mas-les-colombes</t>
+  </si>
+  <si>
+    <t>10994_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Frontiere</t>
+  </si>
+  <si>
+    <t>570000869</t>
+  </si>
+  <si>
+    <t>EHPAD "LES OLIVIERS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11126_FicheESSMS/fr/ehpad-les-oliviers</t>
+  </si>
+  <si>
+    <t>11126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue General Devers</t>
+  </si>
+  <si>
+    <t>57370 PHALSBOURG</t>
+  </si>
+  <si>
+    <t>PHALSBOURG</t>
+  </si>
+  <si>
+    <t>570004390</t>
+  </si>
+  <si>
+    <t>EHPAD "LES LAURIERS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11177_FicheESSMS/fr/ehpad-les-lauriers</t>
+  </si>
+  <si>
+    <t>11177_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue De Boulay</t>
+  </si>
+  <si>
+    <t>57740 LONGEVILLE LES ST AVOLD</t>
+  </si>
+  <si>
+    <t>LONGEVILLE LES ST AVOLD</t>
+  </si>
+  <si>
+    <t>570023416</t>
+  </si>
+  <si>
+    <t>RESIDENCE MAIZIERES-LES-VICS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11220_FicheESSMS/fr/residence-maizieres-les-vics</t>
+  </si>
+  <si>
+    <t>11220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Dieuze</t>
+  </si>
+  <si>
+    <t>57810 MAIZIERES LES VIC</t>
+  </si>
+  <si>
+    <t>MAIZIERES LES VIC</t>
+  </si>
+  <si>
+    <t>570009720</t>
+  </si>
+  <si>
+    <t>EHPAD "LES PEUPLIERS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11275_FicheESSMS/fr/ehpad-les-peupliers</t>
+  </si>
+  <si>
+    <t>11275_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Des Fleurs</t>
+  </si>
+  <si>
+    <t>570013656</t>
+  </si>
+  <si>
+    <t>EHPAD" LES PLATANES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11325_FicheESSMS/fr/ehpad-les-platanes</t>
+  </si>
+  <si>
+    <t>11325_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Du Petit Prince</t>
+  </si>
+  <si>
+    <t>57350 STIRING WENDEL</t>
+  </si>
+  <si>
+    <t>STIRING WENDEL</t>
+  </si>
+  <si>
+    <t>570014639</t>
+  </si>
+  <si>
+    <t>EHPAD  "PIERRE HERMENT"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11482_FicheESSMS/fr/ehpad-pierre-herment</t>
+  </si>
+  <si>
+    <t>11482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Abbaye</t>
+  </si>
+  <si>
+    <t>57050 LE BAN ST MARTIN</t>
+  </si>
+  <si>
+    <t>LE BAN ST MARTIN</t>
+  </si>
+  <si>
+    <t>570013128</t>
+  </si>
+  <si>
+    <t>SERAD MOSELLE EST MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11463_FicheESSMS/fr/serad-moselle-est-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>11463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue De Longchamp</t>
+  </si>
+  <si>
+    <t>570028100</t>
+  </si>
+  <si>
+    <t>MECS MOISSONS NOUVELLES PAYS DE NABOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11462_FicheESSMS/fr/mecs-moissons-nouvelles-pays-de-nabor</t>
+  </si>
+  <si>
+    <t>11462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Houlle</t>
+  </si>
+  <si>
+    <t>570018598</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ASSOCIATION TUTELAIRE 57</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11613_FicheESSMS/fr/service-mjpm-association-tutelaire-57</t>
+  </si>
+  <si>
+    <t>11613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Lothaire</t>
+  </si>
+  <si>
+    <t>57011 METZ CEDEX 01</t>
+  </si>
+  <si>
+    <t>METZ CEDEX 01</t>
+  </si>
+  <si>
+    <t>570025320</t>
+  </si>
+  <si>
+    <t>EHPAD "LES PINS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11684_FicheESSMS/fr/ehpad-les-pins</t>
+  </si>
+  <si>
+    <t>11684_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Romains</t>
+  </si>
+  <si>
+    <t>57580 REMILLY</t>
+  </si>
+  <si>
+    <t>REMILLY</t>
+  </si>
+  <si>
+    <t>570015818</t>
+  </si>
+  <si>
+    <t>EPNAK - CRP DE METZ JEAN MOULIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11728_FicheESSMS/fr/epnak-crp-de-metz-jean-moulin</t>
+  </si>
+  <si>
+    <t>11728_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Place De France</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>570015420</t>
+  </si>
+  <si>
+    <t>CENTRE DE PRE-ORIENTATION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11727_FicheESSMS/fr/centre-de-pre-orientation</t>
+  </si>
+  <si>
+    <t>11727_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>570028829</t>
+  </si>
+  <si>
+    <t>MECS MOISSON NOUVELLES VIOTTI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11826_FicheESSMS/fr/mecs-moisson-nouvelles-viotti</t>
+  </si>
+  <si>
+    <t>11826_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Lieutenant Nau</t>
+  </si>
+  <si>
+    <t>570026831</t>
+  </si>
+  <si>
+    <t>MECS MOISSONS NOUVELLES WOIPPY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11882_FicheESSMS/fr/mecs-moissons-nouvelles-woippy</t>
+  </si>
+  <si>
+    <t>11882_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Jean Laurain</t>
+  </si>
+  <si>
+    <t>570004218</t>
+  </si>
+  <si>
+    <t>SPS MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11881_FicheESSMS/fr/sps-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>11881_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De Savoie</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>570029439</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CHARMES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11940_FicheESSMS/fr/ehpad-les-charmes</t>
+  </si>
+  <si>
+    <t>11940_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Avenue Du Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>570013078</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CHENES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11939_FicheESSMS/fr/ehpad-les-chenes</t>
+  </si>
+  <si>
+    <t>11939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570000463</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CHATAIGNIERS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11938_FicheESSMS/fr/ehpad-les-chataigniers</t>
+  </si>
+  <si>
+    <t>11938_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Mozart</t>
+  </si>
+  <si>
+    <t>570015453</t>
+  </si>
+  <si>
+    <t>EHPAD "LES ERABLES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11935_FicheESSMS/fr/ehpad-les-erables</t>
+  </si>
+  <si>
+    <t>11935_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Monseigneur Schmitt</t>
+  </si>
+  <si>
+    <t>57970 YUTZ</t>
+  </si>
+  <si>
+    <t>570014852</t>
+  </si>
+  <si>
+    <t>EHPAD "LA SOURCE DU BREUIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11941_FicheESSMS/fr/ehpad-la-source-du-breuil</t>
+  </si>
+  <si>
+    <t>11941_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57255 STE MARIE AUX CHENES</t>
+  </si>
+  <si>
+    <t>STE MARIE AUX CHENES</t>
+  </si>
+  <si>
+    <t>570015297</t>
+  </si>
+  <si>
+    <t>EHPAD "HOME DES 4 SAISONS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12431_FicheESSMS/fr/ehpad-home-des-4-saisons</t>
+  </si>
+  <si>
+    <t>12431_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57510 PUTTELANGE AUX LACS</t>
+  </si>
+  <si>
+    <t>PUTTELANGE AUX LACS</t>
+  </si>
+  <si>
+    <t>570002071</t>
+  </si>
+  <si>
+    <t>M.E.C.S. MOISSONS NOUVELLES REMILLY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12559_FicheESSMS/fr/m-e-c-s-moissons-nouvelles-remilly</t>
+  </si>
+  <si>
+    <t>12559_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570018739</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE DE LA PEPINIERE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12587_FicheESSMS/fr/ehpad-residence-de-la-pepiniere</t>
+  </si>
+  <si>
+    <t>12587_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Faubourg</t>
+  </si>
+  <si>
+    <t>570021964</t>
+  </si>
+  <si>
+    <t>EHPAD "LA TOUR DE HEU"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12570_FicheESSMS/fr/ehpad-la-tour-de-heu</t>
+  </si>
+  <si>
+    <t>12570_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Porte Haute</t>
+  </si>
+  <si>
+    <t>57365 ENNERY</t>
+  </si>
+  <si>
+    <t>ENNERY</t>
+  </si>
+  <si>
+    <t>570015842</t>
+  </si>
+  <si>
+    <t>EHPAD "LE PRE VERT"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12569_FicheESSMS/fr/ehpad-le-pre-vert</t>
+  </si>
+  <si>
+    <t>12569_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Pres</t>
+  </si>
+  <si>
+    <t>570015438</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE HEUREUSE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12568_FicheESSMS/fr/ehpad-residence-heureuse</t>
+  </si>
+  <si>
+    <t>12568_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57360 AMNEVILLE LES THERMES</t>
+  </si>
+  <si>
+    <t>AMNEVILLE LES THERMES</t>
+  </si>
+  <si>
+    <t>570013771</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12567_FicheESSMS/fr/ehpad-les-acacias</t>
+  </si>
+  <si>
+    <t>12567_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Jean Baptiste Charcot</t>
+  </si>
+  <si>
+    <t>570023374</t>
+  </si>
+  <si>
+    <t>EHPAD "LA GRANGE AUX BOIS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12596_FicheESSMS/fr/ehpad-la-grange-aux-bois</t>
+  </si>
+  <si>
+    <t>12596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De La Falogne</t>
+  </si>
+  <si>
+    <t>570013144</t>
+  </si>
+  <si>
+    <t>EHPAD "MARIE-NOELLE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12595_FicheESSMS/fr/ehpad-marie-noelle</t>
+  </si>
+  <si>
+    <t>12595_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Beau Rivage</t>
+  </si>
+  <si>
+    <t>570014696</t>
+  </si>
+  <si>
+    <t>EHPAD "LES VIGNELLES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12594_FicheESSMS/fr/ehpad-les-vignelles</t>
+  </si>
+  <si>
+    <t>12594_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Pre Joli</t>
+  </si>
+  <si>
+    <t>57420 LOUVIGNY</t>
+  </si>
+  <si>
+    <t>LOUVIGNY</t>
+  </si>
+  <si>
+    <t>570015768</t>
+  </si>
+  <si>
+    <t>IEM DE MOSELLE-TERRITOIRE THIONVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12619_FicheESSMS/fr/iem-de-moselle-territoire-thionville</t>
+  </si>
+  <si>
+    <t>12619_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Mozart</t>
+  </si>
+  <si>
+    <t>57270 UCKANGE</t>
+  </si>
+  <si>
+    <t>UCKANGE</t>
+  </si>
+  <si>
+    <t>570005074</t>
+  </si>
+  <si>
+    <t>EHPAD "NOTRE DAME DU BLAUBERG"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12656_FicheESSMS/fr/ehpad-notre-dame-du-blauberg</t>
+  </si>
+  <si>
+    <t>12656_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Du Blauberg</t>
+  </si>
+  <si>
+    <t>570004416</t>
+  </si>
+  <si>
+    <t>EHPAD "L'ATRE DU VAL DE FENSCH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12737_FicheESSMS/fr/ehpad-l-atre-du-val-de-fensch</t>
+  </si>
+  <si>
+    <t>12737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Jean Burger</t>
+  </si>
+  <si>
+    <t>57650 FONTOY</t>
+  </si>
+  <si>
+    <t>FONTOY</t>
+  </si>
+  <si>
+    <t>570012781</t>
+  </si>
+  <si>
+    <t>FAS "ARMAND MAHLER"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13083_FicheESSMS/fr/fas-armand-mahler</t>
+  </si>
+  <si>
+    <t>13083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570024455</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE ANDRE COPIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13155_FicheESSMS/fr/ehpad-residence-andre-copin</t>
+  </si>
+  <si>
+    <t>13155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Du Val De Metz</t>
+  </si>
+  <si>
+    <t>57640 VIGY</t>
+  </si>
+  <si>
+    <t>VIGY</t>
+  </si>
+  <si>
+    <t>570023382</t>
+  </si>
+  <si>
+    <t>EHPAD "ALICE SAR"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13154_FicheESSMS/fr/ehpad-alice-sar</t>
+  </si>
+  <si>
+    <t>13154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Impasse Des Petites Fontaines</t>
+  </si>
+  <si>
+    <t>57070 VANTOUX</t>
+  </si>
+  <si>
+    <t>570003509</t>
+  </si>
+  <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE AMBROISE PARE DE THIONVILLE  (57)</t>
   </si>
   <si>
     <t>31/08/2023 15:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3458730/fr/equipe-d-anesthesie-reanimation-clinique-ambroise-pare-de-thionville-57</t>
   </si>
   <si>
     <t>p_3458730</t>
   </si>
   <si>
     <t>17 August 2023</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Aurélien BEAUBERT, Docteur NATHANAEL HIME, Docteur Francois KORSEC, Docteur JULIEN MICHEL, Docteur Geoffrey JURKOLOW</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CHU/HOPITAL BEL AIR DE THIONVILLE - CHR  (57)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319302/fr/equipe-de-chirurgie-urologique-chu/hopital-bel-air-de-thionville-chr-57</t>
   </si>
   <si>
     <t>p_3319302</t>
   </si>
   <si>
     <t>04 July 2025</t>
   </si>
   <si>
     <t>Docteur Claude ERB, Docteur PETRE ADRIAN TURCANU, Docteur SORIN-LEONARD MILITARU</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE  (57)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319433/fr/equipe-d-anesthesie-reanimation-chu/hopital-de-mercy-chr-metz-thionville-57</t>
   </si>
   <si>
     <t>p_3319433</t>
   </si>
   <si>
     <t>06 November 2024</t>
   </si>
   <si>
     <t>Docteur CAROLINE LEFEVRE-ZAHM, Docteur SERGE TIENTCHEU, Docteur ANTOINE BECRET, Docteur JULIE BUZON, Docteur AMELIE LEMOINE, Docteur LEO COINUS, Docteur Sviatlana CASTANIER, Docteur LISA LEON, Docteur JULIE LARDE, Docteur NELLY GIRAUD, Docteur MOKHTAR MOKHTARI, Docteur JEAN-LUC PETIT</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>UNITE DE PSYCHIATRIE DU CH LORQUIN</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:11:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1854_FicheEtablissement/fr/unite-psychiatrie-site-lemire-st-avold</t>
+  </si>
+  <si>
+    <t>1854_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>7 Rue Lemire</t>
+  </si>
+  <si>
+    <t>0387295005</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>570023127</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR CHR METZ THIONVILLE SERVICE PEDO-PSYCHIATRIE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:11:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5740_FicheEtablissement/fr/hopital-de-jour-enfants-de-yutz</t>
+  </si>
+  <si>
+    <t>5740_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue De Lorraine</t>
+  </si>
+  <si>
+    <t>0382558509</t>
+  </si>
+  <si>
+    <t>570015750</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DE GORZE</t>
+  </si>
+  <si>
+    <t>27/11/2025 11:22:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1834_FicheEtablissement/fr/usld-cms-de-gorze</t>
+  </si>
+  <si>
+    <t>1834_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387385300</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>570001867</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DE MOYEN SEJOUR DE GORZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1845_FicheEtablissement/fr/cms-de-gorze</t>
+  </si>
+  <si>
+    <t>1845_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>57133 ARS SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>ARS SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>570012369</t>
+  </si>
+  <si>
+    <t>CTRE AUTODIAL UDM SARREGUEMINES -ALTIR</t>
+  </si>
+  <si>
+    <t>24/11/2025 08:32:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3853_FicheEtablissement/fr/ctre-autodial-udm-sarreguemines-altir</t>
+  </si>
+  <si>
+    <t>3853_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Ancien Hopital</t>
+  </si>
+  <si>
+    <t>0387097678</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>570027029</t>
+  </si>
+  <si>
+    <t>CTRE AUTODIALYSE DE SARREBOURG - ALTIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3852_FicheEtablissement/fr/ctre-autodialyse-de-sarrebourg-altir</t>
+  </si>
+  <si>
+    <t>3852_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34 Avenue De La Division Leclerc</t>
+  </si>
+  <si>
+    <t>0387248930</t>
+  </si>
+  <si>
+    <t>570022830</t>
+  </si>
+  <si>
+    <t>CTRE AUTODIALYSE UDM THIONVILLE-ALTIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3851_FicheEtablissement/fr/ctre-autodialyse-udm-thionville-altir</t>
+  </si>
+  <si>
+    <t>3851_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue De Friscaty</t>
+  </si>
+  <si>
+    <t>0382558479</t>
+  </si>
+  <si>
+    <t>570011635</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE DE PELTRE - ALTIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3855_FicheEtablissement/fr/ctre-autodialyse-peltre-altir</t>
+  </si>
+  <si>
+    <t>3855_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Du Jardin D'Ecosse</t>
+  </si>
+  <si>
+    <t>57245 PELTRE</t>
+  </si>
+  <si>
+    <t>PELTRE</t>
+  </si>
+  <si>
+    <t>0387787229</t>
+  </si>
+  <si>
+    <t>570027680</t>
+  </si>
+  <si>
+    <t>CENTRE GERIATRIQUE SOS SANTE THIONVILLE</t>
+  </si>
+  <si>
+    <t>17/10/2025 18:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1836_FicheEtablissement/fr/centre-de-geriatrie-le-kem-sos-sante</t>
+  </si>
+  <si>
+    <t>1836_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387549898</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>570003079</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE SOS SANTE LE KEM THIONVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1855_FicheEtablissement/fr/usld-le-kem-de-thionville</t>
+  </si>
+  <si>
+    <t>1855_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0382549898</t>
+  </si>
+  <si>
+    <t>570023192</t>
+  </si>
+  <si>
+    <t>24/09/2025 17:37:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1815_FicheEtablissement/fr/clinique-notre-dame-de-thionville</t>
+  </si>
+  <si>
+    <t>1815_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Paul Albert</t>
+  </si>
+  <si>
+    <t>57109 THIONVILLE</t>
+  </si>
+  <si>
+    <t>0826300301</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER MARIE-MADELEINE A FORBACH-CHIC UNISANTE+</t>
+  </si>
+  <si>
+    <t>09/07/2025 09:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1805_FicheEtablissement/fr/ch-marie-madeleine-de-forbach</t>
+  </si>
+  <si>
+    <t>1805_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Therese</t>
+  </si>
+  <si>
+    <t>0387888000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CH LEMIRE DE SAINT-AVOLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1823_FicheEtablissement/fr/ch-lemire-de-saint-avold</t>
+  </si>
+  <si>
+    <t>1823_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57501 ST AVOLD</t>
+  </si>
+  <si>
+    <t>0387295000</t>
+  </si>
+  <si>
+    <t>570000687</t>
+  </si>
+  <si>
+    <t>HOPITAL FILIERIS DE FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>03/07/2025 19:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1807_FicheEtablissement/fr/hopital-filieris-de-freyming-merlebach</t>
+  </si>
+  <si>
+    <t>1807_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue De France</t>
+  </si>
+  <si>
+    <t>0387818000</t>
+  </si>
+  <si>
+    <t>570000091</t>
+  </si>
+  <si>
+    <t>CTRE MOYEN SEJOUR ET CONVAL. FILIERIS CHARLEVILLE SOUS BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1817_FicheEtablissement/fr/cmsc-filieris-de-charleville-sous-bois</t>
+  </si>
+  <si>
+    <t>1817_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57220 CHARLEVILLE SOUS BOIS</t>
+  </si>
+  <si>
+    <t>CHARLEVILLE SOUS BOIS</t>
+  </si>
+  <si>
+    <t>0387791352</t>
+  </si>
+  <si>
+    <t>570000448</t>
+  </si>
+  <si>
+    <t>USLD FILIERIS DU POLE HOSPITALIER GERIATRIQUE DE CREUTZWALD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1850_FicheEtablissement/fr/usld-phg-filieris-de-creutzwald</t>
+  </si>
+  <si>
+    <t>1850_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387294607</t>
+  </si>
+  <si>
+    <t>570015776</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE FILIERIS CHARLEVILLE SOUS BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7701_FicheEtablissement/fr/usld-cmsc-filieris-charleville-s-bois</t>
+  </si>
+  <si>
+    <t>7701_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>570013888</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LORQUIN</t>
+  </si>
+  <si>
+    <t>23/06/2025 10:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1826_FicheEtablissement/fr/centre-hospitalier-de-lorquin</t>
+  </si>
+  <si>
+    <t>1826_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>0387231415</t>
+  </si>
+  <si>
+    <t>570000885</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICAL DIETETIQUE L'ALUMNAT</t>
+  </si>
+  <si>
+    <t>18/06/2025 17:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1846_FicheEtablissement/fr/ctre-med-diet-l-alumnat-scy-chazelles</t>
+  </si>
+  <si>
+    <t>1846_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue De Moulins</t>
+  </si>
+  <si>
+    <t>0387603111</t>
+  </si>
+  <si>
+    <t>570012633</t>
+  </si>
+  <si>
+    <t>CENTRE MATHILDE SALOMON DE PHALSBOURG</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1856_FicheEtablissement/fr/centre-mathilde-salomon-de-phalsbourg</t>
+  </si>
+  <si>
+    <t>1856_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue De L Hopital</t>
+  </si>
+  <si>
+    <t>0387070700</t>
+  </si>
+  <si>
+    <t>570023309</t>
+  </si>
+  <si>
+    <t>GROUPE SOS SANTE - HOPITAL DE SAINT AVOLD</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:55:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1811_FicheEtablissement/fr/hopital-de-saint-avold-sos-sante</t>
+  </si>
+  <si>
+    <t>1811_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57502 ST AVOLD</t>
+  </si>
+  <si>
+    <t>0387911444</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE GERIATRIE ST FRANÇOIS FORBACH GROUPE SOS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1810_FicheEtablissement/fr/ctre-de-geriatrie-forbach-sos-sante</t>
+  </si>
+  <si>
+    <t>1810_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Faubourg Sainte-Croix</t>
+  </si>
+  <si>
+    <t>0387849970</t>
+  </si>
+  <si>
+    <t>570000166</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE FORBACH GROUPE SOS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1848_FicheEtablissement/fr/usld-centre-de-geriatrie-de-forbach</t>
+  </si>
+  <si>
+    <t>1848_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Faubourg Sainte Croix</t>
+  </si>
+  <si>
+    <t>570015040</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE METZ-JURY</t>
+  </si>
+  <si>
+    <t>27/05/2025 16:50:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1832_FicheEtablissement/fr/epsm-metz-jury</t>
+  </si>
+  <si>
+    <t>1832_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387563939</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>570001016</t>
+  </si>
+  <si>
+    <t>CLINIQUE TIVOLI DE METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1839_FicheEtablissement/fr/clinique-tivoli-de-metz</t>
+  </si>
+  <si>
+    <t>1839_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Rue De Tivoli</t>
+  </si>
+  <si>
+    <t>0387523260</t>
+  </si>
+  <si>
+    <t>570004176</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT JOSEPH DE SARRALBE</t>
+  </si>
+  <si>
+    <t>25/03/2025 09:28:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1804_FicheEtablissement/fr/hopital-saint-joseph-de-sarralbe</t>
+  </si>
+  <si>
+    <t>1804_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>57430 SARRALBE</t>
+  </si>
+  <si>
+    <t>SARRALBE</t>
+  </si>
+  <si>
+    <t>0387973200</t>
+  </si>
+  <si>
+    <t>570000026</t>
+  </si>
+  <si>
+    <t>20/02/2025 19:07:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1821_FicheEtablissement/fr/hopital-clinique-claude-bernard</t>
+  </si>
+  <si>
+    <t>1821_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>97 Rue Claude Bernard</t>
+  </si>
+  <si>
+    <t>57072 METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>0826306666</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1806_FicheEtablissement/fr/clinique-saint-nabor-de-saint-avold</t>
+  </si>
+  <si>
+    <t>1806_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>75 Rue Des Generaux Altmayer</t>
+  </si>
+  <si>
+    <t>57504 ST AVOLD</t>
+  </si>
+  <si>
+    <t>0825135757</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SARREBOURG - HÔPITAL ST NICOLAS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1809_FicheEtablissement/fr/ch-saint-nicolas-de-sarrebourg</t>
+  </si>
+  <si>
+    <t>1809_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>57402 SARREBOURG</t>
+  </si>
+  <si>
+    <t>0387232425</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION SPECIALISE SAINT LUC - NIDERVILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1808_FicheEtablissement/fr/niderviller-crs-saint-luc</t>
+  </si>
+  <si>
+    <t>1808_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57565 NIDERVILLER</t>
+  </si>
+  <si>
+    <t>NIDERVILLER</t>
+  </si>
+  <si>
+    <t>0387245500</t>
+  </si>
+  <si>
+    <t>570000109</t>
+  </si>
+  <si>
+    <t>CHU/CHR METZ-THIONVILLE - HOPITAL BEL AIR THIONVILLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1813_FicheEtablissement/fr/chu/hopital-bel-air-de-thionville-chr</t>
+  </si>
+  <si>
+    <t>1813_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>57126 THIONVILLE</t>
+  </si>
+  <si>
+    <t>0382558255</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHU/HOPITAL D'HAYANGE - CHR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1812_FicheEtablissement/fr/chu/hopital-d-hayange-chr</t>
+  </si>
+  <si>
+    <t>1812_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0382577373</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>570000281</t>
+  </si>
+  <si>
+    <t>CLINIQUE CHIRURGICALE AMBROISE PARE- THIONVILLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1814_FicheEtablissement/fr/clinique-ambroise-pare-de-thionville</t>
+  </si>
+  <si>
+    <t>1814_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>21 Route De Guentrange</t>
+  </si>
+  <si>
+    <t>57106 THIONVILLE</t>
+  </si>
+  <si>
+    <t>0382822727</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL D'ARRONDISSEMENT DE CHATEAU SALINS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1818_FicheEtablissement/fr/hopital-de-chateau-salins-sos-sante</t>
+  </si>
+  <si>
+    <t>1818_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue De Metz</t>
+  </si>
+  <si>
+    <t>0387055454</t>
+  </si>
+  <si>
+    <t>570000455</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION SPECIALISE SAINT LUC - ABRESCHVILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1816_FicheEtablissement/fr/abreschviller-crs-saint-luc</t>
+  </si>
+  <si>
+    <t>1816_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue Du Moulin De France</t>
+  </si>
+  <si>
+    <t>57560 ABRESCHVILLER</t>
+  </si>
+  <si>
+    <t>ABRESCHVILLER</t>
+  </si>
+  <si>
+    <t>0387233800</t>
+  </si>
+  <si>
+    <t>570000380</t>
+  </si>
+  <si>
+    <t>HOPITAL REGIONAL D'INSTRUCTION DES ARMEES LEGOUEST</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1820_FicheEtablissement/fr/hop-reg-instruc-des-armees-legouest</t>
+  </si>
+  <si>
+    <t>1820_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>27 Avenue De Plantieres</t>
+  </si>
+  <si>
+    <t>0387564646</t>
+  </si>
+  <si>
+    <t>Cancérologie, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>570000596</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT FRANCOIS DE MARANGE SILVANGE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1819_FicheEtablissement/fr/hopital-st-francois-marange-silvange</t>
+  </si>
+  <si>
+    <t>1819_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>62 Rue St Francois</t>
+  </si>
+  <si>
+    <t>57535 MARANGE SILVANGE</t>
+  </si>
+  <si>
+    <t>MARANGE SILVANGE</t>
+  </si>
+  <si>
+    <t>0387709000</t>
+  </si>
+  <si>
+    <t>570000562</t>
+  </si>
+  <si>
+    <t>HOPITAL ST JOSEPH BITCHE ( CH ROBERT PAX )</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1822_FicheEtablissement/fr/hopital-saint-joseph-de-bitche</t>
+  </si>
+  <si>
+    <t>1822_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue De Lebach</t>
+  </si>
+  <si>
+    <t>57233 BITCHE</t>
+  </si>
+  <si>
+    <t>BITCHE</t>
+  </si>
+  <si>
+    <t>0387987600</t>
+  </si>
+  <si>
+    <t>570000661</t>
+  </si>
+  <si>
+    <t>CENTRE DE SSR EN ADDICTOLOGIE "LA FONTENELLE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1825_FicheEtablissement/fr/ctre-post-cure-la-fontenelle-maizeroy</t>
+  </si>
+  <si>
+    <t>1825_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place De L'Eglise</t>
+  </si>
+  <si>
+    <t>57530 MAIZEROY</t>
+  </si>
+  <si>
+    <t>MAIZEROY</t>
+  </si>
+  <si>
+    <t>0387640330</t>
+  </si>
+  <si>
+    <t>570000828</t>
+  </si>
+  <si>
+    <t>L'ADAPT - CENTRE DE READAPTATION FONCTIONNELLE "THIONIS"</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1824_FicheEtablissement/fr/centre-l-adapt-moselle-de-thionville</t>
+  </si>
+  <si>
+    <t>1824_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Allée De La Terrasse</t>
+  </si>
+  <si>
+    <t>0382802980</t>
+  </si>
+  <si>
+    <t>570000794</t>
+  </si>
+  <si>
+    <t>HOPITAL ROBERT PAX DE SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1828_FicheEtablissement/fr/hopital-robert-pax-de-sarreguemines</t>
+  </si>
+  <si>
+    <t>1828_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Rene Francois-Jolly</t>
+  </si>
+  <si>
+    <t>57211 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>0387273310</t>
+  </si>
+  <si>
+    <t>570000901</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE DE SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1827_FicheEtablissement/fr/chs-de-sarreguemines</t>
+  </si>
+  <si>
+    <t>1827_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57212 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>0387279800</t>
+  </si>
+  <si>
+    <t>570000893</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT JACQUES DE DIEUZE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1831_FicheEtablissement/fr/hopital-saint-jacques-de-dieuze</t>
+  </si>
+  <si>
+    <t>1831_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387050200</t>
+  </si>
+  <si>
+    <t>570000992</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BOULAY "LE SECQ DE CREPY"</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1830_FicheEtablissement/fr/ch-le-secq-de-crepy-de-boulay</t>
+  </si>
+  <si>
+    <t>1830_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387794000</t>
+  </si>
+  <si>
+    <t>570000968</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE ELISABETH - YUTZ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1829_FicheEtablissement/fr/clinique-ste-elisabeth-de-yutz</t>
+  </si>
+  <si>
+    <t>1829_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0382824500</t>
+  </si>
+  <si>
+    <t>570000950</t>
+  </si>
+  <si>
+    <t>HOPITAL BELLE-ISLE DE METZ - HPM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1833_FicheEtablissement/fr/hopital-belle-isle-de-metz-hpm</t>
+  </si>
+  <si>
+    <t>1833_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Belle-Isle</t>
+  </si>
+  <si>
+    <t>0387341000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>570001057</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE SAINTE MARGUERITE - NOVEANT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1835_FicheEtablissement/fr/maison-de-sante-ste-marguerite-noveant</t>
+  </si>
+  <si>
+    <t>1835_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387528322</t>
+  </si>
+  <si>
+    <t>570002287</t>
+  </si>
+  <si>
+    <t>USLD HOPITAL STE BLANDINE DE METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1838_FicheEtablissement/fr/usld-hopital-ste-blandine-de-metz</t>
+  </si>
+  <si>
+    <t>1838_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Vieille Ville</t>
+  </si>
+  <si>
+    <t>0387187548</t>
+  </si>
+  <si>
+    <t>570003947</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE ET DE READAPTATION LE HOHBERG</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1837_FicheEtablissement/fr/crf-le-hohberg-de-sarreguemines</t>
+  </si>
+  <si>
+    <t>1837_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>50 Rue De Rouhling</t>
+  </si>
+  <si>
+    <t>57216 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>0387959697</t>
+  </si>
+  <si>
+    <t>570003103</t>
+  </si>
+  <si>
+    <t>USLD HOPITAL BEL AIR DE THIONVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1843_FicheEtablissement/fr/usld-hopital-bel-air-de-thionville</t>
+  </si>
+  <si>
+    <t>1843_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>570011205</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE - HOPITAL DE BOULAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1842_FicheEtablissement/fr/usld-ch-le-secq-de-crepy-de-boulay</t>
+  </si>
+  <si>
+    <t>1842_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>570011163</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT MAURICE DE MOYEUVRE-GRANDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1841_FicheEtablissement/fr/hopital-st-maurice-asspo</t>
+  </si>
+  <si>
+    <t>1841_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57250 MOYEUVRE GRANDE</t>
+  </si>
+  <si>
+    <t>MOYEUVRE GRANDE</t>
+  </si>
+  <si>
+    <t>0387709494</t>
+  </si>
+  <si>
+    <t>570009670</t>
+  </si>
+  <si>
+    <t>CHU/CENTRE DE GERIATRIE "FELIX MARECHAL" - METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1840_FicheEtablissement/fr/chu/centre-felix-marechal-de-metz-chr</t>
+  </si>
+  <si>
+    <t>1840_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387557800</t>
+  </si>
+  <si>
+    <t>570005215</t>
+  </si>
+  <si>
+    <t>USLD HOPITAL DE CHATEAU-SALINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1849_FicheEtablissement/fr/usld-hopital-de-chateau-salins</t>
+  </si>
+  <si>
+    <t>1849_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>570015206</t>
+  </si>
+  <si>
+    <t>USLD CHS DE SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1847_FicheEtablissement/fr/usld-chs-de-sarreguemines</t>
+  </si>
+  <si>
+    <t>1847_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57206 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>0387279914</t>
+  </si>
+  <si>
+    <t>570013367</t>
+  </si>
+  <si>
+    <t>USLD CENTRE FELIX MARECHAL DE METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1844_FicheEtablissement/fr/usld-centre-felix-marechal-de-metz</t>
+  </si>
+  <si>
+    <t>1844_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>570011247</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1857_FicheEtablissement/fr/hopital-robert-schuman-de-vantoux-hpm</t>
+  </si>
+  <si>
+    <t>1857_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0357842800</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DE MARANGE-SILVANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1853_FicheEtablissement/fr/usld-hopital-de-marange-silvange</t>
+  </si>
+  <si>
+    <t>1853_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>62 Rue Saint-Francois</t>
+  </si>
+  <si>
+    <t>570022376</t>
+  </si>
+  <si>
+    <t>USLD CRS SAINT LUC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1852_FicheEtablissement/fr/usld-crs-saint-luc</t>
+  </si>
+  <si>
+    <t>1852_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387232527</t>
+  </si>
+  <si>
+    <t>570016014</t>
+  </si>
+  <si>
+    <t>USLD HOPITAL SAINT-JOSEPH DE BITCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1851_FicheEtablissement/fr/usld-hopital-saint-joseph-de-bitche</t>
+  </si>
+  <si>
+    <t>1851_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387987602</t>
+  </si>
+  <si>
+    <t>570015784</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR SSR CHR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1858_FicheEtablissement/fr/hopital-de-jour-centre-basse-audition</t>
+  </si>
+  <si>
+    <t>1858_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>49 Rue Claude Bernard</t>
+  </si>
+  <si>
+    <t>0387399700</t>
+  </si>
+  <si>
+    <t>570026575</t>
+  </si>
+  <si>
+    <t>ASA - UNITE DE DIALYSE - SAINT-AVOLD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3854_FicheEtablissement/fr/asa-unite-de-dialyse-saint-avold</t>
+  </si>
+  <si>
+    <t>3854_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387918257</t>
+  </si>
+  <si>
+    <t>570027045</t>
+  </si>
+  <si>
+    <t>ASA PREVENTION MRC - DIALYSE EN UNITE ET A DOMICILE - METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3850_FicheEtablissement/fr/asa-prevention-mrc-dialyse-en-unite</t>
+  </si>
+  <si>
+    <t>3850_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57645 NOUILLY</t>
+  </si>
+  <si>
+    <t>NOUILLY</t>
+  </si>
+  <si>
+    <t>0355001525</t>
+  </si>
+  <si>
+    <t>570010082</t>
+  </si>
+  <si>
+    <t>ASA - UNITE DE DIALYSE - FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3849_FicheEtablissement/fr/asa-unite-de-dialyse-freymingmerlebach</t>
+  </si>
+  <si>
+    <t>3849_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0387818051</t>
+  </si>
+  <si>
+    <t>570004002</t>
+  </si>
+  <si>
+    <t>CHU/CHR METZ-THIONVILLE SITE LEGOUEST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5748_FicheEtablissement/fr/chu/chr-metz-thionville-site-legouest</t>
+  </si>
+  <si>
+    <t>5748_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57077 METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>0387564741</t>
+  </si>
+  <si>
+    <t>570029801</t>
+  </si>
+  <si>
+    <t>CLINIQUE CENTRE DE SOINS DU GRAND EST</t>
+  </si>
+  <si>
+    <t>29/11/2024 15:52:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5746_FicheEtablissement/fr/clinique-centre-de-soins-du-grand-est</t>
+  </si>
+  <si>
+    <t>5746_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Des Pyramides</t>
+  </si>
+  <si>
+    <t>0382576000</t>
+  </si>
+  <si>
+    <t>570027441</t>
+  </si>
+  <si>
+    <t>ASA - UNITE DE DIALYSE - TALANGE</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5738_FicheEtablissement/fr/asa-unite-de-dialyse-talange</t>
+  </si>
+  <si>
+    <t>5738_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Simone De Beauvoir</t>
+  </si>
+  <si>
+    <t>0356540350</t>
+  </si>
+  <si>
+    <t>570015636</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R53"/>
+  <dimension ref="A1:R54"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1495,107 +7555,107 @@
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L5" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>59</v>
       </c>
       <c r="O5" t="s">
         <v>60</v>
       </c>
       <c r="P5" t="s">
         <v>61</v>
       </c>
       <c r="Q5" t="s">
         <v>62</v>
       </c>
       <c r="R5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
@@ -1613,107 +7673,107 @@
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>66</v>
       </c>
       <c r="H6" t="s">
         <v>67</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>68</v>
       </c>
       <c r="L6" t="s">
         <v>69</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="O7" t="s">
         <v>39</v>
       </c>
       <c r="P7" t="s">
         <v>40</v>
       </c>
       <c r="Q7" t="s">
         <v>41</v>
       </c>
       <c r="R7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
@@ -1728,2753 +7788,19253 @@
       <c r="G8" t="s">
         <v>79</v>
       </c>
       <c r="H8" t="s">
         <v>80</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>81</v>
       </c>
       <c r="L8" t="s">
         <v>82</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="P8" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="Q8" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="R8" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
         <v>92</v>
       </c>
-      <c r="L9" t="s">
+      <c r="Q9" t="s">
         <v>93</v>
       </c>
-      <c r="M9" t="s">
-[...2 lines deleted...]
-      <c r="N9" t="s">
+      <c r="R9" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H10" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>99</v>
+      </c>
+      <c r="L10" t="s">
+        <v>100</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>101</v>
+      </c>
+      <c r="O10" t="s">
+        <v>102</v>
+      </c>
+      <c r="P10" t="s">
         <v>103</v>
       </c>
-      <c r="L10" t="s">
+      <c r="Q10" t="s">
         <v>104</v>
       </c>
-      <c r="M10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R10" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="O11" t="s">
-        <v>112</v>
+        <v>50</v>
       </c>
       <c r="P11" t="s">
-        <v>113</v>
+        <v>51</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="R11" t="s">
-        <v>114</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>113</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>114</v>
+      </c>
+      <c r="H12" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
+        <v>116</v>
+      </c>
+      <c r="L12" t="s">
+        <v>117</v>
+      </c>
+      <c r="M12" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" t="s">
+        <v>118</v>
+      </c>
+      <c r="O12" t="s">
         <v>119</v>
       </c>
-      <c r="L12" t="s">
+      <c r="P12" t="s">
         <v>120</v>
       </c>
-      <c r="M12" t="s">
-[...2 lines deleted...]
-      <c r="N12" t="s">
+      <c r="Q12" t="s">
+        <v>41</v>
+      </c>
+      <c r="R12" t="s">
         <v>121</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>122</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>123</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>124</v>
       </c>
       <c r="H13" t="s">
         <v>125</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>126</v>
       </c>
       <c r="L13" t="s">
         <v>127</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="O13" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="P13" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="Q13" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R13" t="s">
-        <v>130</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>129</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>130</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
         <v>131</v>
       </c>
-      <c r="C14" t="s">
-[...11 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>133</v>
+      </c>
+      <c r="L14" t="s">
         <v>134</v>
       </c>
-      <c r="L14" t="s">
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>128</v>
+      </c>
+      <c r="O14" t="s">
         <v>135</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q14" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R14" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="O15" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="P15" t="s">
-        <v>61</v>
+        <v>136</v>
       </c>
       <c r="Q15" t="s">
         <v>62</v>
       </c>
       <c r="R15" t="s">
-        <v>63</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>143</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>144</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>145</v>
       </c>
       <c r="H16" t="s">
         <v>146</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>147</v>
       </c>
       <c r="L16" t="s">
         <v>148</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>76</v>
+        <v>149</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="Q16" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R16" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H17" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="L17" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="O17" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q17" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R17" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H18" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L18" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>160</v>
+        <v>83</v>
       </c>
       <c r="O18" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P18" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q18" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R18" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>161</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L19" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="O19" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P19" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q19" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R19" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H20" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="L20" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="O20" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P20" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q20" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R20" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H21" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="L21" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="O21" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="P21" t="s">
-        <v>61</v>
+        <v>136</v>
       </c>
       <c r="Q21" t="s">
         <v>62</v>
       </c>
       <c r="R21" t="s">
-        <v>63</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="O22" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="P22" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q22" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="R22" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="L23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="O23" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="P23" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q23" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="R23" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>194</v>
+        <v>167</v>
       </c>
       <c r="O24" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="P24" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="Q24" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R24" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>196</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>197</v>
       </c>
       <c r="H25" t="s">
         <v>198</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>199</v>
       </c>
       <c r="L25" t="s">
         <v>200</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
         <v>201</v>
       </c>
       <c r="O25" t="s">
-        <v>202</v>
+        <v>60</v>
       </c>
       <c r="P25" t="s">
-        <v>203</v>
+        <v>61</v>
       </c>
       <c r="Q25" t="s">
         <v>62</v>
       </c>
       <c r="R25" t="s">
-        <v>204</v>
+        <v>63</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>202</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>203</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>204</v>
+      </c>
+      <c r="H26" t="s">
         <v>205</v>
-      </c>
-[...16 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>206</v>
+      </c>
+      <c r="L26" t="s">
+        <v>207</v>
+      </c>
+      <c r="M26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" t="s">
+        <v>208</v>
+      </c>
+      <c r="O26" t="s">
         <v>209</v>
       </c>
-      <c r="L26" t="s">
+      <c r="P26" t="s">
         <v>210</v>
       </c>
-      <c r="M26" t="s">
-[...2 lines deleted...]
-      <c r="N26" t="s">
+      <c r="Q26" t="s">
+        <v>30</v>
+      </c>
+      <c r="R26" t="s">
         <v>211</v>
-      </c>
-[...10 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H27" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>216</v>
+      </c>
+      <c r="L27" t="s">
+        <v>217</v>
+      </c>
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
+        <v>218</v>
+      </c>
+      <c r="O27" t="s">
+        <v>219</v>
+      </c>
+      <c r="P27" t="s">
         <v>220</v>
       </c>
-      <c r="L27" t="s">
+      <c r="Q27" t="s">
         <v>221</v>
       </c>
-      <c r="M27" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R27" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H28" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L28" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>76</v>
+        <v>167</v>
       </c>
       <c r="O28" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="P28" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="Q28" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R28" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H29" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L29" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>234</v>
+        <v>83</v>
       </c>
       <c r="O29" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P29" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q29" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R29" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>235</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="L30" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="O30" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P30" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q30" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R30" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H31" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="L31" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="O31" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P31" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q31" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R31" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H32" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="L32" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="O32" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="P32" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="Q32" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="R32" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H33" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="L33" t="s">
-        <v>233</v>
+        <v>257</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>234</v>
+        <v>83</v>
       </c>
       <c r="O33" t="s">
-        <v>128</v>
+        <v>258</v>
       </c>
       <c r="P33" t="s">
-        <v>129</v>
+        <v>259</v>
       </c>
       <c r="Q33" t="s">
-        <v>51</v>
+        <v>260</v>
       </c>
       <c r="R33" t="s">
-        <v>130</v>
+        <v>261</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="H34" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="L34" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>83</v>
+        <v>241</v>
       </c>
       <c r="O34" t="s">
-        <v>39</v>
+        <v>135</v>
       </c>
       <c r="P34" t="s">
-        <v>40</v>
+        <v>136</v>
       </c>
       <c r="Q34" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="R34" t="s">
-        <v>42</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H35" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="L35" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>201</v>
+        <v>90</v>
       </c>
       <c r="O35" t="s">
-        <v>202</v>
+        <v>50</v>
       </c>
       <c r="P35" t="s">
-        <v>203</v>
+        <v>51</v>
       </c>
       <c r="Q35" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="R35" t="s">
-        <v>204</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H36" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="L36" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="O36" t="s">
-        <v>112</v>
+        <v>209</v>
       </c>
       <c r="P36" t="s">
-        <v>113</v>
+        <v>210</v>
       </c>
       <c r="Q36" t="s">
         <v>30</v>
       </c>
       <c r="R36" t="s">
-        <v>114</v>
+        <v>211</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H37" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="L37" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>279</v>
+        <v>218</v>
       </c>
       <c r="O37" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="P37" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="Q37" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R37" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H38" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="L38" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>94</v>
+        <v>290</v>
       </c>
       <c r="O38" t="s">
-        <v>212</v>
+        <v>28</v>
       </c>
       <c r="P38" t="s">
-        <v>213</v>
+        <v>29</v>
       </c>
       <c r="Q38" t="s">
-        <v>214</v>
+        <v>30</v>
       </c>
       <c r="R38" t="s">
-        <v>215</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="H39" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="L39" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="O39" t="s">
-        <v>60</v>
+        <v>219</v>
       </c>
       <c r="P39" t="s">
-        <v>61</v>
+        <v>220</v>
       </c>
       <c r="Q39" t="s">
-        <v>62</v>
+        <v>221</v>
       </c>
       <c r="R39" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H40" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="L40" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>298</v>
+        <v>201</v>
       </c>
       <c r="O40" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P40" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q40" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R40" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="H41" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="L41" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="O41" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="P41" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q41" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R41" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="H42" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="L42" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="O42" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P42" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q42" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R42" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="H43" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="L43" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>194</v>
+        <v>322</v>
       </c>
       <c r="O43" t="s">
-        <v>318</v>
+        <v>60</v>
       </c>
       <c r="P43" t="s">
-        <v>319</v>
+        <v>61</v>
       </c>
       <c r="Q43" t="s">
         <v>62</v>
       </c>
       <c r="R43" t="s">
-        <v>320</v>
+        <v>63</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H44" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="L44" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>304</v>
+        <v>201</v>
       </c>
       <c r="O44" t="s">
-        <v>128</v>
+        <v>329</v>
       </c>
       <c r="P44" t="s">
-        <v>129</v>
+        <v>330</v>
       </c>
       <c r="Q44" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R44" t="s">
-        <v>130</v>
+        <v>331</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="H45" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="L45" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>333</v>
+        <v>315</v>
       </c>
       <c r="O45" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="P45" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="Q45" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="R45" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="H46" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="L46" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="O46" t="s">
-        <v>49</v>
+        <v>119</v>
       </c>
       <c r="P46" t="s">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="Q46" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="R46" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="H47" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="L47" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>201</v>
+        <v>351</v>
       </c>
       <c r="O47" t="s">
-        <v>202</v>
+        <v>60</v>
       </c>
       <c r="P47" t="s">
-        <v>203</v>
+        <v>61</v>
       </c>
       <c r="Q47" t="s">
         <v>62</v>
       </c>
       <c r="R47" t="s">
-        <v>204</v>
+        <v>63</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="H48" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="L48" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>209</v>
       </c>
       <c r="P48" t="s">
-        <v>319</v>
+        <v>210</v>
       </c>
       <c r="Q48" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="R48" t="s">
-        <v>320</v>
+        <v>211</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H49" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="L49" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="O49" t="s">
-        <v>112</v>
+        <v>329</v>
       </c>
       <c r="P49" t="s">
-        <v>113</v>
+        <v>330</v>
       </c>
       <c r="Q49" t="s">
         <v>30</v>
       </c>
       <c r="R49" t="s">
-        <v>114</v>
+        <v>331</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="H50" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="L50" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>365</v>
+        <v>149</v>
       </c>
       <c r="O50" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="P50" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="Q50" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R50" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="H51" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="L51" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>365</v>
+        <v>376</v>
       </c>
       <c r="O51" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="P51" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="Q51" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="R51" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H52" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
+        <v>381</v>
+      </c>
+      <c r="L52" t="s">
+        <v>382</v>
+      </c>
+      <c r="M52" t="s">
+        <v>20</v>
+      </c>
+      <c r="N52" t="s">
         <v>376</v>
       </c>
-      <c r="L52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O52" t="s">
-        <v>212</v>
+        <v>135</v>
       </c>
       <c r="P52" t="s">
-        <v>213</v>
+        <v>136</v>
       </c>
       <c r="Q52" t="s">
-        <v>214</v>
+        <v>62</v>
       </c>
       <c r="R52" t="s">
-        <v>215</v>
+        <v>137</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="H53" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="L53" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="O53" t="s">
-        <v>128</v>
+        <v>219</v>
       </c>
       <c r="P53" t="s">
-        <v>129</v>
+        <v>220</v>
       </c>
       <c r="Q53" t="s">
-        <v>51</v>
+        <v>221</v>
       </c>
       <c r="R53" t="s">
-        <v>130</v>
+        <v>222</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>18</v>
+      </c>
+      <c r="B54" t="s">
+        <v>390</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>391</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>392</v>
+      </c>
+      <c r="H54" t="s">
+        <v>393</v>
+      </c>
+      <c r="I54" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J54" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" t="s">
+        <v>394</v>
+      </c>
+      <c r="L54" t="s">
+        <v>395</v>
+      </c>
+      <c r="M54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N54" t="s">
+        <v>396</v>
+      </c>
+      <c r="O54" t="s">
+        <v>135</v>
+      </c>
+      <c r="P54" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>62</v>
+      </c>
+      <c r="R54" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P244"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>397</v>
+      </c>
+      <c r="J1" t="s">
+        <v>398</v>
+      </c>
+      <c r="K1" t="s">
+        <v>399</v>
+      </c>
+      <c r="L1" t="s">
+        <v>400</v>
+      </c>
+      <c r="M1" t="s">
+        <v>401</v>
+      </c>
+      <c r="N1" t="s">
+        <v>402</v>
+      </c>
+      <c r="O1" t="s">
+        <v>403</v>
+      </c>
+      <c r="P1" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>405</v>
+      </c>
+      <c r="B2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>407</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>408</v>
+      </c>
+      <c r="H2" t="s">
+        <v>409</v>
+      </c>
+      <c r="I2" t="s">
+        <v>410</v>
+      </c>
+      <c r="J2" t="s">
+        <v>411</v>
+      </c>
+      <c r="K2" t="s">
+        <v>412</v>
+      </c>
+      <c r="L2" t="s">
+        <v>413</v>
+      </c>
+      <c r="M2" t="s">
+        <v>414</v>
+      </c>
+      <c r="N2" t="s">
+        <v>415</v>
+      </c>
+      <c r="O2" t="s">
+        <v>416</v>
+      </c>
+      <c r="P2" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>420</v>
+      </c>
+      <c r="H3" t="s">
+        <v>421</v>
+      </c>
+      <c r="I3" t="s">
+        <v>422</v>
+      </c>
+      <c r="J3" t="s">
+        <v>411</v>
+      </c>
+      <c r="K3" t="s">
+        <v>412</v>
+      </c>
+      <c r="L3" t="s">
+        <v>413</v>
+      </c>
+      <c r="M3" t="s">
+        <v>414</v>
+      </c>
+      <c r="N3" t="s">
+        <v>415</v>
+      </c>
+      <c r="O3" t="s">
+        <v>423</v>
+      </c>
+      <c r="P3" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>405</v>
+      </c>
+      <c r="B4" t="s">
+        <v>425</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>426</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>427</v>
+      </c>
+      <c r="H4" t="s">
+        <v>428</v>
+      </c>
+      <c r="I4" t="s">
+        <v>411</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>412</v>
+      </c>
+      <c r="L4" t="s">
+        <v>413</v>
+      </c>
+      <c r="M4" t="s">
+        <v>414</v>
+      </c>
+      <c r="N4" t="s">
+        <v>429</v>
+      </c>
+      <c r="O4" t="s">
+        <v>430</v>
+      </c>
+      <c r="P4" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>405</v>
+      </c>
+      <c r="B5" t="s">
+        <v>432</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>433</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>434</v>
+      </c>
+      <c r="H5" t="s">
+        <v>435</v>
+      </c>
+      <c r="I5" t="s">
+        <v>436</v>
+      </c>
+      <c r="J5" t="s">
+        <v>437</v>
+      </c>
+      <c r="K5" t="s">
+        <v>438</v>
+      </c>
+      <c r="L5" t="s">
+        <v>413</v>
+      </c>
+      <c r="M5" t="s">
+        <v>414</v>
+      </c>
+      <c r="N5" t="s">
+        <v>439</v>
+      </c>
+      <c r="O5" t="s">
+        <v>440</v>
+      </c>
+      <c r="P5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>405</v>
+      </c>
+      <c r="B6" t="s">
+        <v>442</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>443</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>444</v>
+      </c>
+      <c r="H6" t="s">
+        <v>445</v>
+      </c>
+      <c r="I6" t="s">
+        <v>446</v>
+      </c>
+      <c r="J6" t="s">
+        <v>447</v>
+      </c>
+      <c r="K6" t="s">
+        <v>448</v>
+      </c>
+      <c r="L6" t="s">
+        <v>413</v>
+      </c>
+      <c r="M6" t="s">
+        <v>414</v>
+      </c>
+      <c r="N6" t="s">
+        <v>439</v>
+      </c>
+      <c r="O6" t="s">
+        <v>440</v>
+      </c>
+      <c r="P6" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>405</v>
+      </c>
+      <c r="B7" t="s">
+        <v>450</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>451</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>452</v>
+      </c>
+      <c r="H7" t="s">
+        <v>453</v>
+      </c>
+      <c r="I7" t="s">
+        <v>454</v>
+      </c>
+      <c r="J7" t="s">
+        <v>455</v>
+      </c>
+      <c r="K7" t="s">
+        <v>456</v>
+      </c>
+      <c r="L7" t="s">
+        <v>413</v>
+      </c>
+      <c r="M7" t="s">
+        <v>414</v>
+      </c>
+      <c r="N7" t="s">
+        <v>457</v>
+      </c>
+      <c r="O7" t="s">
+        <v>458</v>
+      </c>
+      <c r="P7" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>405</v>
+      </c>
+      <c r="B8" t="s">
+        <v>460</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>461</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>462</v>
+      </c>
+      <c r="H8" t="s">
+        <v>463</v>
+      </c>
+      <c r="I8" t="s">
+        <v>464</v>
+      </c>
+      <c r="J8" t="s">
+        <v>465</v>
+      </c>
+      <c r="K8" t="s">
+        <v>41</v>
+      </c>
+      <c r="L8" t="s">
+        <v>413</v>
+      </c>
+      <c r="M8" t="s">
+        <v>466</v>
+      </c>
+      <c r="N8" t="s">
+        <v>457</v>
+      </c>
+      <c r="O8" t="s">
+        <v>458</v>
+      </c>
+      <c r="P8" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>405</v>
+      </c>
+      <c r="B9" t="s">
+        <v>468</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>469</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>470</v>
+      </c>
+      <c r="H9" t="s">
+        <v>471</v>
+      </c>
+      <c r="I9" t="s">
+        <v>472</v>
+      </c>
+      <c r="J9" t="s">
+        <v>473</v>
+      </c>
+      <c r="K9" t="s">
+        <v>474</v>
+      </c>
+      <c r="L9" t="s">
+        <v>413</v>
+      </c>
+      <c r="M9" t="s">
+        <v>466</v>
+      </c>
+      <c r="N9" t="s">
+        <v>457</v>
+      </c>
+      <c r="O9" t="s">
+        <v>475</v>
+      </c>
+      <c r="P9" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>405</v>
+      </c>
+      <c r="B10" t="s">
+        <v>477</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>478</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>479</v>
+      </c>
+      <c r="H10" t="s">
+        <v>480</v>
+      </c>
+      <c r="I10" t="s">
+        <v>481</v>
+      </c>
+      <c r="J10" t="s">
+        <v>482</v>
+      </c>
+      <c r="K10" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" t="s">
+        <v>413</v>
+      </c>
+      <c r="M10" t="s">
+        <v>483</v>
+      </c>
+      <c r="N10" t="s">
+        <v>439</v>
+      </c>
+      <c r="O10" t="s">
+        <v>440</v>
+      </c>
+      <c r="P10" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>405</v>
+      </c>
+      <c r="B11" t="s">
+        <v>485</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>486</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>487</v>
+      </c>
+      <c r="H11" t="s">
+        <v>488</v>
+      </c>
+      <c r="I11" t="s">
+        <v>489</v>
+      </c>
+      <c r="J11" t="s">
+        <v>490</v>
+      </c>
+      <c r="K11" t="s">
+        <v>491</v>
+      </c>
+      <c r="L11" t="s">
+        <v>413</v>
+      </c>
+      <c r="M11" t="s">
+        <v>466</v>
+      </c>
+      <c r="N11" t="s">
+        <v>457</v>
+      </c>
+      <c r="O11" t="s">
+        <v>458</v>
+      </c>
+      <c r="P11" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>405</v>
+      </c>
+      <c r="B12" t="s">
+        <v>493</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>494</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>495</v>
+      </c>
+      <c r="H12" t="s">
+        <v>496</v>
+      </c>
+      <c r="I12" t="s">
+        <v>497</v>
+      </c>
+      <c r="J12" t="s">
+        <v>411</v>
+      </c>
+      <c r="K12" t="s">
+        <v>412</v>
+      </c>
+      <c r="L12" t="s">
+        <v>413</v>
+      </c>
+      <c r="M12" t="s">
+        <v>483</v>
+      </c>
+      <c r="N12" t="s">
+        <v>439</v>
+      </c>
+      <c r="O12" t="s">
+        <v>440</v>
+      </c>
+      <c r="P12" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>405</v>
+      </c>
+      <c r="B13" t="s">
+        <v>499</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>500</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>501</v>
+      </c>
+      <c r="H13" t="s">
+        <v>502</v>
+      </c>
+      <c r="I13" t="s">
+        <v>503</v>
+      </c>
+      <c r="J13" t="s">
+        <v>504</v>
+      </c>
+      <c r="K13" t="s">
+        <v>505</v>
+      </c>
+      <c r="L13" t="s">
+        <v>413</v>
+      </c>
+      <c r="M13" t="s">
+        <v>483</v>
+      </c>
+      <c r="N13" t="s">
+        <v>439</v>
+      </c>
+      <c r="O13" t="s">
+        <v>440</v>
+      </c>
+      <c r="P13" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>405</v>
+      </c>
+      <c r="B14" t="s">
+        <v>507</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>508</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>509</v>
+      </c>
+      <c r="H14" t="s">
+        <v>510</v>
+      </c>
+      <c r="I14" t="s">
+        <v>511</v>
+      </c>
+      <c r="J14" t="s">
+        <v>512</v>
+      </c>
+      <c r="K14" t="s">
+        <v>513</v>
+      </c>
+      <c r="L14" t="s">
+        <v>413</v>
+      </c>
+      <c r="M14" t="s">
+        <v>483</v>
+      </c>
+      <c r="N14" t="s">
+        <v>439</v>
+      </c>
+      <c r="O14" t="s">
+        <v>440</v>
+      </c>
+      <c r="P14" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>405</v>
+      </c>
+      <c r="B15" t="s">
+        <v>515</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>516</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>517</v>
+      </c>
+      <c r="H15" t="s">
+        <v>518</v>
+      </c>
+      <c r="I15" t="s">
+        <v>411</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>412</v>
+      </c>
+      <c r="L15" t="s">
+        <v>413</v>
+      </c>
+      <c r="M15" t="s">
+        <v>414</v>
+      </c>
+      <c r="N15" t="s">
+        <v>457</v>
+      </c>
+      <c r="O15" t="s">
+        <v>458</v>
+      </c>
+      <c r="P15" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>405</v>
+      </c>
+      <c r="B16" t="s">
+        <v>520</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>521</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>522</v>
+      </c>
+      <c r="H16" t="s">
+        <v>523</v>
+      </c>
+      <c r="I16" t="s">
+        <v>524</v>
+      </c>
+      <c r="J16" t="s">
+        <v>525</v>
+      </c>
+      <c r="K16" t="s">
+        <v>526</v>
+      </c>
+      <c r="L16" t="s">
+        <v>413</v>
+      </c>
+      <c r="M16" t="s">
+        <v>483</v>
+      </c>
+      <c r="N16" t="s">
+        <v>439</v>
+      </c>
+      <c r="O16" t="s">
+        <v>440</v>
+      </c>
+      <c r="P16" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>405</v>
+      </c>
+      <c r="B17" t="s">
+        <v>528</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>529</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>530</v>
+      </c>
+      <c r="H17" t="s">
+        <v>531</v>
+      </c>
+      <c r="I17" t="s">
+        <v>532</v>
+      </c>
+      <c r="J17" t="s">
+        <v>533</v>
+      </c>
+      <c r="K17" t="s">
+        <v>534</v>
+      </c>
+      <c r="L17" t="s">
+        <v>413</v>
+      </c>
+      <c r="M17" t="s">
+        <v>483</v>
+      </c>
+      <c r="N17" t="s">
+        <v>457</v>
+      </c>
+      <c r="O17" t="s">
+        <v>458</v>
+      </c>
+      <c r="P17" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>405</v>
+      </c>
+      <c r="B18" t="s">
+        <v>536</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>537</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>538</v>
+      </c>
+      <c r="H18" t="s">
+        <v>539</v>
+      </c>
+      <c r="I18" t="s">
+        <v>540</v>
+      </c>
+      <c r="J18" t="s">
+        <v>541</v>
+      </c>
+      <c r="K18" t="s">
+        <v>221</v>
+      </c>
+      <c r="L18" t="s">
+        <v>413</v>
+      </c>
+      <c r="M18" t="s">
+        <v>414</v>
+      </c>
+      <c r="N18" t="s">
+        <v>542</v>
+      </c>
+      <c r="O18" t="s">
+        <v>543</v>
+      </c>
+      <c r="P18" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>405</v>
+      </c>
+      <c r="B19" t="s">
+        <v>545</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>537</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>546</v>
+      </c>
+      <c r="H19" t="s">
+        <v>547</v>
+      </c>
+      <c r="I19" t="s">
+        <v>548</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>549</v>
+      </c>
+      <c r="L19" t="s">
+        <v>413</v>
+      </c>
+      <c r="M19" t="s">
+        <v>414</v>
+      </c>
+      <c r="N19" t="s">
+        <v>542</v>
+      </c>
+      <c r="O19" t="s">
+        <v>543</v>
+      </c>
+      <c r="P19" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>405</v>
+      </c>
+      <c r="B20" t="s">
+        <v>551</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>537</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>552</v>
+      </c>
+      <c r="H20" t="s">
+        <v>553</v>
+      </c>
+      <c r="I20" t="s">
+        <v>554</v>
+      </c>
+      <c r="J20" t="s">
+        <v>555</v>
+      </c>
+      <c r="K20" t="s">
+        <v>556</v>
+      </c>
+      <c r="L20" t="s">
+        <v>413</v>
+      </c>
+      <c r="M20" t="s">
+        <v>414</v>
+      </c>
+      <c r="N20" t="s">
+        <v>542</v>
+      </c>
+      <c r="O20" t="s">
+        <v>543</v>
+      </c>
+      <c r="P20" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>405</v>
+      </c>
+      <c r="B21" t="s">
+        <v>558</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>559</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>560</v>
+      </c>
+      <c r="H21" t="s">
+        <v>561</v>
+      </c>
+      <c r="I21" t="s">
+        <v>562</v>
+      </c>
+      <c r="J21" t="s">
+        <v>563</v>
+      </c>
+      <c r="K21" t="s">
+        <v>564</v>
+      </c>
+      <c r="L21" t="s">
+        <v>413</v>
+      </c>
+      <c r="M21" t="s">
+        <v>466</v>
+      </c>
+      <c r="N21" t="s">
+        <v>457</v>
+      </c>
+      <c r="O21" t="s">
+        <v>458</v>
+      </c>
+      <c r="P21" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>405</v>
+      </c>
+      <c r="B22" t="s">
+        <v>566</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>567</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>568</v>
+      </c>
+      <c r="H22" t="s">
+        <v>569</v>
+      </c>
+      <c r="I22" t="s">
+        <v>570</v>
+      </c>
+      <c r="J22" t="s">
+        <v>571</v>
+      </c>
+      <c r="K22" t="s">
+        <v>572</v>
+      </c>
+      <c r="L22" t="s">
+        <v>413</v>
+      </c>
+      <c r="M22" t="s">
+        <v>414</v>
+      </c>
+      <c r="N22" t="s">
+        <v>457</v>
+      </c>
+      <c r="O22" t="s">
+        <v>458</v>
+      </c>
+      <c r="P22" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>405</v>
+      </c>
+      <c r="B23" t="s">
+        <v>574</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>575</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>576</v>
+      </c>
+      <c r="H23" t="s">
+        <v>577</v>
+      </c>
+      <c r="I23" t="s">
+        <v>578</v>
+      </c>
+      <c r="J23" t="s">
+        <v>579</v>
+      </c>
+      <c r="K23" t="s">
+        <v>93</v>
+      </c>
+      <c r="L23" t="s">
+        <v>413</v>
+      </c>
+      <c r="M23" t="s">
+        <v>414</v>
+      </c>
+      <c r="N23" t="s">
+        <v>457</v>
+      </c>
+      <c r="O23" t="s">
+        <v>475</v>
+      </c>
+      <c r="P23" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>405</v>
+      </c>
+      <c r="B24" t="s">
+        <v>581</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>582</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>583</v>
+      </c>
+      <c r="H24" t="s">
+        <v>584</v>
+      </c>
+      <c r="I24" t="s">
+        <v>585</v>
+      </c>
+      <c r="J24" t="s">
+        <v>586</v>
+      </c>
+      <c r="K24" t="s">
+        <v>587</v>
+      </c>
+      <c r="L24" t="s">
+        <v>413</v>
+      </c>
+      <c r="M24" t="s">
+        <v>414</v>
+      </c>
+      <c r="N24" t="s">
+        <v>542</v>
+      </c>
+      <c r="O24" t="s">
+        <v>588</v>
+      </c>
+      <c r="P24" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>405</v>
+      </c>
+      <c r="B25" t="s">
+        <v>590</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>582</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>591</v>
+      </c>
+      <c r="H25" t="s">
+        <v>592</v>
+      </c>
+      <c r="I25" t="s">
+        <v>593</v>
+      </c>
+      <c r="J25" t="s">
+        <v>594</v>
+      </c>
+      <c r="K25" t="s">
+        <v>595</v>
+      </c>
+      <c r="L25" t="s">
+        <v>413</v>
+      </c>
+      <c r="M25" t="s">
+        <v>414</v>
+      </c>
+      <c r="N25" t="s">
+        <v>542</v>
+      </c>
+      <c r="O25" t="s">
+        <v>588</v>
+      </c>
+      <c r="P25" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>405</v>
+      </c>
+      <c r="B26" t="s">
+        <v>597</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>582</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>598</v>
+      </c>
+      <c r="H26" t="s">
+        <v>599</v>
+      </c>
+      <c r="I26" t="s">
+        <v>600</v>
+      </c>
+      <c r="J26" t="s">
+        <v>411</v>
+      </c>
+      <c r="K26" t="s">
+        <v>412</v>
+      </c>
+      <c r="L26" t="s">
+        <v>413</v>
+      </c>
+      <c r="M26" t="s">
+        <v>414</v>
+      </c>
+      <c r="N26" t="s">
+        <v>542</v>
+      </c>
+      <c r="O26" t="s">
+        <v>588</v>
+      </c>
+      <c r="P26" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>405</v>
+      </c>
+      <c r="B27" t="s">
+        <v>602</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>603</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>604</v>
+      </c>
+      <c r="H27" t="s">
+        <v>605</v>
+      </c>
+      <c r="I27" t="s">
+        <v>606</v>
+      </c>
+      <c r="J27" t="s">
+        <v>555</v>
+      </c>
+      <c r="K27" t="s">
+        <v>556</v>
+      </c>
+      <c r="L27" t="s">
+        <v>413</v>
+      </c>
+      <c r="M27" t="s">
+        <v>414</v>
+      </c>
+      <c r="N27" t="s">
+        <v>415</v>
+      </c>
+      <c r="O27" t="s">
+        <v>423</v>
+      </c>
+      <c r="P27" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>405</v>
+      </c>
+      <c r="B28" t="s">
+        <v>608</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>609</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>610</v>
+      </c>
+      <c r="H28" t="s">
+        <v>611</v>
+      </c>
+      <c r="I28" t="s">
+        <v>612</v>
+      </c>
+      <c r="J28" t="s">
+        <v>465</v>
+      </c>
+      <c r="K28" t="s">
+        <v>41</v>
+      </c>
+      <c r="L28" t="s">
+        <v>413</v>
+      </c>
+      <c r="M28" t="s">
+        <v>414</v>
+      </c>
+      <c r="N28" t="s">
+        <v>613</v>
+      </c>
+      <c r="O28" t="s">
+        <v>614</v>
+      </c>
+      <c r="P28" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>405</v>
+      </c>
+      <c r="B29" t="s">
+        <v>616</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>617</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>618</v>
+      </c>
+      <c r="H29" t="s">
+        <v>619</v>
+      </c>
+      <c r="I29" t="s">
+        <v>620</v>
+      </c>
+      <c r="J29" t="s">
+        <v>555</v>
+      </c>
+      <c r="K29" t="s">
+        <v>556</v>
+      </c>
+      <c r="L29" t="s">
+        <v>413</v>
+      </c>
+      <c r="M29" t="s">
+        <v>414</v>
+      </c>
+      <c r="N29" t="s">
+        <v>613</v>
+      </c>
+      <c r="O29" t="s">
+        <v>614</v>
+      </c>
+      <c r="P29" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>405</v>
+      </c>
+      <c r="B30" t="s">
+        <v>622</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>623</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>624</v>
+      </c>
+      <c r="H30" t="s">
+        <v>625</v>
+      </c>
+      <c r="I30" t="s">
+        <v>626</v>
+      </c>
+      <c r="J30" t="s">
+        <v>627</v>
+      </c>
+      <c r="K30" t="s">
+        <v>628</v>
+      </c>
+      <c r="L30" t="s">
+        <v>413</v>
+      </c>
+      <c r="M30" t="s">
+        <v>414</v>
+      </c>
+      <c r="N30" t="s">
+        <v>613</v>
+      </c>
+      <c r="O30" t="s">
+        <v>629</v>
+      </c>
+      <c r="P30" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>405</v>
+      </c>
+      <c r="B31" t="s">
+        <v>631</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>632</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>633</v>
+      </c>
+      <c r="H31" t="s">
+        <v>634</v>
+      </c>
+      <c r="I31" t="s">
+        <v>635</v>
+      </c>
+      <c r="J31" t="s">
+        <v>636</v>
+      </c>
+      <c r="K31" t="s">
+        <v>637</v>
+      </c>
+      <c r="L31" t="s">
+        <v>413</v>
+      </c>
+      <c r="M31" t="s">
+        <v>414</v>
+      </c>
+      <c r="N31" t="s">
+        <v>415</v>
+      </c>
+      <c r="O31" t="s">
+        <v>423</v>
+      </c>
+      <c r="P31" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>405</v>
+      </c>
+      <c r="B32" t="s">
+        <v>639</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>632</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>640</v>
+      </c>
+      <c r="H32" t="s">
+        <v>641</v>
+      </c>
+      <c r="I32" t="s">
+        <v>642</v>
+      </c>
+      <c r="J32" t="s">
+        <v>465</v>
+      </c>
+      <c r="K32" t="s">
+        <v>41</v>
+      </c>
+      <c r="L32" t="s">
+        <v>413</v>
+      </c>
+      <c r="M32" t="s">
+        <v>414</v>
+      </c>
+      <c r="N32" t="s">
+        <v>415</v>
+      </c>
+      <c r="O32" t="s">
+        <v>423</v>
+      </c>
+      <c r="P32" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>405</v>
+      </c>
+      <c r="B33" t="s">
+        <v>644</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>645</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>646</v>
+      </c>
+      <c r="H33" t="s">
+        <v>647</v>
+      </c>
+      <c r="I33" t="s">
+        <v>648</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>649</v>
+      </c>
+      <c r="L33" t="s">
+        <v>413</v>
+      </c>
+      <c r="M33" t="s">
+        <v>414</v>
+      </c>
+      <c r="N33" t="s">
+        <v>457</v>
+      </c>
+      <c r="O33" t="s">
+        <v>458</v>
+      </c>
+      <c r="P33" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>405</v>
+      </c>
+      <c r="B34" t="s">
+        <v>651</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>652</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>653</v>
+      </c>
+      <c r="H34" t="s">
+        <v>654</v>
+      </c>
+      <c r="I34" t="s">
+        <v>655</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
+        <v>656</v>
+      </c>
+      <c r="L34" t="s">
+        <v>413</v>
+      </c>
+      <c r="M34" t="s">
+        <v>414</v>
+      </c>
+      <c r="N34" t="s">
+        <v>613</v>
+      </c>
+      <c r="O34" t="s">
+        <v>657</v>
+      </c>
+      <c r="P34" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>405</v>
+      </c>
+      <c r="B35" t="s">
+        <v>659</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>660</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>661</v>
+      </c>
+      <c r="H35" t="s">
+        <v>662</v>
+      </c>
+      <c r="I35" t="s">
+        <v>663</v>
+      </c>
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
+        <v>664</v>
+      </c>
+      <c r="L35" t="s">
+        <v>413</v>
+      </c>
+      <c r="M35" t="s">
+        <v>414</v>
+      </c>
+      <c r="N35" t="s">
+        <v>457</v>
+      </c>
+      <c r="O35" t="s">
+        <v>458</v>
+      </c>
+      <c r="P35" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>405</v>
+      </c>
+      <c r="B36" t="s">
+        <v>666</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>667</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>668</v>
+      </c>
+      <c r="H36" t="s">
+        <v>669</v>
+      </c>
+      <c r="I36" t="s">
+        <v>670</v>
+      </c>
+      <c r="J36" t="s">
+        <v>671</v>
+      </c>
+      <c r="K36" t="s">
+        <v>672</v>
+      </c>
+      <c r="L36" t="s">
+        <v>413</v>
+      </c>
+      <c r="M36" t="s">
+        <v>414</v>
+      </c>
+      <c r="N36" t="s">
+        <v>457</v>
+      </c>
+      <c r="O36" t="s">
+        <v>458</v>
+      </c>
+      <c r="P36" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>405</v>
+      </c>
+      <c r="B37" t="s">
+        <v>674</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>675</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>676</v>
+      </c>
+      <c r="H37" t="s">
+        <v>677</v>
+      </c>
+      <c r="I37" t="s">
+        <v>678</v>
+      </c>
+      <c r="J37" t="s">
+        <v>411</v>
+      </c>
+      <c r="K37" t="s">
+        <v>412</v>
+      </c>
+      <c r="L37" t="s">
+        <v>413</v>
+      </c>
+      <c r="M37" t="s">
+        <v>414</v>
+      </c>
+      <c r="N37" t="s">
+        <v>457</v>
+      </c>
+      <c r="O37" t="s">
+        <v>458</v>
+      </c>
+      <c r="P37" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>405</v>
+      </c>
+      <c r="B38" t="s">
+        <v>680</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>681</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>682</v>
+      </c>
+      <c r="H38" t="s">
+        <v>683</v>
+      </c>
+      <c r="I38" t="s">
+        <v>684</v>
+      </c>
+      <c r="J38" t="s">
+        <v>555</v>
+      </c>
+      <c r="K38" t="s">
+        <v>556</v>
+      </c>
+      <c r="L38" t="s">
+        <v>413</v>
+      </c>
+      <c r="M38" t="s">
+        <v>466</v>
+      </c>
+      <c r="N38" t="s">
+        <v>457</v>
+      </c>
+      <c r="O38" t="s">
+        <v>458</v>
+      </c>
+      <c r="P38" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>405</v>
+      </c>
+      <c r="B39" t="s">
+        <v>686</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>687</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>688</v>
+      </c>
+      <c r="H39" t="s">
+        <v>689</v>
+      </c>
+      <c r="I39" t="s">
+        <v>690</v>
+      </c>
+      <c r="J39" t="s">
+        <v>691</v>
+      </c>
+      <c r="K39" t="s">
+        <v>692</v>
+      </c>
+      <c r="L39" t="s">
+        <v>413</v>
+      </c>
+      <c r="M39" t="s">
+        <v>414</v>
+      </c>
+      <c r="N39" t="s">
+        <v>415</v>
+      </c>
+      <c r="O39" t="s">
+        <v>693</v>
+      </c>
+      <c r="P39" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>405</v>
+      </c>
+      <c r="B40" t="s">
+        <v>666</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>695</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>696</v>
+      </c>
+      <c r="H40" t="s">
+        <v>697</v>
+      </c>
+      <c r="I40" t="s">
+        <v>698</v>
+      </c>
+      <c r="J40" t="s">
+        <v>699</v>
+      </c>
+      <c r="K40" t="s">
+        <v>700</v>
+      </c>
+      <c r="L40" t="s">
+        <v>413</v>
+      </c>
+      <c r="M40" t="s">
+        <v>414</v>
+      </c>
+      <c r="N40" t="s">
+        <v>457</v>
+      </c>
+      <c r="O40" t="s">
+        <v>458</v>
+      </c>
+      <c r="P40" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>405</v>
+      </c>
+      <c r="B41" t="s">
+        <v>702</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>703</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>704</v>
+      </c>
+      <c r="H41" t="s">
+        <v>705</v>
+      </c>
+      <c r="I41" t="s">
+        <v>706</v>
+      </c>
+      <c r="J41" t="s">
+        <v>411</v>
+      </c>
+      <c r="K41" t="s">
+        <v>412</v>
+      </c>
+      <c r="L41" t="s">
+        <v>413</v>
+      </c>
+      <c r="M41" t="s">
+        <v>414</v>
+      </c>
+      <c r="N41" t="s">
+        <v>707</v>
+      </c>
+      <c r="O41" t="s">
+        <v>708</v>
+      </c>
+      <c r="P41" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>405</v>
+      </c>
+      <c r="B42" t="s">
+        <v>710</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>703</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>711</v>
+      </c>
+      <c r="H42" t="s">
+        <v>712</v>
+      </c>
+      <c r="I42" t="s">
+        <v>713</v>
+      </c>
+      <c r="J42" t="s">
+        <v>411</v>
+      </c>
+      <c r="K42" t="s">
+        <v>412</v>
+      </c>
+      <c r="L42" t="s">
+        <v>413</v>
+      </c>
+      <c r="M42" t="s">
+        <v>414</v>
+      </c>
+      <c r="N42" t="s">
+        <v>707</v>
+      </c>
+      <c r="O42" t="s">
+        <v>708</v>
+      </c>
+      <c r="P42" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>405</v>
+      </c>
+      <c r="B43" t="s">
+        <v>715</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>703</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>716</v>
+      </c>
+      <c r="H43" t="s">
+        <v>717</v>
+      </c>
+      <c r="I43" t="s">
+        <v>718</v>
+      </c>
+      <c r="J43" t="s">
+        <v>555</v>
+      </c>
+      <c r="K43" t="s">
+        <v>556</v>
+      </c>
+      <c r="L43" t="s">
+        <v>413</v>
+      </c>
+      <c r="M43" t="s">
+        <v>414</v>
+      </c>
+      <c r="N43" t="s">
+        <v>707</v>
+      </c>
+      <c r="O43" t="s">
+        <v>708</v>
+      </c>
+      <c r="P43" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>405</v>
+      </c>
+      <c r="B44" t="s">
+        <v>720</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>703</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>721</v>
+      </c>
+      <c r="H44" t="s">
+        <v>722</v>
+      </c>
+      <c r="I44" t="s">
+        <v>723</v>
+      </c>
+      <c r="J44" t="s">
+        <v>482</v>
+      </c>
+      <c r="K44" t="s">
+        <v>30</v>
+      </c>
+      <c r="L44" t="s">
+        <v>413</v>
+      </c>
+      <c r="M44" t="s">
+        <v>414</v>
+      </c>
+      <c r="N44" t="s">
+        <v>707</v>
+      </c>
+      <c r="O44" t="s">
+        <v>708</v>
+      </c>
+      <c r="P44" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>405</v>
+      </c>
+      <c r="B45" t="s">
+        <v>725</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>703</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>726</v>
+      </c>
+      <c r="H45" t="s">
+        <v>727</v>
+      </c>
+      <c r="I45" t="s">
+        <v>728</v>
+      </c>
+      <c r="J45" t="s">
+        <v>512</v>
+      </c>
+      <c r="K45" t="s">
+        <v>513</v>
+      </c>
+      <c r="L45" t="s">
+        <v>413</v>
+      </c>
+      <c r="M45" t="s">
+        <v>414</v>
+      </c>
+      <c r="N45" t="s">
+        <v>707</v>
+      </c>
+      <c r="O45" t="s">
+        <v>729</v>
+      </c>
+      <c r="P45" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>405</v>
+      </c>
+      <c r="B46" t="s">
+        <v>731</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>732</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>733</v>
+      </c>
+      <c r="H46" t="s">
+        <v>734</v>
+      </c>
+      <c r="I46" t="s">
+        <v>735</v>
+      </c>
+      <c r="J46" t="s">
+        <v>411</v>
+      </c>
+      <c r="K46" t="s">
+        <v>412</v>
+      </c>
+      <c r="L46" t="s">
+        <v>413</v>
+      </c>
+      <c r="M46" t="s">
+        <v>414</v>
+      </c>
+      <c r="N46" t="s">
+        <v>429</v>
+      </c>
+      <c r="O46" t="s">
+        <v>736</v>
+      </c>
+      <c r="P46" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>405</v>
+      </c>
+      <c r="B47" t="s">
+        <v>738</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>732</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>739</v>
+      </c>
+      <c r="H47" t="s">
+        <v>740</v>
+      </c>
+      <c r="I47" t="s">
+        <v>741</v>
+      </c>
+      <c r="J47" t="s">
+        <v>742</v>
+      </c>
+      <c r="K47" t="s">
+        <v>743</v>
+      </c>
+      <c r="L47" t="s">
+        <v>413</v>
+      </c>
+      <c r="M47" t="s">
+        <v>414</v>
+      </c>
+      <c r="N47" t="s">
+        <v>707</v>
+      </c>
+      <c r="O47" t="s">
+        <v>708</v>
+      </c>
+      <c r="P47" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>405</v>
+      </c>
+      <c r="B48" t="s">
+        <v>745</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>746</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>747</v>
+      </c>
+      <c r="H48" t="s">
+        <v>748</v>
+      </c>
+      <c r="I48" t="s">
+        <v>749</v>
+      </c>
+      <c r="J48" t="s">
+        <v>750</v>
+      </c>
+      <c r="K48" t="s">
+        <v>751</v>
+      </c>
+      <c r="L48" t="s">
+        <v>413</v>
+      </c>
+      <c r="M48" t="s">
+        <v>414</v>
+      </c>
+      <c r="N48" t="s">
+        <v>415</v>
+      </c>
+      <c r="O48" t="s">
+        <v>752</v>
+      </c>
+      <c r="P48" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>405</v>
+      </c>
+      <c r="B49" t="s">
+        <v>754</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>755</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>756</v>
+      </c>
+      <c r="H49" t="s">
+        <v>757</v>
+      </c>
+      <c r="I49" t="s">
+        <v>758</v>
+      </c>
+      <c r="J49" t="s">
+        <v>465</v>
+      </c>
+      <c r="K49" t="s">
+        <v>41</v>
+      </c>
+      <c r="L49" t="s">
+        <v>413</v>
+      </c>
+      <c r="M49" t="s">
+        <v>414</v>
+      </c>
+      <c r="N49" t="s">
+        <v>415</v>
+      </c>
+      <c r="O49" t="s">
+        <v>693</v>
+      </c>
+      <c r="P49" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>405</v>
+      </c>
+      <c r="B50" t="s">
+        <v>760</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>761</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>762</v>
+      </c>
+      <c r="H50" t="s">
+        <v>763</v>
+      </c>
+      <c r="I50" t="s">
+        <v>764</v>
+      </c>
+      <c r="J50" t="s">
+        <v>765</v>
+      </c>
+      <c r="K50" t="s">
+        <v>766</v>
+      </c>
+      <c r="L50" t="s">
+        <v>413</v>
+      </c>
+      <c r="M50" t="s">
+        <v>466</v>
+      </c>
+      <c r="N50" t="s">
+        <v>457</v>
+      </c>
+      <c r="O50" t="s">
+        <v>458</v>
+      </c>
+      <c r="P50" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>405</v>
+      </c>
+      <c r="B51" t="s">
+        <v>768</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>769</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>770</v>
+      </c>
+      <c r="H51" t="s">
+        <v>771</v>
+      </c>
+      <c r="I51" t="s">
+        <v>772</v>
+      </c>
+      <c r="J51" t="s">
+        <v>773</v>
+      </c>
+      <c r="K51" t="s">
+        <v>774</v>
+      </c>
+      <c r="L51" t="s">
+        <v>413</v>
+      </c>
+      <c r="M51" t="s">
+        <v>414</v>
+      </c>
+      <c r="N51" t="s">
+        <v>457</v>
+      </c>
+      <c r="O51" t="s">
+        <v>458</v>
+      </c>
+      <c r="P51" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>405</v>
+      </c>
+      <c r="B52" t="s">
+        <v>776</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>777</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>778</v>
+      </c>
+      <c r="H52" t="s">
+        <v>779</v>
+      </c>
+      <c r="I52" t="s">
+        <v>780</v>
+      </c>
+      <c r="J52" t="s">
+        <v>411</v>
+      </c>
+      <c r="K52" t="s">
+        <v>412</v>
+      </c>
+      <c r="L52" t="s">
+        <v>413</v>
+      </c>
+      <c r="M52" t="s">
+        <v>414</v>
+      </c>
+      <c r="N52" t="s">
+        <v>415</v>
+      </c>
+      <c r="O52" t="s">
+        <v>423</v>
+      </c>
+      <c r="P52" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>405</v>
+      </c>
+      <c r="B53" t="s">
+        <v>782</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>783</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>784</v>
+      </c>
+      <c r="H53" t="s">
+        <v>785</v>
+      </c>
+      <c r="I53" t="s">
+        <v>786</v>
+      </c>
+      <c r="J53" t="s">
+        <v>482</v>
+      </c>
+      <c r="K53" t="s">
+        <v>30</v>
+      </c>
+      <c r="L53" t="s">
+        <v>413</v>
+      </c>
+      <c r="M53" t="s">
+        <v>414</v>
+      </c>
+      <c r="N53" t="s">
+        <v>457</v>
+      </c>
+      <c r="O53" t="s">
+        <v>458</v>
+      </c>
+      <c r="P53" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>405</v>
+      </c>
+      <c r="B54" t="s">
+        <v>788</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>783</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>789</v>
+      </c>
+      <c r="H54" t="s">
+        <v>790</v>
+      </c>
+      <c r="I54" t="s">
+        <v>791</v>
+      </c>
+      <c r="J54" t="s">
+        <v>20</v>
+      </c>
+      <c r="K54" t="s">
+        <v>792</v>
+      </c>
+      <c r="L54" t="s">
+        <v>413</v>
+      </c>
+      <c r="M54" t="s">
+        <v>414</v>
+      </c>
+      <c r="N54" t="s">
+        <v>457</v>
+      </c>
+      <c r="O54" t="s">
+        <v>458</v>
+      </c>
+      <c r="P54" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>405</v>
+      </c>
+      <c r="B55" t="s">
+        <v>794</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>795</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>796</v>
+      </c>
+      <c r="H55" t="s">
+        <v>797</v>
+      </c>
+      <c r="I55" t="s">
+        <v>798</v>
+      </c>
+      <c r="J55" t="s">
+        <v>799</v>
+      </c>
+      <c r="K55" t="s">
+        <v>412</v>
+      </c>
+      <c r="L55" t="s">
+        <v>413</v>
+      </c>
+      <c r="M55" t="s">
+        <v>414</v>
+      </c>
+      <c r="N55" t="s">
+        <v>415</v>
+      </c>
+      <c r="O55" t="s">
+        <v>800</v>
+      </c>
+      <c r="P55" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>405</v>
+      </c>
+      <c r="B56" t="s">
+        <v>802</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>803</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>804</v>
+      </c>
+      <c r="H56" t="s">
+        <v>805</v>
+      </c>
+      <c r="I56" t="s">
+        <v>806</v>
+      </c>
+      <c r="J56" t="s">
+        <v>807</v>
+      </c>
+      <c r="K56" t="s">
+        <v>808</v>
+      </c>
+      <c r="L56" t="s">
+        <v>413</v>
+      </c>
+      <c r="M56" t="s">
+        <v>414</v>
+      </c>
+      <c r="N56" t="s">
+        <v>613</v>
+      </c>
+      <c r="O56" t="s">
+        <v>809</v>
+      </c>
+      <c r="P56" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>405</v>
+      </c>
+      <c r="B57" t="s">
+        <v>811</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>803</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>812</v>
+      </c>
+      <c r="H57" t="s">
+        <v>813</v>
+      </c>
+      <c r="I57" t="s">
+        <v>814</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>808</v>
+      </c>
+      <c r="L57" t="s">
+        <v>413</v>
+      </c>
+      <c r="M57" t="s">
+        <v>414</v>
+      </c>
+      <c r="N57" t="s">
+        <v>613</v>
+      </c>
+      <c r="O57" t="s">
+        <v>815</v>
+      </c>
+      <c r="P57" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>405</v>
+      </c>
+      <c r="B58" t="s">
+        <v>817</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>818</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>819</v>
+      </c>
+      <c r="H58" t="s">
+        <v>820</v>
+      </c>
+      <c r="I58" t="s">
+        <v>814</v>
+      </c>
+      <c r="J58" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" t="s">
+        <v>808</v>
+      </c>
+      <c r="L58" t="s">
+        <v>413</v>
+      </c>
+      <c r="M58" t="s">
+        <v>414</v>
+      </c>
+      <c r="N58" t="s">
+        <v>415</v>
+      </c>
+      <c r="O58" t="s">
+        <v>821</v>
+      </c>
+      <c r="P58" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>405</v>
+      </c>
+      <c r="B59" t="s">
+        <v>823</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>824</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>825</v>
+      </c>
+      <c r="H59" t="s">
+        <v>826</v>
+      </c>
+      <c r="I59" t="s">
+        <v>827</v>
+      </c>
+      <c r="J59" t="s">
+        <v>828</v>
+      </c>
+      <c r="K59" t="s">
+        <v>829</v>
+      </c>
+      <c r="L59" t="s">
+        <v>413</v>
+      </c>
+      <c r="M59" t="s">
+        <v>414</v>
+      </c>
+      <c r="N59" t="s">
+        <v>457</v>
+      </c>
+      <c r="O59" t="s">
+        <v>458</v>
+      </c>
+      <c r="P59" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>405</v>
+      </c>
+      <c r="B60" t="s">
+        <v>831</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>832</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>833</v>
+      </c>
+      <c r="H60" t="s">
+        <v>834</v>
+      </c>
+      <c r="I60" t="s">
+        <v>835</v>
+      </c>
+      <c r="J60" t="s">
+        <v>799</v>
+      </c>
+      <c r="K60" t="s">
+        <v>412</v>
+      </c>
+      <c r="L60" t="s">
+        <v>413</v>
+      </c>
+      <c r="M60" t="s">
+        <v>414</v>
+      </c>
+      <c r="N60" t="s">
+        <v>613</v>
+      </c>
+      <c r="O60" t="s">
+        <v>836</v>
+      </c>
+      <c r="P60" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>405</v>
+      </c>
+      <c r="B61" t="s">
+        <v>838</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>839</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>840</v>
+      </c>
+      <c r="H61" t="s">
+        <v>841</v>
+      </c>
+      <c r="I61" t="s">
+        <v>842</v>
+      </c>
+      <c r="J61" t="s">
+        <v>533</v>
+      </c>
+      <c r="K61" t="s">
+        <v>534</v>
+      </c>
+      <c r="L61" t="s">
+        <v>413</v>
+      </c>
+      <c r="M61" t="s">
+        <v>414</v>
+      </c>
+      <c r="N61" t="s">
+        <v>707</v>
+      </c>
+      <c r="O61" t="s">
+        <v>708</v>
+      </c>
+      <c r="P61" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>405</v>
+      </c>
+      <c r="B62" t="s">
+        <v>844</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>845</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>846</v>
+      </c>
+      <c r="H62" t="s">
+        <v>847</v>
+      </c>
+      <c r="I62" t="s">
+        <v>848</v>
+      </c>
+      <c r="J62" t="s">
+        <v>512</v>
+      </c>
+      <c r="K62" t="s">
+        <v>513</v>
+      </c>
+      <c r="L62" t="s">
+        <v>413</v>
+      </c>
+      <c r="M62" t="s">
+        <v>414</v>
+      </c>
+      <c r="N62" t="s">
+        <v>613</v>
+      </c>
+      <c r="O62" t="s">
+        <v>836</v>
+      </c>
+      <c r="P62" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>405</v>
+      </c>
+      <c r="B63" t="s">
+        <v>850</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>851</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>852</v>
+      </c>
+      <c r="H63" t="s">
+        <v>853</v>
+      </c>
+      <c r="I63" t="s">
+        <v>854</v>
+      </c>
+      <c r="J63" t="s">
+        <v>437</v>
+      </c>
+      <c r="K63" t="s">
+        <v>438</v>
+      </c>
+      <c r="L63" t="s">
+        <v>413</v>
+      </c>
+      <c r="M63" t="s">
+        <v>414</v>
+      </c>
+      <c r="N63" t="s">
+        <v>457</v>
+      </c>
+      <c r="O63" t="s">
+        <v>458</v>
+      </c>
+      <c r="P63" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>405</v>
+      </c>
+      <c r="B64" t="s">
+        <v>856</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>857</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>858</v>
+      </c>
+      <c r="H64" t="s">
+        <v>859</v>
+      </c>
+      <c r="I64" t="s">
+        <v>860</v>
+      </c>
+      <c r="J64" t="s">
+        <v>411</v>
+      </c>
+      <c r="K64" t="s">
+        <v>412</v>
+      </c>
+      <c r="L64" t="s">
+        <v>413</v>
+      </c>
+      <c r="M64" t="s">
+        <v>466</v>
+      </c>
+      <c r="N64" t="s">
+        <v>457</v>
+      </c>
+      <c r="O64" t="s">
+        <v>458</v>
+      </c>
+      <c r="P64" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>405</v>
+      </c>
+      <c r="B65" t="s">
+        <v>862</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>857</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>863</v>
+      </c>
+      <c r="H65" t="s">
+        <v>864</v>
+      </c>
+      <c r="I65" t="s">
+        <v>865</v>
+      </c>
+      <c r="J65" t="s">
+        <v>411</v>
+      </c>
+      <c r="K65" t="s">
+        <v>412</v>
+      </c>
+      <c r="L65" t="s">
+        <v>413</v>
+      </c>
+      <c r="M65" t="s">
+        <v>466</v>
+      </c>
+      <c r="N65" t="s">
+        <v>457</v>
+      </c>
+      <c r="O65" t="s">
+        <v>458</v>
+      </c>
+      <c r="P65" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>405</v>
+      </c>
+      <c r="B66" t="s">
+        <v>867</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>857</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>868</v>
+      </c>
+      <c r="H66" t="s">
+        <v>869</v>
+      </c>
+      <c r="I66" t="s">
+        <v>870</v>
+      </c>
+      <c r="J66" t="s">
+        <v>411</v>
+      </c>
+      <c r="K66" t="s">
+        <v>412</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>466</v>
+      </c>
+      <c r="N66" t="s">
+        <v>457</v>
+      </c>
+      <c r="O66" t="s">
+        <v>458</v>
+      </c>
+      <c r="P66" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>405</v>
+      </c>
+      <c r="B67" t="s">
+        <v>872</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>873</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>874</v>
+      </c>
+      <c r="H67" t="s">
+        <v>875</v>
+      </c>
+      <c r="I67" t="s">
+        <v>876</v>
+      </c>
+      <c r="J67" t="s">
+        <v>411</v>
+      </c>
+      <c r="K67" t="s">
+        <v>412</v>
+      </c>
+      <c r="L67" t="s">
+        <v>413</v>
+      </c>
+      <c r="M67" t="s">
+        <v>414</v>
+      </c>
+      <c r="N67" t="s">
+        <v>542</v>
+      </c>
+      <c r="O67" t="s">
+        <v>543</v>
+      </c>
+      <c r="P67" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>405</v>
+      </c>
+      <c r="B68" t="s">
+        <v>878</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>873</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>879</v>
+      </c>
+      <c r="H68" t="s">
+        <v>880</v>
+      </c>
+      <c r="I68" t="s">
+        <v>881</v>
+      </c>
+      <c r="J68" t="s">
+        <v>594</v>
+      </c>
+      <c r="K68" t="s">
+        <v>595</v>
+      </c>
+      <c r="L68" t="s">
+        <v>413</v>
+      </c>
+      <c r="M68" t="s">
+        <v>414</v>
+      </c>
+      <c r="N68" t="s">
+        <v>542</v>
+      </c>
+      <c r="O68" t="s">
+        <v>543</v>
+      </c>
+      <c r="P68" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>405</v>
+      </c>
+      <c r="B69" t="s">
+        <v>883</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>884</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>885</v>
+      </c>
+      <c r="H69" t="s">
+        <v>886</v>
+      </c>
+      <c r="I69" t="s">
+        <v>887</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>888</v>
+      </c>
+      <c r="L69" t="s">
+        <v>413</v>
+      </c>
+      <c r="M69" t="s">
+        <v>414</v>
+      </c>
+      <c r="N69" t="s">
+        <v>613</v>
+      </c>
+      <c r="O69" t="s">
+        <v>836</v>
+      </c>
+      <c r="P69" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>405</v>
+      </c>
+      <c r="B70" t="s">
+        <v>890</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>891</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>892</v>
+      </c>
+      <c r="H70" t="s">
+        <v>893</v>
+      </c>
+      <c r="I70" t="s">
+        <v>894</v>
+      </c>
+      <c r="J70" t="s">
+        <v>482</v>
+      </c>
+      <c r="K70" t="s">
+        <v>30</v>
+      </c>
+      <c r="L70" t="s">
+        <v>413</v>
+      </c>
+      <c r="M70" t="s">
+        <v>466</v>
+      </c>
+      <c r="N70" t="s">
+        <v>429</v>
+      </c>
+      <c r="O70" t="s">
+        <v>895</v>
+      </c>
+      <c r="P70" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>405</v>
+      </c>
+      <c r="B71" t="s">
+        <v>897</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>891</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>898</v>
+      </c>
+      <c r="H71" t="s">
+        <v>899</v>
+      </c>
+      <c r="I71" t="s">
+        <v>900</v>
+      </c>
+      <c r="J71" t="s">
+        <v>20</v>
+      </c>
+      <c r="K71" t="s">
+        <v>62</v>
+      </c>
+      <c r="L71" t="s">
+        <v>413</v>
+      </c>
+      <c r="M71" t="s">
+        <v>466</v>
+      </c>
+      <c r="N71" t="s">
+        <v>613</v>
+      </c>
+      <c r="O71" t="s">
+        <v>815</v>
+      </c>
+      <c r="P71" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>405</v>
+      </c>
+      <c r="B72" t="s">
+        <v>902</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>903</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>904</v>
+      </c>
+      <c r="H72" t="s">
+        <v>905</v>
+      </c>
+      <c r="I72" t="s">
+        <v>906</v>
+      </c>
+      <c r="J72" t="s">
+        <v>907</v>
+      </c>
+      <c r="K72" t="s">
+        <v>908</v>
+      </c>
+      <c r="L72" t="s">
+        <v>413</v>
+      </c>
+      <c r="M72" t="s">
+        <v>414</v>
+      </c>
+      <c r="N72" t="s">
+        <v>613</v>
+      </c>
+      <c r="O72" t="s">
+        <v>836</v>
+      </c>
+      <c r="P72" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>405</v>
+      </c>
+      <c r="B73" t="s">
+        <v>910</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>911</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>912</v>
+      </c>
+      <c r="H73" t="s">
+        <v>913</v>
+      </c>
+      <c r="I73" t="s">
+        <v>914</v>
+      </c>
+      <c r="J73" t="s">
+        <v>482</v>
+      </c>
+      <c r="K73" t="s">
+        <v>30</v>
+      </c>
+      <c r="L73" t="s">
+        <v>413</v>
+      </c>
+      <c r="M73" t="s">
+        <v>466</v>
+      </c>
+      <c r="N73" t="s">
+        <v>415</v>
+      </c>
+      <c r="O73" t="s">
+        <v>800</v>
+      </c>
+      <c r="P73" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>405</v>
+      </c>
+      <c r="B74" t="s">
+        <v>916</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>911</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>917</v>
+      </c>
+      <c r="H74" t="s">
+        <v>918</v>
+      </c>
+      <c r="I74" t="s">
+        <v>919</v>
+      </c>
+      <c r="J74" t="s">
+        <v>920</v>
+      </c>
+      <c r="K74" t="s">
+        <v>448</v>
+      </c>
+      <c r="L74" t="s">
+        <v>413</v>
+      </c>
+      <c r="M74" t="s">
+        <v>466</v>
+      </c>
+      <c r="N74" t="s">
+        <v>613</v>
+      </c>
+      <c r="O74" t="s">
+        <v>815</v>
+      </c>
+      <c r="P74" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>405</v>
+      </c>
+      <c r="B75" t="s">
+        <v>922</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>923</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>924</v>
+      </c>
+      <c r="H75" t="s">
+        <v>925</v>
+      </c>
+      <c r="I75" t="s">
+        <v>926</v>
+      </c>
+      <c r="J75" t="s">
+        <v>927</v>
+      </c>
+      <c r="K75" t="s">
+        <v>928</v>
+      </c>
+      <c r="L75" t="s">
+        <v>413</v>
+      </c>
+      <c r="M75" t="s">
+        <v>414</v>
+      </c>
+      <c r="N75" t="s">
+        <v>457</v>
+      </c>
+      <c r="O75" t="s">
+        <v>458</v>
+      </c>
+      <c r="P75" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>405</v>
+      </c>
+      <c r="B76" t="s">
+        <v>930</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>923</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>931</v>
+      </c>
+      <c r="H76" t="s">
+        <v>932</v>
+      </c>
+      <c r="I76" t="s">
+        <v>411</v>
+      </c>
+      <c r="J76" t="s">
+        <v>20</v>
+      </c>
+      <c r="K76" t="s">
+        <v>412</v>
+      </c>
+      <c r="L76" t="s">
+        <v>413</v>
+      </c>
+      <c r="M76" t="s">
+        <v>414</v>
+      </c>
+      <c r="N76" t="s">
+        <v>457</v>
+      </c>
+      <c r="O76" t="s">
+        <v>458</v>
+      </c>
+      <c r="P76" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>405</v>
+      </c>
+      <c r="B77" t="s">
+        <v>934</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>923</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>935</v>
+      </c>
+      <c r="H77" t="s">
+        <v>936</v>
+      </c>
+      <c r="I77" t="s">
+        <v>937</v>
+      </c>
+      <c r="J77" t="s">
+        <v>411</v>
+      </c>
+      <c r="K77" t="s">
+        <v>412</v>
+      </c>
+      <c r="L77" t="s">
+        <v>413</v>
+      </c>
+      <c r="M77" t="s">
+        <v>414</v>
+      </c>
+      <c r="N77" t="s">
+        <v>457</v>
+      </c>
+      <c r="O77" t="s">
+        <v>458</v>
+      </c>
+      <c r="P77" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>405</v>
+      </c>
+      <c r="B78" t="s">
+        <v>939</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>940</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>941</v>
+      </c>
+      <c r="H78" t="s">
+        <v>942</v>
+      </c>
+      <c r="I78" t="s">
+        <v>943</v>
+      </c>
+      <c r="J78" t="s">
+        <v>437</v>
+      </c>
+      <c r="K78" t="s">
+        <v>438</v>
+      </c>
+      <c r="L78" t="s">
+        <v>413</v>
+      </c>
+      <c r="M78" t="s">
+        <v>414</v>
+      </c>
+      <c r="N78" t="s">
+        <v>613</v>
+      </c>
+      <c r="O78" t="s">
+        <v>836</v>
+      </c>
+      <c r="P78" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>405</v>
+      </c>
+      <c r="B79" t="s">
+        <v>945</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>946</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>947</v>
+      </c>
+      <c r="H79" t="s">
+        <v>948</v>
+      </c>
+      <c r="I79" t="s">
+        <v>949</v>
+      </c>
+      <c r="J79" t="s">
+        <v>950</v>
+      </c>
+      <c r="K79" t="s">
+        <v>951</v>
+      </c>
+      <c r="L79" t="s">
+        <v>413</v>
+      </c>
+      <c r="M79" t="s">
+        <v>414</v>
+      </c>
+      <c r="N79" t="s">
+        <v>457</v>
+      </c>
+      <c r="O79" t="s">
+        <v>458</v>
+      </c>
+      <c r="P79" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>405</v>
+      </c>
+      <c r="B80" t="s">
+        <v>953</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>954</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>955</v>
+      </c>
+      <c r="H80" t="s">
+        <v>956</v>
+      </c>
+      <c r="I80" t="s">
+        <v>957</v>
+      </c>
+      <c r="J80" t="s">
+        <v>958</v>
+      </c>
+      <c r="K80" t="s">
+        <v>959</v>
+      </c>
+      <c r="L80" t="s">
+        <v>413</v>
+      </c>
+      <c r="M80" t="s">
+        <v>414</v>
+      </c>
+      <c r="N80" t="s">
+        <v>457</v>
+      </c>
+      <c r="O80" t="s">
+        <v>458</v>
+      </c>
+      <c r="P80" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>405</v>
+      </c>
+      <c r="B81" t="s">
+        <v>961</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>962</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>963</v>
+      </c>
+      <c r="H81" t="s">
+        <v>964</v>
+      </c>
+      <c r="I81" t="s">
+        <v>965</v>
+      </c>
+      <c r="J81" t="s">
+        <v>541</v>
+      </c>
+      <c r="K81" t="s">
+        <v>221</v>
+      </c>
+      <c r="L81" t="s">
+        <v>413</v>
+      </c>
+      <c r="M81" t="s">
+        <v>414</v>
+      </c>
+      <c r="N81" t="s">
+        <v>542</v>
+      </c>
+      <c r="O81" t="s">
+        <v>543</v>
+      </c>
+      <c r="P81" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>405</v>
+      </c>
+      <c r="B82" t="s">
+        <v>967</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>968</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>969</v>
+      </c>
+      <c r="H82" t="s">
+        <v>970</v>
+      </c>
+      <c r="I82" t="s">
+        <v>971</v>
+      </c>
+      <c r="J82" t="s">
+        <v>972</v>
+      </c>
+      <c r="K82" t="s">
+        <v>973</v>
+      </c>
+      <c r="L82" t="s">
+        <v>413</v>
+      </c>
+      <c r="M82" t="s">
+        <v>466</v>
+      </c>
+      <c r="N82" t="s">
+        <v>613</v>
+      </c>
+      <c r="O82" t="s">
+        <v>815</v>
+      </c>
+      <c r="P82" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>405</v>
+      </c>
+      <c r="B83" t="s">
+        <v>975</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>968</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>976</v>
+      </c>
+      <c r="H83" t="s">
+        <v>977</v>
+      </c>
+      <c r="I83" t="s">
+        <v>972</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>973</v>
+      </c>
+      <c r="L83" t="s">
+        <v>413</v>
+      </c>
+      <c r="M83" t="s">
+        <v>466</v>
+      </c>
+      <c r="N83" t="s">
+        <v>457</v>
+      </c>
+      <c r="O83" t="s">
+        <v>458</v>
+      </c>
+      <c r="P83" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>405</v>
+      </c>
+      <c r="B84" t="s">
+        <v>979</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>980</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>981</v>
+      </c>
+      <c r="H84" t="s">
+        <v>982</v>
+      </c>
+      <c r="I84" t="s">
+        <v>983</v>
+      </c>
+      <c r="J84" t="s">
+        <v>411</v>
+      </c>
+      <c r="K84" t="s">
+        <v>412</v>
+      </c>
+      <c r="L84" t="s">
+        <v>413</v>
+      </c>
+      <c r="M84" t="s">
+        <v>414</v>
+      </c>
+      <c r="N84" t="s">
+        <v>457</v>
+      </c>
+      <c r="O84" t="s">
+        <v>475</v>
+      </c>
+      <c r="P84" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>405</v>
+      </c>
+      <c r="B85" t="s">
+        <v>985</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>980</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>986</v>
+      </c>
+      <c r="H85" t="s">
+        <v>987</v>
+      </c>
+      <c r="I85" t="s">
+        <v>988</v>
+      </c>
+      <c r="J85" t="s">
+        <v>411</v>
+      </c>
+      <c r="K85" t="s">
+        <v>412</v>
+      </c>
+      <c r="L85" t="s">
+        <v>413</v>
+      </c>
+      <c r="M85" t="s">
+        <v>414</v>
+      </c>
+      <c r="N85" t="s">
+        <v>457</v>
+      </c>
+      <c r="O85" t="s">
+        <v>475</v>
+      </c>
+      <c r="P85" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>405</v>
+      </c>
+      <c r="B86" t="s">
+        <v>990</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>980</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>991</v>
+      </c>
+      <c r="H86" t="s">
+        <v>992</v>
+      </c>
+      <c r="I86" t="s">
+        <v>993</v>
+      </c>
+      <c r="J86" t="s">
+        <v>411</v>
+      </c>
+      <c r="K86" t="s">
+        <v>412</v>
+      </c>
+      <c r="L86" t="s">
+        <v>413</v>
+      </c>
+      <c r="M86" t="s">
+        <v>414</v>
+      </c>
+      <c r="N86" t="s">
+        <v>457</v>
+      </c>
+      <c r="O86" t="s">
+        <v>475</v>
+      </c>
+      <c r="P86" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>405</v>
+      </c>
+      <c r="B87" t="s">
+        <v>995</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>996</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>997</v>
+      </c>
+      <c r="H87" t="s">
+        <v>998</v>
+      </c>
+      <c r="I87" t="s">
+        <v>999</v>
+      </c>
+      <c r="J87" t="s">
+        <v>20</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L87" t="s">
+        <v>413</v>
+      </c>
+      <c r="M87" t="s">
+        <v>414</v>
+      </c>
+      <c r="N87" t="s">
+        <v>613</v>
+      </c>
+      <c r="O87" t="s">
+        <v>836</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>405</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L88" t="s">
+        <v>413</v>
+      </c>
+      <c r="M88" t="s">
+        <v>414</v>
+      </c>
+      <c r="N88" t="s">
+        <v>457</v>
+      </c>
+      <c r="O88" t="s">
+        <v>475</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>405</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1013</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1015</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1016</v>
+      </c>
+      <c r="L89" t="s">
+        <v>413</v>
+      </c>
+      <c r="M89" t="s">
+        <v>466</v>
+      </c>
+      <c r="N89" t="s">
+        <v>457</v>
+      </c>
+      <c r="O89" t="s">
+        <v>475</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>405</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J90" t="s">
+        <v>20</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L90" t="s">
+        <v>413</v>
+      </c>
+      <c r="M90" t="s">
+        <v>414</v>
+      </c>
+      <c r="N90" t="s">
+        <v>707</v>
+      </c>
+      <c r="O90" t="s">
+        <v>708</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>405</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L91" t="s">
+        <v>413</v>
+      </c>
+      <c r="M91" t="s">
+        <v>414</v>
+      </c>
+      <c r="N91" t="s">
+        <v>457</v>
+      </c>
+      <c r="O91" t="s">
+        <v>475</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>405</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J92" t="s">
+        <v>20</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L92" t="s">
+        <v>413</v>
+      </c>
+      <c r="M92" t="s">
+        <v>466</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>405</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J93" t="s">
+        <v>586</v>
+      </c>
+      <c r="K93" t="s">
+        <v>587</v>
+      </c>
+      <c r="L93" t="s">
+        <v>413</v>
+      </c>
+      <c r="M93" t="s">
+        <v>414</v>
+      </c>
+      <c r="N93" t="s">
+        <v>613</v>
+      </c>
+      <c r="O93" t="s">
+        <v>815</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>405</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J94" t="s">
+        <v>799</v>
+      </c>
+      <c r="K94" t="s">
+        <v>412</v>
+      </c>
+      <c r="L94" t="s">
+        <v>413</v>
+      </c>
+      <c r="M94" t="s">
+        <v>414</v>
+      </c>
+      <c r="N94" t="s">
+        <v>429</v>
+      </c>
+      <c r="O94" t="s">
+        <v>736</v>
+      </c>
+      <c r="P94" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>405</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J95" t="s">
+        <v>411</v>
+      </c>
+      <c r="K95" t="s">
+        <v>412</v>
+      </c>
+      <c r="L95" t="s">
+        <v>413</v>
+      </c>
+      <c r="M95" t="s">
+        <v>414</v>
+      </c>
+      <c r="N95" t="s">
+        <v>429</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>405</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J96" t="s">
+        <v>20</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L96" t="s">
+        <v>413</v>
+      </c>
+      <c r="M96" t="s">
+        <v>466</v>
+      </c>
+      <c r="N96" t="s">
+        <v>613</v>
+      </c>
+      <c r="O96" t="s">
+        <v>836</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>405</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J97" t="s">
+        <v>20</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L97" t="s">
+        <v>413</v>
+      </c>
+      <c r="M97" t="s">
+        <v>466</v>
+      </c>
+      <c r="N97" t="s">
+        <v>415</v>
+      </c>
+      <c r="O97" t="s">
+        <v>752</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>405</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L98" t="s">
+        <v>413</v>
+      </c>
+      <c r="M98" t="s">
+        <v>466</v>
+      </c>
+      <c r="N98" t="s">
+        <v>613</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>405</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J99" t="s">
+        <v>20</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L99" t="s">
+        <v>413</v>
+      </c>
+      <c r="M99" t="s">
+        <v>466</v>
+      </c>
+      <c r="N99" t="s">
+        <v>613</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P99" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>405</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J100" t="s">
+        <v>20</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L100" t="s">
+        <v>413</v>
+      </c>
+      <c r="M100" t="s">
+        <v>466</v>
+      </c>
+      <c r="N100" t="s">
+        <v>613</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>405</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J101" t="s">
+        <v>655</v>
+      </c>
+      <c r="K101" t="s">
+        <v>656</v>
+      </c>
+      <c r="L101" t="s">
+        <v>413</v>
+      </c>
+      <c r="M101" t="s">
+        <v>414</v>
+      </c>
+      <c r="N101" t="s">
+        <v>613</v>
+      </c>
+      <c r="O101" t="s">
+        <v>809</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>405</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J102" t="s">
+        <v>579</v>
+      </c>
+      <c r="K102" t="s">
+        <v>93</v>
+      </c>
+      <c r="L102" t="s">
+        <v>413</v>
+      </c>
+      <c r="M102" t="s">
+        <v>414</v>
+      </c>
+      <c r="N102" t="s">
+        <v>613</v>
+      </c>
+      <c r="O102" t="s">
+        <v>836</v>
+      </c>
+      <c r="P102" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>405</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J103" t="s">
+        <v>555</v>
+      </c>
+      <c r="K103" t="s">
+        <v>556</v>
+      </c>
+      <c r="L103" t="s">
+        <v>413</v>
+      </c>
+      <c r="M103" t="s">
+        <v>414</v>
+      </c>
+      <c r="N103" t="s">
+        <v>613</v>
+      </c>
+      <c r="O103" t="s">
+        <v>836</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>405</v>
+      </c>
+      <c r="B104" t="s">
+        <v>666</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1103</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1105</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L104" t="s">
+        <v>413</v>
+      </c>
+      <c r="M104" t="s">
+        <v>414</v>
+      </c>
+      <c r="N104" t="s">
+        <v>457</v>
+      </c>
+      <c r="O104" t="s">
+        <v>458</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>405</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L105" t="s">
+        <v>413</v>
+      </c>
+      <c r="M105" t="s">
+        <v>466</v>
+      </c>
+      <c r="N105" t="s">
+        <v>457</v>
+      </c>
+      <c r="O105" t="s">
+        <v>458</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>405</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J106" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L106" t="s">
+        <v>413</v>
+      </c>
+      <c r="M106" t="s">
+        <v>466</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>405</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1122</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K107" t="s">
+        <v>221</v>
+      </c>
+      <c r="L107" t="s">
+        <v>413</v>
+      </c>
+      <c r="M107" t="s">
+        <v>466</v>
+      </c>
+      <c r="N107" t="s">
+        <v>457</v>
+      </c>
+      <c r="O107" t="s">
+        <v>458</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>405</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J108" t="s">
+        <v>512</v>
+      </c>
+      <c r="K108" t="s">
+        <v>513</v>
+      </c>
+      <c r="L108" t="s">
+        <v>413</v>
+      </c>
+      <c r="M108" t="s">
+        <v>483</v>
+      </c>
+      <c r="N108" t="s">
+        <v>457</v>
+      </c>
+      <c r="O108" t="s">
+        <v>458</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>405</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J109" t="s">
+        <v>465</v>
+      </c>
+      <c r="K109" t="s">
+        <v>41</v>
+      </c>
+      <c r="L109" t="s">
+        <v>413</v>
+      </c>
+      <c r="M109" t="s">
+        <v>483</v>
+      </c>
+      <c r="N109" t="s">
+        <v>457</v>
+      </c>
+      <c r="O109" t="s">
+        <v>458</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>405</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J110" t="s">
+        <v>20</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1141</v>
+      </c>
+      <c r="L110" t="s">
+        <v>413</v>
+      </c>
+      <c r="M110" t="s">
+        <v>483</v>
+      </c>
+      <c r="N110" t="s">
+        <v>457</v>
+      </c>
+      <c r="O110" t="s">
+        <v>458</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>405</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1147</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K111" t="s">
+        <v>951</v>
+      </c>
+      <c r="L111" t="s">
+        <v>413</v>
+      </c>
+      <c r="M111" t="s">
+        <v>414</v>
+      </c>
+      <c r="N111" t="s">
+        <v>457</v>
+      </c>
+      <c r="O111" t="s">
+        <v>458</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>405</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L112" t="s">
+        <v>413</v>
+      </c>
+      <c r="M112" t="s">
+        <v>466</v>
+      </c>
+      <c r="N112" t="s">
+        <v>457</v>
+      </c>
+      <c r="O112" t="s">
+        <v>458</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>405</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L113" t="s">
+        <v>413</v>
+      </c>
+      <c r="M113" t="s">
+        <v>466</v>
+      </c>
+      <c r="N113" t="s">
+        <v>415</v>
+      </c>
+      <c r="O113" t="s">
+        <v>752</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>405</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L114" t="s">
+        <v>413</v>
+      </c>
+      <c r="M114" t="s">
+        <v>466</v>
+      </c>
+      <c r="N114" t="s">
+        <v>415</v>
+      </c>
+      <c r="O114" t="s">
+        <v>423</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>405</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1167</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L115" t="s">
+        <v>413</v>
+      </c>
+      <c r="M115" t="s">
+        <v>466</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>405</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1171</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L116" t="s">
+        <v>413</v>
+      </c>
+      <c r="M116" t="s">
+        <v>466</v>
+      </c>
+      <c r="N116" t="s">
+        <v>457</v>
+      </c>
+      <c r="O116" t="s">
+        <v>458</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>405</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1179</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J117" t="s">
+        <v>20</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L117" t="s">
+        <v>413</v>
+      </c>
+      <c r="M117" t="s">
+        <v>466</v>
+      </c>
+      <c r="N117" t="s">
+        <v>457</v>
+      </c>
+      <c r="O117" t="s">
+        <v>458</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>405</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J118" t="s">
+        <v>555</v>
+      </c>
+      <c r="K118" t="s">
+        <v>556</v>
+      </c>
+      <c r="L118" t="s">
+        <v>413</v>
+      </c>
+      <c r="M118" t="s">
+        <v>414</v>
+      </c>
+      <c r="N118" t="s">
+        <v>613</v>
+      </c>
+      <c r="O118" t="s">
+        <v>657</v>
+      </c>
+      <c r="P118" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>405</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I119" t="s">
+        <v>620</v>
+      </c>
+      <c r="J119" t="s">
+        <v>555</v>
+      </c>
+      <c r="K119" t="s">
+        <v>556</v>
+      </c>
+      <c r="L119" t="s">
+        <v>413</v>
+      </c>
+      <c r="M119" t="s">
+        <v>414</v>
+      </c>
+      <c r="N119" t="s">
+        <v>613</v>
+      </c>
+      <c r="O119" t="s">
+        <v>629</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>405</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J120" t="s">
+        <v>437</v>
+      </c>
+      <c r="K120" t="s">
+        <v>438</v>
+      </c>
+      <c r="L120" t="s">
+        <v>413</v>
+      </c>
+      <c r="M120" t="s">
+        <v>466</v>
+      </c>
+      <c r="N120" t="s">
+        <v>613</v>
+      </c>
+      <c r="O120" t="s">
+        <v>815</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>405</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J121" t="s">
+        <v>437</v>
+      </c>
+      <c r="K121" t="s">
+        <v>438</v>
+      </c>
+      <c r="L121" t="s">
+        <v>413</v>
+      </c>
+      <c r="M121" t="s">
+        <v>466</v>
+      </c>
+      <c r="N121" t="s">
+        <v>613</v>
+      </c>
+      <c r="O121" t="s">
+        <v>657</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>405</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J122" t="s">
+        <v>482</v>
+      </c>
+      <c r="K122" t="s">
+        <v>30</v>
+      </c>
+      <c r="L122" t="s">
+        <v>413</v>
+      </c>
+      <c r="M122" t="s">
+        <v>414</v>
+      </c>
+      <c r="N122" t="s">
+        <v>542</v>
+      </c>
+      <c r="O122" t="s">
+        <v>543</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>405</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1211</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L123" t="s">
+        <v>413</v>
+      </c>
+      <c r="M123" t="s">
+        <v>414</v>
+      </c>
+      <c r="N123" t="s">
+        <v>457</v>
+      </c>
+      <c r="O123" t="s">
+        <v>475</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>405</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J124" t="s">
+        <v>655</v>
+      </c>
+      <c r="K124" t="s">
+        <v>656</v>
+      </c>
+      <c r="L124" t="s">
+        <v>413</v>
+      </c>
+      <c r="M124" t="s">
+        <v>414</v>
+      </c>
+      <c r="N124" t="s">
+        <v>457</v>
+      </c>
+      <c r="O124" t="s">
+        <v>475</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>405</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J125" t="s">
+        <v>541</v>
+      </c>
+      <c r="K125" t="s">
+        <v>221</v>
+      </c>
+      <c r="L125" t="s">
+        <v>413</v>
+      </c>
+      <c r="M125" t="s">
+        <v>414</v>
+      </c>
+      <c r="N125" t="s">
+        <v>457</v>
+      </c>
+      <c r="O125" t="s">
+        <v>475</v>
+      </c>
+      <c r="P125" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>405</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1228</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L126" t="s">
+        <v>413</v>
+      </c>
+      <c r="M126" t="s">
+        <v>414</v>
+      </c>
+      <c r="N126" t="s">
+        <v>457</v>
+      </c>
+      <c r="O126" t="s">
+        <v>475</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>405</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1235</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1236</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1238</v>
+      </c>
+      <c r="L127" t="s">
+        <v>413</v>
+      </c>
+      <c r="M127" t="s">
+        <v>414</v>
+      </c>
+      <c r="N127" t="s">
+        <v>457</v>
+      </c>
+      <c r="O127" t="s">
+        <v>475</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>405</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1242</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1243</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1244</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L128" t="s">
+        <v>413</v>
+      </c>
+      <c r="M128" t="s">
+        <v>414</v>
+      </c>
+      <c r="N128" t="s">
+        <v>457</v>
+      </c>
+      <c r="O128" t="s">
+        <v>475</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>405</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1249</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1250</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1251</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1252</v>
+      </c>
+      <c r="L129" t="s">
+        <v>413</v>
+      </c>
+      <c r="M129" t="s">
+        <v>414</v>
+      </c>
+      <c r="N129" t="s">
+        <v>457</v>
+      </c>
+      <c r="O129" t="s">
+        <v>475</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>405</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1258</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1259</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1260</v>
+      </c>
+      <c r="L130" t="s">
+        <v>413</v>
+      </c>
+      <c r="M130" t="s">
+        <v>414</v>
+      </c>
+      <c r="N130" t="s">
+        <v>457</v>
+      </c>
+      <c r="O130" t="s">
+        <v>475</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>405</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J131" t="s">
+        <v>437</v>
+      </c>
+      <c r="K131" t="s">
+        <v>438</v>
+      </c>
+      <c r="L131" t="s">
+        <v>413</v>
+      </c>
+      <c r="M131" t="s">
+        <v>466</v>
+      </c>
+      <c r="N131" t="s">
+        <v>613</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1266</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>405</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I132" t="s">
+        <v>684</v>
+      </c>
+      <c r="J132" t="s">
+        <v>555</v>
+      </c>
+      <c r="K132" t="s">
+        <v>556</v>
+      </c>
+      <c r="L132" t="s">
+        <v>413</v>
+      </c>
+      <c r="M132" t="s">
+        <v>466</v>
+      </c>
+      <c r="N132" t="s">
+        <v>613</v>
+      </c>
+      <c r="O132" t="s">
+        <v>815</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>405</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J133" t="s">
+        <v>548</v>
+      </c>
+      <c r="K133" t="s">
+        <v>549</v>
+      </c>
+      <c r="L133" t="s">
+        <v>413</v>
+      </c>
+      <c r="M133" t="s">
+        <v>414</v>
+      </c>
+      <c r="N133" t="s">
+        <v>429</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>405</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J134" t="s">
+        <v>548</v>
+      </c>
+      <c r="K134" t="s">
+        <v>549</v>
+      </c>
+      <c r="L134" t="s">
+        <v>413</v>
+      </c>
+      <c r="M134" t="s">
+        <v>414</v>
+      </c>
+      <c r="N134" t="s">
+        <v>429</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>405</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J135" t="s">
+        <v>20</v>
+      </c>
+      <c r="K135" t="s">
+        <v>62</v>
+      </c>
+      <c r="L135" t="s">
+        <v>413</v>
+      </c>
+      <c r="M135" t="s">
+        <v>414</v>
+      </c>
+      <c r="N135" t="s">
+        <v>707</v>
+      </c>
+      <c r="O135" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>405</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J136" t="s">
+        <v>20</v>
+      </c>
+      <c r="K136" t="s">
+        <v>62</v>
+      </c>
+      <c r="L136" t="s">
+        <v>413</v>
+      </c>
+      <c r="M136" t="s">
+        <v>414</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1292</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>405</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1298</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1299</v>
+      </c>
+      <c r="J137" t="s">
+        <v>411</v>
+      </c>
+      <c r="K137" t="s">
+        <v>412</v>
+      </c>
+      <c r="L137" t="s">
+        <v>413</v>
+      </c>
+      <c r="M137" t="s">
+        <v>414</v>
+      </c>
+      <c r="N137" t="s">
+        <v>542</v>
+      </c>
+      <c r="O137" t="s">
+        <v>543</v>
+      </c>
+      <c r="P137" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>405</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J138" t="s">
+        <v>799</v>
+      </c>
+      <c r="K138" t="s">
+        <v>412</v>
+      </c>
+      <c r="L138" t="s">
+        <v>413</v>
+      </c>
+      <c r="M138" t="s">
+        <v>414</v>
+      </c>
+      <c r="N138" t="s">
+        <v>542</v>
+      </c>
+      <c r="O138" t="s">
+        <v>543</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>405</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1309</v>
+      </c>
+      <c r="J139" t="s">
+        <v>799</v>
+      </c>
+      <c r="K139" t="s">
+        <v>412</v>
+      </c>
+      <c r="L139" t="s">
+        <v>413</v>
+      </c>
+      <c r="M139" t="s">
+        <v>414</v>
+      </c>
+      <c r="N139" t="s">
+        <v>542</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>405</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1315</v>
+      </c>
+      <c r="J140" t="s">
+        <v>411</v>
+      </c>
+      <c r="K140" t="s">
+        <v>412</v>
+      </c>
+      <c r="L140" t="s">
+        <v>413</v>
+      </c>
+      <c r="M140" t="s">
+        <v>414</v>
+      </c>
+      <c r="N140" t="s">
+        <v>542</v>
+      </c>
+      <c r="O140" t="s">
+        <v>588</v>
+      </c>
+      <c r="P140" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>405</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J141" t="s">
+        <v>411</v>
+      </c>
+      <c r="K141" t="s">
+        <v>412</v>
+      </c>
+      <c r="L141" t="s">
+        <v>413</v>
+      </c>
+      <c r="M141" t="s">
+        <v>414</v>
+      </c>
+      <c r="N141" t="s">
+        <v>429</v>
+      </c>
+      <c r="O141" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P141" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>405</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J142" t="s">
+        <v>482</v>
+      </c>
+      <c r="K142" t="s">
+        <v>30</v>
+      </c>
+      <c r="L142" t="s">
+        <v>413</v>
+      </c>
+      <c r="M142" t="s">
+        <v>414</v>
+      </c>
+      <c r="N142" t="s">
+        <v>542</v>
+      </c>
+      <c r="O142" t="s">
+        <v>543</v>
+      </c>
+      <c r="P142" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>405</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1332</v>
+      </c>
+      <c r="J143" t="s">
+        <v>411</v>
+      </c>
+      <c r="K143" t="s">
+        <v>412</v>
+      </c>
+      <c r="L143" t="s">
+        <v>413</v>
+      </c>
+      <c r="M143" t="s">
+        <v>414</v>
+      </c>
+      <c r="N143" t="s">
+        <v>429</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1333</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>405</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1339</v>
+      </c>
+      <c r="K144" t="s">
+        <v>93</v>
+      </c>
+      <c r="L144" t="s">
+        <v>413</v>
+      </c>
+      <c r="M144" t="s">
+        <v>414</v>
+      </c>
+      <c r="N144" t="s">
+        <v>415</v>
+      </c>
+      <c r="O144" t="s">
+        <v>752</v>
+      </c>
+      <c r="P144" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>405</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J145" t="s">
+        <v>555</v>
+      </c>
+      <c r="K145" t="s">
+        <v>556</v>
+      </c>
+      <c r="L145" t="s">
+        <v>413</v>
+      </c>
+      <c r="M145" t="s">
+        <v>414</v>
+      </c>
+      <c r="N145" t="s">
+        <v>415</v>
+      </c>
+      <c r="O145" t="s">
+        <v>752</v>
+      </c>
+      <c r="P145" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>405</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1349</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J146" t="s">
+        <v>799</v>
+      </c>
+      <c r="K146" t="s">
+        <v>412</v>
+      </c>
+      <c r="L146" t="s">
+        <v>413</v>
+      </c>
+      <c r="M146" t="s">
+        <v>414</v>
+      </c>
+      <c r="N146" t="s">
+        <v>542</v>
+      </c>
+      <c r="O146" t="s">
+        <v>543</v>
+      </c>
+      <c r="P146" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>405</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1355</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1356</v>
+      </c>
+      <c r="L147" t="s">
+        <v>413</v>
+      </c>
+      <c r="M147" t="s">
+        <v>414</v>
+      </c>
+      <c r="N147" t="s">
+        <v>542</v>
+      </c>
+      <c r="O147" t="s">
+        <v>543</v>
+      </c>
+      <c r="P147" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>405</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J148" t="s">
+        <v>799</v>
+      </c>
+      <c r="K148" t="s">
+        <v>412</v>
+      </c>
+      <c r="L148" t="s">
+        <v>413</v>
+      </c>
+      <c r="M148" t="s">
+        <v>414</v>
+      </c>
+      <c r="N148" t="s">
+        <v>707</v>
+      </c>
+      <c r="O148" t="s">
+        <v>708</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>405</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1368</v>
+      </c>
+      <c r="J149" t="s">
+        <v>1369</v>
+      </c>
+      <c r="K149" t="s">
+        <v>1370</v>
+      </c>
+      <c r="L149" t="s">
+        <v>413</v>
+      </c>
+      <c r="M149" t="s">
+        <v>414</v>
+      </c>
+      <c r="N149" t="s">
+        <v>457</v>
+      </c>
+      <c r="O149" t="s">
+        <v>458</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>405</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1376</v>
+      </c>
+      <c r="J150" t="s">
+        <v>411</v>
+      </c>
+      <c r="K150" t="s">
+        <v>412</v>
+      </c>
+      <c r="L150" t="s">
+        <v>413</v>
+      </c>
+      <c r="M150" t="s">
+        <v>414</v>
+      </c>
+      <c r="N150" t="s">
+        <v>613</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>405</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1382</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1383</v>
+      </c>
+      <c r="L151" t="s">
+        <v>413</v>
+      </c>
+      <c r="M151" t="s">
+        <v>414</v>
+      </c>
+      <c r="N151" t="s">
+        <v>613</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>405</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I152" t="s">
+        <v>906</v>
+      </c>
+      <c r="J152" t="s">
+        <v>907</v>
+      </c>
+      <c r="K152" t="s">
+        <v>908</v>
+      </c>
+      <c r="L152" t="s">
+        <v>413</v>
+      </c>
+      <c r="M152" t="s">
+        <v>414</v>
+      </c>
+      <c r="N152" t="s">
+        <v>613</v>
+      </c>
+      <c r="O152" t="s">
+        <v>629</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>405</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1394</v>
+      </c>
+      <c r="J153" t="s">
+        <v>447</v>
+      </c>
+      <c r="K153" t="s">
+        <v>448</v>
+      </c>
+      <c r="L153" t="s">
+        <v>413</v>
+      </c>
+      <c r="M153" t="s">
+        <v>414</v>
+      </c>
+      <c r="N153" t="s">
+        <v>707</v>
+      </c>
+      <c r="O153" t="s">
+        <v>708</v>
+      </c>
+      <c r="P153" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>405</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1400</v>
+      </c>
+      <c r="J154" t="s">
+        <v>455</v>
+      </c>
+      <c r="K154" t="s">
+        <v>456</v>
+      </c>
+      <c r="L154" t="s">
+        <v>413</v>
+      </c>
+      <c r="M154" t="s">
+        <v>414</v>
+      </c>
+      <c r="N154" t="s">
+        <v>613</v>
+      </c>
+      <c r="O154" t="s">
+        <v>815</v>
+      </c>
+      <c r="P154" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>405</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1406</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1407</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1408</v>
+      </c>
+      <c r="L155" t="s">
+        <v>413</v>
+      </c>
+      <c r="M155" t="s">
+        <v>414</v>
+      </c>
+      <c r="N155" t="s">
+        <v>613</v>
+      </c>
+      <c r="O155" t="s">
+        <v>815</v>
+      </c>
+      <c r="P155" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>405</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1414</v>
+      </c>
+      <c r="J156" t="s">
+        <v>20</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1415</v>
+      </c>
+      <c r="L156" t="s">
+        <v>413</v>
+      </c>
+      <c r="M156" t="s">
+        <v>414</v>
+      </c>
+      <c r="N156" t="s">
+        <v>457</v>
+      </c>
+      <c r="O156" t="s">
+        <v>458</v>
+      </c>
+      <c r="P156" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>405</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J157" t="s">
+        <v>799</v>
+      </c>
+      <c r="K157" t="s">
+        <v>412</v>
+      </c>
+      <c r="L157" t="s">
+        <v>413</v>
+      </c>
+      <c r="M157" t="s">
+        <v>414</v>
+      </c>
+      <c r="N157" t="s">
+        <v>457</v>
+      </c>
+      <c r="O157" t="s">
+        <v>458</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>405</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1425</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1426</v>
+      </c>
+      <c r="J158" t="s">
+        <v>20</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1427</v>
+      </c>
+      <c r="L158" t="s">
+        <v>413</v>
+      </c>
+      <c r="M158" t="s">
+        <v>414</v>
+      </c>
+      <c r="N158" t="s">
+        <v>457</v>
+      </c>
+      <c r="O158" t="s">
+        <v>458</v>
+      </c>
+      <c r="P158" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>405</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1432</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1426</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1427</v>
+      </c>
+      <c r="L159" t="s">
+        <v>413</v>
+      </c>
+      <c r="M159" t="s">
+        <v>414</v>
+      </c>
+      <c r="N159" t="s">
+        <v>457</v>
+      </c>
+      <c r="O159" t="s">
+        <v>458</v>
+      </c>
+      <c r="P159" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>405</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L160" t="s">
+        <v>413</v>
+      </c>
+      <c r="M160" t="s">
+        <v>414</v>
+      </c>
+      <c r="N160" t="s">
+        <v>457</v>
+      </c>
+      <c r="O160" t="s">
+        <v>458</v>
+      </c>
+      <c r="P160" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>405</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1443</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1444</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L161" t="s">
+        <v>413</v>
+      </c>
+      <c r="M161" t="s">
+        <v>483</v>
+      </c>
+      <c r="N161" t="s">
+        <v>439</v>
+      </c>
+      <c r="O161" t="s">
+        <v>440</v>
+      </c>
+      <c r="P161" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>405</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J162" t="s">
+        <v>482</v>
+      </c>
+      <c r="K162" t="s">
+        <v>30</v>
+      </c>
+      <c r="L162" t="s">
+        <v>413</v>
+      </c>
+      <c r="M162" t="s">
+        <v>414</v>
+      </c>
+      <c r="N162" t="s">
+        <v>457</v>
+      </c>
+      <c r="O162" t="s">
+        <v>458</v>
+      </c>
+      <c r="P162" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>405</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1457</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1458</v>
+      </c>
+      <c r="J163" t="s">
+        <v>490</v>
+      </c>
+      <c r="K163" t="s">
+        <v>491</v>
+      </c>
+      <c r="L163" t="s">
+        <v>413</v>
+      </c>
+      <c r="M163" t="s">
+        <v>414</v>
+      </c>
+      <c r="N163" t="s">
+        <v>415</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1459</v>
+      </c>
+      <c r="P163" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>405</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I164" t="s">
+        <v>411</v>
+      </c>
+      <c r="J164" t="s">
+        <v>20</v>
+      </c>
+      <c r="K164" t="s">
+        <v>412</v>
+      </c>
+      <c r="L164" t="s">
+        <v>413</v>
+      </c>
+      <c r="M164" t="s">
+        <v>414</v>
+      </c>
+      <c r="N164" t="s">
+        <v>457</v>
+      </c>
+      <c r="O164" t="s">
+        <v>458</v>
+      </c>
+      <c r="P164" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>405</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1470</v>
+      </c>
+      <c r="J165" t="s">
+        <v>512</v>
+      </c>
+      <c r="K165" t="s">
+        <v>513</v>
+      </c>
+      <c r="L165" t="s">
+        <v>413</v>
+      </c>
+      <c r="M165" t="s">
+        <v>414</v>
+      </c>
+      <c r="N165" t="s">
+        <v>415</v>
+      </c>
+      <c r="O165" t="s">
+        <v>821</v>
+      </c>
+      <c r="P165" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>405</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J166" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K166" t="s">
+        <v>1477</v>
+      </c>
+      <c r="L166" t="s">
+        <v>413</v>
+      </c>
+      <c r="M166" t="s">
+        <v>414</v>
+      </c>
+      <c r="N166" t="s">
+        <v>613</v>
+      </c>
+      <c r="O166" t="s">
+        <v>815</v>
+      </c>
+      <c r="P166" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>405</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1483</v>
+      </c>
+      <c r="J167" t="s">
+        <v>411</v>
+      </c>
+      <c r="K167" t="s">
+        <v>412</v>
+      </c>
+      <c r="L167" t="s">
+        <v>413</v>
+      </c>
+      <c r="M167" t="s">
+        <v>414</v>
+      </c>
+      <c r="N167" t="s">
+        <v>415</v>
+      </c>
+      <c r="O167" t="s">
+        <v>821</v>
+      </c>
+      <c r="P167" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>405</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1490</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1491</v>
+      </c>
+      <c r="L168" t="s">
+        <v>413</v>
+      </c>
+      <c r="M168" t="s">
+        <v>414</v>
+      </c>
+      <c r="N168" t="s">
+        <v>457</v>
+      </c>
+      <c r="O168" t="s">
+        <v>458</v>
+      </c>
+      <c r="P168" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>405</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1498</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1499</v>
+      </c>
+      <c r="L169" t="s">
+        <v>413</v>
+      </c>
+      <c r="M169" t="s">
+        <v>414</v>
+      </c>
+      <c r="N169" t="s">
+        <v>457</v>
+      </c>
+      <c r="O169" t="s">
+        <v>458</v>
+      </c>
+      <c r="P169" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>405</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1505</v>
+      </c>
+      <c r="J170" t="s">
+        <v>525</v>
+      </c>
+      <c r="K170" t="s">
+        <v>526</v>
+      </c>
+      <c r="L170" t="s">
+        <v>413</v>
+      </c>
+      <c r="M170" t="s">
+        <v>414</v>
+      </c>
+      <c r="N170" t="s">
+        <v>457</v>
+      </c>
+      <c r="O170" t="s">
+        <v>475</v>
+      </c>
+      <c r="P170" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>405</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1511</v>
+      </c>
+      <c r="J171" t="s">
+        <v>411</v>
+      </c>
+      <c r="K171" t="s">
+        <v>412</v>
+      </c>
+      <c r="L171" t="s">
+        <v>413</v>
+      </c>
+      <c r="M171" t="s">
+        <v>414</v>
+      </c>
+      <c r="N171" t="s">
+        <v>457</v>
+      </c>
+      <c r="O171" t="s">
+        <v>458</v>
+      </c>
+      <c r="P171" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>405</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1516</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1517</v>
+      </c>
+      <c r="J172" t="s">
+        <v>799</v>
+      </c>
+      <c r="K172" t="s">
+        <v>412</v>
+      </c>
+      <c r="L172" t="s">
+        <v>413</v>
+      </c>
+      <c r="M172" t="s">
+        <v>414</v>
+      </c>
+      <c r="N172" t="s">
+        <v>1292</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P172" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>405</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I173" t="s">
+        <v>848</v>
+      </c>
+      <c r="J173" t="s">
+        <v>512</v>
+      </c>
+      <c r="K173" t="s">
+        <v>513</v>
+      </c>
+      <c r="L173" t="s">
+        <v>413</v>
+      </c>
+      <c r="M173" t="s">
+        <v>414</v>
+      </c>
+      <c r="N173" t="s">
+        <v>613</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P173" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>405</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1528</v>
+      </c>
+      <c r="K174" t="s">
+        <v>1529</v>
+      </c>
+      <c r="L174" t="s">
+        <v>413</v>
+      </c>
+      <c r="M174" t="s">
+        <v>414</v>
+      </c>
+      <c r="N174" t="s">
+        <v>457</v>
+      </c>
+      <c r="O174" t="s">
+        <v>458</v>
+      </c>
+      <c r="P174" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>405</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I175" t="s">
+        <v>848</v>
+      </c>
+      <c r="J175" t="s">
+        <v>512</v>
+      </c>
+      <c r="K175" t="s">
+        <v>513</v>
+      </c>
+      <c r="L175" t="s">
+        <v>413</v>
+      </c>
+      <c r="M175" t="s">
+        <v>414</v>
+      </c>
+      <c r="N175" t="s">
+        <v>613</v>
+      </c>
+      <c r="O175" t="s">
+        <v>629</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>405</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1540</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1541</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1542</v>
+      </c>
+      <c r="L176" t="s">
+        <v>413</v>
+      </c>
+      <c r="M176" t="s">
+        <v>483</v>
+      </c>
+      <c r="N176" t="s">
+        <v>457</v>
+      </c>
+      <c r="O176" t="s">
+        <v>458</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>405</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1548</v>
+      </c>
+      <c r="J177" t="s">
+        <v>950</v>
+      </c>
+      <c r="K177" t="s">
+        <v>951</v>
+      </c>
+      <c r="L177" t="s">
+        <v>413</v>
+      </c>
+      <c r="M177" t="s">
+        <v>414</v>
+      </c>
+      <c r="N177" t="s">
+        <v>415</v>
+      </c>
+      <c r="O177" t="s">
+        <v>752</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>405</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1553</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J178" t="s">
+        <v>579</v>
+      </c>
+      <c r="K178" t="s">
+        <v>93</v>
+      </c>
+      <c r="L178" t="s">
+        <v>413</v>
+      </c>
+      <c r="M178" t="s">
+        <v>414</v>
+      </c>
+      <c r="N178" t="s">
+        <v>415</v>
+      </c>
+      <c r="O178" t="s">
+        <v>423</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>405</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1559</v>
+      </c>
+      <c r="I179" t="s">
+        <v>512</v>
+      </c>
+      <c r="J179" t="s">
+        <v>20</v>
+      </c>
+      <c r="K179" t="s">
+        <v>513</v>
+      </c>
+      <c r="L179" t="s">
+        <v>413</v>
+      </c>
+      <c r="M179" t="s">
+        <v>414</v>
+      </c>
+      <c r="N179" t="s">
+        <v>613</v>
+      </c>
+      <c r="O179" t="s">
+        <v>809</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>405</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1563</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J180" t="s">
+        <v>512</v>
+      </c>
+      <c r="K180" t="s">
+        <v>513</v>
+      </c>
+      <c r="L180" t="s">
+        <v>413</v>
+      </c>
+      <c r="M180" t="s">
+        <v>414</v>
+      </c>
+      <c r="N180" t="s">
+        <v>613</v>
+      </c>
+      <c r="O180" t="s">
+        <v>657</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>405</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
+        <v>20</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F181" t="s">
+        <v>20</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J181" t="s">
+        <v>411</v>
+      </c>
+      <c r="K181" t="s">
+        <v>412</v>
+      </c>
+      <c r="L181" t="s">
+        <v>413</v>
+      </c>
+      <c r="M181" t="s">
+        <v>414</v>
+      </c>
+      <c r="N181" t="s">
+        <v>613</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>405</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F182" t="s">
+        <v>20</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1573</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J182" t="s">
+        <v>1575</v>
+      </c>
+      <c r="K182" t="s">
+        <v>412</v>
+      </c>
+      <c r="L182" t="s">
+        <v>413</v>
+      </c>
+      <c r="M182" t="s">
+        <v>414</v>
+      </c>
+      <c r="N182" t="s">
+        <v>613</v>
+      </c>
+      <c r="O182" t="s">
+        <v>836</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>405</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1579</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1580</v>
+      </c>
+      <c r="J183" t="s">
+        <v>1259</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1260</v>
+      </c>
+      <c r="L183" t="s">
+        <v>413</v>
+      </c>
+      <c r="M183" t="s">
+        <v>414</v>
+      </c>
+      <c r="N183" t="s">
+        <v>415</v>
+      </c>
+      <c r="O183" t="s">
+        <v>752</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>405</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>20</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J184" t="s">
+        <v>411</v>
+      </c>
+      <c r="K184" t="s">
+        <v>412</v>
+      </c>
+      <c r="L184" t="s">
+        <v>413</v>
+      </c>
+      <c r="M184" t="s">
+        <v>414</v>
+      </c>
+      <c r="N184" t="s">
+        <v>415</v>
+      </c>
+      <c r="O184" t="s">
+        <v>752</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>405</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>20</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1589</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1590</v>
+      </c>
+      <c r="J185" t="s">
+        <v>20</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1591</v>
+      </c>
+      <c r="L185" t="s">
+        <v>413</v>
+      </c>
+      <c r="M185" t="s">
+        <v>414</v>
+      </c>
+      <c r="N185" t="s">
+        <v>415</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1459</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>405</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1596</v>
+      </c>
+      <c r="J186" t="s">
+        <v>799</v>
+      </c>
+      <c r="K186" t="s">
+        <v>412</v>
+      </c>
+      <c r="L186" t="s">
+        <v>413</v>
+      </c>
+      <c r="M186" t="s">
+        <v>414</v>
+      </c>
+      <c r="N186" t="s">
+        <v>415</v>
+      </c>
+      <c r="O186" t="s">
+        <v>423</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>405</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C187" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" t="s">
+        <v>20</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F187" t="s">
+        <v>20</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1601</v>
+      </c>
+      <c r="I187" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L187" t="s">
+        <v>413</v>
+      </c>
+      <c r="M187" t="s">
+        <v>414</v>
+      </c>
+      <c r="N187" t="s">
+        <v>613</v>
+      </c>
+      <c r="O187" t="s">
+        <v>809</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>405</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C188" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" t="s">
+        <v>20</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F188" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1609</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1610</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1611</v>
+      </c>
+      <c r="L188" t="s">
+        <v>413</v>
+      </c>
+      <c r="M188" t="s">
+        <v>414</v>
+      </c>
+      <c r="N188" t="s">
+        <v>457</v>
+      </c>
+      <c r="O188" t="s">
+        <v>458</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>405</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F189" t="s">
+        <v>20</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1406</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1407</v>
+      </c>
+      <c r="K189" t="s">
+        <v>1408</v>
+      </c>
+      <c r="L189" t="s">
+        <v>413</v>
+      </c>
+      <c r="M189" t="s">
+        <v>414</v>
+      </c>
+      <c r="N189" t="s">
+        <v>457</v>
+      </c>
+      <c r="O189" t="s">
+        <v>458</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>405</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C190" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F190" t="s">
+        <v>20</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1619</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K190" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L190" t="s">
+        <v>413</v>
+      </c>
+      <c r="M190" t="s">
+        <v>414</v>
+      </c>
+      <c r="N190" t="s">
+        <v>613</v>
+      </c>
+      <c r="O190" t="s">
+        <v>815</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>405</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C191" t="s">
+        <v>20</v>
+      </c>
+      <c r="D191" t="s">
+        <v>20</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1623</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1624</v>
+      </c>
+      <c r="J191" t="s">
+        <v>20</v>
+      </c>
+      <c r="K191" t="s">
+        <v>1625</v>
+      </c>
+      <c r="L191" t="s">
+        <v>413</v>
+      </c>
+      <c r="M191" t="s">
+        <v>414</v>
+      </c>
+      <c r="N191" t="s">
+        <v>613</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1266</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>405</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C192" t="s">
+        <v>20</v>
+      </c>
+      <c r="D192" t="s">
+        <v>20</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F192" t="s">
+        <v>20</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1630</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L192" t="s">
+        <v>413</v>
+      </c>
+      <c r="M192" t="s">
+        <v>414</v>
+      </c>
+      <c r="N192" t="s">
+        <v>613</v>
+      </c>
+      <c r="O192" t="s">
+        <v>657</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>405</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C193" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1635</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L193" t="s">
+        <v>413</v>
+      </c>
+      <c r="M193" t="s">
+        <v>414</v>
+      </c>
+      <c r="N193" t="s">
+        <v>613</v>
+      </c>
+      <c r="O193" t="s">
+        <v>657</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>405</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C194" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K194" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L194" t="s">
+        <v>413</v>
+      </c>
+      <c r="M194" t="s">
+        <v>414</v>
+      </c>
+      <c r="N194" t="s">
+        <v>613</v>
+      </c>
+      <c r="O194" t="s">
+        <v>809</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>405</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C195" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" t="s">
+        <v>20</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F195" t="s">
+        <v>20</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J195" t="s">
+        <v>20</v>
+      </c>
+      <c r="K195" t="s">
+        <v>1646</v>
+      </c>
+      <c r="L195" t="s">
+        <v>413</v>
+      </c>
+      <c r="M195" t="s">
+        <v>414</v>
+      </c>
+      <c r="N195" t="s">
+        <v>457</v>
+      </c>
+      <c r="O195" t="s">
+        <v>458</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>405</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C196" t="s">
+        <v>20</v>
+      </c>
+      <c r="D196" t="s">
+        <v>20</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F196" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1650</v>
+      </c>
+      <c r="I196" t="s">
+        <v>1651</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K196" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L196" t="s">
+        <v>413</v>
+      </c>
+      <c r="M196" t="s">
+        <v>414</v>
+      </c>
+      <c r="N196" t="s">
+        <v>457</v>
+      </c>
+      <c r="O196" t="s">
+        <v>458</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>405</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C197" t="s">
+        <v>20</v>
+      </c>
+      <c r="D197" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F197" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I197" t="s">
+        <v>1657</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1355</v>
+      </c>
+      <c r="K197" t="s">
+        <v>1356</v>
+      </c>
+      <c r="L197" t="s">
+        <v>413</v>
+      </c>
+      <c r="M197" t="s">
+        <v>414</v>
+      </c>
+      <c r="N197" t="s">
+        <v>457</v>
+      </c>
+      <c r="O197" t="s">
+        <v>458</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>405</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>20</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F198" t="s">
+        <v>20</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J198" t="s">
+        <v>594</v>
+      </c>
+      <c r="K198" t="s">
+        <v>595</v>
+      </c>
+      <c r="L198" t="s">
+        <v>413</v>
+      </c>
+      <c r="M198" t="s">
+        <v>414</v>
+      </c>
+      <c r="N198" t="s">
+        <v>457</v>
+      </c>
+      <c r="O198" t="s">
+        <v>458</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>405</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F199" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1666</v>
+      </c>
+      <c r="I199" t="s">
+        <v>447</v>
+      </c>
+      <c r="J199" t="s">
+        <v>20</v>
+      </c>
+      <c r="K199" t="s">
+        <v>448</v>
+      </c>
+      <c r="L199" t="s">
+        <v>413</v>
+      </c>
+      <c r="M199" t="s">
+        <v>414</v>
+      </c>
+      <c r="N199" t="s">
+        <v>457</v>
+      </c>
+      <c r="O199" t="s">
+        <v>458</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>405</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C200" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" t="s">
+        <v>20</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F200" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I200" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1673</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1674</v>
+      </c>
+      <c r="L200" t="s">
+        <v>413</v>
+      </c>
+      <c r="M200" t="s">
+        <v>414</v>
+      </c>
+      <c r="N200" t="s">
+        <v>457</v>
+      </c>
+      <c r="O200" t="s">
+        <v>458</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>405</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C201" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" t="s">
+        <v>20</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F201" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1678</v>
+      </c>
+      <c r="I201" t="s">
+        <v>1679</v>
+      </c>
+      <c r="J201" t="s">
+        <v>20</v>
+      </c>
+      <c r="K201" t="s">
+        <v>1680</v>
+      </c>
+      <c r="L201" t="s">
+        <v>413</v>
+      </c>
+      <c r="M201" t="s">
+        <v>414</v>
+      </c>
+      <c r="N201" t="s">
+        <v>457</v>
+      </c>
+      <c r="O201" t="s">
+        <v>458</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>405</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C202" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F202" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1684</v>
+      </c>
+      <c r="I202" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J202" t="s">
+        <v>541</v>
+      </c>
+      <c r="K202" t="s">
+        <v>221</v>
+      </c>
+      <c r="L202" t="s">
+        <v>413</v>
+      </c>
+      <c r="M202" t="s">
+        <v>414</v>
+      </c>
+      <c r="N202" t="s">
+        <v>457</v>
+      </c>
+      <c r="O202" t="s">
+        <v>458</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>405</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C203" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F203" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1690</v>
+      </c>
+      <c r="I203" t="s">
+        <v>1691</v>
+      </c>
+      <c r="J203" t="s">
+        <v>807</v>
+      </c>
+      <c r="K203" t="s">
+        <v>808</v>
+      </c>
+      <c r="L203" t="s">
+        <v>413</v>
+      </c>
+      <c r="M203" t="s">
+        <v>414</v>
+      </c>
+      <c r="N203" t="s">
+        <v>457</v>
+      </c>
+      <c r="O203" t="s">
+        <v>458</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>405</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C204" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F204" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I204" t="s">
+        <v>807</v>
+      </c>
+      <c r="J204" t="s">
+        <v>20</v>
+      </c>
+      <c r="K204" t="s">
+        <v>808</v>
+      </c>
+      <c r="L204" t="s">
+        <v>413</v>
+      </c>
+      <c r="M204" t="s">
+        <v>414</v>
+      </c>
+      <c r="N204" t="s">
+        <v>457</v>
+      </c>
+      <c r="O204" t="s">
+        <v>458</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>405</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F205" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1701</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1702</v>
+      </c>
+      <c r="K205" t="s">
+        <v>1703</v>
+      </c>
+      <c r="L205" t="s">
+        <v>413</v>
+      </c>
+      <c r="M205" t="s">
+        <v>414</v>
+      </c>
+      <c r="N205" t="s">
+        <v>457</v>
+      </c>
+      <c r="O205" t="s">
+        <v>458</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>405</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C206" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F206" t="s">
+        <v>20</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J206" t="s">
+        <v>482</v>
+      </c>
+      <c r="K206" t="s">
+        <v>30</v>
+      </c>
+      <c r="L206" t="s">
+        <v>413</v>
+      </c>
+      <c r="M206" t="s">
+        <v>414</v>
+      </c>
+      <c r="N206" t="s">
+        <v>429</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>405</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C207" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F207" t="s">
+        <v>20</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J207" t="s">
+        <v>20</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L207" t="s">
+        <v>413</v>
+      </c>
+      <c r="M207" t="s">
+        <v>466</v>
+      </c>
+      <c r="N207" t="s">
+        <v>613</v>
+      </c>
+      <c r="O207" t="s">
+        <v>836</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>405</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>20</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F208" t="s">
+        <v>20</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1717</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1718</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1712</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L208" t="s">
+        <v>413</v>
+      </c>
+      <c r="M208" t="s">
+        <v>466</v>
+      </c>
+      <c r="N208" t="s">
+        <v>613</v>
+      </c>
+      <c r="O208" t="s">
+        <v>815</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>405</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C209" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" t="s">
+        <v>20</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F209" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1726</v>
+      </c>
+      <c r="L209" t="s">
+        <v>413</v>
+      </c>
+      <c r="M209" t="s">
+        <v>414</v>
+      </c>
+      <c r="N209" t="s">
+        <v>457</v>
+      </c>
+      <c r="O209" t="s">
+        <v>458</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>405</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C210" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" t="s">
+        <v>20</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F210" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1731</v>
+      </c>
+      <c r="I210" t="s">
+        <v>1732</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1733</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1734</v>
+      </c>
+      <c r="L210" t="s">
+        <v>413</v>
+      </c>
+      <c r="M210" t="s">
+        <v>414</v>
+      </c>
+      <c r="N210" t="s">
+        <v>457</v>
+      </c>
+      <c r="O210" t="s">
+        <v>458</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>405</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C211" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" t="s">
+        <v>20</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F211" t="s">
+        <v>20</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1739</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1740</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1741</v>
+      </c>
+      <c r="K211" t="s">
+        <v>1742</v>
+      </c>
+      <c r="L211" t="s">
+        <v>413</v>
+      </c>
+      <c r="M211" t="s">
+        <v>414</v>
+      </c>
+      <c r="N211" t="s">
+        <v>457</v>
+      </c>
+      <c r="O211" t="s">
+        <v>475</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>405</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C212" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" t="s">
+        <v>20</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F212" t="s">
+        <v>20</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1747</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1748</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1712</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L212" t="s">
+        <v>413</v>
+      </c>
+      <c r="M212" t="s">
+        <v>414</v>
+      </c>
+      <c r="N212" t="s">
+        <v>457</v>
+      </c>
+      <c r="O212" t="s">
+        <v>458</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>405</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C213" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" t="s">
+        <v>20</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F213" t="s">
+        <v>20</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1753</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1754</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1755</v>
+      </c>
+      <c r="K213" t="s">
+        <v>1756</v>
+      </c>
+      <c r="L213" t="s">
+        <v>413</v>
+      </c>
+      <c r="M213" t="s">
+        <v>414</v>
+      </c>
+      <c r="N213" t="s">
+        <v>457</v>
+      </c>
+      <c r="O213" t="s">
+        <v>458</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>405</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C214" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" t="s">
+        <v>20</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F214" t="s">
+        <v>20</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1761</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1762</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1763</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1764</v>
+      </c>
+      <c r="L214" t="s">
+        <v>413</v>
+      </c>
+      <c r="M214" t="s">
+        <v>414</v>
+      </c>
+      <c r="N214" t="s">
+        <v>457</v>
+      </c>
+      <c r="O214" t="s">
+        <v>458</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>405</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F215" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1768</v>
+      </c>
+      <c r="I215" t="s">
+        <v>1769</v>
+      </c>
+      <c r="J215" t="s">
+        <v>465</v>
+      </c>
+      <c r="K215" t="s">
+        <v>41</v>
+      </c>
+      <c r="L215" t="s">
+        <v>413</v>
+      </c>
+      <c r="M215" t="s">
+        <v>414</v>
+      </c>
+      <c r="N215" t="s">
+        <v>707</v>
+      </c>
+      <c r="O215" t="s">
+        <v>708</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>405</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F216" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1773</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1774</v>
+      </c>
+      <c r="J216" t="s">
+        <v>465</v>
+      </c>
+      <c r="K216" t="s">
+        <v>41</v>
+      </c>
+      <c r="L216" t="s">
+        <v>413</v>
+      </c>
+      <c r="M216" t="s">
+        <v>414</v>
+      </c>
+      <c r="N216" t="s">
+        <v>707</v>
+      </c>
+      <c r="O216" t="s">
+        <v>708</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>405</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H217" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I217" t="s">
+        <v>1780</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1781</v>
+      </c>
+      <c r="K217" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L217" t="s">
+        <v>413</v>
+      </c>
+      <c r="M217" t="s">
+        <v>414</v>
+      </c>
+      <c r="N217" t="s">
+        <v>1292</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>405</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C218" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H218" t="s">
+        <v>1787</v>
+      </c>
+      <c r="I218" t="s">
+        <v>1788</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1789</v>
+      </c>
+      <c r="K218" t="s">
+        <v>1790</v>
+      </c>
+      <c r="L218" t="s">
+        <v>413</v>
+      </c>
+      <c r="M218" t="s">
+        <v>414</v>
+      </c>
+      <c r="N218" t="s">
+        <v>457</v>
+      </c>
+      <c r="O218" t="s">
+        <v>458</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>405</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C219" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219" t="s">
+        <v>1793</v>
+      </c>
+      <c r="F219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H219" t="s">
+        <v>1795</v>
+      </c>
+      <c r="I219" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J219" t="s">
+        <v>411</v>
+      </c>
+      <c r="K219" t="s">
+        <v>412</v>
+      </c>
+      <c r="L219" t="s">
+        <v>413</v>
+      </c>
+      <c r="M219" t="s">
+        <v>466</v>
+      </c>
+      <c r="N219" t="s">
+        <v>613</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1797</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>405</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" t="s">
+        <v>20</v>
+      </c>
+      <c r="E220" t="s">
+        <v>1793</v>
+      </c>
+      <c r="F220" t="s">
+        <v>20</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1801</v>
+      </c>
+      <c r="I220" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J220" t="s">
+        <v>411</v>
+      </c>
+      <c r="K220" t="s">
+        <v>412</v>
+      </c>
+      <c r="L220" t="s">
+        <v>413</v>
+      </c>
+      <c r="M220" t="s">
+        <v>466</v>
+      </c>
+      <c r="N220" t="s">
+        <v>613</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1802</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>405</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C221" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F221" t="s">
+        <v>20</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H221" t="s">
+        <v>1807</v>
+      </c>
+      <c r="I221" t="s">
+        <v>1808</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1712</v>
+      </c>
+      <c r="K221" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L221" t="s">
+        <v>413</v>
+      </c>
+      <c r="M221" t="s">
+        <v>414</v>
+      </c>
+      <c r="N221" t="s">
+        <v>707</v>
+      </c>
+      <c r="O221" t="s">
+        <v>708</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>405</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" t="s">
+        <v>20</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F222" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I222" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K222" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L222" t="s">
+        <v>413</v>
+      </c>
+      <c r="M222" t="s">
+        <v>414</v>
+      </c>
+      <c r="N222" t="s">
+        <v>707</v>
+      </c>
+      <c r="O222" t="s">
+        <v>708</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>405</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" t="s">
+        <v>20</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F223" t="s">
+        <v>20</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I223" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J223" t="s">
+        <v>807</v>
+      </c>
+      <c r="K223" t="s">
+        <v>808</v>
+      </c>
+      <c r="L223" t="s">
+        <v>413</v>
+      </c>
+      <c r="M223" t="s">
+        <v>414</v>
+      </c>
+      <c r="N223" t="s">
+        <v>707</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1820</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>405</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
+        <v>20</v>
+      </c>
+      <c r="E224" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F224" t="s">
+        <v>20</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1825</v>
+      </c>
+      <c r="I224" t="s">
+        <v>1826</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1259</v>
+      </c>
+      <c r="K224" t="s">
+        <v>1260</v>
+      </c>
+      <c r="L224" t="s">
+        <v>413</v>
+      </c>
+      <c r="M224" t="s">
+        <v>414</v>
+      </c>
+      <c r="N224" t="s">
+        <v>457</v>
+      </c>
+      <c r="O224" t="s">
+        <v>458</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>405</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" t="s">
+        <v>20</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F225" t="s">
+        <v>20</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1830</v>
+      </c>
+      <c r="I225" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J225" t="s">
+        <v>655</v>
+      </c>
+      <c r="K225" t="s">
+        <v>656</v>
+      </c>
+      <c r="L225" t="s">
+        <v>413</v>
+      </c>
+      <c r="M225" t="s">
+        <v>414</v>
+      </c>
+      <c r="N225" t="s">
+        <v>457</v>
+      </c>
+      <c r="O225" t="s">
+        <v>458</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>405</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>20</v>
+      </c>
+      <c r="E226" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F226" t="s">
+        <v>20</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I226" t="s">
+        <v>1835</v>
+      </c>
+      <c r="J226" t="s">
+        <v>1244</v>
+      </c>
+      <c r="K226" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L226" t="s">
+        <v>413</v>
+      </c>
+      <c r="M226" t="s">
+        <v>414</v>
+      </c>
+      <c r="N226" t="s">
+        <v>457</v>
+      </c>
+      <c r="O226" t="s">
+        <v>458</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>405</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
+        <v>20</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F227" t="s">
+        <v>20</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I227" t="s">
+        <v>1840</v>
+      </c>
+      <c r="J227" t="s">
+        <v>1841</v>
+      </c>
+      <c r="K227" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L227" t="s">
+        <v>413</v>
+      </c>
+      <c r="M227" t="s">
+        <v>414</v>
+      </c>
+      <c r="N227" t="s">
+        <v>457</v>
+      </c>
+      <c r="O227" t="s">
+        <v>458</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>405</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" t="s">
+        <v>20</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F228" t="s">
+        <v>20</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I228" t="s">
+        <v>1847</v>
+      </c>
+      <c r="J228" t="s">
+        <v>20</v>
+      </c>
+      <c r="K228" t="s">
+        <v>1848</v>
+      </c>
+      <c r="L228" t="s">
+        <v>413</v>
+      </c>
+      <c r="M228" t="s">
+        <v>414</v>
+      </c>
+      <c r="N228" t="s">
+        <v>457</v>
+      </c>
+      <c r="O228" t="s">
+        <v>458</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>405</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>20</v>
+      </c>
+      <c r="E229" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F229" t="s">
+        <v>20</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1853</v>
+      </c>
+      <c r="I229" t="s">
+        <v>1854</v>
+      </c>
+      <c r="J229" t="s">
+        <v>20</v>
+      </c>
+      <c r="K229" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L229" t="s">
+        <v>413</v>
+      </c>
+      <c r="M229" t="s">
+        <v>466</v>
+      </c>
+      <c r="N229" t="s">
+        <v>457</v>
+      </c>
+      <c r="O229" t="s">
+        <v>458</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>405</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" t="s">
+        <v>20</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F230" t="s">
+        <v>20</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1860</v>
+      </c>
+      <c r="I230" t="s">
+        <v>1789</v>
+      </c>
+      <c r="J230" t="s">
+        <v>20</v>
+      </c>
+      <c r="K230" t="s">
+        <v>1790</v>
+      </c>
+      <c r="L230" t="s">
+        <v>413</v>
+      </c>
+      <c r="M230" t="s">
+        <v>414</v>
+      </c>
+      <c r="N230" t="s">
+        <v>707</v>
+      </c>
+      <c r="O230" t="s">
+        <v>708</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>405</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C231" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" t="s">
+        <v>20</v>
+      </c>
+      <c r="E231" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F231" t="s">
+        <v>20</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I231" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J231" t="s">
+        <v>411</v>
+      </c>
+      <c r="K231" t="s">
+        <v>412</v>
+      </c>
+      <c r="L231" t="s">
+        <v>413</v>
+      </c>
+      <c r="M231" t="s">
+        <v>414</v>
+      </c>
+      <c r="N231" t="s">
+        <v>457</v>
+      </c>
+      <c r="O231" t="s">
+        <v>458</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>405</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C232" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" t="s">
+        <v>20</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F232" t="s">
+        <v>20</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I232" t="s">
+        <v>1871</v>
+      </c>
+      <c r="J232" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K232" t="s">
+        <v>1873</v>
+      </c>
+      <c r="L232" t="s">
+        <v>413</v>
+      </c>
+      <c r="M232" t="s">
+        <v>414</v>
+      </c>
+      <c r="N232" t="s">
+        <v>457</v>
+      </c>
+      <c r="O232" t="s">
+        <v>458</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>405</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C233" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" t="s">
+        <v>20</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F233" t="s">
+        <v>20</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I233" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K233" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L233" t="s">
+        <v>413</v>
+      </c>
+      <c r="M233" t="s">
+        <v>414</v>
+      </c>
+      <c r="N233" t="s">
+        <v>457</v>
+      </c>
+      <c r="O233" t="s">
+        <v>458</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>405</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C234" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F234" t="s">
+        <v>20</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I234" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J234" t="s">
+        <v>20</v>
+      </c>
+      <c r="K234" t="s">
+        <v>1884</v>
+      </c>
+      <c r="L234" t="s">
+        <v>413</v>
+      </c>
+      <c r="M234" t="s">
+        <v>414</v>
+      </c>
+      <c r="N234" t="s">
+        <v>457</v>
+      </c>
+      <c r="O234" t="s">
+        <v>458</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>405</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C235" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F235" t="s">
+        <v>20</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1887</v>
+      </c>
+      <c r="I235" t="s">
+        <v>1888</v>
+      </c>
+      <c r="J235" t="s">
+        <v>950</v>
+      </c>
+      <c r="K235" t="s">
+        <v>951</v>
+      </c>
+      <c r="L235" t="s">
+        <v>413</v>
+      </c>
+      <c r="M235" t="s">
+        <v>414</v>
+      </c>
+      <c r="N235" t="s">
+        <v>457</v>
+      </c>
+      <c r="O235" t="s">
+        <v>458</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>405</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C236" t="s">
+        <v>20</v>
+      </c>
+      <c r="D236" t="s">
+        <v>20</v>
+      </c>
+      <c r="E236" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F236" t="s">
+        <v>20</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I236" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J236" t="s">
+        <v>799</v>
+      </c>
+      <c r="K236" t="s">
+        <v>412</v>
+      </c>
+      <c r="L236" t="s">
+        <v>413</v>
+      </c>
+      <c r="M236" t="s">
+        <v>414</v>
+      </c>
+      <c r="N236" t="s">
+        <v>457</v>
+      </c>
+      <c r="O236" t="s">
+        <v>458</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>405</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C237" t="s">
+        <v>20</v>
+      </c>
+      <c r="D237" t="s">
+        <v>20</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F237" t="s">
+        <v>20</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I237" t="s">
+        <v>1899</v>
+      </c>
+      <c r="J237" t="s">
+        <v>504</v>
+      </c>
+      <c r="K237" t="s">
+        <v>505</v>
+      </c>
+      <c r="L237" t="s">
+        <v>413</v>
+      </c>
+      <c r="M237" t="s">
+        <v>414</v>
+      </c>
+      <c r="N237" t="s">
+        <v>457</v>
+      </c>
+      <c r="O237" t="s">
+        <v>458</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>405</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C238" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" t="s">
+        <v>20</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F238" t="s">
+        <v>20</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1903</v>
+      </c>
+      <c r="I238" t="s">
+        <v>1904</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1905</v>
+      </c>
+      <c r="K238" t="s">
+        <v>1906</v>
+      </c>
+      <c r="L238" t="s">
+        <v>413</v>
+      </c>
+      <c r="M238" t="s">
+        <v>414</v>
+      </c>
+      <c r="N238" t="s">
+        <v>457</v>
+      </c>
+      <c r="O238" t="s">
+        <v>458</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>405</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C239" t="s">
+        <v>20</v>
+      </c>
+      <c r="D239" t="s">
+        <v>20</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F239" t="s">
+        <v>20</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1911</v>
+      </c>
+      <c r="I239" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1913</v>
+      </c>
+      <c r="K239" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L239" t="s">
+        <v>413</v>
+      </c>
+      <c r="M239" t="s">
+        <v>414</v>
+      </c>
+      <c r="N239" t="s">
+        <v>415</v>
+      </c>
+      <c r="O239" t="s">
+        <v>693</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>405</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C240" t="s">
+        <v>20</v>
+      </c>
+      <c r="D240" t="s">
+        <v>20</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F240" t="s">
+        <v>20</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1919</v>
+      </c>
+      <c r="I240" t="s">
+        <v>1920</v>
+      </c>
+      <c r="J240" t="s">
+        <v>555</v>
+      </c>
+      <c r="K240" t="s">
+        <v>556</v>
+      </c>
+      <c r="L240" t="s">
+        <v>413</v>
+      </c>
+      <c r="M240" t="s">
+        <v>414</v>
+      </c>
+      <c r="N240" t="s">
+        <v>457</v>
+      </c>
+      <c r="O240" t="s">
+        <v>458</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>405</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C241" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" t="s">
+        <v>20</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1923</v>
+      </c>
+      <c r="F241" t="s">
+        <v>20</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1924</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1925</v>
+      </c>
+      <c r="I241" t="s">
+        <v>1926</v>
+      </c>
+      <c r="J241" t="s">
+        <v>1927</v>
+      </c>
+      <c r="K241" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L241" t="s">
+        <v>413</v>
+      </c>
+      <c r="M241" t="s">
+        <v>414</v>
+      </c>
+      <c r="N241" t="s">
+        <v>457</v>
+      </c>
+      <c r="O241" t="s">
+        <v>458</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>405</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C242" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" t="s">
+        <v>20</v>
+      </c>
+      <c r="E242" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F242" t="s">
+        <v>20</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I242" t="s">
+        <v>887</v>
+      </c>
+      <c r="J242" t="s">
+        <v>20</v>
+      </c>
+      <c r="K242" t="s">
+        <v>888</v>
+      </c>
+      <c r="L242" t="s">
+        <v>413</v>
+      </c>
+      <c r="M242" t="s">
+        <v>414</v>
+      </c>
+      <c r="N242" t="s">
+        <v>613</v>
+      </c>
+      <c r="O242" t="s">
+        <v>657</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>405</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C243" t="s">
+        <v>20</v>
+      </c>
+      <c r="D243" t="s">
+        <v>20</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F243" t="s">
+        <v>20</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I243" t="s">
+        <v>1939</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1940</v>
+      </c>
+      <c r="K243" t="s">
+        <v>1941</v>
+      </c>
+      <c r="L243" t="s">
+        <v>413</v>
+      </c>
+      <c r="M243" t="s">
+        <v>414</v>
+      </c>
+      <c r="N243" t="s">
+        <v>457</v>
+      </c>
+      <c r="O243" t="s">
+        <v>458</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>405</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C244" t="s">
+        <v>20</v>
+      </c>
+      <c r="D244" t="s">
+        <v>20</v>
+      </c>
+      <c r="E244" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F244" t="s">
+        <v>20</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1945</v>
+      </c>
+      <c r="I244" t="s">
+        <v>1946</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1947</v>
+      </c>
+      <c r="K244" t="s">
+        <v>52</v>
+      </c>
+      <c r="L244" t="s">
+        <v>413</v>
+      </c>
+      <c r="M244" t="s">
+        <v>414</v>
+      </c>
+      <c r="N244" t="s">
+        <v>457</v>
+      </c>
+      <c r="O244" t="s">
+        <v>458</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>386</v>
+        <v>1949</v>
       </c>
       <c r="L1" t="s">
-        <v>387</v>
+        <v>1950</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>388</v>
+        <v>1951</v>
       </c>
       <c r="B2" t="s">
-        <v>389</v>
+        <v>1952</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>390</v>
+        <v>1953</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>391</v>
+        <v>1954</v>
       </c>
       <c r="H2" t="s">
-        <v>392</v>
+        <v>1955</v>
       </c>
       <c r="I2" t="s">
-        <v>393</v>
+        <v>1956</v>
       </c>
       <c r="J2" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
       <c r="L2" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>395</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>388</v>
+        <v>1951</v>
       </c>
       <c r="B3" t="s">
-        <v>396</v>
+        <v>1958</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>397</v>
+        <v>1959</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>398</v>
+        <v>1960</v>
       </c>
       <c r="H3" t="s">
-        <v>399</v>
+        <v>1961</v>
       </c>
       <c r="I3" t="s">
-        <v>400</v>
+        <v>1962</v>
       </c>
       <c r="J3" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="K3" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
       <c r="L3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="M3" t="s">
-        <v>401</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>388</v>
+        <v>1951</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>1964</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>403</v>
+        <v>1965</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>404</v>
+        <v>1966</v>
       </c>
       <c r="H4" t="s">
-        <v>405</v>
+        <v>1967</v>
       </c>
       <c r="I4" t="s">
-        <v>406</v>
+        <v>1968</v>
       </c>
       <c r="J4" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="K4" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
       <c r="L4" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="M4" t="s">
-        <v>407</v>
+        <v>1969</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T68"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J1" t="s">
+        <v>397</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L1" t="s">
+        <v>399</v>
+      </c>
+      <c r="M1" t="s">
+        <v>400</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="R1" t="s">
+        <v>401</v>
+      </c>
+      <c r="S1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="T1" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1982</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1984</v>
+      </c>
+      <c r="K2" t="s">
+        <v>465</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>413</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1985</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1986</v>
+      </c>
+      <c r="R2" t="s">
+        <v>466</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1987</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1992</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1993</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1841</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M3" t="s">
+        <v>413</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1994</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1986</v>
+      </c>
+      <c r="R3" t="s">
+        <v>466</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1995</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J4" t="s">
+        <v>562</v>
+      </c>
+      <c r="K4" t="s">
+        <v>563</v>
+      </c>
+      <c r="L4" t="s">
+        <v>564</v>
+      </c>
+      <c r="M4" t="s">
+        <v>413</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R4" t="s">
+        <v>466</v>
+      </c>
+      <c r="S4" t="s">
+        <v>2003</v>
+      </c>
+      <c r="T4" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J5" t="s">
+        <v>562</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R5" t="s">
+        <v>466</v>
+      </c>
+      <c r="S5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="T5" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2017</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2018</v>
+      </c>
+      <c r="K6" t="s">
+        <v>555</v>
+      </c>
+      <c r="L6" t="s">
+        <v>556</v>
+      </c>
+      <c r="M6" t="s">
+        <v>413</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2019</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R6" t="s">
+        <v>414</v>
+      </c>
+      <c r="S6" t="s">
+        <v>2021</v>
+      </c>
+      <c r="T6" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2025</v>
+      </c>
+      <c r="K7" t="s">
+        <v>579</v>
+      </c>
+      <c r="L7" t="s">
+        <v>93</v>
+      </c>
+      <c r="M7" t="s">
+        <v>413</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2026</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R7" t="s">
+        <v>414</v>
+      </c>
+      <c r="S7" t="s">
+        <v>2027</v>
+      </c>
+      <c r="T7" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2031</v>
+      </c>
+      <c r="K8" t="s">
+        <v>482</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>413</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2032</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R8" t="s">
+        <v>414</v>
+      </c>
+      <c r="S8" t="s">
+        <v>2033</v>
+      </c>
+      <c r="T8" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2036</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2038</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2039</v>
+      </c>
+      <c r="M9" t="s">
+        <v>413</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2040</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R9" t="s">
+        <v>414</v>
+      </c>
+      <c r="S9" t="s">
+        <v>2041</v>
+      </c>
+      <c r="T9" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2045</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1452</v>
+      </c>
+      <c r="K10" t="s">
+        <v>482</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>413</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2046</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R10" t="s">
+        <v>414</v>
+      </c>
+      <c r="S10" t="s">
+        <v>2048</v>
+      </c>
+      <c r="T10" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2051</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1452</v>
+      </c>
+      <c r="K11" t="s">
+        <v>482</v>
+      </c>
+      <c r="L11" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" t="s">
+        <v>413</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2053</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R11" t="s">
+        <v>414</v>
+      </c>
+      <c r="S11" t="s">
+        <v>2054</v>
+      </c>
+      <c r="T11" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B12" t="s">
+        <v>329</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2058</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2059</v>
+      </c>
+      <c r="L12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" t="s">
+        <v>413</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2060</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2061</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2062</v>
+      </c>
+      <c r="R12" t="s">
+        <v>2061</v>
+      </c>
+      <c r="S12" t="s">
+        <v>331</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2067</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1123</v>
+      </c>
+      <c r="L13" t="s">
+        <v>221</v>
+      </c>
+      <c r="M13" t="s">
+        <v>413</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2068</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2069</v>
+      </c>
+      <c r="R13" t="s">
+        <v>466</v>
+      </c>
+      <c r="S13" t="s">
+        <v>222</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2072</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1984</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2073</v>
+      </c>
+      <c r="L14" t="s">
+        <v>41</v>
+      </c>
+      <c r="M14" t="s">
+        <v>413</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2074</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R14" t="s">
+        <v>466</v>
+      </c>
+      <c r="S14" t="s">
+        <v>2075</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2077</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2078</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2079</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2080</v>
+      </c>
+      <c r="K15" t="s">
+        <v>814</v>
+      </c>
+      <c r="L15" t="s">
+        <v>808</v>
+      </c>
+      <c r="M15" t="s">
+        <v>413</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2081</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R15" t="s">
+        <v>414</v>
+      </c>
+      <c r="S15" t="s">
+        <v>2082</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2077</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2087</v>
+      </c>
+      <c r="M16" t="s">
+        <v>413</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R16" t="s">
+        <v>414</v>
+      </c>
+      <c r="S16" t="s">
+        <v>2089</v>
+      </c>
+      <c r="T16" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2077</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2092</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1438</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1007</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M17" t="s">
+        <v>413</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2093</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R17" t="s">
+        <v>414</v>
+      </c>
+      <c r="S17" t="s">
+        <v>2094</v>
+      </c>
+      <c r="T17" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2077</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2097</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2087</v>
+      </c>
+      <c r="M18" t="s">
+        <v>413</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R18" t="s">
+        <v>414</v>
+      </c>
+      <c r="S18" t="s">
+        <v>2098</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>972</v>
+      </c>
+      <c r="L19" t="s">
+        <v>973</v>
+      </c>
+      <c r="M19" t="s">
+        <v>413</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2104</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1986</v>
+      </c>
+      <c r="R19" t="s">
+        <v>466</v>
+      </c>
+      <c r="S19" t="s">
+        <v>2105</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2107</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2110</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M20" t="s">
+        <v>413</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2111</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R20" t="s">
+        <v>414</v>
+      </c>
+      <c r="S20" t="s">
+        <v>2112</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2117</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1726</v>
+      </c>
+      <c r="M21" t="s">
+        <v>413</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2118</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1986</v>
+      </c>
+      <c r="R21" t="s">
+        <v>414</v>
+      </c>
+      <c r="S21" t="s">
+        <v>2119</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J22" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2124</v>
+      </c>
+      <c r="L22" t="s">
+        <v>41</v>
+      </c>
+      <c r="M22" t="s">
+        <v>413</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2125</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2126</v>
+      </c>
+      <c r="R22" t="s">
+        <v>414</v>
+      </c>
+      <c r="S22" t="s">
+        <v>42</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2130</v>
+      </c>
+      <c r="K23" t="s">
+        <v>541</v>
+      </c>
+      <c r="L23" t="s">
+        <v>221</v>
+      </c>
+      <c r="M23" t="s">
+        <v>413</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2131</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R23" t="s">
+        <v>414</v>
+      </c>
+      <c r="S23" t="s">
+        <v>2132</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2136</v>
+      </c>
+      <c r="K24" t="s">
+        <v>541</v>
+      </c>
+      <c r="L24" t="s">
+        <v>221</v>
+      </c>
+      <c r="M24" t="s">
+        <v>413</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2131</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R24" t="s">
+        <v>414</v>
+      </c>
+      <c r="S24" t="s">
+        <v>2137</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>900</v>
+      </c>
+      <c r="L25" t="s">
+        <v>62</v>
+      </c>
+      <c r="M25" t="s">
+        <v>413</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2142</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2143</v>
+      </c>
+      <c r="R25" t="s">
+        <v>466</v>
+      </c>
+      <c r="S25" t="s">
+        <v>2144</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2147</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2148</v>
+      </c>
+      <c r="K26" t="s">
+        <v>799</v>
+      </c>
+      <c r="L26" t="s">
+        <v>412</v>
+      </c>
+      <c r="M26" t="s">
+        <v>413</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2149</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>2143</v>
+      </c>
+      <c r="R26" t="s">
+        <v>466</v>
+      </c>
+      <c r="S26" t="s">
+        <v>2150</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2155</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2156</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2157</v>
+      </c>
+      <c r="M27" t="s">
+        <v>413</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2158</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R27" t="s">
+        <v>414</v>
+      </c>
+      <c r="S27" t="s">
+        <v>2159</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B28" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2164</v>
+      </c>
+      <c r="L28" t="s">
+        <v>62</v>
+      </c>
+      <c r="M28" t="s">
+        <v>413</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2165</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2061</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>2166</v>
+      </c>
+      <c r="R28" t="s">
+        <v>2061</v>
+      </c>
+      <c r="S28" t="s">
+        <v>63</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B29" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2170</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2171</v>
+      </c>
+      <c r="L29" t="s">
+        <v>41</v>
+      </c>
+      <c r="M29" t="s">
+        <v>413</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2172</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2061</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2173</v>
+      </c>
+      <c r="R29" t="s">
+        <v>2061</v>
+      </c>
+      <c r="S29" t="s">
+        <v>121</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2179</v>
+      </c>
+      <c r="L30" t="s">
+        <v>93</v>
+      </c>
+      <c r="M30" t="s">
+        <v>413</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2180</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2181</v>
+      </c>
+      <c r="R30" t="s">
+        <v>466</v>
+      </c>
+      <c r="S30" t="s">
+        <v>94</v>
+      </c>
+      <c r="T30" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2186</v>
+      </c>
+      <c r="M31" t="s">
+        <v>413</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2187</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R31" t="s">
+        <v>466</v>
+      </c>
+      <c r="S31" t="s">
+        <v>2188</v>
+      </c>
+      <c r="T31" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2191</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2192</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2193</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2031</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2194</v>
+      </c>
+      <c r="L32" t="s">
+        <v>30</v>
+      </c>
+      <c r="M32" t="s">
+        <v>413</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2195</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2196</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>2197</v>
+      </c>
+      <c r="R32" t="s">
+        <v>466</v>
+      </c>
+      <c r="S32" t="s">
+        <v>211</v>
+      </c>
+      <c r="T32" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2200</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J33" t="s">
+        <v>919</v>
+      </c>
+      <c r="K33" t="s">
+        <v>920</v>
+      </c>
+      <c r="L33" t="s">
+        <v>448</v>
+      </c>
+      <c r="M33" t="s">
+        <v>413</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2201</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2196</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2202</v>
+      </c>
+      <c r="R33" t="s">
+        <v>466</v>
+      </c>
+      <c r="S33" t="s">
+        <v>2203</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2208</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L34" t="s">
+        <v>30</v>
+      </c>
+      <c r="M34" t="s">
+        <v>413</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2210</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2061</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>2211</v>
+      </c>
+      <c r="R34" t="s">
+        <v>2061</v>
+      </c>
+      <c r="S34" t="s">
+        <v>31</v>
+      </c>
+      <c r="T34" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2216</v>
+      </c>
+      <c r="K35" t="s">
+        <v>958</v>
+      </c>
+      <c r="L35" t="s">
+        <v>959</v>
+      </c>
+      <c r="M35" t="s">
+        <v>413</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2217</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R35" t="s">
+        <v>414</v>
+      </c>
+      <c r="S35" t="s">
+        <v>2218</v>
+      </c>
+      <c r="T35" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2221</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2222</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2223</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2224</v>
+      </c>
+      <c r="M36" t="s">
+        <v>413</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2225</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R36" t="s">
+        <v>466</v>
+      </c>
+      <c r="S36" t="s">
+        <v>2226</v>
+      </c>
+      <c r="T36" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2228</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2231</v>
+      </c>
+      <c r="K37" t="s">
+        <v>411</v>
+      </c>
+      <c r="L37" t="s">
+        <v>412</v>
+      </c>
+      <c r="M37" t="s">
+        <v>413</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2232</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>2233</v>
+      </c>
+      <c r="R37" t="s">
+        <v>466</v>
+      </c>
+      <c r="S37" t="s">
+        <v>2234</v>
+      </c>
+      <c r="T37" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2237</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2238</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2239</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2240</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M38" t="s">
+        <v>413</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2242</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R38" t="s">
+        <v>414</v>
+      </c>
+      <c r="S38" t="s">
+        <v>2243</v>
+      </c>
+      <c r="T38" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2248</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2249</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2250</v>
+      </c>
+      <c r="M39" t="s">
+        <v>413</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2251</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R39" t="s">
+        <v>466</v>
+      </c>
+      <c r="S39" t="s">
+        <v>2252</v>
+      </c>
+      <c r="T39" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2255</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2256</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2257</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2258</v>
+      </c>
+      <c r="M40" t="s">
+        <v>413</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2259</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R40" t="s">
+        <v>414</v>
+      </c>
+      <c r="S40" t="s">
+        <v>2260</v>
+      </c>
+      <c r="T40" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2265</v>
+      </c>
+      <c r="K41" t="s">
+        <v>482</v>
+      </c>
+      <c r="L41" t="s">
+        <v>30</v>
+      </c>
+      <c r="M41" t="s">
+        <v>413</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2266</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R41" t="s">
+        <v>414</v>
+      </c>
+      <c r="S41" t="s">
+        <v>2267</v>
+      </c>
+      <c r="T41" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2270</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2271</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2272</v>
+      </c>
+      <c r="L42" t="s">
+        <v>556</v>
+      </c>
+      <c r="M42" t="s">
+        <v>413</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2273</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2069</v>
+      </c>
+      <c r="R42" t="s">
+        <v>466</v>
+      </c>
+      <c r="S42" t="s">
+        <v>2274</v>
+      </c>
+      <c r="T42" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2193</v>
+      </c>
+      <c r="J43" t="s">
+        <v>684</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2279</v>
+      </c>
+      <c r="L43" t="s">
+        <v>556</v>
+      </c>
+      <c r="M43" t="s">
+        <v>413</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2280</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2143</v>
+      </c>
+      <c r="R43" t="s">
+        <v>466</v>
+      </c>
+      <c r="S43" t="s">
+        <v>2281</v>
+      </c>
+      <c r="T43" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1154</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M44" t="s">
+        <v>413</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2286</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R44" t="s">
+        <v>466</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2287</v>
+      </c>
+      <c r="T44" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2291</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J45" t="s">
+        <v>489</v>
+      </c>
+      <c r="K45" t="s">
+        <v>490</v>
+      </c>
+      <c r="L45" t="s">
+        <v>491</v>
+      </c>
+      <c r="M45" t="s">
+        <v>413</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2292</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R45" t="s">
+        <v>466</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2293</v>
+      </c>
+      <c r="T45" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2295</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2297</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1104</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1105</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M46" t="s">
+        <v>413</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2298</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R46" t="s">
+        <v>414</v>
+      </c>
+      <c r="S46" t="s">
+        <v>2299</v>
+      </c>
+      <c r="T46" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2304</v>
+      </c>
+      <c r="K47" t="s">
+        <v>411</v>
+      </c>
+      <c r="L47" t="s">
+        <v>412</v>
+      </c>
+      <c r="M47" t="s">
+        <v>413</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2305</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>2306</v>
+      </c>
+      <c r="R47" t="s">
+        <v>414</v>
+      </c>
+      <c r="S47" t="s">
+        <v>2307</v>
+      </c>
+      <c r="T47" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2312</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1603</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1604</v>
+      </c>
+      <c r="M48" t="s">
+        <v>413</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2313</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2061</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>1986</v>
+      </c>
+      <c r="R48" t="s">
+        <v>2061</v>
+      </c>
+      <c r="S48" t="s">
+        <v>2314</v>
+      </c>
+      <c r="T48" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2317</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2318</v>
+      </c>
+      <c r="K49" t="s">
+        <v>411</v>
+      </c>
+      <c r="L49" t="s">
+        <v>412</v>
+      </c>
+      <c r="M49" t="s">
+        <v>413</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2319</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R49" t="s">
+        <v>414</v>
+      </c>
+      <c r="S49" t="s">
+        <v>2320</v>
+      </c>
+      <c r="T49" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2325</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2326</v>
+      </c>
+      <c r="L50" t="s">
+        <v>556</v>
+      </c>
+      <c r="M50" t="s">
+        <v>413</v>
+      </c>
+      <c r="N50" t="s">
+        <v>2327</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R50" t="s">
+        <v>414</v>
+      </c>
+      <c r="S50" t="s">
+        <v>2328</v>
+      </c>
+      <c r="T50" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2031</v>
+      </c>
+      <c r="K51" t="s">
+        <v>482</v>
+      </c>
+      <c r="L51" t="s">
+        <v>30</v>
+      </c>
+      <c r="M51" t="s">
+        <v>413</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2195</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R51" t="s">
+        <v>466</v>
+      </c>
+      <c r="S51" t="s">
+        <v>2332</v>
+      </c>
+      <c r="T51" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2335</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J52" t="s">
+        <v>489</v>
+      </c>
+      <c r="K52" t="s">
+        <v>490</v>
+      </c>
+      <c r="L52" t="s">
+        <v>491</v>
+      </c>
+      <c r="M52" t="s">
+        <v>413</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2292</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R52" t="s">
+        <v>466</v>
+      </c>
+      <c r="S52" t="s">
+        <v>2336</v>
+      </c>
+      <c r="T52" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2340</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J53" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2341</v>
+      </c>
+      <c r="L53" t="s">
+        <v>2342</v>
+      </c>
+      <c r="M53" t="s">
+        <v>413</v>
+      </c>
+      <c r="N53" t="s">
+        <v>2343</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R53" t="s">
+        <v>414</v>
+      </c>
+      <c r="S53" t="s">
+        <v>2344</v>
+      </c>
+      <c r="T53" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2345</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2347</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J54" t="s">
+        <v>860</v>
+      </c>
+      <c r="K54" t="s">
+        <v>411</v>
+      </c>
+      <c r="L54" t="s">
+        <v>412</v>
+      </c>
+      <c r="M54" t="s">
+        <v>413</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2348</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2196</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R54" t="s">
+        <v>466</v>
+      </c>
+      <c r="S54" t="s">
+        <v>2349</v>
+      </c>
+      <c r="T54" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2350</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2352</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2216</v>
+      </c>
+      <c r="K55" t="s">
+        <v>958</v>
+      </c>
+      <c r="L55" t="s">
+        <v>959</v>
+      </c>
+      <c r="M55" t="s">
+        <v>413</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2217</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R55" t="s">
+        <v>414</v>
+      </c>
+      <c r="S55" t="s">
+        <v>2353</v>
+      </c>
+      <c r="T55" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2356</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J56" t="s">
+        <v>684</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2357</v>
+      </c>
+      <c r="L56" t="s">
+        <v>556</v>
+      </c>
+      <c r="M56" t="s">
+        <v>413</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2358</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R56" t="s">
+        <v>466</v>
+      </c>
+      <c r="S56" t="s">
+        <v>2359</v>
+      </c>
+      <c r="T56" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J57" t="s">
+        <v>860</v>
+      </c>
+      <c r="K57" t="s">
+        <v>411</v>
+      </c>
+      <c r="L57" t="s">
+        <v>412</v>
+      </c>
+      <c r="M57" t="s">
+        <v>413</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2348</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R57" t="s">
+        <v>466</v>
+      </c>
+      <c r="S57" t="s">
+        <v>2363</v>
+      </c>
+      <c r="T57" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B58" t="s">
+        <v>50</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2193</v>
+      </c>
+      <c r="J58" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L58" t="s">
+        <v>52</v>
+      </c>
+      <c r="M58" t="s">
+        <v>413</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2366</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>2126</v>
+      </c>
+      <c r="R58" t="s">
+        <v>414</v>
+      </c>
+      <c r="S58" t="s">
+        <v>53</v>
+      </c>
+      <c r="T58" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2369</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2370</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2240</v>
+      </c>
+      <c r="L59" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M59" t="s">
+        <v>413</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2242</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R59" t="s">
+        <v>414</v>
+      </c>
+      <c r="S59" t="s">
+        <v>2371</v>
+      </c>
+      <c r="T59" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2374</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J60" t="s">
+        <v>20</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L60" t="s">
+        <v>2186</v>
+      </c>
+      <c r="M60" t="s">
+        <v>413</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2375</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R60" t="s">
+        <v>466</v>
+      </c>
+      <c r="S60" t="s">
+        <v>2376</v>
+      </c>
+      <c r="T60" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2248</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2249</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2250</v>
+      </c>
+      <c r="M61" t="s">
+        <v>413</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2380</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>2002</v>
+      </c>
+      <c r="R61" t="s">
+        <v>466</v>
+      </c>
+      <c r="S61" t="s">
+        <v>2381</v>
+      </c>
+      <c r="T61" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K62" t="s">
+        <v>411</v>
+      </c>
+      <c r="L62" t="s">
+        <v>412</v>
+      </c>
+      <c r="M62" t="s">
+        <v>413</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2386</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>2012</v>
+      </c>
+      <c r="R62" t="s">
+        <v>466</v>
+      </c>
+      <c r="S62" t="s">
+        <v>2387</v>
+      </c>
+      <c r="T62" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2391</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2124</v>
+      </c>
+      <c r="L63" t="s">
+        <v>41</v>
+      </c>
+      <c r="M63" t="s">
+        <v>413</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2392</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R63" t="s">
+        <v>414</v>
+      </c>
+      <c r="S63" t="s">
+        <v>2393</v>
+      </c>
+      <c r="T63" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J64" t="s">
+        <v>20</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2397</v>
+      </c>
+      <c r="L64" t="s">
+        <v>2398</v>
+      </c>
+      <c r="M64" t="s">
+        <v>413</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2399</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R64" t="s">
+        <v>414</v>
+      </c>
+      <c r="S64" t="s">
+        <v>2400</v>
+      </c>
+      <c r="T64" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2403</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2080</v>
+      </c>
+      <c r="K65" t="s">
+        <v>807</v>
+      </c>
+      <c r="L65" t="s">
+        <v>808</v>
+      </c>
+      <c r="M65" t="s">
+        <v>413</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2404</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R65" t="s">
+        <v>414</v>
+      </c>
+      <c r="S65" t="s">
+        <v>2405</v>
+      </c>
+      <c r="T65" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2408</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2231</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2409</v>
+      </c>
+      <c r="L66" t="s">
+        <v>62</v>
+      </c>
+      <c r="M66" t="s">
+        <v>413</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2410</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>2196</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>2047</v>
+      </c>
+      <c r="R66" t="s">
+        <v>466</v>
+      </c>
+      <c r="S66" t="s">
+        <v>2411</v>
+      </c>
+      <c r="T66" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2416</v>
+      </c>
+      <c r="K67" t="s">
+        <v>482</v>
+      </c>
+      <c r="L67" t="s">
+        <v>30</v>
+      </c>
+      <c r="M67" t="s">
+        <v>413</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2417</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2061</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1986</v>
+      </c>
+      <c r="R67" t="s">
+        <v>2061</v>
+      </c>
+      <c r="S67" t="s">
+        <v>2418</v>
+      </c>
+      <c r="T67" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2421</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2422</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2423</v>
+      </c>
+      <c r="K68" t="s">
+        <v>773</v>
+      </c>
+      <c r="L68" t="s">
+        <v>774</v>
+      </c>
+      <c r="M68" t="s">
+        <v>413</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2424</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>2020</v>
+      </c>
+      <c r="R68" t="s">
+        <v>414</v>
+      </c>
+      <c r="S68" t="s">
+        <v>2425</v>
+      </c>
+      <c r="T68" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>