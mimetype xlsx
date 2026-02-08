--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6235" uniqueCount="2426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6675" uniqueCount="2582">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,68 +77,254 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Anne-Charlotte SEAOURT</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843067/fr/docteur-anne-charlotte-seaourt</t>
+  </si>
+  <si>
+    <t>p_3843067</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>SEAOURT</t>
+  </si>
+  <si>
+    <t>Anne-Charlotte</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>HOPITAL BELLE-ISLE DE METZ - HPM</t>
+  </si>
+  <si>
+    <t>57000</t>
+  </si>
+  <si>
+    <t>METZ</t>
+  </si>
+  <si>
+    <t>570001057</t>
+  </si>
+  <si>
+    <t>Docteur SANDRINE AZIZ</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808369/fr/docteur-sandrine-aziz</t>
+  </si>
+  <si>
+    <t>p_3808369</t>
+  </si>
+  <si>
+    <t>AZIZ</t>
+  </si>
+  <si>
+    <t>SANDRINE</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL ROBERT SCHUMAN DE VANTOUX -HPM</t>
+  </si>
+  <si>
+    <t>57070</t>
+  </si>
+  <si>
+    <t>VANTOUX</t>
+  </si>
+  <si>
+    <t>570026252</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME ANDRE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808449/fr/docteur-guillaume-andre</t>
+  </si>
+  <si>
+    <t>p_3808449</t>
+  </si>
+  <si>
+    <t>ANDRE</t>
+  </si>
+  <si>
+    <t>GUILLAUME</t>
+  </si>
+  <si>
+    <t>HOPITAL-CLINIQUE CLAUDE BERNARD</t>
+  </si>
+  <si>
+    <t>57072</t>
+  </si>
+  <si>
+    <t>METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>570000646</t>
+  </si>
+  <si>
+    <t>Docteur Jérémie RIVIERE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808614/fr/docteur-jeremie-riviere</t>
+  </si>
+  <si>
+    <t>p_3808614</t>
+  </si>
+  <si>
+    <t>RIVIERE</t>
+  </si>
+  <si>
+    <t>Jérémie</t>
+  </si>
+  <si>
+    <t>CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>57085</t>
+  </si>
+  <si>
+    <t>570026682</t>
+  </si>
+  <si>
+    <t>Docteur Mégane MERTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808616/fr/docteur-megane-mertes</t>
+  </si>
+  <si>
+    <t>p_3808616</t>
+  </si>
+  <si>
+    <t>MERTES</t>
+  </si>
+  <si>
+    <t>Mégane</t>
+  </si>
+  <si>
+    <t>Docteur Camille BIENTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808618/fr/docteur-camille-bientz</t>
+  </si>
+  <si>
+    <t>p_3808618</t>
+  </si>
+  <si>
+    <t>BIENTZ</t>
+  </si>
+  <si>
+    <t>Camille</t>
+  </si>
+  <si>
+    <t>Docteur Jean-Baptiste FRANCOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808620/fr/docteur-jean-baptiste-francois</t>
+  </si>
+  <si>
+    <t>p_3808620</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>Jean-Baptiste</t>
+  </si>
+  <si>
+    <t>Docteur Julien SKUTECKI</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808632/fr/docteur-julien-skutecki</t>
+  </si>
+  <si>
+    <t>p_3808632</t>
+  </si>
+  <si>
+    <t>SKUTECKI</t>
+  </si>
+  <si>
+    <t>Julien</t>
+  </si>
+  <si>
     <t>Docteur ARMELLE BRETON-BOURGEOIS</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/12/2025 19:16:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794689/fr/docteur-armelle-breton-bourgeois</t>
   </si>
   <si>
     <t>p_3794689</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BRETON-BOURGEOIS</t>
   </si>
   <si>
     <t>ARMELLE</t>
   </si>
   <si>
     <t>20 November 2025</t>
   </si>
   <si>
     <t>CLINIQUE AMBROISE PARE DE THIONVILLE</t>
   </si>
   <si>
     <t>57106</t>
   </si>
   <si>
     <t>THIONVILLE</t>
   </si>
   <si>
     <t>570000356</t>
   </si>
   <si>
     <t>Docteur DAMIEN GIRARD</t>
   </si>
   <si>
     <t>28/07/2025 12:17:18</t>
@@ -170,92 +356,68 @@
   <si>
     <t>570000216</t>
   </si>
   <si>
     <t>Docteur CHRISTOPHE MINETTI</t>
   </si>
   <si>
     <t>30/06/2025 14:17:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633947/fr/docteur-christophe-minetti</t>
   </si>
   <si>
     <t>p_3633947</t>
   </si>
   <si>
     <t>MINETTI</t>
   </si>
   <si>
     <t>CHRISTOPHE</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
-    <t>HOPITAL ROBERT SCHUMAN DE VANTOUX -HPM</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur DAMIEN BLOCK</t>
   </si>
   <si>
     <t>07/04/2025 11:31:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600605/fr/docteur-damien-block</t>
   </si>
   <si>
     <t>p_3600605</t>
   </si>
   <si>
     <t>BLOCK</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>HOPITAL-CLINIQUE CLAUDE BERNARD</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Aurélien BEAUBERT</t>
   </si>
   <si>
     <t>17/01/2025 13:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578794/fr/docteur-aurelien-beaubert</t>
   </si>
   <si>
     <t>p_3578794</t>
   </si>
   <si>
     <t>BEAUBERT</t>
   </si>
   <si>
     <t>Aurélien</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>Docteur Claudia CIUREL</t>
   </si>
   <si>
     <t>17/01/2025 13:32:02</t>
@@ -425,59 +587,50 @@
   <si>
     <t>CARL</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur Sviatlana CASTANIER</t>
   </si>
   <si>
     <t>26/12/2023 15:33:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485605/fr/docteur-sviatlana-castanier</t>
   </si>
   <si>
     <t>p_3485605</t>
   </si>
   <si>
     <t>CASTANIER</t>
   </si>
   <si>
     <t>Sviatlana</t>
   </si>
   <si>
-    <t>CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur NELLY GIRAUD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485607/fr/docteur-nelly-giraud</t>
   </si>
   <si>
     <t>p_3485607</t>
   </si>
   <si>
     <t>GIRAUD</t>
   </si>
   <si>
     <t>NELLY</t>
   </si>
   <si>
     <t>Docteur KEVIN FIXOT</t>
   </si>
   <si>
     <t>15/06/2023 11:34:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447324/fr/docteur-kevin-fixot</t>
   </si>
   <si>
     <t>p_3447324</t>
@@ -521,98 +674,98 @@
   <si>
     <t>TIENTCHEU</t>
   </si>
   <si>
     <t>SERGE</t>
   </si>
   <si>
     <t>Docteur LEO COINUS</t>
   </si>
   <si>
     <t>17/11/2022 14:34:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387021/fr/docteur-leo-coinus</t>
   </si>
   <si>
     <t>p_3387021</t>
   </si>
   <si>
     <t>COINUS</t>
   </si>
   <si>
     <t>LEO</t>
   </si>
   <si>
+    <t>Docteur LISA LEON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387023/fr/docteur-lisa-leon</t>
+  </si>
+  <si>
+    <t>p_3387023</t>
+  </si>
+  <si>
+    <t>LEON</t>
+  </si>
+  <si>
+    <t>LISA</t>
+  </si>
+  <si>
+    <t>Docteur CAROLINE LEFEVRE-ZAHM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387025/fr/docteur-caroline-lefevre-zahm</t>
+  </si>
+  <si>
+    <t>p_3387025</t>
+  </si>
+  <si>
+    <t>LEFEVRE-ZAHM</t>
+  </si>
+  <si>
+    <t>CAROLINE</t>
+  </si>
+  <si>
+    <t>Docteur NATHANAEL HIME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3387027/fr/docteur-nathanael-hime</t>
+  </si>
+  <si>
+    <t>p_3387027</t>
+  </si>
+  <si>
+    <t>HIME</t>
+  </si>
+  <si>
+    <t>NATHANAEL</t>
+  </si>
+  <si>
     <t>17 November 2022</t>
   </si>
   <si>
-    <t>Docteur LISA LEON</t>
-[...43 lines deleted...]
-  <si>
     <t>Docteur JULIEN MICHEL</t>
   </si>
   <si>
     <t>17/11/2022 14:34:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387028/fr/docteur-julien-michel</t>
   </si>
   <si>
     <t>p_3387028</t>
   </si>
   <si>
     <t>MICHEL</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>Docteur Francois KORSEC</t>
   </si>
   <si>
     <t>17/11/2022 14:34:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3387039/fr/docteur-francois-korsec</t>
@@ -644,83 +797,77 @@
   <si>
     <t>AURELIE</t>
   </si>
   <si>
     <t>03 February 2022</t>
   </si>
   <si>
     <t>Docteur SORIN-LEONARD MILITARU</t>
   </si>
   <si>
     <t>16/07/2021 09:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278083/fr/docteur-sorin-leonard-militaru</t>
   </si>
   <si>
     <t>p_3278083</t>
   </si>
   <si>
     <t>MILITARU</t>
   </si>
   <si>
     <t>SORIN-LEONARD</t>
   </si>
   <si>
-    <t>15 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CHU/HOPITAL BEL AIR DE THIONVILLE - CHR</t>
   </si>
   <si>
     <t>57126</t>
   </si>
   <si>
     <t>570000349</t>
   </si>
   <si>
     <t>Docteur AMER MOHIEDDINE</t>
   </si>
   <si>
     <t>07/05/2021 10:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3265240/fr/docteur-amer-mohieddine</t>
   </si>
   <si>
     <t>p_3265240</t>
   </si>
   <si>
     <t>MOHIEDDINE</t>
   </si>
   <si>
     <t>AMER</t>
   </si>
   <si>
-    <t>06 May 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CH MARIE-MADELEINE DE FORBACH</t>
   </si>
   <si>
     <t>57604</t>
   </si>
   <si>
     <t>FORBACH</t>
   </si>
   <si>
     <t>570000059</t>
   </si>
   <si>
     <t>Docteur Geoffrey JURKOLOW</t>
   </si>
   <si>
     <t>02/04/2021 09:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259392/fr/docteur-geoffrey-jurkolow</t>
   </si>
   <si>
     <t>p_3259392</t>
   </si>
   <si>
     <t>JURKOLOW</t>
@@ -743,53 +890,50 @@
   <si>
     <t>BECRET</t>
   </si>
   <si>
     <t>ANTOINE</t>
   </si>
   <si>
     <t>Docteur JULIE LARDE</t>
   </si>
   <si>
     <t>04/01/2021 10:32:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227907/fr/docteur-julie-larde</t>
   </si>
   <si>
     <t>p_3227907</t>
   </si>
   <si>
     <t>LARDE</t>
   </si>
   <si>
     <t>JULIE</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur AMELIE LEMOINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227908/fr/docteur-amelie-lemoine</t>
   </si>
   <si>
     <t>p_3227908</t>
   </si>
   <si>
     <t>LEMOINE</t>
   </si>
   <si>
     <t>AMELIE</t>
   </si>
   <si>
     <t>Docteur JEAN-LUC PETIT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227910/fr/docteur-jean-luc-petit</t>
   </si>
   <si>
     <t>p_3227910</t>
   </si>
   <si>
     <t>PETIT</t>
@@ -833,108 +977,108 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3227919/fr/docteur-julie-buzon</t>
   </si>
   <si>
     <t>p_3227919</t>
   </si>
   <si>
     <t>BUZON</t>
   </si>
   <si>
     <t>Docteur GUILLAUME HOCH</t>
   </si>
   <si>
     <t>22/10/2020 16:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214018/fr/docteur-guillaume-hoch</t>
   </si>
   <si>
     <t>p_3214018</t>
   </si>
   <si>
     <t>HOCH</t>
   </si>
   <si>
-    <t>GUILLAUME</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur PETRE ADRIAN TURCANU</t>
   </si>
   <si>
     <t>16/07/2020 11:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3194535/fr/docteur-petre-adrian-turcanu</t>
   </si>
   <si>
     <t>p_3194535</t>
   </si>
   <si>
     <t>TURCANU</t>
   </si>
   <si>
     <t>PETRE ADRIAN</t>
   </si>
   <si>
     <t>Docteur JONATHAN BUCHHEIT</t>
   </si>
   <si>
     <t>17/07/2017 14:35:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2785978/fr/docteur-jonathan-buchheit</t>
   </si>
   <si>
     <t>c_2785978</t>
   </si>
   <si>
     <t>BUCHHEIT</t>
   </si>
   <si>
     <t>JONATHAN</t>
   </si>
   <si>
+    <t>15 May 2025</t>
+  </si>
+  <si>
     <t>Docteur Arnaud NESPOLA</t>
   </si>
   <si>
     <t>17/01/2017 17:32:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740164/fr/docteur-arnaud-nespola</t>
   </si>
   <si>
     <t>c_2740164</t>
   </si>
   <si>
     <t>NESPOLA</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>20 February 2025</t>
   </si>
   <si>
     <t>Docteur Salim JABAHGI</t>
   </si>
   <si>
     <t>17/01/2017 17:32:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740281/fr/docteur-salim-jabahgi</t>
   </si>
   <si>
     <t>c_2740281</t>
   </si>
   <si>
     <t>JABAHGI</t>
   </si>
   <si>
     <t>Salim</t>
   </si>
   <si>
     <t>Docteur Christophe HAMPEL</t>
   </si>
   <si>
     <t>08/11/2016 11:31:21</t>
   </si>
@@ -947,92 +1091,83 @@
   <si>
     <t>HAMPEL</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>Docteur Christian MULLER</t>
   </si>
   <si>
     <t>08/11/2016 11:31:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709878/fr/docteur-christian-muller</t>
   </si>
   <si>
     <t>c_2709878</t>
   </si>
   <si>
     <t>MULLER</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
-    <t>29 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Christophe GRANDCLERE</t>
   </si>
   <si>
     <t>08/11/2016 11:31:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710071/fr/docteur-christophe-grandclere</t>
   </si>
   <si>
     <t>c_2710071</t>
   </si>
   <si>
     <t>GRANDCLERE</t>
   </si>
   <si>
-    <t>21 October 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Ségolene LARDENOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710082/fr/docteur-segolene-lardenois</t>
   </si>
   <si>
     <t>c_2710082</t>
   </si>
   <si>
     <t>LARDENOIS</t>
   </si>
   <si>
     <t>Ségolene</t>
   </si>
   <si>
-    <t>01 July 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Marc SCHROEDER</t>
   </si>
   <si>
     <t>08/11/2016 11:33:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711202/fr/docteur-marc-schroeder</t>
   </si>
   <si>
     <t>c_2711202</t>
   </si>
   <si>
     <t>SCHROEDER</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>CLINIQUE NOTRE DAME DE THIONVILLE</t>
   </si>
   <si>
     <t>57109</t>
   </si>
   <si>
     <t>570000364</t>
@@ -1073,53 +1208,50 @@
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Maria grazia COMANDELLA</t>
   </si>
   <si>
     <t>08/11/2016 11:33:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711529/fr/docteur-maria-grazia-comandella</t>
   </si>
   <si>
     <t>c_2711529</t>
   </si>
   <si>
     <t>COMANDELLA</t>
   </si>
   <si>
     <t>Maria grazia</t>
   </si>
   <si>
-    <t>16 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Claude ERB</t>
   </si>
   <si>
     <t>08/11/2016 11:33:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711597/fr/docteur-claude-erb</t>
   </si>
   <si>
     <t>c_2711597</t>
   </si>
   <si>
     <t>ERB</t>
   </si>
   <si>
     <t>Claude</t>
   </si>
   <si>
     <t>Docteur Attieh NABBOUT</t>
   </si>
   <si>
     <t>08/11/2016 11:34:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712014/fr/docteur-attieh-nabbout</t>
@@ -1238,284 +1370,701 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD "SAINT JOSEPH"</t>
+  </si>
+  <si>
+    <t>01/02/2026 05:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15797_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>15797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>57430 SARRALBE</t>
+  </si>
+  <si>
+    <t>SARRALBE</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>570004408</t>
+  </si>
+  <si>
+    <t>FOYER CDE DE FORBACH</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15691_FicheESSMS/fr/foyer-cde-de-forbach</t>
+  </si>
+  <si>
+    <t>15691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>57600 FORBACH</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Foyer de l'Enfance</t>
+  </si>
+  <si>
+    <t>570018549</t>
+  </si>
+  <si>
+    <t>CENTRE DEPARTEMENTAL DE L'ENFANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15690_FicheESSMS/fr/centre-departemental-de-l-enfance</t>
+  </si>
+  <si>
+    <t>15690_FicheESSMS</t>
+  </si>
+  <si>
+    <t>137 Route De Plappeville</t>
+  </si>
+  <si>
+    <t>57000 METZ</t>
+  </si>
+  <si>
+    <t>570000695</t>
+  </si>
+  <si>
+    <t>SAD COUP D'POUCE</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:06:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15707_FicheESSMS/fr/sad-coup-d-pouce</t>
+  </si>
+  <si>
+    <t>15707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Alexandre Hoffmann</t>
+  </si>
+  <si>
+    <t>57540 PETITE ROSSELLE</t>
+  </si>
+  <si>
+    <t>PETITE ROSSELLE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>570026427</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU CANAL</t>
+  </si>
+  <si>
+    <t>19/01/2026 05:04:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15643_FicheESSMS/fr/residence-du-canal</t>
+  </si>
+  <si>
+    <t>15643_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue Du Canal</t>
+  </si>
+  <si>
+    <t>57950 MONTIGNY LES METZ</t>
+  </si>
+  <si>
+    <t>MONTIGNY LES METZ</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>570001081</t>
+  </si>
+  <si>
+    <t>SERVICE EDUCATIF MILIEU OUVERT (SEMO)</t>
+  </si>
+  <si>
+    <t>19/01/2026 05:06:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15667_FicheESSMS/fr/service-educatif-milieu-ouvert-semo</t>
+  </si>
+  <si>
+    <t>15667_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue De Thionville</t>
+  </si>
+  <si>
+    <t>57140 WOIPPY</t>
+  </si>
+  <si>
+    <t>WOIPPY</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>570004903</t>
+  </si>
+  <si>
+    <t>SRP DE WOIPPY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15666_FicheESSMS/fr/srp-de-woippy</t>
+  </si>
+  <si>
+    <t>15666_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570022343</t>
+  </si>
+  <si>
+    <t>FAM "FLEUR DE VIE"</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:09:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15325_FicheESSMS/fr/fam-fleur-de-vie</t>
+  </si>
+  <si>
+    <t>15325_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse Des Ecoles</t>
+  </si>
+  <si>
+    <t>57415 ENCHENBERG</t>
+  </si>
+  <si>
+    <t>ENCHENBERG</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>570021998</t>
+  </si>
+  <si>
+    <t>CENTRE ALPHA - PLAPPEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15324_FicheESSMS/fr/centre-alpha-plappeville</t>
+  </si>
+  <si>
+    <t>15324_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue General De Gaulle</t>
+  </si>
+  <si>
+    <t>57050 PLAPPEVILLE</t>
+  </si>
+  <si>
+    <t>PLAPPEVILLE</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>570000752</t>
+  </si>
+  <si>
+    <t>M.A.S. "LES VIGNES"</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:09:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15331_FicheESSMS/fr/m-a-s-les-vignes</t>
+  </si>
+  <si>
+    <t>15331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57630 VIC SUR SEILLE</t>
+  </si>
+  <si>
+    <t>VIC SUR SEILLE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>570013649</t>
+  </si>
+  <si>
+    <t>SAAD O2 METZ</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15382_FicheESSMS/fr/saad-o2-metz</t>
+  </si>
+  <si>
+    <t>15382_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Aux Arenes</t>
+  </si>
+  <si>
+    <t>570028928</t>
+  </si>
+  <si>
+    <t>SOS VILLAGE D'ENFANTS</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15393_FicheESSMS/fr/sos-village-d-enfants</t>
+  </si>
+  <si>
+    <t>15393_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Joie</t>
+  </si>
+  <si>
+    <t>57535 MARANGE SILVANGE</t>
+  </si>
+  <si>
+    <t>MARANGE SILVANGE</t>
+  </si>
+  <si>
+    <t>Village d'Enfants</t>
+  </si>
+  <si>
+    <t>570005629</t>
+  </si>
+  <si>
+    <t>CAARUD - CMSEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15391_FicheESSMS/fr/caarud-cmsea</t>
+  </si>
+  <si>
+    <t>15391_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Du Wad Billy</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>570023242</t>
+  </si>
+  <si>
+    <t>FAM LES FAUBOURGS DE L'ORNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15390_FicheESSMS/fr/fam-les-faubourgs-de-l-orne</t>
+  </si>
+  <si>
+    <t>15390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue Louis Jost</t>
+  </si>
+  <si>
+    <t>57175 GANDRANGE</t>
+  </si>
+  <si>
+    <t>GANDRANGE</t>
+  </si>
+  <si>
+    <t>570027359</t>
+  </si>
+  <si>
+    <t>SAAD SOUS MON TOIT - DESTIA THIONVILLE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15486_FicheESSMS/fr/saad-sous-mon-toit-destia-thionville</t>
+  </si>
+  <si>
+    <t>15486_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Chateaubriand</t>
+  </si>
+  <si>
+    <t>57100 THIONVILLE</t>
+  </si>
+  <si>
+    <t>570030387</t>
+  </si>
+  <si>
+    <t>SAAD SOUS MON TOIT - DESTIA METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15485_FicheESSMS/fr/saad-sous-mon-toit-destia-metz</t>
+  </si>
+  <si>
+    <t>15485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Graham Bell</t>
+  </si>
+  <si>
+    <t>57070 METZ</t>
+  </si>
+  <si>
+    <t>570029124</t>
+  </si>
+  <si>
+    <t>SAAD AAPA BHL-AIDE PA BASSIN HOUILLER</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15618_FicheESSMS/fr/saad-aapa-bhl-aide-pa-bassin-houiller</t>
+  </si>
+  <si>
+    <t>15618_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Maurice Barres</t>
+  </si>
+  <si>
+    <t>57803 FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>570026005</t>
+  </si>
+  <si>
+    <t>I.M.E. "LE POINT DU JOUR"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15609_FicheESSMS/fr/i-m-e-le-point-du-jour</t>
+  </si>
+  <si>
+    <t>15609_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57120 PIERREVILLERS</t>
+  </si>
+  <si>
+    <t>PIERREVILLERS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>570000745</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE DU PLATEAU"</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15627_FicheESSMS/fr/ehpad-residence-du-plateau</t>
+  </si>
+  <si>
+    <t>15627_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Atelier</t>
+  </si>
+  <si>
+    <t>57840 OTTANGE</t>
+  </si>
+  <si>
+    <t>OTTANGE</t>
+  </si>
+  <si>
+    <t>570024711</t>
+  </si>
+  <si>
     <t>INSTITUT EDUC SENSORIELLE- DEF VISUELS</t>
   </si>
   <si>
     <t>05/12/2025 05:10:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15035_FicheESSMS/fr/institut-educ-sensorielle-def-visuels</t>
   </si>
   <si>
     <t>15035_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue L'Epaisse Muraille</t>
   </si>
   <si>
-    <t>57000 METZ</t>
-[...13 lines deleted...]
-  <si>
     <t>Institut pour Déficients Visuels</t>
   </si>
   <si>
     <t>570004812</t>
   </si>
   <si>
     <t>SESSAD PR DEF AUDITIFS DE L'IES METZ</t>
   </si>
   <si>
     <t>05/12/2025 05:10:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15036_FicheESSMS/fr/sessad-pr-def-auditifs-de-l-ies-metz</t>
   </si>
   <si>
     <t>15036_FicheESSMS</t>
   </si>
   <si>
     <t>34 Rue De La Chevre</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>570014324</t>
   </si>
   <si>
     <t>BAPU DU CMPP DE METZ</t>
   </si>
   <si>
     <t>05/12/2025 05:10:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15037_FicheESSMS/fr/bapu-du-cmpp-de-metz</t>
   </si>
   <si>
     <t>15037_FicheESSMS</t>
   </si>
   <si>
-    <t>Personne ayant des difficultés spécifiques</t>
-[...1 lines deleted...]
-  <si>
     <t>Bureau d'Aide Psychologique Universitaire (B.A.P.U.)</t>
   </si>
   <si>
     <t>570023168</t>
   </si>
   <si>
     <t>SAD SERVICE AUTONOMIE MOSELLE</t>
   </si>
   <si>
     <t>27/11/2025 16:26:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14923_FicheESSMS/fr/sad-service-autonomie-moselle</t>
   </si>
   <si>
     <t>14923_FicheESSMS</t>
   </si>
   <si>
     <t>26 Rue Des Vanneaux</t>
   </si>
   <si>
     <t>57155 MARLY</t>
   </si>
   <si>
     <t>MARLY</t>
   </si>
   <si>
-    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>570026393</t>
   </si>
   <si>
     <t>SAAD ASP-PRO 57</t>
   </si>
   <si>
     <t>26/11/2025 16:17:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14901_FicheESSMS/fr/saad-asp-pro-57</t>
   </si>
   <si>
     <t>14901_FicheESSMS</t>
   </si>
   <si>
     <t>6 Passage Rene Israel</t>
   </si>
   <si>
     <t>57700 HAYANGE</t>
   </si>
   <si>
     <t>HAYANGE</t>
   </si>
   <si>
     <t>570026161</t>
   </si>
   <si>
     <t>RESIDENCE ALBERT SCHWEITZER</t>
   </si>
   <si>
     <t>23/11/2025 16:21:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14821_FicheESSMS/fr/residence-albert-schweitzer</t>
   </si>
   <si>
     <t>14821_FicheESSMS</t>
   </si>
   <si>
     <t>28 Rue Des Vergers</t>
   </si>
   <si>
     <t>57410 ROHRBACH LES BITCHE</t>
   </si>
   <si>
     <t>ROHRBACH LES BITCHE</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>570010009</t>
   </si>
   <si>
     <t>EHPAD "LES HIRONDELLES"</t>
   </si>
   <si>
     <t>16/11/2025 16:18:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14709_FicheESSMS/fr/ehpad-les-hirondelles</t>
   </si>
   <si>
     <t>14709_FicheESSMS</t>
   </si>
   <si>
     <t>3 Quartier Ardant Du Pic</t>
   </si>
   <si>
     <t>57500 ST AVOLD</t>
   </si>
   <si>
-    <t>Public</t>
-[...1 lines deleted...]
-  <si>
     <t>570004457</t>
   </si>
   <si>
     <t>RESIDENCE MARIE D'AGREDA</t>
   </si>
   <si>
     <t>07/11/2025 16:20:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14254_FicheESSMS/fr/residence-marie-d-agreda</t>
   </si>
   <si>
     <t>14254_FicheESSMS</t>
   </si>
   <si>
     <t>45 Rue Des Jardins</t>
   </si>
   <si>
     <t>57185 CLOUANGE</t>
   </si>
   <si>
     <t>CLOUANGE</t>
   </si>
   <si>
-    <t>Résidences autonomie</t>
-[...1 lines deleted...]
-  <si>
     <t>570004978</t>
   </si>
   <si>
     <t>SAAD AZAE THIONVILLE</t>
   </si>
   <si>
     <t>07/11/2025 16:27:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14484_FicheESSMS/fr/saad-azae-thionville</t>
   </si>
   <si>
     <t>14484_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue General Pershing</t>
   </si>
   <si>
-    <t>57100 THIONVILLE</t>
-[...4 lines deleted...]
-  <si>
     <t>570029181</t>
   </si>
   <si>
     <t>EHPAD "LES LILAS BLANCS"</t>
   </si>
   <si>
     <t>16/10/2025 16:15:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14102_FicheESSMS/fr/ehpad-les-lilas-blancs</t>
   </si>
   <si>
     <t>14102_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De L'Hopital</t>
   </si>
   <si>
     <t>57220 BOULAY</t>
   </si>
   <si>
     <t>BOULAY</t>
   </si>
   <si>
     <t>570011171</t>
@@ -1580,3008 +2129,2957 @@
   <si>
     <t>57070 ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>ST JULIEN LES METZ</t>
   </si>
   <si>
     <t>570026096</t>
   </si>
   <si>
     <t>EHPAD PIERRE MORLANNE</t>
   </si>
   <si>
     <t>09/10/2025 16:18:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13997_FicheESSMS/fr/ehpad-pierre-morlanne</t>
   </si>
   <si>
     <t>13997_FicheESSMS</t>
   </si>
   <si>
     <t>570013680</t>
   </si>
   <si>
-    <t>SAAD SERV'HOME</t>
+    <t>SAD SERV'HOME</t>
   </si>
   <si>
     <t>06/10/2025 16:16:24</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/13940_FicheESSMS/fr/saad-serv-home</t>
+    <t>https://www.has-sante.fr/jcms/13940_FicheESSMS/fr/sad-serv-home</t>
   </si>
   <si>
     <t>13940_FicheESSMS</t>
   </si>
   <si>
-    <t>11 Rue Du Stade</t>
+    <t>16 Rue Du General Becker</t>
+  </si>
+  <si>
+    <t>57730 VALMONT</t>
+  </si>
+  <si>
+    <t>VALMONT</t>
+  </si>
+  <si>
+    <t>570029223</t>
+  </si>
+  <si>
+    <t>EHPAD "LES OPALINES "</t>
+  </si>
+  <si>
+    <t>30/09/2025 16:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13797_FicheESSMS/fr/ehpad-les-opalines</t>
+  </si>
+  <si>
+    <t>13797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>57270 RICHEMONT</t>
+  </si>
+  <si>
+    <t>RICHEMONT</t>
+  </si>
+  <si>
+    <t>570012047</t>
+  </si>
+  <si>
+    <t>CENTRE HEBERGEMENT ECLATE UDAF</t>
+  </si>
+  <si>
+    <t>30/09/2025 16:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13813_FicheESSMS/fr/centre-hebergement-eclate-udaf</t>
+  </si>
+  <si>
+    <t>13813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Nationale</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>570011346</t>
+  </si>
+  <si>
+    <t>CHRS UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13812_FicheESSMS/fr/chrs-udaf</t>
+  </si>
+  <si>
+    <t>13812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57800 BETTING</t>
+  </si>
+  <si>
+    <t>BETTING</t>
+  </si>
+  <si>
+    <t>570007609</t>
+  </si>
+  <si>
+    <t>CHRS SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13811_FicheESSMS/fr/chrs-sarreguemines</t>
+  </si>
+  <si>
+    <t>13811_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Colonel Cazal</t>
+  </si>
+  <si>
+    <t>57200 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>570004622</t>
+  </si>
+  <si>
+    <t>EHPAD DE GORZE</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13716_FicheESSMS/fr/ehpad-de-gorze</t>
+  </si>
+  <si>
+    <t>13716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>163 Rue De La Meuse</t>
+  </si>
+  <si>
+    <t>57680 GORZE</t>
+  </si>
+  <si>
+    <t>GORZE</t>
+  </si>
+  <si>
+    <t>570024075</t>
+  </si>
+  <si>
+    <t>EHPAD " SAINT JOSEPH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/40_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>40_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Notre Dame</t>
+  </si>
+  <si>
+    <t>57130 JOUY AUX ARCHES</t>
+  </si>
+  <si>
+    <t>JOUY AUX ARCHES</t>
+  </si>
+  <si>
+    <t>570013151</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE ERCKMANN CHATRIAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/52_FicheESSMS/fr/residence-autonomie-erckmann-chatrian</t>
+  </si>
+  <si>
+    <t>52_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Erckmann Chatrian</t>
+  </si>
+  <si>
+    <t>57400 SARREBOURG</t>
+  </si>
+  <si>
+    <t>570010058</t>
+  </si>
+  <si>
+    <t>CADA AMLI DE ROSSELANGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/218_FicheESSMS/fr/cada-amli-de-rosselange</t>
+  </si>
+  <si>
+    <t>218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue Bouswald</t>
+  </si>
+  <si>
+    <t>57780 ROSSELANGE</t>
+  </si>
+  <si>
+    <t>ROSSELANGE</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>570011361</t>
+  </si>
+  <si>
+    <t>CADA AMLI DE FLORANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/217_FicheESSMS/fr/cada-amli-de-florange</t>
+  </si>
+  <si>
+    <t>217_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>57190 FLORANGE</t>
+  </si>
+  <si>
+    <t>FLORANGE</t>
+  </si>
+  <si>
+    <t>570011379</t>
+  </si>
+  <si>
+    <t>CADA AMLI METZ BLIDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/216_FicheESSMS/fr/cada-amli-metz-blida</t>
+  </si>
+  <si>
+    <t>216_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue De Blida</t>
+  </si>
+  <si>
+    <t>570027573</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'IME HIMMELSBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/519_FicheESSMS/fr/sessad-de-l-ime-himmelsberg</t>
+  </si>
+  <si>
+    <t>519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>570003970</t>
+  </si>
+  <si>
+    <t>SAMSAH ENVOL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/836_FicheESSMS/fr/samsah-envol</t>
+  </si>
+  <si>
+    <t>836_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Place Theodore Paque</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>570027425</t>
+  </si>
+  <si>
+    <t>SAMSAH GCMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/846_FicheESSMS/fr/samsah-gcms-3s</t>
+  </si>
+  <si>
+    <t>846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>570027490</t>
+  </si>
+  <si>
+    <t>FOYER "ANTOINE MOULINIER"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1024_FicheESSMS/fr/foyer-antoine-moulinier</t>
+  </si>
+  <si>
+    <t>1024_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Foch</t>
+  </si>
+  <si>
+    <t>57120 ROMBAS</t>
+  </si>
+  <si>
+    <t>ROMBAS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>570004598</t>
+  </si>
+  <si>
+    <t>SERV D'EDUC SPE ET DE SOINS A DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1146_FicheESSMS/fr/serv-d-educ-spe-et-de-soins-a-domicile</t>
+  </si>
+  <si>
+    <t>1146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De Nancy</t>
+  </si>
+  <si>
+    <t>57200 REMELFING</t>
+  </si>
+  <si>
+    <t>REMELFING</t>
+  </si>
+  <si>
+    <t>570027250</t>
+  </si>
+  <si>
+    <t>SESSAD L'OISEAU BLEU DE SAINT AVOLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1145_FicheESSMS/fr/sessad-l-oiseau-bleu-de-saint-avold</t>
+  </si>
+  <si>
+    <t>1145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Avenue Principale</t>
+  </si>
+  <si>
+    <t>570024091</t>
+  </si>
+  <si>
+    <t>EHPAD "LE HETRE POURPRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1182_FicheESSMS/fr/ehpad-le-hetre-pourpre</t>
+  </si>
+  <si>
+    <t>1182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57470 HOMBOURG HAUT</t>
+  </si>
+  <si>
+    <t>HOMBOURG HAUT</t>
+  </si>
+  <si>
+    <t>570014381</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL "LE RUCHER"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1290_FicheESSMS/fr/foyer-occupationnel-le-rucher</t>
+  </si>
+  <si>
+    <t>1290_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57690 CREHANGE</t>
+  </si>
+  <si>
+    <t>CREHANGE</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>570022673</t>
+  </si>
+  <si>
+    <t>MAPA RESIDENCE DE DITSCHVILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1555_FicheESSMS/fr/mapa-residence-de-ditschviller</t>
+  </si>
+  <si>
+    <t>1555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57800 COCHEREN</t>
+  </si>
+  <si>
+    <t>COCHEREN</t>
+  </si>
+  <si>
+    <t>570012716</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE ELISABETH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1557_FicheESSMS/fr/ehpad-sainte-elisabeth</t>
+  </si>
+  <si>
+    <t>1557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Résidence De La Moselle</t>
+  </si>
+  <si>
+    <t>57970 ILLANGE</t>
+  </si>
+  <si>
+    <t>ILLANGE</t>
+  </si>
+  <si>
+    <t>570023317</t>
+  </si>
+  <si>
+    <t>EHPAD "SAINTE CHRETIENNE".</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1740_FicheESSMS/fr/ehpad-sainte-chretienne</t>
+  </si>
+  <si>
+    <t>1740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Rue Saint Pierre</t>
+  </si>
+  <si>
+    <t>570013789</t>
+  </si>
+  <si>
+    <t>EHPAD DU CHS DE SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1957_FicheESSMS/fr/ehpad-du-chs-de-sarreguemines</t>
+  </si>
+  <si>
+    <t>1957_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Calmette</t>
+  </si>
+  <si>
+    <t>570024141</t>
+  </si>
+  <si>
+    <t>IEM MOSELLE TERRITOIRE DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2047_FicheESSMS/fr/iem-moselle-territoire-de-metz</t>
+  </si>
+  <si>
+    <t>2047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Royal Canadian Air Force</t>
+  </si>
+  <si>
+    <t>57530 ARS LAQUENEXY</t>
+  </si>
+  <si>
+    <t>ARS LAQUENEXY</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>570005082</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2166_FicheESSMS/fr/ehpad-sainte-elisabeth</t>
+  </si>
+  <si>
+    <t>2166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>103 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>57970 BASSE HAM</t>
+  </si>
+  <si>
+    <t>BASSE HAM</t>
+  </si>
+  <si>
+    <t>570023580</t>
+  </si>
+  <si>
+    <t>MECS CMSEA DASA LES BACELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2185_FicheESSMS/fr/mecs-cmsea-dasa-les-bacelles</t>
+  </si>
+  <si>
+    <t>2185_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue St Ferroy</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>570004721</t>
+  </si>
+  <si>
+    <t>MECS SERAD LES 5 CHEMINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2184_FicheESSMS/fr/mecs-serad-les-5-chemins</t>
+  </si>
+  <si>
+    <t>2184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>149 Avenue De Thionville</t>
+  </si>
+  <si>
+    <t>570018689</t>
+  </si>
+  <si>
+    <t>MECS LE GRAND CHENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2182_FicheESSMS/fr/mecs-le-grand-chene</t>
+  </si>
+  <si>
+    <t>2182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>570004754</t>
+  </si>
+  <si>
+    <t>DADT MECS LES PRES DE BROUCK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2181_FicheESSMS/fr/dadt-mecs-les-pres-de-brouck</t>
+  </si>
+  <si>
+    <t>2181_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Des Pres De Brouck</t>
+  </si>
+  <si>
+    <t>570018879</t>
+  </si>
+  <si>
+    <t>SAEI (MJIE) ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2180_FicheESSMS/fr/saei-mjie-st-julien-les-metz</t>
+  </si>
+  <si>
+    <t>2180_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue La Tannerie</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>570004879</t>
+  </si>
+  <si>
+    <t>APPART. COORD. THERAPEUTIQUE CMSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2187_FicheESSMS/fr/appart-coord-therapeutique-cmsea</t>
+  </si>
+  <si>
+    <t>2187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Dupont Des Loges</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>570028019</t>
+  </si>
+  <si>
+    <t>MECS CAAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2186_FicheESSMS/fr/mecs-caaa</t>
+  </si>
+  <si>
+    <t>2186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Paul Verlaine</t>
+  </si>
+  <si>
+    <t>57380 FAULQUEMONT</t>
+  </si>
+  <si>
+    <t>FAULQUEMONT</t>
+  </si>
+  <si>
+    <t>570004770</t>
+  </si>
+  <si>
+    <t>I.M.E. "LA ROSERAIE" JUSSY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2221_FicheESSMS/fr/i-m-e-la-roseraie-jussy</t>
+  </si>
+  <si>
+    <t>2221_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Bois La Dame</t>
+  </si>
+  <si>
+    <t>57130 JUSSY</t>
+  </si>
+  <si>
+    <t>JUSSY</t>
+  </si>
+  <si>
+    <t>570000521</t>
+  </si>
+  <si>
+    <t>IEM DE MOSELLE- TERRIT MOSELLE EST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2362_FicheESSMS/fr/iem-de-moselle-territ-moselle-est</t>
+  </si>
+  <si>
+    <t>2362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De L'Etang</t>
+  </si>
+  <si>
+    <t>570005058</t>
+  </si>
+  <si>
+    <t>EHPAD "LE VAL FLEURI"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2377_FicheESSMS/fr/ehpad-le-val-fleuri</t>
+  </si>
+  <si>
+    <t>2377_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Des Remparts</t>
+  </si>
+  <si>
+    <t>57930 FENETRANGE</t>
+  </si>
+  <si>
+    <t>FENETRANGE</t>
+  </si>
+  <si>
+    <t>570012732</t>
+  </si>
+  <si>
+    <t>EHPAD "LES COQUELICOTS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2488_FicheESSMS/fr/ehpad-les-coquelicots</t>
+  </si>
+  <si>
+    <t>2488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Simone De Beauvoir</t>
+  </si>
+  <si>
+    <t>57525 TALANGE</t>
+  </si>
+  <si>
+    <t>TALANGE</t>
+  </si>
+  <si>
+    <t>570023564</t>
+  </si>
+  <si>
+    <t>SESSAD AFAEDAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2628_FicheESSMS/fr/sessad-afaedam</t>
+  </si>
+  <si>
+    <t>2628_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97 Boulevard De La Solidarite</t>
+  </si>
+  <si>
+    <t>570005587</t>
+  </si>
+  <si>
+    <t>EHPAD "DES PRES DE SAINT PIERRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2697_FicheESSMS/fr/ehpad-des-pres-de-saint-pierre</t>
+  </si>
+  <si>
+    <t>2697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Boucle Pres St Pierre</t>
+  </si>
+  <si>
+    <t>570014886</t>
+  </si>
+  <si>
+    <t>EHPAD "LES GLYCINES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2696_FicheESSMS/fr/ehpad-les-glycines</t>
+  </si>
+  <si>
+    <t>2696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57310 GUENANGE</t>
+  </si>
+  <si>
+    <t>GUENANGE</t>
+  </si>
+  <si>
+    <t>570014712</t>
+  </si>
+  <si>
+    <t>CAMSP APF DE MOSELLE SITE DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2859_FicheESSMS/fr/camsp-apf-de-moselle-site-de-metz</t>
+  </si>
+  <si>
+    <t>2859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Pierre Simon De Laplace</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>570004044</t>
+  </si>
+  <si>
+    <t>FAM PHV LES FLORALIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2869_FicheESSMS/fr/fam-phv-les-floralies</t>
+  </si>
+  <si>
+    <t>2869_FicheESSMS</t>
+  </si>
+  <si>
+    <t>238 Rue De L'Europe</t>
+  </si>
+  <si>
+    <t>57800 FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>570027243</t>
+  </si>
+  <si>
+    <t>MAS "LES FLORALIES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2868_FicheESSMS/fr/mas-les-floralies</t>
+  </si>
+  <si>
+    <t>2868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57804 FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>570023465</t>
+  </si>
+  <si>
+    <t>IEM LES JONQUILLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2881_FicheESSMS/fr/iem-les-jonquilles</t>
+  </si>
+  <si>
+    <t>2881_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>570015461</t>
+  </si>
+  <si>
+    <t>EHPAD LA KISSEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3104_FicheESSMS/fr/ehpad-la-kissel</t>
+  </si>
+  <si>
+    <t>3104_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Pesch</t>
+  </si>
+  <si>
+    <t>57330 HETTANGE GRANDE</t>
+  </si>
+  <si>
+    <t>HETTANGE GRANDE</t>
+  </si>
+  <si>
+    <t>570023572</t>
+  </si>
+  <si>
+    <t>ESAT "SOLIDARITE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3220_FicheESSMS/fr/esat-solidarite</t>
+  </si>
+  <si>
+    <t>3220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>99 Boulevard De La Solidarite</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>570004994</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS DE RICHEMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3272_FicheESSMS/fr/maison-d-enfants-de-richemont</t>
+  </si>
+  <si>
+    <t>3272_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Lenôtre</t>
+  </si>
+  <si>
+    <t>570018788</t>
+  </si>
+  <si>
+    <t>ESAT "ST JULIEN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3583_FicheESSMS/fr/esat-st-julien</t>
+  </si>
+  <si>
+    <t>3583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Allée Du Chateau</t>
+  </si>
+  <si>
+    <t>570014878</t>
+  </si>
+  <si>
+    <t>EHPAD "LE VAL DE SEILLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3647_FicheESSMS/fr/ehpad-le-val-de-seille</t>
+  </si>
+  <si>
+    <t>3647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Eugene Jouin</t>
+  </si>
+  <si>
+    <t>570014159</t>
+  </si>
+  <si>
+    <t>EHPAD FELIX MARECHAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3659_FicheESSMS/fr/ehpad-felix-marechal</t>
+  </si>
+  <si>
+    <t>3659_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Xavier Roussel</t>
+  </si>
+  <si>
+    <t>570024109</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE ST JEAN" METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3658_FicheESSMS/fr/ehpad-residence-st-jean-metz</t>
+  </si>
+  <si>
+    <t>3658_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Saint Jean</t>
+  </si>
+  <si>
+    <t>570011742</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE LE PARC"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3657_FicheESSMS/fr/ehpad-residence-le-parc</t>
+  </si>
+  <si>
+    <t>3657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81 Rue Claude Bernard</t>
+  </si>
+  <si>
+    <t>570011734</t>
+  </si>
+  <si>
+    <t>CHRS LE PASSAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3702_FicheESSMS/fr/chrs-le-passage</t>
+  </si>
+  <si>
+    <t>3702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue En Nexirue</t>
+  </si>
+  <si>
+    <t>570002113</t>
+  </si>
+  <si>
+    <t>CHRS L'ESCALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3701_FicheESSMS/fr/chrs-l-escale</t>
+  </si>
+  <si>
+    <t>3701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue René Descartes</t>
+  </si>
+  <si>
+    <t>570007617</t>
+  </si>
+  <si>
+    <t>ESAT ABBAYE DE JUSTEMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3740_FicheESSMS/fr/esat-abbaye-de-justemont</t>
+  </si>
+  <si>
+    <t>3740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57185 VITRY SUR ORNE</t>
+  </si>
+  <si>
+    <t>VITRY SUR ORNE</t>
+  </si>
+  <si>
+    <t>570009977</t>
+  </si>
+  <si>
+    <t>CSAPA BAUDELAIRE SITE DE THIONVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3753_FicheESSMS/fr/csapa-baudelaire-site-de-thionville</t>
+  </si>
+  <si>
+    <t>3753_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Place De Turenne</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>570022483</t>
+  </si>
+  <si>
+    <t>MAS DU CH DE JURY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3752_FicheESSMS/fr/mas-du-ch-de-jury</t>
+  </si>
+  <si>
+    <t>3752_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57073 METZ CEDEX 03</t>
+  </si>
+  <si>
+    <t>570027896</t>
+  </si>
+  <si>
+    <t>ESAT "MOULIN DU PONT DE PIERRE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3767_FicheESSMS/fr/esat-moulin-du-pont-de-pierre</t>
+  </si>
+  <si>
+    <t>3767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Moulin Du Pont De Pierre</t>
+  </si>
+  <si>
+    <t>57220 VARIZE</t>
+  </si>
+  <si>
+    <t>VARIZE</t>
+  </si>
+  <si>
+    <t>570005512</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACTION MEDICO-SOCIALE PRECOCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3815_FicheESSMS/fr/centre-d-action-medico-sociale-precoce</t>
+  </si>
+  <si>
+    <t>3815_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Brulee</t>
+  </si>
+  <si>
+    <t>570022665</t>
+  </si>
+  <si>
+    <t>MAS DE HAYANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3813_FicheESSMS/fr/mas-de-hayange</t>
+  </si>
+  <si>
+    <t>3813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue De Wendel</t>
+  </si>
+  <si>
+    <t>57701 HAYANGE</t>
+  </si>
+  <si>
+    <t>570027177</t>
+  </si>
+  <si>
+    <t>EHPAD "PAVILLON DU SOLEIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3968_FicheESSMS/fr/ehpad-pavillon-du-soleil</t>
+  </si>
+  <si>
+    <t>3968_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Cevennes</t>
+  </si>
+  <si>
+    <t>57460 BEHREN LES FORBACH</t>
+  </si>
+  <si>
+    <t>BEHREN LES FORBACH</t>
+  </si>
+  <si>
+    <t>570023986</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE CLAIRE METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3960_FicheESSMS/fr/ehpad-sainte-claire-metz</t>
+  </si>
+  <si>
+    <t>3960_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570024018</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE MARIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3959_FicheESSMS/fr/ehpad-sainte-marie</t>
+  </si>
+  <si>
+    <t>3959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Vieilleville</t>
+  </si>
+  <si>
+    <t>570023853</t>
+  </si>
+  <si>
+    <t>ESAT ESPOIR 57</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4230_FicheESSMS/fr/esat-espoir-57</t>
+  </si>
+  <si>
+    <t>4230_FicheESSMS</t>
+  </si>
+  <si>
+    <t>301 Rue Vansantberghe</t>
+  </si>
+  <si>
+    <t>570014654</t>
+  </si>
+  <si>
+    <t>EHPAD LA VACQUINIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4669_FicheESSMS/fr/ehpad-la-vacquiniere</t>
+  </si>
+  <si>
+    <t>4669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>570001107</t>
+  </si>
+  <si>
+    <t>EHPAD "ST VINCENT"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4774_FicheESSMS/fr/ehpad-st-vincent</t>
+  </si>
+  <si>
+    <t>4774_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De Metz</t>
+  </si>
+  <si>
+    <t>57170 CHATEAU SALINS</t>
+  </si>
+  <si>
+    <t>CHATEAU SALINS</t>
+  </si>
+  <si>
+    <t>570004291</t>
+  </si>
+  <si>
+    <t>C. H. R. S. "ESPOIR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4791_FicheESSMS/fr/c-h-r-s-espoir</t>
+  </si>
+  <si>
+    <t>4791_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Nationale</t>
+  </si>
+  <si>
+    <t>570005025</t>
+  </si>
+  <si>
+    <t>MAS DU CH DE LORQUIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5037_FicheESSMS/fr/mas-du-ch-de-lorquin</t>
+  </si>
+  <si>
+    <t>5037_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue General De Gaulle</t>
+  </si>
+  <si>
+    <t>57790 LORQUIN</t>
+  </si>
+  <si>
+    <t>LORQUIN</t>
+  </si>
+  <si>
+    <t>570027466</t>
+  </si>
+  <si>
+    <t>EHPAD "LES QUATRE SAISONS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5036_FicheESSMS/fr/ehpad-les-quatre-saisons</t>
+  </si>
+  <si>
+    <t>5036_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570024125</t>
+  </si>
+  <si>
+    <t>RESIDENCE HONORE JACQUOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5425_FicheESSMS/fr/residence-honore-jacquot</t>
+  </si>
+  <si>
+    <t>5425_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Vandernoot</t>
+  </si>
+  <si>
+    <t>570027342</t>
+  </si>
+  <si>
+    <t>RESIDENCE MALRAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5424_FicheESSMS/fr/residence-malraux</t>
+  </si>
+  <si>
+    <t>5424_FicheESSMS</t>
+  </si>
+  <si>
+    <t>125 Avenue Andre Malraux</t>
+  </si>
+  <si>
+    <t>570005330</t>
+  </si>
+  <si>
+    <t>RESIDENCE SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5421_FicheESSMS/fr/residence-soleil</t>
+  </si>
+  <si>
+    <t>5421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>95 Rue Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>570004952</t>
+  </si>
+  <si>
+    <t>ESAT DE LA VALLEE DE L'ORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5841_FicheESSMS/fr/esat-de-la-vallee-de-l-orne</t>
+  </si>
+  <si>
+    <t>5841_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004507</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA COULEE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5914_FicheESSMS/fr/residence-la-coulee-verte</t>
+  </si>
+  <si>
+    <t>5914_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>57150 CREUTZWALD</t>
+  </si>
+  <si>
+    <t>CREUTZWALD</t>
+  </si>
+  <si>
+    <t>570015578</t>
+  </si>
+  <si>
+    <t>RESIDENCE JEAN-CLAUDE ANGUILLA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5973_FicheESSMS/fr/residence-jean-claude-anguilla</t>
+  </si>
+  <si>
+    <t>5973_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Pariotte</t>
+  </si>
+  <si>
+    <t>57865 AMANVILLERS</t>
+  </si>
+  <si>
+    <t>AMANVILLERS</t>
+  </si>
+  <si>
+    <t>570014688</t>
+  </si>
+  <si>
+    <t>MECS DE LETTENBACH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6225_FicheESSMS/fr/mecs-de-lettenbach</t>
+  </si>
+  <si>
+    <t>6225_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57560 ST QUIRIN</t>
+  </si>
+  <si>
+    <t>ST QUIRIN</t>
+  </si>
+  <si>
+    <t>570000232</t>
+  </si>
+  <si>
+    <t>RESIDENCE L'ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6295_FicheESSMS/fr/residence-l-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>6295_FicheESSMS</t>
+  </si>
+  <si>
+    <t>307 Route De Loudrefing</t>
+  </si>
+  <si>
+    <t>57260 DIEUZE</t>
+  </si>
+  <si>
+    <t>DIEUZE</t>
+  </si>
+  <si>
+    <t>570015511</t>
+  </si>
+  <si>
+    <t>SSIAD D' ALBESTROFF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6360_FicheESSMS/fr/ssiad-d-albestroff</t>
+  </si>
+  <si>
+    <t>6360_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57670 ALBESTROFF</t>
+  </si>
+  <si>
+    <t>ALBESTROFF</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>570012484</t>
+  </si>
+  <si>
+    <t>M.A.S GABRIEL HOUZELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6376_FicheESSMS/fr/m-a-s-gabriel-houzelle</t>
+  </si>
+  <si>
+    <t>6376_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>570013748</t>
+  </si>
+  <si>
+    <t>APPARTEMENTS DE COORD.THERAPEUTIQUES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6399_FicheESSMS/fr/appartements-de-coord-therapeutiques</t>
+  </si>
+  <si>
+    <t>6399_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Pre Chaudron</t>
+  </si>
+  <si>
+    <t>570023978</t>
+  </si>
+  <si>
+    <t>LHSS "PONT DES GRILLES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6398_FicheESSMS/fr/lhss-pont-des-grilles</t>
+  </si>
+  <si>
+    <t>6398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De Blida</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>570023606</t>
+  </si>
+  <si>
+    <t>ESAT "STE ANNE" - ALBESTROFF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6438_FicheESSMS/fr/esat-ste-anne-albestroff</t>
+  </si>
+  <si>
+    <t>6438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004788</t>
+  </si>
+  <si>
+    <t>IMPRO "STE ANNE" ALBESTROFF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6437_FicheESSMS/fr/impro-ste-anne-albestroff</t>
+  </si>
+  <si>
+    <t>6437_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011262</t>
+  </si>
+  <si>
+    <t>EANM SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6436_FicheESSMS/fr/eanm-sainte-anne</t>
+  </si>
+  <si>
+    <t>6436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>570022392</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL POLYVALENT SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6435_FicheESSMS/fr/foyer-d-accueil-polyvalent-sainte-anne</t>
+  </si>
+  <si>
+    <t>6435_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570021824</t>
+  </si>
+  <si>
+    <t>SAVS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6434_FicheESSMS/fr/savs</t>
+  </si>
+  <si>
+    <t>6434_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>570030783</t>
+  </si>
+  <si>
+    <t>FAM "LA MAISONNEE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6577_FicheESSMS/fr/fam-la-maisonnee</t>
+  </si>
+  <si>
+    <t>6577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Cours Du 19 Novembre 1944</t>
+  </si>
+  <si>
+    <t>570022335</t>
+  </si>
+  <si>
+    <t>ESAT "L'EVENTAIL" GCMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6628_FicheESSMS/fr/esat-l-eventail-gcms-3s</t>
+  </si>
+  <si>
+    <t>6628_FicheESSMS</t>
+  </si>
+  <si>
+    <t>79 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>570004481</t>
+  </si>
+  <si>
+    <t>ESAT LA RUCHE GCMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6627_FicheESSMS/fr/esat-la-ruche-gcms-3s</t>
+  </si>
+  <si>
+    <t>6627_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Freres Lumiere</t>
+  </si>
+  <si>
+    <t>570004606</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6637_FicheESSMS/fr/ehpad-sainte-elisabeth</t>
+  </si>
+  <si>
+    <t>6637_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Julien Absalon</t>
+  </si>
+  <si>
+    <t>57974 YUTZ</t>
+  </si>
+  <si>
+    <t>YUTZ</t>
+  </si>
+  <si>
+    <t>570024133</t>
+  </si>
+  <si>
+    <t>EHPAD "SANS SOUCI" DE CREUTZWALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6674_FicheESSMS/fr/ehpad-sans-souci-de-creutzwald</t>
+  </si>
+  <si>
+    <t>6674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Foret</t>
+  </si>
+  <si>
+    <t>570002097</t>
+  </si>
+  <si>
+    <t>SSIAD DE CREUTZWALD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6673_FicheESSMS/fr/ssiad-de-creutzwald</t>
+  </si>
+  <si>
+    <t>6673_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570012609</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE A L OREE DU BOIS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6998_FicheESSMS/fr/ehpad-residence-a-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>6998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Rue Felix Barth</t>
+  </si>
+  <si>
+    <t>57604 FORBACH</t>
+  </si>
+  <si>
+    <t>570004283</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE SAINT JULIEN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7127_FicheESSMS/fr/ehpad-residence-saint-julien</t>
+  </si>
+  <si>
+    <t>7127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Des Hetres</t>
+  </si>
+  <si>
+    <t>570024844</t>
+  </si>
+  <si>
+    <t>EHPAD "VILLA D'AVRIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7146_FicheESSMS/fr/ehpad-villa-d-avril</t>
+  </si>
+  <si>
+    <t>7146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Barthelemy Crusem</t>
+  </si>
+  <si>
+    <t>570023598</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU MOULIN DE DOMEVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7130_FicheESSMS/fr/residence-du-moulin-de-domevre</t>
+  </si>
+  <si>
+    <t>7130_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57170 VAXY</t>
+  </si>
+  <si>
+    <t>VAXY</t>
+  </si>
+  <si>
+    <t>570015834</t>
+  </si>
+  <si>
+    <t>EHPAD "LA SAINTE FAMILLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7228_FicheESSMS/fr/ehpad-la-sainte-famille</t>
+  </si>
+  <si>
+    <t>7228_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Couvents</t>
+  </si>
+  <si>
+    <t>57958 MONTIGNY LES METZ</t>
+  </si>
+  <si>
+    <t>570004366</t>
+  </si>
+  <si>
+    <t>EHPAD "JARDINS ST JACQUES" DE DIEUZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7398_FicheESSMS/fr/ehpad-jardins-st-jacques-de-dieuze</t>
+  </si>
+  <si>
+    <t>7398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Route De Loudrefing</t>
+  </si>
+  <si>
+    <t>570004234</t>
+  </si>
+  <si>
+    <t>I.M.E "EMILE FRIANT"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7397_FicheESSMS/fr/i-m-e-emile-friant</t>
+  </si>
+  <si>
+    <t>7397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>807 Route De Loudrefing</t>
+  </si>
+  <si>
+    <t>570002543</t>
+  </si>
+  <si>
+    <t>SESSAD - DIEUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7396_FicheESSMS/fr/sessad-dieuze</t>
+  </si>
+  <si>
+    <t>7396_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011627</t>
+  </si>
+  <si>
+    <t>SSIAD DE DIEUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7395_FicheESSMS/fr/ssiad-de-dieuze</t>
+  </si>
+  <si>
+    <t>7395_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570011866</t>
+  </si>
+  <si>
+    <t>EHPAD "ST PAULIN" ST EPVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7394_FicheESSMS/fr/ehpad-st-paulin-st-epvre</t>
+  </si>
+  <si>
+    <t>7394_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Saint Paulin</t>
+  </si>
+  <si>
+    <t>57580 ST EPVRE</t>
+  </si>
+  <si>
+    <t>ST EPVRE</t>
+  </si>
+  <si>
+    <t>570002089</t>
+  </si>
+  <si>
+    <t>EHPAD "SAINTE ANNE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7438_FicheESSMS/fr/ehpad-sainte-anne</t>
+  </si>
+  <si>
+    <t>7438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570002048</t>
+  </si>
+  <si>
+    <t>FAS CHARLES ET MARIE KNELL GCMS 3S</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7593_FicheESSMS/fr/fas-charles-et-marie-knell-gcms-3s</t>
+  </si>
+  <si>
+    <t>7593_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>570003608</t>
+  </si>
+  <si>
+    <t>FAP LYDIE GOUGENHEIM GCMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7592_FicheESSMS/fr/fap-lydie-gougenheim-gcms-3s</t>
+  </si>
+  <si>
+    <t>7592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570014969</t>
+  </si>
+  <si>
+    <t>MAS POUR ADULTES HANDICAPES DE MARLY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7714_FicheESSMS/fr/mas-pour-adultes-handicapes-de-marly</t>
+  </si>
+  <si>
+    <t>7714_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Des Vignes</t>
+  </si>
+  <si>
+    <t>570013607</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL SPECIALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7715_FicheESSMS/fr/foyer-d-accueil-specialise</t>
+  </si>
+  <si>
+    <t>7715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570013623</t>
+  </si>
+  <si>
+    <t>CHRS LE GITE FAMILIAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7806_FicheESSMS/fr/chrs-le-gite-familial</t>
+  </si>
+  <si>
+    <t>7806_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Route De Metz</t>
+  </si>
+  <si>
+    <t>570008375</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI AUDUN-LE-TICHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7846_FicheESSMS/fr/residence-amli-audun-le-tiche</t>
+  </si>
+  <si>
+    <t>7846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Pierre Maitre</t>
+  </si>
+  <si>
+    <t>57390 AUDUN LE TICHE</t>
+  </si>
+  <si>
+    <t>AUDUN LE TICHE</t>
+  </si>
+  <si>
+    <t>570005397</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES ROSES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7845_FicheESSMS/fr/residence-les-roses</t>
+  </si>
+  <si>
+    <t>7845_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De Bourgogne</t>
+  </si>
+  <si>
+    <t>570005421</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA CHAPELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7844_FicheESSMS/fr/residence-la-chapelle</t>
+  </si>
+  <si>
+    <t>7844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>570005439</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA FALOUCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7843_FicheESSMS/fr/residence-la-falouche</t>
+  </si>
+  <si>
+    <t>7843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Lafayette</t>
+  </si>
+  <si>
+    <t>57280 MAIZIERES LES METZ</t>
+  </si>
+  <si>
+    <t>MAIZIERES LES METZ</t>
+  </si>
+  <si>
+    <t>570005363</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI NILVANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7842_FicheESSMS/fr/residence-amli-nilvange</t>
+  </si>
+  <si>
+    <t>7842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>57240 NILVANGE</t>
+  </si>
+  <si>
+    <t>NILVANGE</t>
+  </si>
+  <si>
+    <t>570005405</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI HAGONDANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7841_FicheESSMS/fr/residence-amli-hagondange</t>
+  </si>
+  <si>
+    <t>7841_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Mozart</t>
+  </si>
+  <si>
+    <t>57300 HAGONDANGE</t>
+  </si>
+  <si>
+    <t>HAGONDANGE</t>
+  </si>
+  <si>
+    <t>570005371</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMLI SEREMANGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7840_FicheESSMS/fr/residence-amli-seremange</t>
+  </si>
+  <si>
+    <t>7840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue St Nicolas En Foret</t>
+  </si>
+  <si>
+    <t>57290 SEREMANGE ERZANGE</t>
+  </si>
+  <si>
+    <t>SEREMANGE ERZANGE</t>
+  </si>
+  <si>
+    <t>570005348</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE "L'EMERAUDE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7987_FicheESSMS/fr/residence-autonomie-l-emeraude</t>
+  </si>
+  <si>
+    <t>7987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Wilson</t>
+  </si>
+  <si>
+    <t>57340 MORHANGE</t>
+  </si>
+  <si>
+    <t>MORHANGE</t>
+  </si>
+  <si>
+    <t>570009704</t>
+  </si>
+  <si>
+    <t>EAM ETABLISSEMENT D'ACCUEIL MEDICALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8084_FicheESSMS/fr/eam-etablissement-d-accueil-medicalise</t>
+  </si>
+  <si>
+    <t>8084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>570013615</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISEE OPALINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8124_FicheESSMS/fr/maison-d-accueil-specialisee-opaline</t>
+  </si>
+  <si>
+    <t>8124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570029579</t>
+  </si>
+  <si>
+    <t>LHSS MOBILE BETTING UDAF DE LA MOSELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8178_FicheESSMS/fr/lhss-mobile-betting-udaf-de-la-moselle</t>
+  </si>
+  <si>
+    <t>8178_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Ancienne Route De Betting</t>
+  </si>
+  <si>
+    <t>570030270</t>
+  </si>
+  <si>
+    <t>LHSS BETTING UDAF DE LA MOSELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8177_FicheESSMS/fr/lhss-betting-udaf-de-la-moselle</t>
+  </si>
+  <si>
+    <t>8177_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Route De Betting</t>
+  </si>
+  <si>
+    <t>570025692</t>
+  </si>
+  <si>
+    <t>SERVICE DPF UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8175_FicheESSMS/fr/service-dpf-udaf</t>
+  </si>
+  <si>
+    <t>8175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>570025296</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8174_FicheESSMS/fr/service-mjpm-udaf</t>
+  </si>
+  <si>
+    <t>8174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>570025304</t>
+  </si>
+  <si>
+    <t>LE CAHU SAINTE CROIX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8302_FicheESSMS/fr/le-cahu-sainte-croix</t>
+  </si>
+  <si>
+    <t>8302_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Sainte Croix</t>
+  </si>
+  <si>
+    <t>570004648</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE DE RUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8301_FicheESSMS/fr/equipe-mobile-de-rue</t>
+  </si>
+  <si>
+    <t>8301_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Stoxey</t>
+  </si>
+  <si>
+    <t>570012658</t>
+  </si>
+  <si>
+    <t>CPH AIEM METZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8300_FicheESSMS/fr/cph-aiem-metz</t>
+  </si>
+  <si>
+    <t>8300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Du Stoxey</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>570028787</t>
+  </si>
+  <si>
+    <t>CADA AIEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8299_FicheESSMS/fr/cada-aiem</t>
+  </si>
+  <si>
+    <t>8299_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Avenue Andre Malraux</t>
+  </si>
+  <si>
+    <t>570017079</t>
+  </si>
+  <si>
+    <t>LITS HALTE SOINS SANTE AIEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8298_FicheESSMS/fr/lits-halte-soins-sante-aiem</t>
+  </si>
+  <si>
+    <t>8298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Mazelle</t>
+  </si>
+  <si>
+    <t>570024430</t>
+  </si>
+  <si>
+    <t>CHRS LE PHARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8389_FicheESSMS/fr/chrs-le-phare</t>
+  </si>
+  <si>
+    <t>8389_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Ecluses</t>
+  </si>
+  <si>
+    <t>570022913</t>
+  </si>
+  <si>
+    <t>CAARUD - AIDES GRAND EST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8541_FicheESSMS/fr/caarud-aides-grand-est</t>
+  </si>
+  <si>
+    <t>8541_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Sente A My</t>
+  </si>
+  <si>
+    <t>570023267</t>
+  </si>
+  <si>
+    <t>IME LES JONQUILLES GCSMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8526_FicheESSMS/fr/ime-les-jonquilles-gcsms-3s</t>
+  </si>
+  <si>
+    <t>8526_FicheESSMS</t>
+  </si>
+  <si>
+    <t>77 Route De Verdun</t>
+  </si>
+  <si>
+    <t>57401 SARREBOURG</t>
+  </si>
+  <si>
+    <t>570000182</t>
+  </si>
+  <si>
+    <t>IME LE HIMMELSBERG GCMS 3S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8525_FicheESSMS/fr/ime-le-himmelsberg-gcms-3s</t>
+  </si>
+  <si>
+    <t>8525_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Colline</t>
+  </si>
+  <si>
+    <t>570000208</t>
+  </si>
+  <si>
+    <t>C.H.E DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8596_FicheESSMS/fr/c-h-e-de-metz</t>
+  </si>
+  <si>
+    <t>8596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004861</t>
+  </si>
+  <si>
+    <t>CHRS DE LA FENSCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8595_FicheESSMS/fr/chrs-de-la-fensch</t>
+  </si>
+  <si>
+    <t>8595_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Gascogne</t>
+  </si>
+  <si>
+    <t>57290 FAMECK</t>
+  </si>
+  <si>
+    <t>FAMECK</t>
+  </si>
+  <si>
+    <t>570020388</t>
+  </si>
+  <si>
+    <t>MECS SAINT JEAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8705_FicheESSMS/fr/mecs-saint-jean</t>
+  </si>
+  <si>
+    <t>8705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du General Metman</t>
+  </si>
+  <si>
+    <t>570004358</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE ELISABETH METZERVISSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8788_FicheESSMS/fr/ehpad-sainte-elisabeth-metzervisse</t>
+  </si>
+  <si>
+    <t>8788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boucle Bernard Hinault</t>
+  </si>
+  <si>
+    <t>57940 METZERVISSE</t>
+  </si>
+  <si>
+    <t>METZERVISSE</t>
+  </si>
+  <si>
+    <t>570023994</t>
+  </si>
+  <si>
+    <t>EANM LE PATIO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9052_FicheESSMS/fr/eanm-le-patio</t>
+  </si>
+  <si>
+    <t>9052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Pre Chaudron</t>
+  </si>
+  <si>
+    <t>570016808</t>
+  </si>
+  <si>
+    <t>FOYER D'AC POLYVALENT  LES PEUPLIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9049_FicheESSMS/fr/foyer-d-ac-polyvalent-les-peupliers</t>
+  </si>
+  <si>
+    <t>9049_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Etang</t>
+  </si>
+  <si>
+    <t>57160 SCY CHAZELLES</t>
+  </si>
+  <si>
+    <t>SCY CHAZELLES</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Polyvalent pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>570015909</t>
+  </si>
+  <si>
+    <t>FOYER "MOULIN DU PONT DE PIERRE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9048_FicheESSMS/fr/foyer-moulin-du-pont-de-pierre</t>
+  </si>
+  <si>
+    <t>9048_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570005520</t>
+  </si>
+  <si>
+    <t>FAJO - PLATEAU DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9075_FicheESSMS/fr/fajo-plateau-de-jour</t>
+  </si>
+  <si>
+    <t>9075_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Haut Fourneau</t>
+  </si>
+  <si>
+    <t>570028084</t>
+  </si>
+  <si>
+    <t>MAS DE ROHRBACH LES BITCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9218_FicheESSMS/fr/mas-de-rohrbach-les-bitche</t>
+  </si>
+  <si>
+    <t>9218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Sports</t>
+  </si>
+  <si>
+    <t>570023788</t>
+  </si>
+  <si>
+    <t>MAS DE CUVRY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9250_FicheESSMS/fr/mas-de-cuvry</t>
+  </si>
+  <si>
+    <t>9250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Du Haut Rozin</t>
+  </si>
+  <si>
+    <t>57420 CUVRY</t>
+  </si>
+  <si>
+    <t>CUVRY</t>
+  </si>
+  <si>
+    <t>570023770</t>
+  </si>
+  <si>
+    <t>EHPAD "STE CROIX"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9404_FicheESSMS/fr/ehpad-ste-croix</t>
+  </si>
+  <si>
+    <t>9404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57320 BOUZONVILLE</t>
+  </si>
+  <si>
+    <t>BOUZONVILLE</t>
+  </si>
+  <si>
+    <t>570001032</t>
+  </si>
+  <si>
+    <t>EHPAD "LE DOMAINE DE BELLETANCHE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9403_FicheESSMS/fr/ehpad-le-domaine-de-belletanche</t>
+  </si>
+  <si>
+    <t>9403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Belletanche</t>
+  </si>
+  <si>
+    <t>570004317</t>
+  </si>
+  <si>
+    <t>EHPAD "LE BELVEDERE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9479_FicheESSMS/fr/ehpad-le-belvedere</t>
+  </si>
+  <si>
+    <t>9479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57440 ALGRANGE</t>
+  </si>
+  <si>
+    <t>ALGRANGE</t>
+  </si>
+  <si>
+    <t>570015073</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE GERIATRIQUE LE WITTEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9477_FicheESSMS/fr/ehpad-residence-geriatrique-le-witten</t>
+  </si>
+  <si>
+    <t>9477_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Rue Foch</t>
+  </si>
+  <si>
+    <t>570023887</t>
+  </si>
+  <si>
+    <t>EHPAD FILIERIS LES LUPINS A CREUTZWALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9626_FicheESSMS/fr/ehpad-filieris-les-lupins-a-creutzwald</t>
+  </si>
+  <si>
+    <t>9626_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Lupins</t>
+  </si>
+  <si>
+    <t>570024117</t>
+  </si>
+  <si>
+    <t>SAAD LOR-APAH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9655_FicheESSMS/fr/saad-lor-apah</t>
+  </si>
+  <si>
+    <t>9655_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Place Du Mail</t>
+  </si>
+  <si>
+    <t>570026211</t>
+  </si>
+  <si>
+    <t>EHPAD "LES JARDINS DU KEM"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9711_FicheESSMS/fr/ehpad-les-jardins-du-kem</t>
+  </si>
+  <si>
+    <t>9711_FicheESSMS</t>
+  </si>
+  <si>
+    <t>129 Route De Guentrange</t>
+  </si>
+  <si>
+    <t>570023879</t>
+  </si>
+  <si>
+    <t>ITEP "MOISSONS NOUVELLES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9751_FicheESSMS/fr/itep-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>9751_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Chemin De Velling</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>570000422</t>
+  </si>
+  <si>
+    <t>EHPAD "LES CEDRES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9891_FicheESSMS/fr/ehpad-les-cedres</t>
+  </si>
+  <si>
+    <t>9891_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570004341</t>
+  </si>
+  <si>
+    <t>IEM DE ST JULIEN LES METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10144_FicheESSMS/fr/iem-de-st-julien-les-metz</t>
+  </si>
+  <si>
+    <t>10144_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Du Fort</t>
+  </si>
+  <si>
+    <t>570015032</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISEE AUGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10143_FicheESSMS/fr/maison-d-accueil-specialisee-augny</t>
+  </si>
+  <si>
+    <t>10143_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Liberation</t>
+  </si>
+  <si>
+    <t>57685 AUGNY</t>
+  </si>
+  <si>
+    <t>AUGNY</t>
+  </si>
+  <si>
+    <t>570011718</t>
+  </si>
+  <si>
+    <t>IEM DE METZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10145_FicheESSMS/fr/iem-de-metz</t>
+  </si>
+  <si>
+    <t>10145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Coupillon</t>
+  </si>
+  <si>
+    <t>570005090</t>
+  </si>
+  <si>
+    <t>EHPAD LES FAUBOURGS DE L'ORNE ASSPO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10193_FicheESSMS/fr/ehpad-les-faubourgs-de-l-orne-asspo</t>
+  </si>
+  <si>
+    <t>10193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>570023531</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10311_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>10311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Principale</t>
+  </si>
+  <si>
+    <t>57930 ST JEAN DE BASSEL</t>
+  </si>
+  <si>
+    <t>ST JEAN DE BASSEL</t>
+  </si>
+  <si>
+    <t>570000927</t>
+  </si>
+  <si>
+    <t>RESIDENCE STE BARBE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10444_FicheESSMS/fr/residence-ste-barbe</t>
+  </si>
+  <si>
+    <t>10444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Gustave Charpentier</t>
   </si>
   <si>
     <t>57730 FOLSCHVILLER</t>
   </si>
   <si>
     <t>FOLSCHVILLER</t>
   </si>
   <si>
-    <t>570029223</t>
-[...2935 lines deleted...]
-  <si>
     <t>570010470</t>
   </si>
   <si>
     <t>EHPAD "LES MIRABELLIERS"</t>
   </si>
   <si>
     <t>10/09/2025 12:26:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10493_FicheESSMS/fr/ehpad-les-mirabelliers</t>
   </si>
   <si>
     <t>10493_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Du Haut Noyer</t>
   </si>
   <si>
     <t>570003418</t>
   </si>
   <si>
     <t>SERVICE MJPM ACTIVE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:30</t>
@@ -5156,56 +5654,50 @@
   <si>
     <t>570005157</t>
   </si>
   <si>
     <t>LITS HALTE SOINS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10997_FicheESSMS/fr/lits-halte-soins-sante</t>
   </si>
   <si>
     <t>10997_FicheESSMS</t>
   </si>
   <si>
     <t>570027599</t>
   </si>
   <si>
     <t>ESAT "LE PUITS GARGAN"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10995_FicheESSMS/fr/esat-le-puits-gargan</t>
   </si>
   <si>
     <t>10995_FicheESSMS</t>
   </si>
   <si>
-    <t>57540 PETITE ROSSELLE</t>
-[...4 lines deleted...]
-  <si>
     <t>570005637</t>
   </si>
   <si>
     <t>MAS "LES COLOMBES"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10994_FicheESSMS/fr/mas-les-colombes</t>
   </si>
   <si>
     <t>10994_FicheESSMS</t>
   </si>
   <si>
     <t>10 Rue De La Frontiere</t>
   </si>
   <si>
     <t>570000869</t>
   </si>
   <si>
     <t>EHPAD "LES OLIVIERS"</t>
   </si>
   <si>
     <t>10/09/2025 12:26:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11126_FicheESSMS/fr/ehpad-les-oliviers</t>
@@ -5318,87 +5810,87 @@
   <si>
     <t>EHPAD  "PIERRE HERMENT"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11482_FicheESSMS/fr/ehpad-pierre-herment</t>
   </si>
   <si>
     <t>11482_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue De L'Abbaye</t>
   </si>
   <si>
     <t>57050 LE BAN ST MARTIN</t>
   </si>
   <si>
     <t>LE BAN ST MARTIN</t>
   </si>
   <si>
     <t>570013128</t>
   </si>
   <si>
-    <t>SERAD MOSELLE EST MOISSONS NOUVELLES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/11463_FicheESSMS/fr/serad-moselle-est-moissons-nouvelles</t>
+    <t>SERAD/MOUSQUETON MOSELLE EST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11463_FicheESSMS/fr/serad/mousqueton-moselle-est</t>
   </si>
   <si>
     <t>11463_FicheESSMS</t>
   </si>
   <si>
     <t>42 Avenue De Longchamp</t>
   </si>
   <si>
     <t>570028100</t>
   </si>
   <si>
     <t>MECS MOISSONS NOUVELLES PAYS DE NABOR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11462_FicheESSMS/fr/mecs-moissons-nouvelles-pays-de-nabor</t>
   </si>
   <si>
     <t>11462_FicheESSMS</t>
   </si>
   <si>
-    <t>8 Rue Houlle</t>
+    <t>42 Avenue Longchamp</t>
   </si>
   <si>
     <t>570018598</t>
   </si>
   <si>
-    <t>SERVICE MJPM ASSOCIATION TUTELAIRE 57</t>
+    <t>SERVICE MJPM AT 57</t>
   </si>
   <si>
     <t>10/09/2025 12:27:11</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/11613_FicheESSMS/fr/service-mjpm-association-tutelaire-57</t>
+    <t>https://www.has-sante.fr/jcms/11613_FicheESSMS/fr/service-mjpm-at-57</t>
   </si>
   <si>
     <t>11613_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Lothaire</t>
   </si>
   <si>
     <t>57011 METZ CEDEX 01</t>
   </si>
   <si>
     <t>METZ CEDEX 01</t>
   </si>
   <si>
     <t>570025320</t>
   </si>
   <si>
     <t>EHPAD "LES PINS"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11684_FicheESSMS/fr/ehpad-les-pins</t>
   </si>
@@ -5411,78 +5903,75 @@
   <si>
     <t>57580 REMILLY</t>
   </si>
   <si>
     <t>REMILLY</t>
   </si>
   <si>
     <t>570015818</t>
   </si>
   <si>
     <t>EPNAK - CRP DE METZ JEAN MOULIN</t>
   </si>
   <si>
     <t>10/09/2025 12:27:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11728_FicheESSMS/fr/epnak-crp-de-metz-jean-moulin</t>
   </si>
   <si>
     <t>11728_FicheESSMS</t>
   </si>
   <si>
     <t>11 Place De France</t>
   </si>
   <si>
-    <t>Etablissement et Service de Réadaptation Professionnelle</t>
-[...1 lines deleted...]
-  <si>
     <t>570015420</t>
   </si>
   <si>
     <t>CENTRE DE PRE-ORIENTATION</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11727_FicheESSMS/fr/centre-de-pre-orientation</t>
   </si>
   <si>
     <t>11727_FicheESSMS</t>
   </si>
   <si>
     <t>Etablissement et Service de Préorientation</t>
   </si>
   <si>
     <t>570028829</t>
   </si>
   <si>
-    <t>MECS MOISSON NOUVELLES VIOTTI</t>
+    <t>MECS MOISSONS NOUVELLES VIOTTI</t>
   </si>
   <si>
     <t>10/09/2025 12:27:18</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/11826_FicheESSMS/fr/mecs-moisson-nouvelles-viotti</t>
+    <t>https://www.has-sante.fr/jcms/11826_FicheESSMS/fr/mecs-moissons-nouvelles-viotti</t>
   </si>
   <si>
     <t>11826_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Du Lieutenant Nau</t>
   </si>
   <si>
     <t>570026831</t>
   </si>
   <si>
     <t>MECS MOISSONS NOUVELLES WOIPPY</t>
   </si>
   <si>
     <t>10/09/2025 12:27:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11882_FicheESSMS/fr/mecs-moissons-nouvelles-woippy</t>
   </si>
   <si>
     <t>11882_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Jean Laurain</t>
   </si>
@@ -5708,51 +6197,51 @@
   <si>
     <t>7 Rue Jean Baptiste Charcot</t>
   </si>
   <si>
     <t>570023374</t>
   </si>
   <si>
     <t>EHPAD "LA GRANGE AUX BOIS"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12596_FicheESSMS/fr/ehpad-la-grange-aux-bois</t>
   </si>
   <si>
     <t>12596_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue De La Falogne</t>
   </si>
   <si>
     <t>570013144</t>
   </si>
   <si>
-    <t>EHPAD "MARIE-NOELLE"</t>
+    <t>EHPAD MARIE-NOELLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12595_FicheESSMS/fr/ehpad-marie-noelle</t>
   </si>
   <si>
     <t>12595_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Du Beau Rivage</t>
   </si>
   <si>
     <t>570014696</t>
   </si>
   <si>
     <t>EHPAD "LES VIGNELLES"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12594_FicheESSMS/fr/ehpad-les-vignelles</t>
   </si>
   <si>
     <t>12594_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Du Pre Joli</t>
   </si>
@@ -5927,51 +6416,51 @@
   <si>
     <t>p_3319302</t>
   </si>
   <si>
     <t>04 July 2025</t>
   </si>
   <si>
     <t>Docteur Claude ERB, Docteur PETRE ADRIAN TURCANU, Docteur SORIN-LEONARD MILITARU</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CHU/HOPITAL DE MERCY - CHR METZ THIONVILLE  (57)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319433/fr/equipe-d-anesthesie-reanimation-chu/hopital-de-mercy-chr-metz-thionville-57</t>
   </si>
   <si>
     <t>p_3319433</t>
   </si>
   <si>
     <t>06 November 2024</t>
   </si>
   <si>
-    <t>Docteur CAROLINE LEFEVRE-ZAHM, Docteur SERGE TIENTCHEU, Docteur ANTOINE BECRET, Docteur JULIE BUZON, Docteur AMELIE LEMOINE, Docteur LEO COINUS, Docteur Sviatlana CASTANIER, Docteur LISA LEON, Docteur JULIE LARDE, Docteur NELLY GIRAUD, Docteur MOKHTAR MOKHTARI, Docteur JEAN-LUC PETIT</t>
+    <t>Docteur SERGE TIENTCHEU, Docteur ANTOINE BECRET, Docteur JULIE BUZON, Docteur AMELIE LEMOINE, Docteur Sviatlana CASTANIER, Docteur JULIE LARDE, Docteur Camille BIENTZ, Docteur JEAN-LUC PETIT, Docteur Jérémie RIVIERE, Docteur CAROLINE LEFEVRE-ZAHM, Docteur Mégane MERTES, Docteur Jean-Baptiste FRANCOIS, Docteur Julien SKUTECKI, Docteur LEO COINUS, Docteur LISA LEON, Docteur NELLY GIRAUD, Docteur MOKHTAR MOKHTARI</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
@@ -6485,59 +6974,50 @@
   <si>
     <t>1839_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Rue De Tivoli</t>
   </si>
   <si>
     <t>0387523260</t>
   </si>
   <si>
     <t>570004176</t>
   </si>
   <si>
     <t>HOPITAL SAINT JOSEPH DE SARRALBE</t>
   </si>
   <si>
     <t>25/03/2025 09:28:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1804_FicheEtablissement/fr/hopital-saint-joseph-de-sarralbe</t>
   </si>
   <si>
     <t>1804_FicheEtablissement</t>
   </si>
   <si>
-    <t>12 Rue De L'Hopital</t>
-[...7 lines deleted...]
-  <si>
     <t>0387973200</t>
   </si>
   <si>
     <t>570000026</t>
   </si>
   <si>
     <t>20/02/2025 19:07:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1821_FicheEtablissement/fr/hopital-clinique-claude-bernard</t>
   </si>
   <si>
     <t>1821_FicheEtablissement</t>
   </si>
   <si>
     <t>97 Rue Claude Bernard</t>
   </si>
   <si>
     <t>57072 METZ CEDEX 03</t>
   </si>
   <si>
     <t>0826306666</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
@@ -6653,51 +7133,51 @@
   <si>
     <t>570000281</t>
   </si>
   <si>
     <t>CLINIQUE CHIRURGICALE AMBROISE PARE- THIONVILLE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1814_FicheEtablissement/fr/clinique-ambroise-pare-de-thionville</t>
   </si>
   <si>
     <t>1814_FicheEtablissement</t>
   </si>
   <si>
     <t>21 Route De Guentrange</t>
   </si>
   <si>
     <t>57106 THIONVILLE</t>
   </si>
   <si>
     <t>0382822727</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>HOPITAL D'ARRONDISSEMENT DE CHATEAU SALINS</t>
   </si>
   <si>
     <t>21/01/2025 10:16:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1818_FicheEtablissement/fr/hopital-de-chateau-salins-sos-sante</t>
   </si>
   <si>
     <t>1818_FicheEtablissement</t>
   </si>
   <si>
     <t>40 Rue De Metz</t>
   </si>
   <si>
     <t>0387055454</t>
   </si>
   <si>
     <t>570000455</t>
   </si>
   <si>
     <t>CENTRE DE READAPTATION SPECIALISE SAINT LUC - ABRESCHVILLER</t>
   </si>
@@ -6740,56 +7220,50 @@
   <si>
     <t>0387564646</t>
   </si>
   <si>
     <t>Cancérologie, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>570000596</t>
   </si>
   <si>
     <t>HOPITAL SAINT FRANCOIS DE MARANGE SILVANGE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1819_FicheEtablissement/fr/hopital-st-francois-marange-silvange</t>
   </si>
   <si>
     <t>1819_FicheEtablissement</t>
   </si>
   <si>
     <t>62 Rue St Francois</t>
   </si>
   <si>
-    <t>57535 MARANGE SILVANGE</t>
-[...4 lines deleted...]
-  <si>
     <t>0387709000</t>
   </si>
   <si>
     <t>570000562</t>
   </si>
   <si>
     <t>HOPITAL ST JOSEPH BITCHE ( CH ROBERT PAX )</t>
   </si>
   <si>
     <t>21/01/2025 10:17:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1822_FicheEtablissement/fr/hopital-saint-joseph-de-bitche</t>
   </si>
   <si>
     <t>1822_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue De Lebach</t>
   </si>
   <si>
     <t>57233 BITCHE</t>
   </si>
   <si>
     <t>BITCHE</t>
@@ -6920,72 +7394,66 @@
   <si>
     <t>0387794000</t>
   </si>
   <si>
     <t>570000968</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE ELISABETH - YUTZ</t>
   </si>
   <si>
     <t>21/01/2025 10:15:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1829_FicheEtablissement/fr/clinique-ste-elisabeth-de-yutz</t>
   </si>
   <si>
     <t>1829_FicheEtablissement</t>
   </si>
   <si>
     <t>0382824500</t>
   </si>
   <si>
     <t>570000950</t>
   </si>
   <si>
-    <t>HOPITAL BELLE-ISLE DE METZ - HPM</t>
-[...1 lines deleted...]
-  <si>
     <t>21/01/2025 10:15:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1833_FicheEtablissement/fr/hopital-belle-isle-de-metz-hpm</t>
   </si>
   <si>
     <t>1833_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Belle-Isle</t>
   </si>
   <si>
     <t>0387341000</t>
   </si>
   <si>
     <t>Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
-  </si>
-[...1 lines deleted...]
-    <t>570001057</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>MAISON DE SANTE SAINTE MARGUERITE - NOVEANT</t>
   </si>
   <si>
     <t>21/01/2025 10:15:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1835_FicheEtablissement/fr/maison-de-sante-ste-marguerite-noveant</t>
   </si>
   <si>
     <t>1835_FicheEtablissement</t>
   </si>
   <si>
     <t>0387528322</t>
   </si>
   <si>
     <t>570002287</t>
   </si>
   <si>
     <t>USLD HOPITAL STE BLANDINE DE METZ</t>
   </si>
@@ -7346,51 +7814,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R54"/>
+  <dimension ref="A1:R62"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7561,19480 +8029,20878 @@
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
         <v>49</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>50</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
         <v>51</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>54</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>55</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
         <v>58</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
         <v>59</v>
       </c>
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>60</v>
       </c>
-      <c r="P5" t="s">
+      <c r="Q5" t="s">
+        <v>51</v>
+      </c>
+      <c r="R5" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
         <v>64</v>
-      </c>
-[...16 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R6" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="L7" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="Q7" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="R7" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H8" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L8" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="P8" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q8" t="s">
         <v>51</v>
       </c>
-      <c r="Q8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R8" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="H9" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="L9" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="P9" t="s">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="Q9" t="s">
-        <v>93</v>
+        <v>51</v>
       </c>
       <c r="R9" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="H10" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="L10" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="O10" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="Q10" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="R10" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="H11" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="L11" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
+        <v>100</v>
+      </c>
+      <c r="O11" t="s">
         <v>101</v>
       </c>
-      <c r="O11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="Q11" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="R11" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="H12" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="L12" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="O12" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="P12" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="Q12" t="s">
         <v>41</v>
       </c>
       <c r="R12" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="H13" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="L13" t="s">
-        <v>127</v>
+        <v>99</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="O13" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="P13" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="Q13" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="R13" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="H14" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="L14" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="O14" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="P14" t="s">
-        <v>136</v>
+        <v>91</v>
       </c>
       <c r="Q14" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="R14" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="H15" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="L15" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="O15" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="P15" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="Q15" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="R15" t="s">
-        <v>137</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="H16" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="L16" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="O16" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P16" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q16" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R16" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="H17" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="L17" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>83</v>
+        <v>144</v>
       </c>
       <c r="O17" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="P17" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="Q17" t="s">
-        <v>62</v>
+        <v>147</v>
       </c>
       <c r="R17" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
+        <v>150</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>151</v>
       </c>
-      <c r="F18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H18" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>153</v>
+      </c>
+      <c r="L18" t="s">
+        <v>154</v>
+      </c>
+      <c r="M18" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" t="s">
+        <v>155</v>
+      </c>
+      <c r="O18" t="s">
+        <v>156</v>
+      </c>
+      <c r="P18" t="s">
+        <v>157</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>158</v>
+      </c>
+      <c r="R18" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>160</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>161</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>162</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>164</v>
+      </c>
+      <c r="L19" t="s">
         <v>165</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>39</v>
       </c>
       <c r="P19" t="s">
-        <v>136</v>
+        <v>40</v>
       </c>
       <c r="Q19" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R19" t="s">
-        <v>137</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>166</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>167</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>168</v>
       </c>
-      <c r="C20" t="s">
-[...11 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
+        <v>170</v>
+      </c>
+      <c r="L20" t="s">
         <v>171</v>
       </c>
-      <c r="L20" t="s">
+      <c r="M20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" t="s">
         <v>172</v>
       </c>
-      <c r="M20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O20" t="s">
-        <v>135</v>
+        <v>173</v>
       </c>
       <c r="P20" t="s">
-        <v>136</v>
+        <v>174</v>
       </c>
       <c r="Q20" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="R20" t="s">
-        <v>137</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H21" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="L21" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>49</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>50</v>
       </c>
       <c r="Q21" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="R21" t="s">
-        <v>137</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="H22" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="L22" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="O22" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P22" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q22" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R22" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>184</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="H23" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="L23" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="O23" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P23" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q23" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R23" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="H24" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="L24" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="O24" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="P24" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="Q24" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="R24" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="H25" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="L25" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>201</v>
+        <v>137</v>
       </c>
       <c r="O25" t="s">
+        <v>59</v>
+      </c>
+      <c r="P25" t="s">
         <v>60</v>
       </c>
-      <c r="P25" t="s">
+      <c r="Q25" t="s">
+        <v>51</v>
+      </c>
+      <c r="R25" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
         <v>202</v>
       </c>
-      <c r="C26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H26" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="L26" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>208</v>
+        <v>137</v>
       </c>
       <c r="O26" t="s">
-        <v>209</v>
+        <v>59</v>
       </c>
       <c r="P26" t="s">
-        <v>210</v>
+        <v>60</v>
       </c>
       <c r="Q26" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R26" t="s">
-        <v>211</v>
+        <v>61</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>212</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>213</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>214</v>
       </c>
       <c r="H27" t="s">
         <v>215</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>216</v>
       </c>
       <c r="L27" t="s">
         <v>217</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>218</v>
+        <v>137</v>
       </c>
       <c r="O27" t="s">
-        <v>219</v>
+        <v>59</v>
       </c>
       <c r="P27" t="s">
-        <v>220</v>
+        <v>60</v>
       </c>
       <c r="Q27" t="s">
-        <v>221</v>
+        <v>51</v>
       </c>
       <c r="R27" t="s">
-        <v>222</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="H28" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="L28" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="O28" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P28" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q28" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R28" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="H29" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="L29" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>83</v>
+        <v>137</v>
       </c>
       <c r="O29" t="s">
-        <v>135</v>
+        <v>59</v>
       </c>
       <c r="P29" t="s">
-        <v>136</v>
+        <v>60</v>
       </c>
       <c r="Q29" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="R29" t="s">
-        <v>137</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="H30" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="L30" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="O30" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="P30" t="s">
-        <v>136</v>
+        <v>91</v>
       </c>
       <c r="Q30" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="R30" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
+        <v>235</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>236</v>
       </c>
-      <c r="F31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H31" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="L31" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="O31" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="P31" t="s">
-        <v>136</v>
+        <v>91</v>
       </c>
       <c r="Q31" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="R31" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H32" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="L32" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="O32" t="s">
-        <v>135</v>
+        <v>90</v>
       </c>
       <c r="P32" t="s">
-        <v>136</v>
+        <v>91</v>
       </c>
       <c r="Q32" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="R32" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="H33" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="L33" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>83</v>
+        <v>252</v>
       </c>
       <c r="O33" t="s">
-        <v>258</v>
+        <v>49</v>
       </c>
       <c r="P33" t="s">
-        <v>259</v>
+        <v>50</v>
       </c>
       <c r="Q33" t="s">
-        <v>260</v>
+        <v>51</v>
       </c>
       <c r="R33" t="s">
-        <v>261</v>
+        <v>52</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="H34" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="L34" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>241</v>
+        <v>100</v>
       </c>
       <c r="O34" t="s">
-        <v>135</v>
+        <v>259</v>
       </c>
       <c r="P34" t="s">
-        <v>136</v>
+        <v>260</v>
       </c>
       <c r="Q34" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="R34" t="s">
-        <v>137</v>
+        <v>261</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="H35" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
+        <v>266</v>
+      </c>
+      <c r="L35" t="s">
+        <v>267</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
+        <v>111</v>
+      </c>
+      <c r="O35" t="s">
+        <v>268</v>
+      </c>
+      <c r="P35" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q35" t="s">
         <v>270</v>
       </c>
-      <c r="L35" t="s">
+      <c r="R35" t="s">
         <v>271</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>272</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>273</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>274</v>
       </c>
       <c r="H36" t="s">
         <v>275</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>276</v>
       </c>
       <c r="L36" t="s">
         <v>277</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>208</v>
+        <v>233</v>
       </c>
       <c r="O36" t="s">
-        <v>209</v>
+        <v>90</v>
       </c>
       <c r="P36" t="s">
-        <v>210</v>
+        <v>91</v>
       </c>
       <c r="Q36" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="R36" t="s">
-        <v>211</v>
+        <v>93</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>278</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
         <v>279</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
         <v>280</v>
       </c>
       <c r="H37" t="s">
         <v>281</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>282</v>
       </c>
       <c r="L37" t="s">
         <v>283</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>218</v>
+        <v>137</v>
       </c>
       <c r="O37" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="P37" t="s">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="Q37" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="R37" t="s">
-        <v>121</v>
+        <v>61</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>284</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
         <v>285</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
         <v>286</v>
       </c>
       <c r="H38" t="s">
         <v>287</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>288</v>
       </c>
       <c r="L38" t="s">
         <v>289</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>290</v>
+        <v>137</v>
       </c>
       <c r="O38" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P38" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q38" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R38" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>290</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>285</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>291</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="L39" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="O39" t="s">
-        <v>219</v>
+        <v>59</v>
       </c>
       <c r="P39" t="s">
-        <v>220</v>
+        <v>60</v>
       </c>
       <c r="Q39" t="s">
-        <v>221</v>
+        <v>51</v>
       </c>
       <c r="R39" t="s">
-        <v>222</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>295</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>285</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>296</v>
+      </c>
+      <c r="H40" t="s">
         <v>297</v>
-      </c>
-[...16 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="L40" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>201</v>
+        <v>137</v>
       </c>
       <c r="O40" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="P40" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="Q40" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="R40" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>300</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>301</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>302</v>
+      </c>
+      <c r="H41" t="s">
         <v>303</v>
-      </c>
-[...16 lines deleted...]
-        <v>306</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>304</v>
+      </c>
+      <c r="L41" t="s">
+        <v>305</v>
+      </c>
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
+        <v>137</v>
+      </c>
+      <c r="O41" t="s">
+        <v>306</v>
+      </c>
+      <c r="P41" t="s">
         <v>307</v>
       </c>
-      <c r="L41" t="s">
+      <c r="Q41" t="s">
         <v>308</v>
       </c>
-      <c r="M41" t="s">
-[...2 lines deleted...]
-      <c r="N41" t="s">
+      <c r="R41" t="s">
         <v>309</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>310</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
+        <v>301</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>311</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="L42" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>315</v>
+        <v>137</v>
       </c>
       <c r="O42" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="P42" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q42" t="s">
         <v>51</v>
       </c>
-      <c r="Q42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R42" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>314</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>315</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>316</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="H43" t="s">
         <v>317</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="L43" t="s">
-        <v>321</v>
+        <v>48</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>322</v>
+        <v>144</v>
       </c>
       <c r="O43" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="P43" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="Q43" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R43" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="H44" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="L44" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>201</v>
+        <v>100</v>
       </c>
       <c r="O44" t="s">
-        <v>329</v>
+        <v>259</v>
       </c>
       <c r="P44" t="s">
-        <v>330</v>
+        <v>260</v>
       </c>
       <c r="Q44" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="R44" t="s">
-        <v>331</v>
+        <v>261</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="H45" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="L45" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="O45" t="s">
-        <v>135</v>
+        <v>173</v>
       </c>
       <c r="P45" t="s">
-        <v>136</v>
+        <v>174</v>
       </c>
       <c r="Q45" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="R45" t="s">
-        <v>137</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="H46" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="L46" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="O46" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="P46" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="Q46" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="R46" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="H47" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="L47" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>351</v>
+        <v>155</v>
       </c>
       <c r="O47" t="s">
-        <v>60</v>
+        <v>268</v>
       </c>
       <c r="P47" t="s">
-        <v>61</v>
+        <v>269</v>
       </c>
       <c r="Q47" t="s">
-        <v>62</v>
+        <v>270</v>
       </c>
       <c r="R47" t="s">
-        <v>63</v>
+        <v>271</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="H48" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="L48" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>208</v>
+        <v>252</v>
       </c>
       <c r="O48" t="s">
-        <v>209</v>
+        <v>90</v>
       </c>
       <c r="P48" t="s">
-        <v>210</v>
+        <v>91</v>
       </c>
       <c r="Q48" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="R48" t="s">
-        <v>211</v>
+        <v>93</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="H49" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="L49" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>167</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>329</v>
+        <v>39</v>
       </c>
       <c r="P49" t="s">
-        <v>330</v>
+        <v>40</v>
       </c>
       <c r="Q49" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R49" t="s">
-        <v>331</v>
+        <v>42</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="H50" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="L50" t="s">
-        <v>369</v>
+        <v>350</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="O50" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="P50" t="s">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="Q50" t="s">
         <v>41</v>
       </c>
       <c r="R50" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="H51" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="L51" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>376</v>
+        <v>111</v>
       </c>
       <c r="O51" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="P51" t="s">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="Q51" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="R51" t="s">
-        <v>121</v>
+        <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="H52" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="L52" t="s">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
+        <v>252</v>
+      </c>
+      <c r="O52" t="s">
+        <v>374</v>
+      </c>
+      <c r="P52" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>92</v>
+      </c>
+      <c r="R52" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="H53" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="L53" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>389</v>
+        <v>89</v>
       </c>
       <c r="O53" t="s">
-        <v>219</v>
+        <v>59</v>
       </c>
       <c r="P53" t="s">
-        <v>220</v>
+        <v>60</v>
       </c>
       <c r="Q53" t="s">
-        <v>221</v>
+        <v>51</v>
       </c>
       <c r="R53" t="s">
-        <v>222</v>
+        <v>61</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="H54" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
+        <v>387</v>
+      </c>
+      <c r="L54" t="s">
+        <v>388</v>
+      </c>
+      <c r="M54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N54" t="s">
+        <v>389</v>
+      </c>
+      <c r="O54" t="s">
+        <v>173</v>
+      </c>
+      <c r="P54" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>103</v>
+      </c>
+      <c r="R54" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>18</v>
+      </c>
+      <c r="B55" t="s">
+        <v>390</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>391</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>392</v>
+      </c>
+      <c r="H55" t="s">
+        <v>393</v>
+      </c>
+      <c r="I55" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J55" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" t="s">
         <v>394</v>
       </c>
-      <c r="L54" t="s">
+      <c r="L55" t="s">
         <v>395</v>
       </c>
-      <c r="M54" t="s">
-[...2 lines deleted...]
-      <c r="N54" t="s">
+      <c r="M55" t="s">
+        <v>20</v>
+      </c>
+      <c r="N55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>49</v>
+      </c>
+      <c r="P55" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>51</v>
+      </c>
+      <c r="R55" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" t="s">
         <v>396</v>
       </c>
-      <c r="O54" t="s">
-[...9 lines deleted...]
-        <v>137</v>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>397</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>398</v>
+      </c>
+      <c r="H56" t="s">
+        <v>399</v>
+      </c>
+      <c r="I56" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J56" t="s">
+        <v>24</v>
+      </c>
+      <c r="K56" t="s">
+        <v>400</v>
+      </c>
+      <c r="L56" t="s">
+        <v>401</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
+        <v>100</v>
+      </c>
+      <c r="O56" t="s">
+        <v>259</v>
+      </c>
+      <c r="P56" t="s">
+        <v>260</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>92</v>
+      </c>
+      <c r="R56" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>18</v>
+      </c>
+      <c r="B57" t="s">
+        <v>402</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>403</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>404</v>
+      </c>
+      <c r="H57" t="s">
+        <v>405</v>
+      </c>
+      <c r="I57" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J57" t="s">
+        <v>24</v>
+      </c>
+      <c r="K57" t="s">
+        <v>406</v>
+      </c>
+      <c r="L57" t="s">
+        <v>407</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
+        <v>233</v>
+      </c>
+      <c r="O57" t="s">
+        <v>374</v>
+      </c>
+      <c r="P57" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>92</v>
+      </c>
+      <c r="R57" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>18</v>
+      </c>
+      <c r="B58" t="s">
+        <v>408</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>409</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>410</v>
+      </c>
+      <c r="H58" t="s">
+        <v>411</v>
+      </c>
+      <c r="I58" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J58" t="s">
+        <v>24</v>
+      </c>
+      <c r="K58" t="s">
+        <v>412</v>
+      </c>
+      <c r="L58" t="s">
+        <v>413</v>
+      </c>
+      <c r="M58" t="s">
+        <v>20</v>
+      </c>
+      <c r="N58" t="s">
+        <v>200</v>
+      </c>
+      <c r="O58" t="s">
+        <v>173</v>
+      </c>
+      <c r="P58" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>103</v>
+      </c>
+      <c r="R58" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>18</v>
+      </c>
+      <c r="B59" t="s">
+        <v>414</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>415</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>416</v>
+      </c>
+      <c r="H59" t="s">
+        <v>417</v>
+      </c>
+      <c r="I59" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J59" t="s">
+        <v>24</v>
+      </c>
+      <c r="K59" t="s">
+        <v>418</v>
+      </c>
+      <c r="L59" t="s">
+        <v>419</v>
+      </c>
+      <c r="M59" t="s">
+        <v>20</v>
+      </c>
+      <c r="N59" t="s">
+        <v>420</v>
+      </c>
+      <c r="O59" t="s">
+        <v>173</v>
+      </c>
+      <c r="P59" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>103</v>
+      </c>
+      <c r="R59" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>18</v>
+      </c>
+      <c r="B60" t="s">
+        <v>421</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>422</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>423</v>
+      </c>
+      <c r="H60" t="s">
+        <v>424</v>
+      </c>
+      <c r="I60" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J60" t="s">
+        <v>24</v>
+      </c>
+      <c r="K60" t="s">
+        <v>425</v>
+      </c>
+      <c r="L60" t="s">
+        <v>426</v>
+      </c>
+      <c r="M60" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" t="s">
+        <v>420</v>
+      </c>
+      <c r="O60" t="s">
+        <v>59</v>
+      </c>
+      <c r="P60" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>51</v>
+      </c>
+      <c r="R60" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>18</v>
+      </c>
+      <c r="B61" t="s">
+        <v>427</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>428</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>429</v>
+      </c>
+      <c r="H61" t="s">
+        <v>430</v>
+      </c>
+      <c r="I61" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K61" t="s">
+        <v>431</v>
+      </c>
+      <c r="L61" t="s">
+        <v>432</v>
+      </c>
+      <c r="M61" t="s">
+        <v>20</v>
+      </c>
+      <c r="N61" t="s">
+        <v>433</v>
+      </c>
+      <c r="O61" t="s">
+        <v>268</v>
+      </c>
+      <c r="P61" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>270</v>
+      </c>
+      <c r="R61" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>18</v>
+      </c>
+      <c r="B62" t="s">
+        <v>434</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>435</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>436</v>
+      </c>
+      <c r="H62" t="s">
+        <v>437</v>
+      </c>
+      <c r="I62" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
+        <v>438</v>
+      </c>
+      <c r="L62" t="s">
+        <v>439</v>
+      </c>
+      <c r="M62" t="s">
+        <v>20</v>
+      </c>
+      <c r="N62" t="s">
+        <v>440</v>
+      </c>
+      <c r="O62" t="s">
+        <v>59</v>
+      </c>
+      <c r="P62" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>51</v>
+      </c>
+      <c r="R62" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P244"/>
+  <dimension ref="A1:P263"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>397</v>
+        <v>441</v>
       </c>
       <c r="J1" t="s">
-        <v>398</v>
+        <v>442</v>
       </c>
       <c r="K1" t="s">
-        <v>399</v>
+        <v>443</v>
       </c>
       <c r="L1" t="s">
-        <v>400</v>
+        <v>444</v>
       </c>
       <c r="M1" t="s">
-        <v>401</v>
+        <v>445</v>
       </c>
       <c r="N1" t="s">
-        <v>402</v>
+        <v>446</v>
       </c>
       <c r="O1" t="s">
-        <v>403</v>
+        <v>447</v>
       </c>
       <c r="P1" t="s">
-        <v>404</v>
+        <v>448</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>407</v>
+        <v>451</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>408</v>
+        <v>452</v>
       </c>
       <c r="H2" t="s">
-        <v>409</v>
+        <v>453</v>
       </c>
       <c r="I2" t="s">
-        <v>410</v>
+        <v>454</v>
       </c>
       <c r="J2" t="s">
-        <v>411</v>
+        <v>455</v>
       </c>
       <c r="K2" t="s">
-        <v>412</v>
+        <v>456</v>
       </c>
       <c r="L2" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M2" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N2" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O2" t="s">
-        <v>416</v>
+        <v>460</v>
       </c>
       <c r="P2" t="s">
-        <v>417</v>
+        <v>461</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B3" t="s">
-        <v>418</v>
+        <v>462</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>419</v>
+        <v>463</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>420</v>
+        <v>464</v>
       </c>
       <c r="H3" t="s">
-        <v>421</v>
+        <v>465</v>
       </c>
       <c r="I3" t="s">
-        <v>422</v>
+        <v>466</v>
       </c>
       <c r="J3" t="s">
-        <v>411</v>
+        <v>467</v>
       </c>
       <c r="K3" t="s">
-        <v>412</v>
+        <v>270</v>
       </c>
       <c r="L3" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M3" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N3" t="s">
-        <v>415</v>
+        <v>469</v>
       </c>
       <c r="O3" t="s">
-        <v>423</v>
+        <v>470</v>
       </c>
       <c r="P3" t="s">
-        <v>424</v>
+        <v>471</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B4" t="s">
-        <v>425</v>
+        <v>472</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>426</v>
+        <v>463</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>427</v>
+        <v>473</v>
       </c>
       <c r="H4" t="s">
-        <v>428</v>
+        <v>474</v>
       </c>
       <c r="I4" t="s">
-        <v>411</v>
+        <v>475</v>
       </c>
       <c r="J4" t="s">
-        <v>20</v>
+        <v>476</v>
       </c>
       <c r="K4" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L4" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M4" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N4" t="s">
-        <v>429</v>
+        <v>469</v>
       </c>
       <c r="O4" t="s">
-        <v>430</v>
+        <v>470</v>
       </c>
       <c r="P4" t="s">
-        <v>431</v>
+        <v>477</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B5" t="s">
-        <v>432</v>
+        <v>478</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>433</v>
+        <v>479</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>434</v>
+        <v>480</v>
       </c>
       <c r="H5" t="s">
-        <v>435</v>
+        <v>481</v>
       </c>
       <c r="I5" t="s">
-        <v>436</v>
+        <v>482</v>
       </c>
       <c r="J5" t="s">
-        <v>437</v>
+        <v>483</v>
       </c>
       <c r="K5" t="s">
-        <v>438</v>
+        <v>484</v>
       </c>
       <c r="L5" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M5" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N5" t="s">
-        <v>439</v>
+        <v>486</v>
       </c>
       <c r="O5" t="s">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="P5" t="s">
-        <v>441</v>
+        <v>488</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B6" t="s">
-        <v>442</v>
+        <v>489</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>443</v>
+        <v>490</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>444</v>
+        <v>491</v>
       </c>
       <c r="H6" t="s">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="I6" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
       <c r="J6" t="s">
-        <v>447</v>
+        <v>494</v>
       </c>
       <c r="K6" t="s">
-        <v>448</v>
+        <v>495</v>
       </c>
       <c r="L6" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M6" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N6" t="s">
-        <v>439</v>
+        <v>459</v>
       </c>
       <c r="O6" t="s">
-        <v>440</v>
+        <v>496</v>
       </c>
       <c r="P6" t="s">
-        <v>449</v>
+        <v>497</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B7" t="s">
-        <v>450</v>
+        <v>498</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>451</v>
+        <v>499</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>452</v>
+        <v>500</v>
       </c>
       <c r="H7" t="s">
-        <v>453</v>
+        <v>501</v>
       </c>
       <c r="I7" t="s">
-        <v>454</v>
+        <v>502</v>
       </c>
       <c r="J7" t="s">
-        <v>455</v>
+        <v>503</v>
       </c>
       <c r="K7" t="s">
-        <v>456</v>
+        <v>504</v>
       </c>
       <c r="L7" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M7" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N7" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O7" t="s">
-        <v>458</v>
+        <v>505</v>
       </c>
       <c r="P7" t="s">
-        <v>459</v>
+        <v>506</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B8" t="s">
-        <v>460</v>
+        <v>507</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>461</v>
+        <v>499</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="H8" t="s">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="I8" t="s">
-        <v>464</v>
+        <v>502</v>
       </c>
       <c r="J8" t="s">
-        <v>465</v>
+        <v>503</v>
       </c>
       <c r="K8" t="s">
-        <v>41</v>
+        <v>504</v>
       </c>
       <c r="L8" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M8" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N8" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O8" t="s">
-        <v>458</v>
+        <v>505</v>
       </c>
       <c r="P8" t="s">
-        <v>467</v>
+        <v>510</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B9" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>469</v>
+        <v>512</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>470</v>
+        <v>513</v>
       </c>
       <c r="H9" t="s">
-        <v>471</v>
+        <v>514</v>
       </c>
       <c r="I9" t="s">
-        <v>472</v>
+        <v>515</v>
       </c>
       <c r="J9" t="s">
-        <v>473</v>
+        <v>516</v>
       </c>
       <c r="K9" t="s">
-        <v>474</v>
+        <v>517</v>
       </c>
       <c r="L9" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M9" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N9" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O9" t="s">
-        <v>475</v>
+        <v>519</v>
       </c>
       <c r="P9" t="s">
-        <v>476</v>
+        <v>520</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B10" t="s">
-        <v>477</v>
+        <v>521</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>478</v>
+        <v>512</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="H10" t="s">
-        <v>480</v>
+        <v>523</v>
       </c>
       <c r="I10" t="s">
-        <v>481</v>
+        <v>524</v>
       </c>
       <c r="J10" t="s">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="K10" t="s">
-        <v>30</v>
+        <v>526</v>
       </c>
       <c r="L10" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M10" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N10" t="s">
-        <v>439</v>
+        <v>518</v>
       </c>
       <c r="O10" t="s">
-        <v>440</v>
+        <v>527</v>
       </c>
       <c r="P10" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B11" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>486</v>
+        <v>530</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>487</v>
+        <v>531</v>
       </c>
       <c r="H11" t="s">
-        <v>488</v>
+        <v>532</v>
       </c>
       <c r="I11" t="s">
-        <v>489</v>
+        <v>533</v>
       </c>
       <c r="J11" t="s">
-        <v>490</v>
+        <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>491</v>
+        <v>534</v>
       </c>
       <c r="L11" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M11" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N11" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O11" t="s">
-        <v>458</v>
+        <v>535</v>
       </c>
       <c r="P11" t="s">
-        <v>492</v>
+        <v>536</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B12" t="s">
-        <v>493</v>
+        <v>537</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>494</v>
+        <v>538</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>495</v>
+        <v>539</v>
       </c>
       <c r="H12" t="s">
-        <v>496</v>
+        <v>540</v>
       </c>
       <c r="I12" t="s">
-        <v>497</v>
+        <v>541</v>
       </c>
       <c r="J12" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="K12" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L12" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M12" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="N12" t="s">
-        <v>439</v>
+        <v>486</v>
       </c>
       <c r="O12" t="s">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="P12" t="s">
-        <v>498</v>
+        <v>542</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B13" t="s">
-        <v>499</v>
+        <v>543</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>500</v>
+        <v>544</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>501</v>
+        <v>545</v>
       </c>
       <c r="H13" t="s">
-        <v>502</v>
+        <v>546</v>
       </c>
       <c r="I13" t="s">
-        <v>503</v>
+        <v>547</v>
       </c>
       <c r="J13" t="s">
-        <v>504</v>
+        <v>548</v>
       </c>
       <c r="K13" t="s">
-        <v>505</v>
+        <v>549</v>
       </c>
       <c r="L13" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M13" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N13" t="s">
-        <v>439</v>
+        <v>469</v>
       </c>
       <c r="O13" t="s">
-        <v>440</v>
+        <v>550</v>
       </c>
       <c r="P13" t="s">
-        <v>506</v>
+        <v>551</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B14" t="s">
-        <v>507</v>
+        <v>552</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>508</v>
+        <v>544</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>509</v>
+        <v>553</v>
       </c>
       <c r="H14" t="s">
-        <v>510</v>
+        <v>554</v>
       </c>
       <c r="I14" t="s">
-        <v>511</v>
+        <v>555</v>
       </c>
       <c r="J14" t="s">
-        <v>512</v>
+        <v>476</v>
       </c>
       <c r="K14" t="s">
-        <v>513</v>
+        <v>30</v>
       </c>
       <c r="L14" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M14" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N14" t="s">
-        <v>439</v>
+        <v>556</v>
       </c>
       <c r="O14" t="s">
-        <v>440</v>
+        <v>557</v>
       </c>
       <c r="P14" t="s">
-        <v>514</v>
+        <v>558</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B15" t="s">
-        <v>515</v>
+        <v>559</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>517</v>
+        <v>560</v>
       </c>
       <c r="H15" t="s">
+        <v>561</v>
+      </c>
+      <c r="I15" t="s">
+        <v>562</v>
+      </c>
+      <c r="J15" t="s">
+        <v>563</v>
+      </c>
+      <c r="K15" t="s">
+        <v>564</v>
+      </c>
+      <c r="L15" t="s">
+        <v>457</v>
+      </c>
+      <c r="M15" t="s">
+        <v>458</v>
+      </c>
+      <c r="N15" t="s">
         <v>518</v>
       </c>
-      <c r="I15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>458</v>
+        <v>519</v>
       </c>
       <c r="P15" t="s">
-        <v>519</v>
+        <v>565</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B16" t="s">
-        <v>520</v>
+        <v>566</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>521</v>
+        <v>567</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>522</v>
+        <v>568</v>
       </c>
       <c r="H16" t="s">
-        <v>523</v>
+        <v>569</v>
       </c>
       <c r="I16" t="s">
-        <v>524</v>
+        <v>570</v>
       </c>
       <c r="J16" t="s">
-        <v>525</v>
+        <v>571</v>
       </c>
       <c r="K16" t="s">
-        <v>526</v>
+        <v>92</v>
       </c>
       <c r="L16" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M16" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="N16" t="s">
-        <v>439</v>
+        <v>486</v>
       </c>
       <c r="O16" t="s">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="P16" t="s">
-        <v>527</v>
+        <v>572</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B17" t="s">
-        <v>528</v>
+        <v>573</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>529</v>
+        <v>567</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>530</v>
+        <v>574</v>
       </c>
       <c r="H17" t="s">
-        <v>531</v>
+        <v>575</v>
       </c>
       <c r="I17" t="s">
-        <v>532</v>
+        <v>576</v>
       </c>
       <c r="J17" t="s">
-        <v>533</v>
+        <v>577</v>
       </c>
       <c r="K17" t="s">
-        <v>534</v>
+        <v>30</v>
       </c>
       <c r="L17" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M17" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="N17" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="O17" t="s">
-        <v>458</v>
+        <v>487</v>
       </c>
       <c r="P17" t="s">
-        <v>535</v>
+        <v>578</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B18" t="s">
-        <v>536</v>
+        <v>579</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>537</v>
+        <v>580</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>538</v>
+        <v>581</v>
       </c>
       <c r="H18" t="s">
-        <v>539</v>
+        <v>582</v>
       </c>
       <c r="I18" t="s">
-        <v>540</v>
+        <v>583</v>
       </c>
       <c r="J18" t="s">
-        <v>541</v>
+        <v>584</v>
       </c>
       <c r="K18" t="s">
-        <v>221</v>
+        <v>585</v>
       </c>
       <c r="L18" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M18" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N18" t="s">
-        <v>542</v>
+        <v>486</v>
       </c>
       <c r="O18" t="s">
-        <v>543</v>
+        <v>487</v>
       </c>
       <c r="P18" t="s">
-        <v>544</v>
+        <v>586</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B19" t="s">
-        <v>545</v>
+        <v>587</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>537</v>
+        <v>580</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>546</v>
+        <v>588</v>
       </c>
       <c r="H19" t="s">
-        <v>547</v>
+        <v>589</v>
       </c>
       <c r="I19" t="s">
-        <v>548</v>
+        <v>590</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>549</v>
+        <v>591</v>
       </c>
       <c r="L19" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M19" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N19" t="s">
-        <v>542</v>
+        <v>592</v>
       </c>
       <c r="O19" t="s">
-        <v>543</v>
+        <v>593</v>
       </c>
       <c r="P19" t="s">
-        <v>550</v>
+        <v>594</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B20" t="s">
-        <v>551</v>
+        <v>595</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>537</v>
+        <v>596</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>552</v>
+        <v>597</v>
       </c>
       <c r="H20" t="s">
-        <v>553</v>
+        <v>598</v>
       </c>
       <c r="I20" t="s">
-        <v>554</v>
+        <v>599</v>
       </c>
       <c r="J20" t="s">
-        <v>555</v>
+        <v>600</v>
       </c>
       <c r="K20" t="s">
-        <v>556</v>
+        <v>601</v>
       </c>
       <c r="L20" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M20" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N20" t="s">
-        <v>542</v>
+        <v>459</v>
       </c>
       <c r="O20" t="s">
-        <v>543</v>
+        <v>460</v>
       </c>
       <c r="P20" t="s">
-        <v>557</v>
+        <v>602</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B21" t="s">
-        <v>558</v>
+        <v>603</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>559</v>
+        <v>604</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>560</v>
+        <v>605</v>
       </c>
       <c r="H21" t="s">
-        <v>561</v>
+        <v>606</v>
       </c>
       <c r="I21" t="s">
-        <v>562</v>
+        <v>607</v>
       </c>
       <c r="J21" t="s">
-        <v>563</v>
+        <v>476</v>
       </c>
       <c r="K21" t="s">
-        <v>564</v>
+        <v>30</v>
       </c>
       <c r="L21" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M21" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N21" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O21" t="s">
-        <v>458</v>
+        <v>608</v>
       </c>
       <c r="P21" t="s">
-        <v>565</v>
+        <v>609</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B22" t="s">
-        <v>566</v>
+        <v>610</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>567</v>
+        <v>611</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>568</v>
+        <v>612</v>
       </c>
       <c r="H22" t="s">
-        <v>569</v>
+        <v>613</v>
       </c>
       <c r="I22" t="s">
-        <v>570</v>
+        <v>614</v>
       </c>
       <c r="J22" t="s">
-        <v>571</v>
+        <v>476</v>
       </c>
       <c r="K22" t="s">
-        <v>572</v>
+        <v>30</v>
       </c>
       <c r="L22" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M22" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N22" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O22" t="s">
-        <v>458</v>
+        <v>615</v>
       </c>
       <c r="P22" t="s">
-        <v>573</v>
+        <v>616</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B23" t="s">
-        <v>574</v>
+        <v>617</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>575</v>
+        <v>618</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>576</v>
+        <v>619</v>
       </c>
       <c r="H23" t="s">
-        <v>577</v>
+        <v>620</v>
       </c>
       <c r="I23" t="s">
-        <v>578</v>
+        <v>476</v>
       </c>
       <c r="J23" t="s">
-        <v>579</v>
+        <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M23" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N23" t="s">
-        <v>457</v>
+        <v>556</v>
       </c>
       <c r="O23" t="s">
-        <v>475</v>
+        <v>621</v>
       </c>
       <c r="P23" t="s">
-        <v>580</v>
+        <v>622</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B24" t="s">
-        <v>581</v>
+        <v>623</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>582</v>
+        <v>624</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>583</v>
+        <v>625</v>
       </c>
       <c r="H24" t="s">
-        <v>584</v>
+        <v>626</v>
       </c>
       <c r="I24" t="s">
-        <v>585</v>
+        <v>627</v>
       </c>
       <c r="J24" t="s">
-        <v>586</v>
+        <v>628</v>
       </c>
       <c r="K24" t="s">
-        <v>587</v>
+        <v>629</v>
       </c>
       <c r="L24" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M24" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N24" t="s">
-        <v>542</v>
+        <v>486</v>
       </c>
       <c r="O24" t="s">
-        <v>588</v>
+        <v>487</v>
       </c>
       <c r="P24" t="s">
-        <v>589</v>
+        <v>630</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B25" t="s">
-        <v>590</v>
+        <v>631</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>582</v>
+        <v>632</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>591</v>
+        <v>633</v>
       </c>
       <c r="H25" t="s">
-        <v>592</v>
+        <v>634</v>
       </c>
       <c r="I25" t="s">
-        <v>593</v>
+        <v>635</v>
       </c>
       <c r="J25" t="s">
-        <v>594</v>
+        <v>636</v>
       </c>
       <c r="K25" t="s">
-        <v>595</v>
+        <v>637</v>
       </c>
       <c r="L25" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M25" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N25" t="s">
-        <v>542</v>
+        <v>486</v>
       </c>
       <c r="O25" t="s">
-        <v>588</v>
+        <v>487</v>
       </c>
       <c r="P25" t="s">
-        <v>596</v>
+        <v>638</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B26" t="s">
-        <v>597</v>
+        <v>639</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>582</v>
+        <v>640</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="H26" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="I26" t="s">
-        <v>600</v>
+        <v>643</v>
       </c>
       <c r="J26" t="s">
-        <v>411</v>
+        <v>644</v>
       </c>
       <c r="K26" t="s">
-        <v>412</v>
+        <v>645</v>
       </c>
       <c r="L26" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M26" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N26" t="s">
-        <v>542</v>
+        <v>459</v>
       </c>
       <c r="O26" t="s">
-        <v>588</v>
+        <v>460</v>
       </c>
       <c r="P26" t="s">
-        <v>601</v>
+        <v>646</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B27" t="s">
-        <v>602</v>
+        <v>647</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>603</v>
+        <v>648</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>604</v>
+        <v>649</v>
       </c>
       <c r="H27" t="s">
-        <v>605</v>
+        <v>650</v>
       </c>
       <c r="I27" t="s">
-        <v>606</v>
+        <v>651</v>
       </c>
       <c r="J27" t="s">
-        <v>555</v>
+        <v>652</v>
       </c>
       <c r="K27" t="s">
-        <v>556</v>
+        <v>103</v>
       </c>
       <c r="L27" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M27" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N27" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O27" t="s">
-        <v>423</v>
+        <v>460</v>
       </c>
       <c r="P27" t="s">
-        <v>607</v>
+        <v>653</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B28" t="s">
-        <v>608</v>
+        <v>654</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>609</v>
+        <v>655</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>610</v>
+        <v>656</v>
       </c>
       <c r="H28" t="s">
-        <v>611</v>
+        <v>657</v>
       </c>
       <c r="I28" t="s">
-        <v>612</v>
+        <v>658</v>
       </c>
       <c r="J28" t="s">
-        <v>465</v>
+        <v>659</v>
       </c>
       <c r="K28" t="s">
-        <v>41</v>
+        <v>660</v>
       </c>
       <c r="L28" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M28" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N28" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O28" t="s">
-        <v>614</v>
+        <v>496</v>
       </c>
       <c r="P28" t="s">
-        <v>615</v>
+        <v>661</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B29" t="s">
-        <v>616</v>
+        <v>662</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>617</v>
+        <v>663</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>618</v>
+        <v>664</v>
       </c>
       <c r="H29" t="s">
-        <v>619</v>
+        <v>665</v>
       </c>
       <c r="I29" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="J29" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="K29" t="s">
-        <v>556</v>
+        <v>92</v>
       </c>
       <c r="L29" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M29" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N29" t="s">
-        <v>613</v>
+        <v>486</v>
       </c>
       <c r="O29" t="s">
-        <v>614</v>
+        <v>487</v>
       </c>
       <c r="P29" t="s">
-        <v>621</v>
+        <v>667</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B30" t="s">
-        <v>622</v>
+        <v>668</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>623</v>
+        <v>669</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>624</v>
+        <v>670</v>
       </c>
       <c r="H30" t="s">
-        <v>625</v>
+        <v>671</v>
       </c>
       <c r="I30" t="s">
-        <v>626</v>
+        <v>672</v>
       </c>
       <c r="J30" t="s">
-        <v>627</v>
+        <v>673</v>
       </c>
       <c r="K30" t="s">
-        <v>628</v>
+        <v>674</v>
       </c>
       <c r="L30" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M30" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N30" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O30" t="s">
-        <v>629</v>
+        <v>460</v>
       </c>
       <c r="P30" t="s">
-        <v>630</v>
+        <v>675</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B31" t="s">
-        <v>631</v>
+        <v>676</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>632</v>
+        <v>677</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>633</v>
+        <v>678</v>
       </c>
       <c r="H31" t="s">
-        <v>634</v>
+        <v>679</v>
       </c>
       <c r="I31" t="s">
-        <v>635</v>
+        <v>680</v>
       </c>
       <c r="J31" t="s">
-        <v>636</v>
+        <v>476</v>
       </c>
       <c r="K31" t="s">
-        <v>637</v>
+        <v>30</v>
       </c>
       <c r="L31" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M31" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N31" t="s">
-        <v>415</v>
+        <v>486</v>
       </c>
       <c r="O31" t="s">
-        <v>423</v>
+        <v>487</v>
       </c>
       <c r="P31" t="s">
-        <v>638</v>
+        <v>681</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B32" t="s">
-        <v>639</v>
+        <v>682</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>632</v>
+        <v>683</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>640</v>
+        <v>684</v>
       </c>
       <c r="H32" t="s">
-        <v>641</v>
+        <v>685</v>
       </c>
       <c r="I32" t="s">
-        <v>642</v>
+        <v>686</v>
       </c>
       <c r="J32" t="s">
-        <v>465</v>
+        <v>687</v>
       </c>
       <c r="K32" t="s">
-        <v>41</v>
+        <v>688</v>
       </c>
       <c r="L32" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M32" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N32" t="s">
-        <v>415</v>
+        <v>486</v>
       </c>
       <c r="O32" t="s">
-        <v>423</v>
+        <v>487</v>
       </c>
       <c r="P32" t="s">
-        <v>643</v>
+        <v>689</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B33" t="s">
-        <v>644</v>
+        <v>690</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>645</v>
+        <v>691</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>646</v>
+        <v>692</v>
       </c>
       <c r="H33" t="s">
-        <v>647</v>
+        <v>693</v>
       </c>
       <c r="I33" t="s">
-        <v>648</v>
+        <v>694</v>
       </c>
       <c r="J33" t="s">
-        <v>20</v>
+        <v>695</v>
       </c>
       <c r="K33" t="s">
-        <v>649</v>
+        <v>696</v>
       </c>
       <c r="L33" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M33" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N33" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="O33" t="s">
-        <v>458</v>
+        <v>487</v>
       </c>
       <c r="P33" t="s">
-        <v>650</v>
+        <v>697</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B34" t="s">
-        <v>651</v>
+        <v>698</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>652</v>
+        <v>699</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>653</v>
+        <v>700</v>
       </c>
       <c r="H34" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="I34" t="s">
-        <v>655</v>
+        <v>476</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>656</v>
+        <v>30</v>
       </c>
       <c r="L34" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M34" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N34" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O34" t="s">
-        <v>657</v>
+        <v>460</v>
       </c>
       <c r="P34" t="s">
-        <v>658</v>
+        <v>702</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B35" t="s">
-        <v>659</v>
+        <v>703</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>660</v>
+        <v>704</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>661</v>
+        <v>705</v>
       </c>
       <c r="H35" t="s">
-        <v>662</v>
+        <v>706</v>
       </c>
       <c r="I35" t="s">
-        <v>663</v>
+        <v>707</v>
       </c>
       <c r="J35" t="s">
-        <v>20</v>
+        <v>708</v>
       </c>
       <c r="K35" t="s">
-        <v>664</v>
+        <v>709</v>
       </c>
       <c r="L35" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M35" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N35" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="O35" t="s">
-        <v>458</v>
+        <v>487</v>
       </c>
       <c r="P35" t="s">
-        <v>665</v>
+        <v>710</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B36" t="s">
-        <v>666</v>
+        <v>711</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>667</v>
+        <v>712</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>668</v>
+        <v>713</v>
       </c>
       <c r="H36" t="s">
-        <v>669</v>
+        <v>714</v>
       </c>
       <c r="I36" t="s">
-        <v>670</v>
+        <v>715</v>
       </c>
       <c r="J36" t="s">
-        <v>671</v>
+        <v>716</v>
       </c>
       <c r="K36" t="s">
-        <v>672</v>
+        <v>717</v>
       </c>
       <c r="L36" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M36" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N36" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O36" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P36" t="s">
-        <v>673</v>
+        <v>718</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B37" t="s">
-        <v>674</v>
+        <v>719</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>675</v>
+        <v>720</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>676</v>
+        <v>721</v>
       </c>
       <c r="H37" t="s">
-        <v>677</v>
+        <v>722</v>
       </c>
       <c r="I37" t="s">
-        <v>678</v>
+        <v>723</v>
       </c>
       <c r="J37" t="s">
-        <v>411</v>
+        <v>467</v>
       </c>
       <c r="K37" t="s">
-        <v>412</v>
+        <v>270</v>
       </c>
       <c r="L37" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M37" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N37" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O37" t="s">
-        <v>458</v>
+        <v>725</v>
       </c>
       <c r="P37" t="s">
-        <v>679</v>
+        <v>726</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B38" t="s">
-        <v>680</v>
+        <v>727</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>681</v>
+        <v>720</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>682</v>
+        <v>728</v>
       </c>
       <c r="H38" t="s">
-        <v>683</v>
+        <v>729</v>
       </c>
       <c r="I38" t="s">
-        <v>684</v>
+        <v>730</v>
       </c>
       <c r="J38" t="s">
-        <v>555</v>
+        <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>556</v>
+        <v>731</v>
       </c>
       <c r="L38" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M38" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N38" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O38" t="s">
-        <v>458</v>
+        <v>725</v>
       </c>
       <c r="P38" t="s">
-        <v>685</v>
+        <v>732</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B39" t="s">
-        <v>686</v>
+        <v>733</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>687</v>
+        <v>720</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>688</v>
+        <v>734</v>
       </c>
       <c r="H39" t="s">
-        <v>689</v>
+        <v>735</v>
       </c>
       <c r="I39" t="s">
-        <v>690</v>
+        <v>736</v>
       </c>
       <c r="J39" t="s">
-        <v>691</v>
+        <v>737</v>
       </c>
       <c r="K39" t="s">
-        <v>692</v>
+        <v>738</v>
       </c>
       <c r="L39" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M39" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N39" t="s">
-        <v>415</v>
+        <v>724</v>
       </c>
       <c r="O39" t="s">
-        <v>693</v>
+        <v>725</v>
       </c>
       <c r="P39" t="s">
-        <v>694</v>
+        <v>739</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B40" t="s">
-        <v>666</v>
+        <v>740</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>695</v>
+        <v>741</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>696</v>
+        <v>742</v>
       </c>
       <c r="H40" t="s">
-        <v>697</v>
+        <v>743</v>
       </c>
       <c r="I40" t="s">
-        <v>698</v>
+        <v>744</v>
       </c>
       <c r="J40" t="s">
-        <v>699</v>
+        <v>745</v>
       </c>
       <c r="K40" t="s">
-        <v>700</v>
+        <v>746</v>
       </c>
       <c r="L40" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M40" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N40" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O40" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P40" t="s">
-        <v>701</v>
+        <v>747</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B41" t="s">
-        <v>702</v>
+        <v>748</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>703</v>
+        <v>749</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>704</v>
+        <v>750</v>
       </c>
       <c r="H41" t="s">
-        <v>705</v>
+        <v>751</v>
       </c>
       <c r="I41" t="s">
-        <v>706</v>
+        <v>752</v>
       </c>
       <c r="J41" t="s">
-        <v>411</v>
+        <v>753</v>
       </c>
       <c r="K41" t="s">
-        <v>412</v>
+        <v>754</v>
       </c>
       <c r="L41" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M41" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N41" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O41" t="s">
-        <v>708</v>
+        <v>460</v>
       </c>
       <c r="P41" t="s">
-        <v>709</v>
+        <v>755</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B42" t="s">
-        <v>710</v>
+        <v>756</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>703</v>
+        <v>757</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>711</v>
+        <v>758</v>
       </c>
       <c r="H42" t="s">
-        <v>712</v>
+        <v>759</v>
       </c>
       <c r="I42" t="s">
-        <v>713</v>
+        <v>760</v>
       </c>
       <c r="J42" t="s">
-        <v>411</v>
+        <v>761</v>
       </c>
       <c r="K42" t="s">
-        <v>412</v>
+        <v>147</v>
       </c>
       <c r="L42" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M42" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N42" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O42" t="s">
-        <v>708</v>
+        <v>496</v>
       </c>
       <c r="P42" t="s">
-        <v>714</v>
+        <v>762</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B43" t="s">
-        <v>715</v>
+        <v>763</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>703</v>
+        <v>764</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>716</v>
+        <v>765</v>
       </c>
       <c r="H43" t="s">
-        <v>717</v>
+        <v>766</v>
       </c>
       <c r="I43" t="s">
-        <v>718</v>
+        <v>767</v>
       </c>
       <c r="J43" t="s">
-        <v>555</v>
+        <v>768</v>
       </c>
       <c r="K43" t="s">
-        <v>556</v>
+        <v>769</v>
       </c>
       <c r="L43" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M43" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N43" t="s">
-        <v>707</v>
+        <v>724</v>
       </c>
       <c r="O43" t="s">
-        <v>708</v>
+        <v>770</v>
       </c>
       <c r="P43" t="s">
-        <v>719</v>
+        <v>771</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B44" t="s">
-        <v>720</v>
+        <v>772</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>703</v>
+        <v>764</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>721</v>
+        <v>773</v>
       </c>
       <c r="H44" t="s">
-        <v>722</v>
+        <v>774</v>
       </c>
       <c r="I44" t="s">
-        <v>723</v>
+        <v>775</v>
       </c>
       <c r="J44" t="s">
-        <v>482</v>
+        <v>776</v>
       </c>
       <c r="K44" t="s">
-        <v>30</v>
+        <v>777</v>
       </c>
       <c r="L44" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M44" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N44" t="s">
-        <v>707</v>
+        <v>724</v>
       </c>
       <c r="O44" t="s">
-        <v>708</v>
+        <v>770</v>
       </c>
       <c r="P44" t="s">
-        <v>724</v>
+        <v>778</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B45" t="s">
-        <v>725</v>
+        <v>779</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>703</v>
+        <v>764</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>726</v>
+        <v>780</v>
       </c>
       <c r="H45" t="s">
-        <v>727</v>
+        <v>781</v>
       </c>
       <c r="I45" t="s">
-        <v>728</v>
+        <v>782</v>
       </c>
       <c r="J45" t="s">
-        <v>512</v>
+        <v>476</v>
       </c>
       <c r="K45" t="s">
-        <v>513</v>
+        <v>30</v>
       </c>
       <c r="L45" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M45" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N45" t="s">
-        <v>707</v>
+        <v>724</v>
       </c>
       <c r="O45" t="s">
-        <v>729</v>
+        <v>770</v>
       </c>
       <c r="P45" t="s">
-        <v>730</v>
+        <v>783</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B46" t="s">
-        <v>731</v>
+        <v>784</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>732</v>
+        <v>785</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>733</v>
+        <v>786</v>
       </c>
       <c r="H46" t="s">
-        <v>734</v>
+        <v>787</v>
       </c>
       <c r="I46" t="s">
-        <v>735</v>
+        <v>788</v>
       </c>
       <c r="J46" t="s">
-        <v>411</v>
+        <v>737</v>
       </c>
       <c r="K46" t="s">
-        <v>412</v>
+        <v>738</v>
       </c>
       <c r="L46" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M46" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N46" t="s">
-        <v>429</v>
+        <v>592</v>
       </c>
       <c r="O46" t="s">
-        <v>736</v>
+        <v>615</v>
       </c>
       <c r="P46" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B47" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>732</v>
+        <v>791</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>739</v>
+        <v>792</v>
       </c>
       <c r="H47" t="s">
-        <v>740</v>
+        <v>793</v>
       </c>
       <c r="I47" t="s">
-        <v>741</v>
+        <v>794</v>
       </c>
       <c r="J47" t="s">
-        <v>742</v>
+        <v>652</v>
       </c>
       <c r="K47" t="s">
-        <v>743</v>
+        <v>103</v>
       </c>
       <c r="L47" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M47" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N47" t="s">
-        <v>707</v>
+        <v>518</v>
       </c>
       <c r="O47" t="s">
-        <v>708</v>
+        <v>795</v>
       </c>
       <c r="P47" t="s">
-        <v>744</v>
+        <v>796</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B48" t="s">
-        <v>745</v>
+        <v>797</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>746</v>
+        <v>798</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>747</v>
+        <v>799</v>
       </c>
       <c r="H48" t="s">
-        <v>748</v>
+        <v>800</v>
       </c>
       <c r="I48" t="s">
-        <v>749</v>
+        <v>801</v>
       </c>
       <c r="J48" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="K48" t="s">
-        <v>751</v>
+        <v>738</v>
       </c>
       <c r="L48" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M48" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N48" t="s">
-        <v>415</v>
+        <v>518</v>
       </c>
       <c r="O48" t="s">
-        <v>752</v>
+        <v>795</v>
       </c>
       <c r="P48" t="s">
-        <v>753</v>
+        <v>802</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B49" t="s">
-        <v>754</v>
+        <v>803</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>755</v>
+        <v>804</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>756</v>
+        <v>805</v>
       </c>
       <c r="H49" t="s">
-        <v>757</v>
+        <v>806</v>
       </c>
       <c r="I49" t="s">
-        <v>758</v>
+        <v>807</v>
       </c>
       <c r="J49" t="s">
-        <v>465</v>
+        <v>808</v>
       </c>
       <c r="K49" t="s">
-        <v>41</v>
+        <v>809</v>
       </c>
       <c r="L49" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M49" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N49" t="s">
-        <v>415</v>
+        <v>518</v>
       </c>
       <c r="O49" t="s">
-        <v>693</v>
+        <v>810</v>
       </c>
       <c r="P49" t="s">
-        <v>759</v>
+        <v>811</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B50" t="s">
-        <v>760</v>
+        <v>812</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>761</v>
+        <v>813</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>762</v>
+        <v>814</v>
       </c>
       <c r="H50" t="s">
-        <v>763</v>
+        <v>815</v>
       </c>
       <c r="I50" t="s">
-        <v>764</v>
+        <v>816</v>
       </c>
       <c r="J50" t="s">
-        <v>765</v>
+        <v>817</v>
       </c>
       <c r="K50" t="s">
-        <v>766</v>
+        <v>818</v>
       </c>
       <c r="L50" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M50" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N50" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O50" t="s">
-        <v>458</v>
+        <v>615</v>
       </c>
       <c r="P50" t="s">
-        <v>767</v>
+        <v>819</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B51" t="s">
-        <v>768</v>
+        <v>820</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>769</v>
+        <v>813</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>770</v>
+        <v>821</v>
       </c>
       <c r="H51" t="s">
-        <v>771</v>
+        <v>822</v>
       </c>
       <c r="I51" t="s">
-        <v>772</v>
+        <v>823</v>
       </c>
       <c r="J51" t="s">
-        <v>773</v>
+        <v>652</v>
       </c>
       <c r="K51" t="s">
-        <v>774</v>
+        <v>103</v>
       </c>
       <c r="L51" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M51" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N51" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O51" t="s">
-        <v>458</v>
+        <v>615</v>
       </c>
       <c r="P51" t="s">
-        <v>775</v>
+        <v>824</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B52" t="s">
-        <v>776</v>
+        <v>825</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>777</v>
+        <v>826</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>778</v>
+        <v>827</v>
       </c>
       <c r="H52" t="s">
-        <v>779</v>
+        <v>828</v>
       </c>
       <c r="I52" t="s">
-        <v>780</v>
+        <v>829</v>
       </c>
       <c r="J52" t="s">
-        <v>411</v>
+        <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>412</v>
+        <v>830</v>
       </c>
       <c r="L52" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M52" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N52" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O52" t="s">
-        <v>423</v>
+        <v>460</v>
       </c>
       <c r="P52" t="s">
-        <v>781</v>
+        <v>831</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B53" t="s">
-        <v>782</v>
+        <v>832</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>783</v>
+        <v>833</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>784</v>
+        <v>834</v>
       </c>
       <c r="H53" t="s">
-        <v>785</v>
+        <v>835</v>
       </c>
       <c r="I53" t="s">
-        <v>786</v>
+        <v>836</v>
       </c>
       <c r="J53" t="s">
-        <v>482</v>
+        <v>20</v>
       </c>
       <c r="K53" t="s">
-        <v>30</v>
+        <v>837</v>
       </c>
       <c r="L53" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M53" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N53" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O53" t="s">
-        <v>458</v>
+        <v>838</v>
       </c>
       <c r="P53" t="s">
-        <v>787</v>
+        <v>839</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B54" t="s">
-        <v>788</v>
+        <v>840</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>783</v>
+        <v>841</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>789</v>
+        <v>842</v>
       </c>
       <c r="H54" t="s">
-        <v>790</v>
+        <v>843</v>
       </c>
       <c r="I54" t="s">
-        <v>791</v>
+        <v>844</v>
       </c>
       <c r="J54" t="s">
         <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>792</v>
+        <v>845</v>
       </c>
       <c r="L54" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M54" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N54" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O54" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P54" t="s">
-        <v>793</v>
+        <v>846</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>794</v>
+        <v>847</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>795</v>
+        <v>848</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>796</v>
+        <v>849</v>
       </c>
       <c r="H55" t="s">
-        <v>797</v>
+        <v>850</v>
       </c>
       <c r="I55" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="J55" t="s">
-        <v>799</v>
+        <v>852</v>
       </c>
       <c r="K55" t="s">
-        <v>412</v>
+        <v>853</v>
       </c>
       <c r="L55" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M55" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N55" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O55" t="s">
-        <v>800</v>
+        <v>460</v>
       </c>
       <c r="P55" t="s">
-        <v>801</v>
+        <v>854</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B56" t="s">
-        <v>802</v>
+        <v>855</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>803</v>
+        <v>856</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>804</v>
+        <v>857</v>
       </c>
       <c r="H56" t="s">
-        <v>805</v>
+        <v>858</v>
       </c>
       <c r="I56" t="s">
-        <v>806</v>
+        <v>859</v>
       </c>
       <c r="J56" t="s">
-        <v>807</v>
+        <v>476</v>
       </c>
       <c r="K56" t="s">
-        <v>808</v>
+        <v>30</v>
       </c>
       <c r="L56" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M56" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N56" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O56" t="s">
-        <v>809</v>
+        <v>460</v>
       </c>
       <c r="P56" t="s">
-        <v>810</v>
+        <v>860</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B57" t="s">
-        <v>811</v>
+        <v>861</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>803</v>
+        <v>862</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>812</v>
+        <v>863</v>
       </c>
       <c r="H57" t="s">
-        <v>813</v>
+        <v>864</v>
       </c>
       <c r="I57" t="s">
-        <v>814</v>
+        <v>865</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>737</v>
       </c>
       <c r="K57" t="s">
-        <v>808</v>
+        <v>738</v>
       </c>
       <c r="L57" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M57" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N57" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O57" t="s">
-        <v>815</v>
+        <v>460</v>
       </c>
       <c r="P57" t="s">
-        <v>816</v>
+        <v>866</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>817</v>
+        <v>867</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>818</v>
+        <v>868</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>819</v>
+        <v>869</v>
       </c>
       <c r="H58" t="s">
-        <v>820</v>
+        <v>870</v>
       </c>
       <c r="I58" t="s">
-        <v>814</v>
+        <v>871</v>
       </c>
       <c r="J58" t="s">
-        <v>20</v>
+        <v>872</v>
       </c>
       <c r="K58" t="s">
-        <v>808</v>
+        <v>873</v>
       </c>
       <c r="L58" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M58" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N58" t="s">
-        <v>415</v>
+        <v>592</v>
       </c>
       <c r="O58" t="s">
-        <v>821</v>
+        <v>874</v>
       </c>
       <c r="P58" t="s">
-        <v>822</v>
+        <v>875</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B59" t="s">
-        <v>823</v>
+        <v>847</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>824</v>
+        <v>876</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>825</v>
+        <v>877</v>
       </c>
       <c r="H59" t="s">
-        <v>826</v>
+        <v>878</v>
       </c>
       <c r="I59" t="s">
-        <v>827</v>
+        <v>879</v>
       </c>
       <c r="J59" t="s">
-        <v>828</v>
+        <v>880</v>
       </c>
       <c r="K59" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="L59" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M59" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N59" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O59" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P59" t="s">
-        <v>830</v>
+        <v>882</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B60" t="s">
-        <v>831</v>
+        <v>883</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>832</v>
+        <v>884</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>833</v>
+        <v>885</v>
       </c>
       <c r="H60" t="s">
-        <v>834</v>
+        <v>886</v>
       </c>
       <c r="I60" t="s">
-        <v>835</v>
+        <v>887</v>
       </c>
       <c r="J60" t="s">
-        <v>799</v>
+        <v>476</v>
       </c>
       <c r="K60" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L60" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M60" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N60" t="s">
-        <v>613</v>
+        <v>469</v>
       </c>
       <c r="O60" t="s">
-        <v>836</v>
+        <v>888</v>
       </c>
       <c r="P60" t="s">
-        <v>837</v>
+        <v>889</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B61" t="s">
-        <v>838</v>
+        <v>890</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>839</v>
+        <v>884</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>840</v>
+        <v>891</v>
       </c>
       <c r="H61" t="s">
-        <v>841</v>
+        <v>892</v>
       </c>
       <c r="I61" t="s">
-        <v>842</v>
+        <v>893</v>
       </c>
       <c r="J61" t="s">
-        <v>533</v>
+        <v>476</v>
       </c>
       <c r="K61" t="s">
-        <v>534</v>
+        <v>30</v>
       </c>
       <c r="L61" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M61" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N61" t="s">
-        <v>707</v>
+        <v>469</v>
       </c>
       <c r="O61" t="s">
-        <v>708</v>
+        <v>888</v>
       </c>
       <c r="P61" t="s">
-        <v>843</v>
+        <v>894</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B62" t="s">
-        <v>844</v>
+        <v>895</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>845</v>
+        <v>884</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>846</v>
+        <v>896</v>
       </c>
       <c r="H62" t="s">
-        <v>847</v>
+        <v>897</v>
       </c>
       <c r="I62" t="s">
-        <v>848</v>
+        <v>898</v>
       </c>
       <c r="J62" t="s">
-        <v>512</v>
+        <v>737</v>
       </c>
       <c r="K62" t="s">
-        <v>513</v>
+        <v>738</v>
       </c>
       <c r="L62" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M62" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N62" t="s">
-        <v>613</v>
+        <v>469</v>
       </c>
       <c r="O62" t="s">
-        <v>836</v>
+        <v>888</v>
       </c>
       <c r="P62" t="s">
-        <v>849</v>
+        <v>899</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B63" t="s">
-        <v>850</v>
+        <v>900</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>851</v>
+        <v>884</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>852</v>
+        <v>901</v>
       </c>
       <c r="H63" t="s">
-        <v>853</v>
+        <v>902</v>
       </c>
       <c r="I63" t="s">
-        <v>854</v>
+        <v>903</v>
       </c>
       <c r="J63" t="s">
-        <v>437</v>
+        <v>571</v>
       </c>
       <c r="K63" t="s">
-        <v>438</v>
+        <v>92</v>
       </c>
       <c r="L63" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M63" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N63" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O63" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P63" t="s">
-        <v>855</v>
+        <v>904</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B64" t="s">
-        <v>856</v>
+        <v>905</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>857</v>
+        <v>884</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>858</v>
+        <v>906</v>
       </c>
       <c r="H64" t="s">
-        <v>859</v>
+        <v>907</v>
       </c>
       <c r="I64" t="s">
-        <v>860</v>
+        <v>908</v>
       </c>
       <c r="J64" t="s">
-        <v>411</v>
+        <v>695</v>
       </c>
       <c r="K64" t="s">
-        <v>412</v>
+        <v>696</v>
       </c>
       <c r="L64" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M64" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N64" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O64" t="s">
-        <v>458</v>
+        <v>909</v>
       </c>
       <c r="P64" t="s">
-        <v>861</v>
+        <v>910</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B65" t="s">
-        <v>862</v>
+        <v>911</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>857</v>
+        <v>912</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>863</v>
+        <v>913</v>
       </c>
       <c r="H65" t="s">
-        <v>864</v>
+        <v>914</v>
       </c>
       <c r="I65" t="s">
-        <v>865</v>
+        <v>915</v>
       </c>
       <c r="J65" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="K65" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L65" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M65" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N65" t="s">
-        <v>457</v>
+        <v>556</v>
       </c>
       <c r="O65" t="s">
-        <v>458</v>
+        <v>916</v>
       </c>
       <c r="P65" t="s">
-        <v>866</v>
+        <v>917</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B66" t="s">
-        <v>867</v>
+        <v>918</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>857</v>
+        <v>912</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>868</v>
+        <v>919</v>
       </c>
       <c r="H66" t="s">
-        <v>869</v>
+        <v>920</v>
       </c>
       <c r="I66" t="s">
-        <v>870</v>
+        <v>921</v>
       </c>
       <c r="J66" t="s">
-        <v>411</v>
+        <v>922</v>
       </c>
       <c r="K66" t="s">
-        <v>412</v>
+        <v>923</v>
       </c>
       <c r="L66" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M66" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N66" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O66" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P66" t="s">
-        <v>871</v>
+        <v>924</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B67" t="s">
-        <v>872</v>
+        <v>925</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>873</v>
+        <v>926</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>874</v>
+        <v>927</v>
       </c>
       <c r="H67" t="s">
-        <v>875</v>
+        <v>928</v>
       </c>
       <c r="I67" t="s">
-        <v>876</v>
+        <v>929</v>
       </c>
       <c r="J67" t="s">
-        <v>411</v>
+        <v>930</v>
       </c>
       <c r="K67" t="s">
-        <v>412</v>
+        <v>931</v>
       </c>
       <c r="L67" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M67" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N67" t="s">
-        <v>542</v>
+        <v>592</v>
       </c>
       <c r="O67" t="s">
-        <v>543</v>
+        <v>593</v>
       </c>
       <c r="P67" t="s">
-        <v>877</v>
+        <v>932</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B68" t="s">
-        <v>878</v>
+        <v>933</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>873</v>
+        <v>934</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>879</v>
+        <v>935</v>
       </c>
       <c r="H68" t="s">
-        <v>880</v>
+        <v>936</v>
       </c>
       <c r="I68" t="s">
-        <v>881</v>
+        <v>937</v>
       </c>
       <c r="J68" t="s">
-        <v>594</v>
+        <v>652</v>
       </c>
       <c r="K68" t="s">
-        <v>595</v>
+        <v>103</v>
       </c>
       <c r="L68" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M68" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N68" t="s">
-        <v>542</v>
+        <v>592</v>
       </c>
       <c r="O68" t="s">
-        <v>543</v>
+        <v>874</v>
       </c>
       <c r="P68" t="s">
-        <v>882</v>
+        <v>938</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B69" t="s">
-        <v>883</v>
+        <v>939</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>884</v>
+        <v>940</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>885</v>
+        <v>941</v>
       </c>
       <c r="H69" t="s">
-        <v>886</v>
+        <v>942</v>
       </c>
       <c r="I69" t="s">
-        <v>887</v>
+        <v>943</v>
       </c>
       <c r="J69" t="s">
-        <v>20</v>
+        <v>944</v>
       </c>
       <c r="K69" t="s">
-        <v>888</v>
+        <v>945</v>
       </c>
       <c r="L69" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M69" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N69" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O69" t="s">
-        <v>836</v>
+        <v>460</v>
       </c>
       <c r="P69" t="s">
-        <v>889</v>
+        <v>946</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B70" t="s">
-        <v>890</v>
+        <v>947</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>891</v>
+        <v>948</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>892</v>
+        <v>949</v>
       </c>
       <c r="H70" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="I70" t="s">
-        <v>894</v>
+        <v>951</v>
       </c>
       <c r="J70" t="s">
-        <v>482</v>
+        <v>952</v>
       </c>
       <c r="K70" t="s">
-        <v>30</v>
+        <v>953</v>
       </c>
       <c r="L70" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M70" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N70" t="s">
-        <v>429</v>
+        <v>459</v>
       </c>
       <c r="O70" t="s">
-        <v>895</v>
+        <v>460</v>
       </c>
       <c r="P70" t="s">
-        <v>896</v>
+        <v>954</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B71" t="s">
-        <v>897</v>
+        <v>955</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>891</v>
+        <v>956</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>898</v>
+        <v>957</v>
       </c>
       <c r="H71" t="s">
-        <v>899</v>
+        <v>958</v>
       </c>
       <c r="I71" t="s">
-        <v>900</v>
+        <v>959</v>
       </c>
       <c r="J71" t="s">
-        <v>20</v>
+        <v>476</v>
       </c>
       <c r="K71" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="L71" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M71" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N71" t="s">
-        <v>613</v>
+        <v>592</v>
       </c>
       <c r="O71" t="s">
-        <v>815</v>
+        <v>615</v>
       </c>
       <c r="P71" t="s">
-        <v>901</v>
+        <v>960</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B72" t="s">
-        <v>902</v>
+        <v>961</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>903</v>
+        <v>962</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>904</v>
+        <v>963</v>
       </c>
       <c r="H72" t="s">
-        <v>905</v>
+        <v>964</v>
       </c>
       <c r="I72" t="s">
-        <v>906</v>
+        <v>965</v>
       </c>
       <c r="J72" t="s">
-        <v>907</v>
+        <v>571</v>
       </c>
       <c r="K72" t="s">
-        <v>908</v>
+        <v>92</v>
       </c>
       <c r="L72" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M72" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N72" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O72" t="s">
-        <v>836</v>
+        <v>460</v>
       </c>
       <c r="P72" t="s">
-        <v>909</v>
+        <v>966</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B73" t="s">
-        <v>910</v>
+        <v>967</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>911</v>
+        <v>962</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>912</v>
+        <v>968</v>
       </c>
       <c r="H73" t="s">
-        <v>913</v>
+        <v>969</v>
       </c>
       <c r="I73" t="s">
-        <v>914</v>
+        <v>970</v>
       </c>
       <c r="J73" t="s">
-        <v>482</v>
+        <v>20</v>
       </c>
       <c r="K73" t="s">
-        <v>30</v>
+        <v>971</v>
       </c>
       <c r="L73" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M73" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N73" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O73" t="s">
-        <v>800</v>
+        <v>460</v>
       </c>
       <c r="P73" t="s">
-        <v>915</v>
+        <v>972</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B74" t="s">
-        <v>916</v>
+        <v>973</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>911</v>
+        <v>974</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>917</v>
+        <v>975</v>
       </c>
       <c r="H74" t="s">
-        <v>918</v>
+        <v>976</v>
       </c>
       <c r="I74" t="s">
-        <v>919</v>
+        <v>977</v>
       </c>
       <c r="J74" t="s">
-        <v>920</v>
+        <v>577</v>
       </c>
       <c r="K74" t="s">
-        <v>448</v>
+        <v>30</v>
       </c>
       <c r="L74" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M74" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N74" t="s">
-        <v>613</v>
+        <v>592</v>
       </c>
       <c r="O74" t="s">
-        <v>815</v>
+        <v>978</v>
       </c>
       <c r="P74" t="s">
-        <v>921</v>
+        <v>979</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B75" t="s">
-        <v>922</v>
+        <v>980</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>923</v>
+        <v>981</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>924</v>
+        <v>982</v>
       </c>
       <c r="H75" t="s">
-        <v>925</v>
+        <v>983</v>
       </c>
       <c r="I75" t="s">
-        <v>926</v>
+        <v>984</v>
       </c>
       <c r="J75" t="s">
-        <v>927</v>
+        <v>985</v>
       </c>
       <c r="K75" t="s">
-        <v>928</v>
+        <v>585</v>
       </c>
       <c r="L75" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M75" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N75" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O75" t="s">
-        <v>458</v>
+        <v>519</v>
       </c>
       <c r="P75" t="s">
-        <v>929</v>
+        <v>986</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B76" t="s">
-        <v>930</v>
+        <v>987</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>923</v>
+        <v>981</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>931</v>
+        <v>988</v>
       </c>
       <c r="H76" t="s">
-        <v>932</v>
+        <v>989</v>
       </c>
       <c r="I76" t="s">
-        <v>411</v>
+        <v>990</v>
       </c>
       <c r="J76" t="s">
         <v>20</v>
       </c>
       <c r="K76" t="s">
-        <v>412</v>
+        <v>585</v>
       </c>
       <c r="L76" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M76" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N76" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O76" t="s">
-        <v>458</v>
+        <v>535</v>
       </c>
       <c r="P76" t="s">
-        <v>933</v>
+        <v>991</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B77" t="s">
-        <v>934</v>
+        <v>992</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>923</v>
+        <v>993</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>935</v>
+        <v>994</v>
       </c>
       <c r="H77" t="s">
-        <v>936</v>
+        <v>995</v>
       </c>
       <c r="I77" t="s">
-        <v>937</v>
+        <v>990</v>
       </c>
       <c r="J77" t="s">
-        <v>411</v>
+        <v>20</v>
       </c>
       <c r="K77" t="s">
-        <v>412</v>
+        <v>585</v>
       </c>
       <c r="L77" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M77" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N77" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O77" t="s">
-        <v>458</v>
+        <v>996</v>
       </c>
       <c r="P77" t="s">
-        <v>938</v>
+        <v>997</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B78" t="s">
-        <v>939</v>
+        <v>998</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>940</v>
+        <v>999</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>941</v>
+        <v>1000</v>
       </c>
       <c r="H78" t="s">
-        <v>942</v>
+        <v>1001</v>
       </c>
       <c r="I78" t="s">
-        <v>943</v>
+        <v>1002</v>
       </c>
       <c r="J78" t="s">
-        <v>437</v>
+        <v>1003</v>
       </c>
       <c r="K78" t="s">
-        <v>438</v>
+        <v>1004</v>
       </c>
       <c r="L78" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M78" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N78" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O78" t="s">
-        <v>836</v>
+        <v>460</v>
       </c>
       <c r="P78" t="s">
-        <v>944</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B79" t="s">
-        <v>945</v>
+        <v>1006</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>946</v>
+        <v>1007</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>947</v>
+        <v>1008</v>
       </c>
       <c r="H79" t="s">
-        <v>948</v>
+        <v>1009</v>
       </c>
       <c r="I79" t="s">
-        <v>949</v>
+        <v>1010</v>
       </c>
       <c r="J79" t="s">
-        <v>950</v>
+        <v>577</v>
       </c>
       <c r="K79" t="s">
-        <v>951</v>
+        <v>30</v>
       </c>
       <c r="L79" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M79" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N79" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O79" t="s">
-        <v>458</v>
+        <v>1011</v>
       </c>
       <c r="P79" t="s">
-        <v>952</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B80" t="s">
-        <v>953</v>
+        <v>1013</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>954</v>
+        <v>1014</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>955</v>
+        <v>1015</v>
       </c>
       <c r="H80" t="s">
-        <v>956</v>
+        <v>1016</v>
       </c>
       <c r="I80" t="s">
-        <v>957</v>
+        <v>1017</v>
       </c>
       <c r="J80" t="s">
-        <v>958</v>
+        <v>716</v>
       </c>
       <c r="K80" t="s">
-        <v>959</v>
+        <v>717</v>
       </c>
       <c r="L80" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M80" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N80" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O80" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P80" t="s">
-        <v>960</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B81" t="s">
-        <v>961</v>
+        <v>1019</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>962</v>
+        <v>1020</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>963</v>
+        <v>1021</v>
       </c>
       <c r="H81" t="s">
-        <v>964</v>
+        <v>1022</v>
       </c>
       <c r="I81" t="s">
-        <v>965</v>
+        <v>1023</v>
       </c>
       <c r="J81" t="s">
-        <v>541</v>
+        <v>695</v>
       </c>
       <c r="K81" t="s">
-        <v>221</v>
+        <v>696</v>
       </c>
       <c r="L81" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M81" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N81" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="O81" t="s">
-        <v>543</v>
+        <v>1011</v>
       </c>
       <c r="P81" t="s">
-        <v>966</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B82" t="s">
-        <v>967</v>
+        <v>1025</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>968</v>
+        <v>1026</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>969</v>
+        <v>1027</v>
       </c>
       <c r="H82" t="s">
-        <v>970</v>
+        <v>1028</v>
       </c>
       <c r="I82" t="s">
-        <v>971</v>
+        <v>1029</v>
       </c>
       <c r="J82" t="s">
-        <v>972</v>
+        <v>628</v>
       </c>
       <c r="K82" t="s">
-        <v>973</v>
+        <v>629</v>
       </c>
       <c r="L82" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M82" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N82" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O82" t="s">
-        <v>815</v>
+        <v>460</v>
       </c>
       <c r="P82" t="s">
-        <v>974</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B83" t="s">
-        <v>975</v>
+        <v>1031</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>968</v>
+        <v>1032</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>976</v>
+        <v>1033</v>
       </c>
       <c r="H83" t="s">
-        <v>977</v>
+        <v>1034</v>
       </c>
       <c r="I83" t="s">
-        <v>972</v>
+        <v>1035</v>
       </c>
       <c r="J83" t="s">
-        <v>20</v>
+        <v>476</v>
       </c>
       <c r="K83" t="s">
-        <v>973</v>
+        <v>30</v>
       </c>
       <c r="L83" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M83" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N83" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O83" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P83" t="s">
-        <v>978</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B84" t="s">
-        <v>979</v>
+        <v>1037</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>980</v>
+        <v>1032</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>981</v>
+        <v>1038</v>
       </c>
       <c r="H84" t="s">
-        <v>982</v>
+        <v>1039</v>
       </c>
       <c r="I84" t="s">
-        <v>983</v>
+        <v>1040</v>
       </c>
       <c r="J84" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="K84" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L84" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M84" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N84" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O84" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P84" t="s">
-        <v>984</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B85" t="s">
-        <v>985</v>
+        <v>1042</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>980</v>
+        <v>1032</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>986</v>
+        <v>1043</v>
       </c>
       <c r="H85" t="s">
-        <v>987</v>
+        <v>1044</v>
       </c>
       <c r="I85" t="s">
-        <v>988</v>
+        <v>1045</v>
       </c>
       <c r="J85" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="K85" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L85" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M85" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N85" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O85" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P85" t="s">
-        <v>989</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B86" t="s">
-        <v>990</v>
+        <v>1047</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>980</v>
+        <v>1048</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>991</v>
+        <v>1049</v>
       </c>
       <c r="H86" t="s">
-        <v>992</v>
+        <v>1050</v>
       </c>
       <c r="I86" t="s">
-        <v>993</v>
+        <v>1051</v>
       </c>
       <c r="J86" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="K86" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L86" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M86" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N86" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O86" t="s">
-        <v>475</v>
+        <v>725</v>
       </c>
       <c r="P86" t="s">
-        <v>994</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B87" t="s">
-        <v>995</v>
+        <v>1053</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>996</v>
+        <v>1048</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>997</v>
+        <v>1054</v>
       </c>
       <c r="H87" t="s">
-        <v>998</v>
+        <v>1055</v>
       </c>
       <c r="I87" t="s">
-        <v>999</v>
+        <v>1056</v>
       </c>
       <c r="J87" t="s">
-        <v>20</v>
+        <v>776</v>
       </c>
       <c r="K87" t="s">
-        <v>1000</v>
+        <v>777</v>
       </c>
       <c r="L87" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M87" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N87" t="s">
-        <v>613</v>
+        <v>724</v>
       </c>
       <c r="O87" t="s">
-        <v>836</v>
+        <v>725</v>
       </c>
       <c r="P87" t="s">
-        <v>1001</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B88" t="s">
-        <v>1002</v>
+        <v>1058</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1003</v>
+        <v>1059</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1004</v>
+        <v>1060</v>
       </c>
       <c r="H88" t="s">
-        <v>1005</v>
+        <v>1061</v>
       </c>
       <c r="I88" t="s">
-        <v>1006</v>
+        <v>1062</v>
       </c>
       <c r="J88" t="s">
-        <v>1007</v>
+        <v>20</v>
       </c>
       <c r="K88" t="s">
-        <v>1008</v>
+        <v>1063</v>
       </c>
       <c r="L88" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M88" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N88" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O88" t="s">
-        <v>475</v>
+        <v>1011</v>
       </c>
       <c r="P88" t="s">
-        <v>1009</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B89" t="s">
-        <v>1010</v>
+        <v>1065</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1011</v>
+        <v>1066</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1012</v>
+        <v>1067</v>
       </c>
       <c r="H89" t="s">
-        <v>1013</v>
+        <v>1068</v>
       </c>
       <c r="I89" t="s">
-        <v>1014</v>
+        <v>1069</v>
       </c>
       <c r="J89" t="s">
-        <v>1015</v>
+        <v>571</v>
       </c>
       <c r="K89" t="s">
-        <v>1016</v>
+        <v>92</v>
       </c>
       <c r="L89" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M89" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N89" t="s">
-        <v>457</v>
+        <v>556</v>
       </c>
       <c r="O89" t="s">
-        <v>475</v>
+        <v>1070</v>
       </c>
       <c r="P89" t="s">
-        <v>1017</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B90" t="s">
-        <v>1018</v>
+        <v>1072</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1019</v>
+        <v>1066</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1020</v>
+        <v>1073</v>
       </c>
       <c r="H90" t="s">
-        <v>1021</v>
+        <v>1074</v>
       </c>
       <c r="I90" t="s">
-        <v>1022</v>
+        <v>1075</v>
       </c>
       <c r="J90" t="s">
         <v>20</v>
       </c>
       <c r="K90" t="s">
-        <v>1023</v>
+        <v>51</v>
       </c>
       <c r="L90" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M90" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N90" t="s">
-        <v>707</v>
+        <v>518</v>
       </c>
       <c r="O90" t="s">
-        <v>708</v>
+        <v>535</v>
       </c>
       <c r="P90" t="s">
-        <v>1024</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B91" t="s">
-        <v>1025</v>
+        <v>1077</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1026</v>
+        <v>1078</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1027</v>
+        <v>1079</v>
       </c>
       <c r="H91" t="s">
-        <v>1028</v>
+        <v>1080</v>
       </c>
       <c r="I91" t="s">
-        <v>1029</v>
+        <v>1081</v>
       </c>
       <c r="J91" t="s">
-        <v>1030</v>
+        <v>1082</v>
       </c>
       <c r="K91" t="s">
-        <v>1031</v>
+        <v>1083</v>
       </c>
       <c r="L91" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M91" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N91" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O91" t="s">
-        <v>475</v>
+        <v>1011</v>
       </c>
       <c r="P91" t="s">
-        <v>1032</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B92" t="s">
-        <v>1033</v>
+        <v>1085</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1034</v>
+        <v>1086</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1035</v>
+        <v>1087</v>
       </c>
       <c r="H92" t="s">
-        <v>1036</v>
+        <v>1088</v>
       </c>
       <c r="I92" t="s">
-        <v>1037</v>
+        <v>1089</v>
       </c>
       <c r="J92" t="s">
-        <v>20</v>
+        <v>571</v>
       </c>
       <c r="K92" t="s">
-        <v>1038</v>
+        <v>92</v>
       </c>
       <c r="L92" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M92" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N92" t="s">
-        <v>1039</v>
+        <v>592</v>
       </c>
       <c r="O92" t="s">
-        <v>1040</v>
+        <v>978</v>
       </c>
       <c r="P92" t="s">
-        <v>1041</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B93" t="s">
-        <v>1042</v>
+        <v>1091</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1043</v>
+        <v>1086</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1044</v>
+        <v>1092</v>
       </c>
       <c r="H93" t="s">
-        <v>1045</v>
+        <v>1093</v>
       </c>
       <c r="I93" t="s">
-        <v>1046</v>
+        <v>1094</v>
       </c>
       <c r="J93" t="s">
-        <v>586</v>
+        <v>1095</v>
       </c>
       <c r="K93" t="s">
-        <v>587</v>
+        <v>637</v>
       </c>
       <c r="L93" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M93" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N93" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O93" t="s">
-        <v>815</v>
+        <v>535</v>
       </c>
       <c r="P93" t="s">
-        <v>1047</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B94" t="s">
-        <v>1048</v>
+        <v>1097</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>1049</v>
+        <v>1098</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1050</v>
+        <v>1099</v>
       </c>
       <c r="H94" t="s">
-        <v>1051</v>
+        <v>1100</v>
       </c>
       <c r="I94" t="s">
-        <v>1052</v>
+        <v>1101</v>
       </c>
       <c r="J94" t="s">
-        <v>799</v>
+        <v>1102</v>
       </c>
       <c r="K94" t="s">
-        <v>412</v>
+        <v>1103</v>
       </c>
       <c r="L94" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M94" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N94" t="s">
-        <v>429</v>
+        <v>459</v>
       </c>
       <c r="O94" t="s">
-        <v>736</v>
+        <v>460</v>
       </c>
       <c r="P94" t="s">
-        <v>1053</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B95" t="s">
-        <v>1054</v>
+        <v>1105</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1049</v>
+        <v>1098</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1055</v>
+        <v>1106</v>
       </c>
       <c r="H95" t="s">
-        <v>1056</v>
+        <v>1107</v>
       </c>
       <c r="I95" t="s">
-        <v>1057</v>
+        <v>476</v>
       </c>
       <c r="J95" t="s">
-        <v>411</v>
+        <v>20</v>
       </c>
       <c r="K95" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L95" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M95" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N95" t="s">
-        <v>429</v>
+        <v>459</v>
       </c>
       <c r="O95" t="s">
-        <v>1058</v>
+        <v>460</v>
       </c>
       <c r="P95" t="s">
-        <v>1059</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B96" t="s">
-        <v>1060</v>
+        <v>1109</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1061</v>
+        <v>1098</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1062</v>
+        <v>1110</v>
       </c>
       <c r="H96" t="s">
-        <v>1063</v>
+        <v>1111</v>
       </c>
       <c r="I96" t="s">
-        <v>1037</v>
+        <v>1112</v>
       </c>
       <c r="J96" t="s">
-        <v>20</v>
+        <v>476</v>
       </c>
       <c r="K96" t="s">
-        <v>1038</v>
+        <v>30</v>
       </c>
       <c r="L96" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M96" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N96" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O96" t="s">
-        <v>836</v>
+        <v>460</v>
       </c>
       <c r="P96" t="s">
-        <v>1064</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B97" t="s">
-        <v>1065</v>
+        <v>1114</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1061</v>
+        <v>1115</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1066</v>
+        <v>1116</v>
       </c>
       <c r="H97" t="s">
-        <v>1067</v>
+        <v>1117</v>
       </c>
       <c r="I97" t="s">
-        <v>1037</v>
+        <v>1118</v>
       </c>
       <c r="J97" t="s">
-        <v>20</v>
+        <v>628</v>
       </c>
       <c r="K97" t="s">
-        <v>1038</v>
+        <v>629</v>
       </c>
       <c r="L97" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M97" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N97" t="s">
-        <v>415</v>
+        <v>518</v>
       </c>
       <c r="O97" t="s">
-        <v>752</v>
+        <v>1011</v>
       </c>
       <c r="P97" t="s">
-        <v>1068</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B98" t="s">
-        <v>1069</v>
+        <v>1120</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1061</v>
+        <v>1121</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1070</v>
+        <v>1122</v>
       </c>
       <c r="H98" t="s">
-        <v>1071</v>
+        <v>1123</v>
       </c>
       <c r="I98" t="s">
-        <v>1072</v>
+        <v>1124</v>
       </c>
       <c r="J98" t="s">
-        <v>1037</v>
+        <v>494</v>
       </c>
       <c r="K98" t="s">
-        <v>1038</v>
+        <v>495</v>
       </c>
       <c r="L98" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M98" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N98" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O98" t="s">
-        <v>1073</v>
+        <v>460</v>
       </c>
       <c r="P98" t="s">
-        <v>1074</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B99" t="s">
-        <v>1075</v>
+        <v>1126</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1061</v>
+        <v>1127</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1076</v>
+        <v>1128</v>
       </c>
       <c r="H99" t="s">
-        <v>1077</v>
+        <v>1129</v>
       </c>
       <c r="I99" t="s">
-        <v>1037</v>
+        <v>1130</v>
       </c>
       <c r="J99" t="s">
-        <v>20</v>
+        <v>1131</v>
       </c>
       <c r="K99" t="s">
-        <v>1038</v>
+        <v>1132</v>
       </c>
       <c r="L99" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M99" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N99" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O99" t="s">
-        <v>1073</v>
+        <v>460</v>
       </c>
       <c r="P99" t="s">
-        <v>1078</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B100" t="s">
-        <v>1079</v>
+        <v>1134</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>1061</v>
+        <v>1135</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1080</v>
+        <v>1136</v>
       </c>
       <c r="H100" t="s">
-        <v>1081</v>
+        <v>1137</v>
       </c>
       <c r="I100" t="s">
-        <v>1037</v>
+        <v>1138</v>
       </c>
       <c r="J100" t="s">
-        <v>20</v>
+        <v>467</v>
       </c>
       <c r="K100" t="s">
-        <v>1038</v>
+        <v>270</v>
       </c>
       <c r="L100" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M100" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N100" t="s">
-        <v>613</v>
+        <v>724</v>
       </c>
       <c r="O100" t="s">
-        <v>1082</v>
+        <v>725</v>
       </c>
       <c r="P100" t="s">
-        <v>1083</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B101" t="s">
-        <v>1084</v>
+        <v>1140</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1085</v>
+        <v>1141</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1086</v>
+        <v>1142</v>
       </c>
       <c r="H101" t="s">
-        <v>1087</v>
+        <v>1143</v>
       </c>
       <c r="I101" t="s">
-        <v>1088</v>
+        <v>1144</v>
       </c>
       <c r="J101" t="s">
-        <v>655</v>
+        <v>1145</v>
       </c>
       <c r="K101" t="s">
-        <v>656</v>
+        <v>1146</v>
       </c>
       <c r="L101" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M101" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N101" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O101" t="s">
-        <v>809</v>
+        <v>535</v>
       </c>
       <c r="P101" t="s">
-        <v>1089</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B102" t="s">
-        <v>1090</v>
+        <v>1148</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1091</v>
+        <v>1141</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1092</v>
+        <v>1149</v>
       </c>
       <c r="H102" t="s">
-        <v>1093</v>
+        <v>1150</v>
       </c>
       <c r="I102" t="s">
-        <v>1094</v>
+        <v>1145</v>
       </c>
       <c r="J102" t="s">
-        <v>579</v>
+        <v>20</v>
       </c>
       <c r="K102" t="s">
-        <v>93</v>
+        <v>1146</v>
       </c>
       <c r="L102" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M102" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N102" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O102" t="s">
-        <v>836</v>
+        <v>460</v>
       </c>
       <c r="P102" t="s">
-        <v>1095</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B103" t="s">
-        <v>1096</v>
+        <v>1152</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1091</v>
+        <v>1153</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1097</v>
+        <v>1154</v>
       </c>
       <c r="H103" t="s">
-        <v>1098</v>
+        <v>1155</v>
       </c>
       <c r="I103" t="s">
-        <v>1099</v>
+        <v>1156</v>
       </c>
       <c r="J103" t="s">
-        <v>555</v>
+        <v>476</v>
       </c>
       <c r="K103" t="s">
-        <v>556</v>
+        <v>30</v>
       </c>
       <c r="L103" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M103" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N103" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O103" t="s">
-        <v>836</v>
+        <v>496</v>
       </c>
       <c r="P103" t="s">
-        <v>1100</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B104" t="s">
-        <v>666</v>
+        <v>1158</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1101</v>
+        <v>1153</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1102</v>
+        <v>1159</v>
       </c>
       <c r="H104" t="s">
-        <v>1103</v>
+        <v>1160</v>
       </c>
       <c r="I104" t="s">
-        <v>1104</v>
+        <v>1161</v>
       </c>
       <c r="J104" t="s">
-        <v>1105</v>
+        <v>476</v>
       </c>
       <c r="K104" t="s">
-        <v>1106</v>
+        <v>30</v>
       </c>
       <c r="L104" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M104" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N104" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O104" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P104" t="s">
-        <v>1107</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B105" t="s">
-        <v>1108</v>
+        <v>1163</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1109</v>
+        <v>1153</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1110</v>
+        <v>1164</v>
       </c>
       <c r="H105" t="s">
-        <v>1111</v>
+        <v>1165</v>
       </c>
       <c r="I105" t="s">
-        <v>1112</v>
+        <v>1166</v>
       </c>
       <c r="J105" t="s">
-        <v>1007</v>
+        <v>476</v>
       </c>
       <c r="K105" t="s">
-        <v>1008</v>
+        <v>30</v>
       </c>
       <c r="L105" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M105" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N105" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O105" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P105" t="s">
-        <v>1113</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B106" t="s">
-        <v>1114</v>
+        <v>1168</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1109</v>
+        <v>1169</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1115</v>
+        <v>1170</v>
       </c>
       <c r="H106" t="s">
-        <v>1116</v>
+        <v>1171</v>
       </c>
       <c r="I106" t="s">
-        <v>1112</v>
+        <v>590</v>
       </c>
       <c r="J106" t="s">
-        <v>1007</v>
+        <v>20</v>
       </c>
       <c r="K106" t="s">
-        <v>1008</v>
+        <v>591</v>
       </c>
       <c r="L106" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M106" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N106" t="s">
-        <v>1039</v>
+        <v>518</v>
       </c>
       <c r="O106" t="s">
-        <v>1040</v>
+        <v>1011</v>
       </c>
       <c r="P106" t="s">
-        <v>1117</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B107" t="s">
-        <v>1118</v>
+        <v>1173</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1119</v>
+        <v>1174</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1120</v>
+        <v>1175</v>
       </c>
       <c r="H107" t="s">
-        <v>1121</v>
+        <v>1176</v>
       </c>
       <c r="I107" t="s">
-        <v>1122</v>
+        <v>1177</v>
       </c>
       <c r="J107" t="s">
-        <v>1123</v>
+        <v>1178</v>
       </c>
       <c r="K107" t="s">
-        <v>221</v>
+        <v>1179</v>
       </c>
       <c r="L107" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M107" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N107" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O107" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P107" t="s">
-        <v>1124</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B108" t="s">
-        <v>1125</v>
+        <v>1181</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1126</v>
+        <v>1182</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1127</v>
+        <v>1183</v>
       </c>
       <c r="H108" t="s">
-        <v>1128</v>
+        <v>1184</v>
       </c>
       <c r="I108" t="s">
-        <v>1129</v>
+        <v>1185</v>
       </c>
       <c r="J108" t="s">
-        <v>512</v>
+        <v>1186</v>
       </c>
       <c r="K108" t="s">
-        <v>513</v>
+        <v>1187</v>
       </c>
       <c r="L108" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M108" t="s">
-        <v>483</v>
+        <v>468</v>
       </c>
       <c r="N108" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O108" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P108" t="s">
-        <v>1130</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B109" t="s">
-        <v>1131</v>
+        <v>1189</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1132</v>
+        <v>1190</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1133</v>
+        <v>1191</v>
       </c>
       <c r="H109" t="s">
-        <v>1134</v>
+        <v>1192</v>
       </c>
       <c r="I109" t="s">
-        <v>1135</v>
+        <v>1193</v>
       </c>
       <c r="J109" t="s">
-        <v>465</v>
+        <v>20</v>
       </c>
       <c r="K109" t="s">
-        <v>41</v>
+        <v>1194</v>
       </c>
       <c r="L109" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M109" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N109" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O109" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P109" t="s">
-        <v>1136</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B110" t="s">
-        <v>1137</v>
+        <v>1196</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1132</v>
+        <v>1197</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1138</v>
+        <v>1198</v>
       </c>
       <c r="H110" t="s">
-        <v>1139</v>
+        <v>1199</v>
       </c>
       <c r="I110" t="s">
-        <v>1140</v>
+        <v>1200</v>
       </c>
       <c r="J110" t="s">
-        <v>20</v>
+        <v>1201</v>
       </c>
       <c r="K110" t="s">
-        <v>1141</v>
+        <v>1202</v>
       </c>
       <c r="L110" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M110" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N110" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O110" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P110" t="s">
-        <v>1142</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B111" t="s">
-        <v>1143</v>
+        <v>1204</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1144</v>
+        <v>1205</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1145</v>
+        <v>1206</v>
       </c>
       <c r="H111" t="s">
-        <v>1146</v>
+        <v>1207</v>
       </c>
       <c r="I111" t="s">
-        <v>1147</v>
+        <v>1208</v>
       </c>
       <c r="J111" t="s">
-        <v>1148</v>
+        <v>20</v>
       </c>
       <c r="K111" t="s">
-        <v>951</v>
+        <v>1209</v>
       </c>
       <c r="L111" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M111" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N111" t="s">
-        <v>457</v>
+        <v>1210</v>
       </c>
       <c r="O111" t="s">
-        <v>458</v>
+        <v>1211</v>
       </c>
       <c r="P111" t="s">
-        <v>1149</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B112" t="s">
-        <v>1150</v>
+        <v>1213</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1151</v>
+        <v>1214</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1152</v>
+        <v>1215</v>
       </c>
       <c r="H112" t="s">
-        <v>1153</v>
+        <v>1216</v>
       </c>
       <c r="I112" t="s">
-        <v>1154</v>
+        <v>1217</v>
       </c>
       <c r="J112" t="s">
-        <v>1030</v>
+        <v>768</v>
       </c>
       <c r="K112" t="s">
-        <v>1031</v>
+        <v>769</v>
       </c>
       <c r="L112" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M112" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N112" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O112" t="s">
-        <v>458</v>
+        <v>535</v>
       </c>
       <c r="P112" t="s">
-        <v>1155</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B113" t="s">
-        <v>1156</v>
+        <v>1219</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1151</v>
+        <v>1220</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1157</v>
+        <v>1221</v>
       </c>
       <c r="H113" t="s">
-        <v>1158</v>
+        <v>1222</v>
       </c>
       <c r="I113" t="s">
-        <v>1159</v>
+        <v>1223</v>
       </c>
       <c r="J113" t="s">
-        <v>1030</v>
+        <v>577</v>
       </c>
       <c r="K113" t="s">
-        <v>1031</v>
+        <v>30</v>
       </c>
       <c r="L113" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M113" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N113" t="s">
-        <v>415</v>
+        <v>556</v>
       </c>
       <c r="O113" t="s">
-        <v>752</v>
+        <v>916</v>
       </c>
       <c r="P113" t="s">
-        <v>1160</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B114" t="s">
-        <v>1161</v>
+        <v>1225</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1151</v>
+        <v>1220</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1162</v>
+        <v>1226</v>
       </c>
       <c r="H114" t="s">
-        <v>1163</v>
+        <v>1227</v>
       </c>
       <c r="I114" t="s">
-        <v>1159</v>
+        <v>1228</v>
       </c>
       <c r="J114" t="s">
-        <v>1030</v>
+        <v>476</v>
       </c>
       <c r="K114" t="s">
-        <v>1031</v>
+        <v>30</v>
       </c>
       <c r="L114" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M114" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N114" t="s">
-        <v>415</v>
+        <v>556</v>
       </c>
       <c r="O114" t="s">
-        <v>423</v>
+        <v>1229</v>
       </c>
       <c r="P114" t="s">
-        <v>1164</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B115" t="s">
-        <v>1165</v>
+        <v>1231</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1151</v>
+        <v>1232</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1166</v>
+        <v>1233</v>
       </c>
       <c r="H115" t="s">
-        <v>1167</v>
+        <v>1234</v>
       </c>
       <c r="I115" t="s">
-        <v>1154</v>
+        <v>1208</v>
       </c>
       <c r="J115" t="s">
-        <v>1030</v>
+        <v>20</v>
       </c>
       <c r="K115" t="s">
-        <v>1031</v>
+        <v>1209</v>
       </c>
       <c r="L115" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M115" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N115" t="s">
-        <v>1039</v>
+        <v>518</v>
       </c>
       <c r="O115" t="s">
-        <v>1040</v>
+        <v>1011</v>
       </c>
       <c r="P115" t="s">
-        <v>1168</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B116" t="s">
-        <v>1169</v>
+        <v>1236</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1151</v>
+        <v>1232</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1170</v>
+        <v>1237</v>
       </c>
       <c r="H116" t="s">
-        <v>1171</v>
+        <v>1238</v>
       </c>
       <c r="I116" t="s">
-        <v>1172</v>
+        <v>1208</v>
       </c>
       <c r="J116" t="s">
-        <v>1173</v>
+        <v>20</v>
       </c>
       <c r="K116" t="s">
-        <v>1174</v>
+        <v>1209</v>
       </c>
       <c r="L116" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M116" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N116" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O116" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="P116" t="s">
-        <v>1175</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B117" t="s">
-        <v>1176</v>
+        <v>1240</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1177</v>
+        <v>1232</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1178</v>
+        <v>1241</v>
       </c>
       <c r="H117" t="s">
-        <v>1179</v>
+        <v>1242</v>
       </c>
       <c r="I117" t="s">
-        <v>1037</v>
+        <v>1243</v>
       </c>
       <c r="J117" t="s">
-        <v>20</v>
+        <v>1208</v>
       </c>
       <c r="K117" t="s">
-        <v>1038</v>
+        <v>1209</v>
       </c>
       <c r="L117" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M117" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N117" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O117" t="s">
-        <v>458</v>
+        <v>1244</v>
       </c>
       <c r="P117" t="s">
-        <v>1180</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B118" t="s">
-        <v>1181</v>
+        <v>1246</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1182</v>
+        <v>1232</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1183</v>
+        <v>1247</v>
       </c>
       <c r="H118" t="s">
-        <v>1184</v>
+        <v>1248</v>
       </c>
       <c r="I118" t="s">
-        <v>1185</v>
+        <v>1208</v>
       </c>
       <c r="J118" t="s">
-        <v>555</v>
+        <v>20</v>
       </c>
       <c r="K118" t="s">
-        <v>556</v>
+        <v>1209</v>
       </c>
       <c r="L118" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M118" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N118" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O118" t="s">
-        <v>657</v>
+        <v>1244</v>
       </c>
       <c r="P118" t="s">
-        <v>1186</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B119" t="s">
-        <v>1187</v>
+        <v>1250</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1182</v>
+        <v>1232</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1188</v>
+        <v>1251</v>
       </c>
       <c r="H119" t="s">
-        <v>1189</v>
+        <v>1252</v>
       </c>
       <c r="I119" t="s">
-        <v>620</v>
+        <v>1208</v>
       </c>
       <c r="J119" t="s">
-        <v>555</v>
+        <v>20</v>
       </c>
       <c r="K119" t="s">
-        <v>556</v>
+        <v>1209</v>
       </c>
       <c r="L119" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M119" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N119" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O119" t="s">
-        <v>629</v>
+        <v>1253</v>
       </c>
       <c r="P119" t="s">
-        <v>1190</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B120" t="s">
-        <v>1191</v>
+        <v>1255</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1192</v>
+        <v>1256</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1193</v>
+        <v>1257</v>
       </c>
       <c r="H120" t="s">
-        <v>1194</v>
+        <v>1258</v>
       </c>
       <c r="I120" t="s">
-        <v>1195</v>
+        <v>1259</v>
       </c>
       <c r="J120" t="s">
-        <v>437</v>
+        <v>836</v>
       </c>
       <c r="K120" t="s">
-        <v>438</v>
+        <v>837</v>
       </c>
       <c r="L120" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M120" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N120" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O120" t="s">
-        <v>815</v>
+        <v>519</v>
       </c>
       <c r="P120" t="s">
-        <v>1196</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B121" t="s">
-        <v>1197</v>
+        <v>1261</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1198</v>
+        <v>1262</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1199</v>
+        <v>1263</v>
       </c>
       <c r="H121" t="s">
-        <v>1200</v>
+        <v>1264</v>
       </c>
       <c r="I121" t="s">
-        <v>1195</v>
+        <v>1265</v>
       </c>
       <c r="J121" t="s">
-        <v>437</v>
+        <v>761</v>
       </c>
       <c r="K121" t="s">
-        <v>438</v>
+        <v>147</v>
       </c>
       <c r="L121" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M121" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N121" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O121" t="s">
-        <v>657</v>
+        <v>1011</v>
       </c>
       <c r="P121" t="s">
-        <v>1201</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B122" t="s">
-        <v>1202</v>
+        <v>1267</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1203</v>
+        <v>1262</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1204</v>
+        <v>1268</v>
       </c>
       <c r="H122" t="s">
-        <v>1205</v>
+        <v>1269</v>
       </c>
       <c r="I122" t="s">
-        <v>1206</v>
+        <v>1270</v>
       </c>
       <c r="J122" t="s">
-        <v>482</v>
+        <v>737</v>
       </c>
       <c r="K122" t="s">
-        <v>30</v>
+        <v>738</v>
       </c>
       <c r="L122" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M122" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N122" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="O122" t="s">
-        <v>543</v>
+        <v>1011</v>
       </c>
       <c r="P122" t="s">
-        <v>1207</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B123" t="s">
-        <v>1208</v>
+        <v>847</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1209</v>
+        <v>1272</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1210</v>
+        <v>1273</v>
       </c>
       <c r="H123" t="s">
-        <v>1211</v>
+        <v>1274</v>
       </c>
       <c r="I123" t="s">
-        <v>1212</v>
+        <v>1275</v>
       </c>
       <c r="J123" t="s">
-        <v>1213</v>
+        <v>1276</v>
       </c>
       <c r="K123" t="s">
-        <v>1214</v>
+        <v>1277</v>
       </c>
       <c r="L123" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M123" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N123" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O123" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P123" t="s">
-        <v>1215</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B124" t="s">
-        <v>1216</v>
+        <v>1279</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>1209</v>
+        <v>1280</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1217</v>
+        <v>1281</v>
       </c>
       <c r="H124" t="s">
-        <v>1218</v>
+        <v>1282</v>
       </c>
       <c r="I124" t="s">
-        <v>1219</v>
+        <v>1283</v>
       </c>
       <c r="J124" t="s">
-        <v>655</v>
+        <v>1178</v>
       </c>
       <c r="K124" t="s">
-        <v>656</v>
+        <v>1179</v>
       </c>
       <c r="L124" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M124" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N124" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O124" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P124" t="s">
-        <v>1220</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B125" t="s">
-        <v>1221</v>
+        <v>1285</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>1209</v>
+        <v>1280</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>1222</v>
+        <v>1286</v>
       </c>
       <c r="H125" t="s">
-        <v>1223</v>
+        <v>1287</v>
       </c>
       <c r="I125" t="s">
-        <v>1224</v>
+        <v>1283</v>
       </c>
       <c r="J125" t="s">
-        <v>541</v>
+        <v>1178</v>
       </c>
       <c r="K125" t="s">
-        <v>221</v>
+        <v>1179</v>
       </c>
       <c r="L125" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M125" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N125" t="s">
-        <v>457</v>
+        <v>1210</v>
       </c>
       <c r="O125" t="s">
-        <v>475</v>
+        <v>1211</v>
       </c>
       <c r="P125" t="s">
-        <v>1225</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B126" t="s">
-        <v>1226</v>
+        <v>1289</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1209</v>
+        <v>1290</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1227</v>
+        <v>1291</v>
       </c>
       <c r="H126" t="s">
-        <v>1228</v>
+        <v>1292</v>
       </c>
       <c r="I126" t="s">
-        <v>1229</v>
+        <v>1293</v>
       </c>
       <c r="J126" t="s">
-        <v>1230</v>
+        <v>1294</v>
       </c>
       <c r="K126" t="s">
-        <v>1231</v>
+        <v>270</v>
       </c>
       <c r="L126" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M126" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N126" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O126" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P126" t="s">
-        <v>1232</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B127" t="s">
-        <v>1233</v>
+        <v>1296</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>1209</v>
+        <v>1297</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>1234</v>
+        <v>1298</v>
       </c>
       <c r="H127" t="s">
-        <v>1235</v>
+        <v>1299</v>
       </c>
       <c r="I127" t="s">
-        <v>1236</v>
+        <v>1300</v>
       </c>
       <c r="J127" t="s">
-        <v>1237</v>
+        <v>695</v>
       </c>
       <c r="K127" t="s">
-        <v>1238</v>
+        <v>696</v>
       </c>
       <c r="L127" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M127" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N127" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O127" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P127" t="s">
-        <v>1239</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B128" t="s">
-        <v>1240</v>
+        <v>1302</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>1209</v>
+        <v>1303</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>1241</v>
+        <v>1304</v>
       </c>
       <c r="H128" t="s">
-        <v>1242</v>
+        <v>1305</v>
       </c>
       <c r="I128" t="s">
-        <v>1243</v>
+        <v>1306</v>
       </c>
       <c r="J128" t="s">
-        <v>1244</v>
+        <v>652</v>
       </c>
       <c r="K128" t="s">
-        <v>1245</v>
+        <v>103</v>
       </c>
       <c r="L128" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M128" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N128" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O128" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P128" t="s">
-        <v>1246</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B129" t="s">
-        <v>1247</v>
+        <v>1308</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>1209</v>
+        <v>1303</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1248</v>
+        <v>1309</v>
       </c>
       <c r="H129" t="s">
-        <v>1249</v>
+        <v>1310</v>
       </c>
       <c r="I129" t="s">
-        <v>1250</v>
+        <v>1311</v>
       </c>
       <c r="J129" t="s">
-        <v>1251</v>
+        <v>20</v>
       </c>
       <c r="K129" t="s">
-        <v>1252</v>
+        <v>1312</v>
       </c>
       <c r="L129" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M129" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N129" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O129" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P129" t="s">
-        <v>1253</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B130" t="s">
-        <v>1254</v>
+        <v>1314</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1255</v>
+        <v>1315</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1256</v>
+        <v>1316</v>
       </c>
       <c r="H130" t="s">
-        <v>1257</v>
+        <v>1317</v>
       </c>
       <c r="I130" t="s">
-        <v>1258</v>
+        <v>1318</v>
       </c>
       <c r="J130" t="s">
-        <v>1259</v>
+        <v>1319</v>
       </c>
       <c r="K130" t="s">
-        <v>1260</v>
+        <v>495</v>
       </c>
       <c r="L130" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M130" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N130" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O130" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="P130" t="s">
-        <v>1261</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B131" t="s">
-        <v>1262</v>
+        <v>1321</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1263</v>
+        <v>1322</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1264</v>
+        <v>1323</v>
       </c>
       <c r="H131" t="s">
-        <v>1265</v>
+        <v>1324</v>
       </c>
       <c r="I131" t="s">
-        <v>1195</v>
+        <v>1325</v>
       </c>
       <c r="J131" t="s">
-        <v>437</v>
+        <v>1201</v>
       </c>
       <c r="K131" t="s">
-        <v>438</v>
+        <v>1202</v>
       </c>
       <c r="L131" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M131" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N131" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O131" t="s">
-        <v>1266</v>
+        <v>460</v>
       </c>
       <c r="P131" t="s">
-        <v>1267</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B132" t="s">
-        <v>1268</v>
+        <v>1327</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>1269</v>
+        <v>1322</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>1270</v>
+        <v>1328</v>
       </c>
       <c r="H132" t="s">
-        <v>1271</v>
+        <v>1329</v>
       </c>
       <c r="I132" t="s">
-        <v>684</v>
+        <v>1330</v>
       </c>
       <c r="J132" t="s">
-        <v>555</v>
+        <v>1201</v>
       </c>
       <c r="K132" t="s">
-        <v>556</v>
+        <v>1202</v>
       </c>
       <c r="L132" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M132" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="N132" t="s">
-        <v>613</v>
+        <v>592</v>
       </c>
       <c r="O132" t="s">
-        <v>815</v>
+        <v>593</v>
       </c>
       <c r="P132" t="s">
-        <v>1272</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B133" t="s">
-        <v>1273</v>
+        <v>1332</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>1274</v>
+        <v>1322</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>1275</v>
+        <v>1333</v>
       </c>
       <c r="H133" t="s">
-        <v>1276</v>
+        <v>1334</v>
       </c>
       <c r="I133" t="s">
-        <v>1277</v>
+        <v>1330</v>
       </c>
       <c r="J133" t="s">
-        <v>548</v>
+        <v>1201</v>
       </c>
       <c r="K133" t="s">
-        <v>549</v>
+        <v>1202</v>
       </c>
       <c r="L133" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M133" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N133" t="s">
-        <v>429</v>
+        <v>592</v>
       </c>
       <c r="O133" t="s">
-        <v>1058</v>
+        <v>615</v>
       </c>
       <c r="P133" t="s">
-        <v>1278</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B134" t="s">
-        <v>1279</v>
+        <v>1336</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>1274</v>
+        <v>1322</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>1280</v>
+        <v>1337</v>
       </c>
       <c r="H134" t="s">
-        <v>1281</v>
+        <v>1338</v>
       </c>
       <c r="I134" t="s">
-        <v>1277</v>
+        <v>1325</v>
       </c>
       <c r="J134" t="s">
-        <v>548</v>
+        <v>1201</v>
       </c>
       <c r="K134" t="s">
-        <v>549</v>
+        <v>1202</v>
       </c>
       <c r="L134" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M134" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N134" t="s">
-        <v>429</v>
+        <v>1210</v>
       </c>
       <c r="O134" t="s">
-        <v>1058</v>
+        <v>1211</v>
       </c>
       <c r="P134" t="s">
-        <v>1282</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B135" t="s">
-        <v>1283</v>
+        <v>1340</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>1274</v>
+        <v>1322</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>1284</v>
+        <v>1341</v>
       </c>
       <c r="H135" t="s">
-        <v>1285</v>
+        <v>1342</v>
       </c>
       <c r="I135" t="s">
-        <v>1286</v>
+        <v>1343</v>
       </c>
       <c r="J135" t="s">
-        <v>20</v>
+        <v>1344</v>
       </c>
       <c r="K135" t="s">
-        <v>62</v>
+        <v>1345</v>
       </c>
       <c r="L135" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M135" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N135" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O135" t="s">
-        <v>1287</v>
+        <v>460</v>
       </c>
       <c r="P135" t="s">
-        <v>1288</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B136" t="s">
-        <v>1289</v>
+        <v>1347</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>1274</v>
+        <v>1348</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>1290</v>
+        <v>1349</v>
       </c>
       <c r="H136" t="s">
-        <v>1291</v>
+        <v>1350</v>
       </c>
       <c r="I136" t="s">
-        <v>1286</v>
+        <v>1208</v>
       </c>
       <c r="J136" t="s">
         <v>20</v>
       </c>
       <c r="K136" t="s">
-        <v>62</v>
+        <v>1209</v>
       </c>
       <c r="L136" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M136" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N136" t="s">
-        <v>1292</v>
+        <v>459</v>
       </c>
       <c r="O136" t="s">
-        <v>1293</v>
+        <v>460</v>
       </c>
       <c r="P136" t="s">
-        <v>1294</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B137" t="s">
-        <v>1295</v>
+        <v>1352</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>1296</v>
+        <v>1353</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>1297</v>
+        <v>1354</v>
       </c>
       <c r="H137" t="s">
-        <v>1298</v>
+        <v>1355</v>
       </c>
       <c r="I137" t="s">
-        <v>1299</v>
+        <v>1356</v>
       </c>
       <c r="J137" t="s">
-        <v>411</v>
+        <v>737</v>
       </c>
       <c r="K137" t="s">
-        <v>412</v>
+        <v>738</v>
       </c>
       <c r="L137" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M137" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N137" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="O137" t="s">
-        <v>543</v>
+        <v>838</v>
       </c>
       <c r="P137" t="s">
-        <v>1300</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B138" t="s">
-        <v>1301</v>
+        <v>1358</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>1296</v>
+        <v>1353</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>1302</v>
+        <v>1359</v>
       </c>
       <c r="H138" t="s">
-        <v>1303</v>
+        <v>1360</v>
       </c>
       <c r="I138" t="s">
-        <v>1304</v>
+        <v>801</v>
       </c>
       <c r="J138" t="s">
-        <v>799</v>
+        <v>737</v>
       </c>
       <c r="K138" t="s">
-        <v>412</v>
+        <v>738</v>
       </c>
       <c r="L138" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M138" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N138" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="O138" t="s">
-        <v>543</v>
+        <v>810</v>
       </c>
       <c r="P138" t="s">
-        <v>1305</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B139" t="s">
-        <v>1306</v>
+        <v>1362</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>1296</v>
+        <v>1363</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>1307</v>
+        <v>1364</v>
       </c>
       <c r="H139" t="s">
-        <v>1308</v>
+        <v>1365</v>
       </c>
       <c r="I139" t="s">
-        <v>1309</v>
+        <v>1366</v>
       </c>
       <c r="J139" t="s">
-        <v>799</v>
+        <v>628</v>
       </c>
       <c r="K139" t="s">
-        <v>412</v>
+        <v>629</v>
       </c>
       <c r="L139" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M139" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N139" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="O139" t="s">
-        <v>1310</v>
+        <v>535</v>
       </c>
       <c r="P139" t="s">
-        <v>1311</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B140" t="s">
-        <v>1312</v>
+        <v>1368</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>1296</v>
+        <v>1369</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>1313</v>
+        <v>1370</v>
       </c>
       <c r="H140" t="s">
-        <v>1314</v>
+        <v>1371</v>
       </c>
       <c r="I140" t="s">
-        <v>1315</v>
+        <v>1366</v>
       </c>
       <c r="J140" t="s">
-        <v>411</v>
+        <v>628</v>
       </c>
       <c r="K140" t="s">
-        <v>412</v>
+        <v>629</v>
       </c>
       <c r="L140" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M140" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N140" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="O140" t="s">
-        <v>588</v>
+        <v>838</v>
       </c>
       <c r="P140" t="s">
-        <v>1316</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B141" t="s">
-        <v>1317</v>
+        <v>1373</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>1296</v>
+        <v>1374</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>1318</v>
+        <v>1375</v>
       </c>
       <c r="H141" t="s">
-        <v>1319</v>
+        <v>1376</v>
       </c>
       <c r="I141" t="s">
-        <v>1320</v>
+        <v>1377</v>
       </c>
       <c r="J141" t="s">
-        <v>411</v>
+        <v>571</v>
       </c>
       <c r="K141" t="s">
-        <v>412</v>
+        <v>92</v>
       </c>
       <c r="L141" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M141" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N141" t="s">
-        <v>429</v>
+        <v>724</v>
       </c>
       <c r="O141" t="s">
-        <v>1058</v>
+        <v>725</v>
       </c>
       <c r="P141" t="s">
-        <v>1321</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B142" t="s">
-        <v>1322</v>
+        <v>1379</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>1323</v>
+        <v>1380</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>1324</v>
+        <v>1381</v>
       </c>
       <c r="H142" t="s">
-        <v>1325</v>
+        <v>1382</v>
       </c>
       <c r="I142" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="J142" t="s">
-        <v>482</v>
+        <v>1384</v>
       </c>
       <c r="K142" t="s">
-        <v>30</v>
+        <v>1385</v>
       </c>
       <c r="L142" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M142" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N142" t="s">
-        <v>542</v>
+        <v>459</v>
       </c>
       <c r="O142" t="s">
-        <v>543</v>
+        <v>496</v>
       </c>
       <c r="P142" t="s">
-        <v>1327</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B143" t="s">
-        <v>1328</v>
+        <v>1387</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>1329</v>
+        <v>1380</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>1330</v>
+        <v>1388</v>
       </c>
       <c r="H143" t="s">
-        <v>1331</v>
+        <v>1389</v>
       </c>
       <c r="I143" t="s">
-        <v>1332</v>
+        <v>1390</v>
       </c>
       <c r="J143" t="s">
-        <v>411</v>
+        <v>836</v>
       </c>
       <c r="K143" t="s">
-        <v>412</v>
+        <v>837</v>
       </c>
       <c r="L143" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M143" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N143" t="s">
-        <v>429</v>
+        <v>459</v>
       </c>
       <c r="O143" t="s">
-        <v>1333</v>
+        <v>496</v>
       </c>
       <c r="P143" t="s">
-        <v>1334</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B144" t="s">
-        <v>1335</v>
+        <v>1392</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>1329</v>
+        <v>1380</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>1336</v>
+        <v>1393</v>
       </c>
       <c r="H144" t="s">
-        <v>1337</v>
+        <v>1394</v>
       </c>
       <c r="I144" t="s">
-        <v>1338</v>
+        <v>1395</v>
       </c>
       <c r="J144" t="s">
-        <v>1339</v>
+        <v>467</v>
       </c>
       <c r="K144" t="s">
-        <v>93</v>
+        <v>270</v>
       </c>
       <c r="L144" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M144" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N144" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O144" t="s">
-        <v>752</v>
+        <v>496</v>
       </c>
       <c r="P144" t="s">
-        <v>1340</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B145" t="s">
-        <v>1341</v>
+        <v>1397</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>1329</v>
+        <v>1380</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>1342</v>
+        <v>1398</v>
       </c>
       <c r="H145" t="s">
-        <v>1343</v>
+        <v>1399</v>
       </c>
       <c r="I145" t="s">
-        <v>1344</v>
+        <v>1400</v>
       </c>
       <c r="J145" t="s">
-        <v>555</v>
+        <v>1401</v>
       </c>
       <c r="K145" t="s">
-        <v>556</v>
+        <v>1402</v>
       </c>
       <c r="L145" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M145" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N145" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O145" t="s">
-        <v>752</v>
+        <v>496</v>
       </c>
       <c r="P145" t="s">
-        <v>1345</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B146" t="s">
-        <v>1346</v>
+        <v>1404</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1348</v>
+        <v>1405</v>
       </c>
       <c r="H146" t="s">
-        <v>1349</v>
+        <v>1406</v>
       </c>
       <c r="I146" t="s">
-        <v>1304</v>
+        <v>1407</v>
       </c>
       <c r="J146" t="s">
-        <v>799</v>
+        <v>1408</v>
       </c>
       <c r="K146" t="s">
-        <v>412</v>
+        <v>1409</v>
       </c>
       <c r="L146" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M146" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N146" t="s">
-        <v>542</v>
+        <v>459</v>
       </c>
       <c r="O146" t="s">
-        <v>543</v>
+        <v>496</v>
       </c>
       <c r="P146" t="s">
-        <v>1350</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B147" t="s">
-        <v>1351</v>
+        <v>1411</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1352</v>
+        <v>1412</v>
       </c>
       <c r="H147" t="s">
-        <v>1353</v>
+        <v>1413</v>
       </c>
       <c r="I147" t="s">
-        <v>1354</v>
+        <v>1414</v>
       </c>
       <c r="J147" t="s">
-        <v>1355</v>
+        <v>1415</v>
       </c>
       <c r="K147" t="s">
-        <v>1356</v>
+        <v>1416</v>
       </c>
       <c r="L147" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M147" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N147" t="s">
-        <v>542</v>
+        <v>459</v>
       </c>
       <c r="O147" t="s">
-        <v>543</v>
+        <v>496</v>
       </c>
       <c r="P147" t="s">
-        <v>1357</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B148" t="s">
-        <v>1358</v>
+        <v>1418</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>1359</v>
+        <v>1380</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>1360</v>
+        <v>1419</v>
       </c>
       <c r="H148" t="s">
-        <v>1361</v>
+        <v>1420</v>
       </c>
       <c r="I148" t="s">
-        <v>1362</v>
+        <v>1421</v>
       </c>
       <c r="J148" t="s">
-        <v>799</v>
+        <v>1422</v>
       </c>
       <c r="K148" t="s">
-        <v>412</v>
+        <v>1423</v>
       </c>
       <c r="L148" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M148" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N148" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O148" t="s">
-        <v>708</v>
+        <v>496</v>
       </c>
       <c r="P148" t="s">
-        <v>1363</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B149" t="s">
-        <v>1364</v>
+        <v>1425</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1365</v>
+        <v>1426</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>1366</v>
+        <v>1427</v>
       </c>
       <c r="H149" t="s">
-        <v>1367</v>
+        <v>1428</v>
       </c>
       <c r="I149" t="s">
-        <v>1368</v>
+        <v>1429</v>
       </c>
       <c r="J149" t="s">
-        <v>1369</v>
+        <v>1430</v>
       </c>
       <c r="K149" t="s">
-        <v>1370</v>
+        <v>1431</v>
       </c>
       <c r="L149" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M149" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N149" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O149" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P149" t="s">
-        <v>1371</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B150" t="s">
-        <v>1372</v>
+        <v>1433</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1373</v>
+        <v>1434</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>1374</v>
+        <v>1435</v>
       </c>
       <c r="H150" t="s">
-        <v>1375</v>
+        <v>1436</v>
       </c>
       <c r="I150" t="s">
-        <v>1376</v>
+        <v>1366</v>
       </c>
       <c r="J150" t="s">
-        <v>411</v>
+        <v>628</v>
       </c>
       <c r="K150" t="s">
-        <v>412</v>
+        <v>629</v>
       </c>
       <c r="L150" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M150" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N150" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O150" t="s">
-        <v>1073</v>
+        <v>1437</v>
       </c>
       <c r="P150" t="s">
-        <v>1377</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B151" t="s">
-        <v>1378</v>
+        <v>1439</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1373</v>
+        <v>1440</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1379</v>
+        <v>1441</v>
       </c>
       <c r="H151" t="s">
-        <v>1380</v>
+        <v>1442</v>
       </c>
       <c r="I151" t="s">
-        <v>1381</v>
+        <v>865</v>
       </c>
       <c r="J151" t="s">
-        <v>1382</v>
+        <v>737</v>
       </c>
       <c r="K151" t="s">
-        <v>1383</v>
+        <v>738</v>
       </c>
       <c r="L151" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M151" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N151" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O151" t="s">
-        <v>1384</v>
+        <v>535</v>
       </c>
       <c r="P151" t="s">
-        <v>1385</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B152" t="s">
-        <v>1386</v>
+        <v>1444</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1373</v>
+        <v>1445</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1387</v>
+        <v>1446</v>
       </c>
       <c r="H152" t="s">
-        <v>1388</v>
+        <v>1447</v>
       </c>
       <c r="I152" t="s">
-        <v>906</v>
+        <v>1448</v>
       </c>
       <c r="J152" t="s">
-        <v>907</v>
+        <v>730</v>
       </c>
       <c r="K152" t="s">
-        <v>908</v>
+        <v>731</v>
       </c>
       <c r="L152" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M152" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N152" t="s">
-        <v>613</v>
+        <v>556</v>
       </c>
       <c r="O152" t="s">
-        <v>629</v>
+        <v>1229</v>
       </c>
       <c r="P152" t="s">
-        <v>1389</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B153" t="s">
-        <v>1390</v>
+        <v>1450</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1391</v>
+        <v>1445</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1392</v>
+        <v>1451</v>
       </c>
       <c r="H153" t="s">
-        <v>1393</v>
+        <v>1452</v>
       </c>
       <c r="I153" t="s">
-        <v>1394</v>
+        <v>1453</v>
       </c>
       <c r="J153" t="s">
-        <v>447</v>
+        <v>730</v>
       </c>
       <c r="K153" t="s">
-        <v>448</v>
+        <v>731</v>
       </c>
       <c r="L153" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M153" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N153" t="s">
-        <v>707</v>
+        <v>556</v>
       </c>
       <c r="O153" t="s">
-        <v>708</v>
+        <v>1229</v>
       </c>
       <c r="P153" t="s">
-        <v>1395</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B154" t="s">
-        <v>1396</v>
+        <v>1455</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1397</v>
+        <v>1445</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1398</v>
+        <v>1456</v>
       </c>
       <c r="H154" t="s">
-        <v>1399</v>
+        <v>1457</v>
       </c>
       <c r="I154" t="s">
-        <v>1400</v>
+        <v>872</v>
       </c>
       <c r="J154" t="s">
-        <v>455</v>
+        <v>20</v>
       </c>
       <c r="K154" t="s">
-        <v>456</v>
+        <v>873</v>
       </c>
       <c r="L154" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M154" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N154" t="s">
-        <v>613</v>
+        <v>469</v>
       </c>
       <c r="O154" t="s">
-        <v>815</v>
+        <v>1458</v>
       </c>
       <c r="P154" t="s">
-        <v>1401</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B155" t="s">
-        <v>1402</v>
+        <v>1460</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1403</v>
+        <v>1445</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1404</v>
+        <v>1461</v>
       </c>
       <c r="H155" t="s">
-        <v>1405</v>
+        <v>1462</v>
       </c>
       <c r="I155" t="s">
-        <v>1406</v>
+        <v>872</v>
       </c>
       <c r="J155" t="s">
-        <v>1407</v>
+        <v>20</v>
       </c>
       <c r="K155" t="s">
-        <v>1408</v>
+        <v>873</v>
       </c>
       <c r="L155" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M155" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N155" t="s">
-        <v>613</v>
+        <v>1463</v>
       </c>
       <c r="O155" t="s">
-        <v>815</v>
+        <v>1464</v>
       </c>
       <c r="P155" t="s">
-        <v>1409</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B156" t="s">
-        <v>1410</v>
+        <v>1466</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1411</v>
+        <v>1467</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1412</v>
+        <v>1468</v>
       </c>
       <c r="H156" t="s">
-        <v>1413</v>
+        <v>1469</v>
       </c>
       <c r="I156" t="s">
-        <v>1414</v>
+        <v>1470</v>
       </c>
       <c r="J156" t="s">
-        <v>20</v>
+        <v>476</v>
       </c>
       <c r="K156" t="s">
-        <v>1415</v>
+        <v>30</v>
       </c>
       <c r="L156" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M156" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N156" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O156" t="s">
-        <v>458</v>
+        <v>725</v>
       </c>
       <c r="P156" t="s">
-        <v>1416</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B157" t="s">
-        <v>1417</v>
+        <v>1472</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1411</v>
+        <v>1467</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1418</v>
+        <v>1473</v>
       </c>
       <c r="H157" t="s">
-        <v>1419</v>
+        <v>1474</v>
       </c>
       <c r="I157" t="s">
-        <v>1420</v>
+        <v>1475</v>
       </c>
       <c r="J157" t="s">
-        <v>799</v>
+        <v>577</v>
       </c>
       <c r="K157" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L157" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M157" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N157" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O157" t="s">
-        <v>458</v>
+        <v>725</v>
       </c>
       <c r="P157" t="s">
-        <v>1421</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B158" t="s">
-        <v>1422</v>
+        <v>1477</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1423</v>
+        <v>1467</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1424</v>
+        <v>1478</v>
       </c>
       <c r="H158" t="s">
-        <v>1425</v>
+        <v>1479</v>
       </c>
       <c r="I158" t="s">
-        <v>1426</v>
+        <v>1480</v>
       </c>
       <c r="J158" t="s">
-        <v>20</v>
+        <v>577</v>
       </c>
       <c r="K158" t="s">
-        <v>1427</v>
+        <v>30</v>
       </c>
       <c r="L158" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M158" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N158" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O158" t="s">
-        <v>458</v>
+        <v>1481</v>
       </c>
       <c r="P158" t="s">
-        <v>1428</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B159" t="s">
-        <v>1429</v>
+        <v>1483</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1423</v>
+        <v>1467</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1430</v>
+        <v>1484</v>
       </c>
       <c r="H159" t="s">
-        <v>1431</v>
+        <v>1485</v>
       </c>
       <c r="I159" t="s">
-        <v>1432</v>
+        <v>1486</v>
       </c>
       <c r="J159" t="s">
-        <v>1426</v>
+        <v>476</v>
       </c>
       <c r="K159" t="s">
-        <v>1427</v>
+        <v>30</v>
       </c>
       <c r="L159" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M159" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N159" t="s">
-        <v>457</v>
+        <v>724</v>
       </c>
       <c r="O159" t="s">
-        <v>458</v>
+        <v>770</v>
       </c>
       <c r="P159" t="s">
-        <v>1433</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B160" t="s">
-        <v>1434</v>
+        <v>1488</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1435</v>
+        <v>1467</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1436</v>
+        <v>1489</v>
       </c>
       <c r="H160" t="s">
-        <v>1437</v>
+        <v>1490</v>
       </c>
       <c r="I160" t="s">
-        <v>1438</v>
+        <v>1491</v>
       </c>
       <c r="J160" t="s">
-        <v>1007</v>
+        <v>476</v>
       </c>
       <c r="K160" t="s">
-        <v>1008</v>
+        <v>30</v>
       </c>
       <c r="L160" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M160" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N160" t="s">
-        <v>457</v>
+        <v>556</v>
       </c>
       <c r="O160" t="s">
-        <v>458</v>
+        <v>1229</v>
       </c>
       <c r="P160" t="s">
-        <v>1439</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B161" t="s">
-        <v>1440</v>
+        <v>1493</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1441</v>
+        <v>1494</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1442</v>
+        <v>1495</v>
       </c>
       <c r="H161" t="s">
-        <v>1443</v>
+        <v>1496</v>
       </c>
       <c r="I161" t="s">
-        <v>1444</v>
+        <v>1497</v>
       </c>
       <c r="J161" t="s">
-        <v>1445</v>
+        <v>571</v>
       </c>
       <c r="K161" t="s">
-        <v>1446</v>
+        <v>92</v>
       </c>
       <c r="L161" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M161" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N161" t="s">
-        <v>439</v>
+        <v>724</v>
       </c>
       <c r="O161" t="s">
-        <v>440</v>
+        <v>725</v>
       </c>
       <c r="P161" t="s">
-        <v>1447</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B162" t="s">
-        <v>1448</v>
+        <v>1499</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1449</v>
+        <v>1500</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1450</v>
+        <v>1501</v>
       </c>
       <c r="H162" t="s">
-        <v>1451</v>
+        <v>1502</v>
       </c>
       <c r="I162" t="s">
-        <v>1452</v>
+        <v>1503</v>
       </c>
       <c r="J162" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="K162" t="s">
         <v>30</v>
       </c>
       <c r="L162" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M162" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N162" t="s">
-        <v>457</v>
+        <v>556</v>
       </c>
       <c r="O162" t="s">
-        <v>458</v>
+        <v>557</v>
       </c>
       <c r="P162" t="s">
-        <v>1453</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B163" t="s">
-        <v>1454</v>
+        <v>1505</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1455</v>
+        <v>1500</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1456</v>
+        <v>1506</v>
       </c>
       <c r="H163" t="s">
-        <v>1457</v>
+        <v>1507</v>
       </c>
       <c r="I163" t="s">
-        <v>1458</v>
+        <v>1508</v>
       </c>
       <c r="J163" t="s">
-        <v>490</v>
+        <v>1509</v>
       </c>
       <c r="K163" t="s">
-        <v>491</v>
+        <v>147</v>
       </c>
       <c r="L163" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M163" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N163" t="s">
-        <v>415</v>
+        <v>592</v>
       </c>
       <c r="O163" t="s">
-        <v>1459</v>
+        <v>593</v>
       </c>
       <c r="P163" t="s">
-        <v>1460</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B164" t="s">
-        <v>1461</v>
+        <v>1511</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1462</v>
+        <v>1500</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1463</v>
+        <v>1512</v>
       </c>
       <c r="H164" t="s">
-        <v>1464</v>
+        <v>1513</v>
       </c>
       <c r="I164" t="s">
-        <v>411</v>
+        <v>1514</v>
       </c>
       <c r="J164" t="s">
-        <v>20</v>
+        <v>737</v>
       </c>
       <c r="K164" t="s">
-        <v>412</v>
+        <v>738</v>
       </c>
       <c r="L164" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M164" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N164" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O164" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="P164" t="s">
-        <v>1465</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B165" t="s">
-        <v>1466</v>
+        <v>1516</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1467</v>
+        <v>1517</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1468</v>
+        <v>1518</v>
       </c>
       <c r="H165" t="s">
-        <v>1469</v>
+        <v>1519</v>
       </c>
       <c r="I165" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="J165" t="s">
-        <v>512</v>
+        <v>577</v>
       </c>
       <c r="K165" t="s">
-        <v>513</v>
+        <v>30</v>
       </c>
       <c r="L165" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M165" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N165" t="s">
-        <v>415</v>
+        <v>724</v>
       </c>
       <c r="O165" t="s">
-        <v>821</v>
+        <v>725</v>
       </c>
       <c r="P165" t="s">
-        <v>1471</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B166" t="s">
-        <v>1472</v>
+        <v>1521</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1467</v>
+        <v>1517</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1473</v>
+        <v>1522</v>
       </c>
       <c r="H166" t="s">
-        <v>1474</v>
+        <v>1523</v>
       </c>
       <c r="I166" t="s">
-        <v>1475</v>
+        <v>1524</v>
       </c>
       <c r="J166" t="s">
-        <v>1476</v>
+        <v>1525</v>
       </c>
       <c r="K166" t="s">
-        <v>1477</v>
+        <v>1526</v>
       </c>
       <c r="L166" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M166" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N166" t="s">
-        <v>613</v>
+        <v>724</v>
       </c>
       <c r="O166" t="s">
-        <v>815</v>
+        <v>725</v>
       </c>
       <c r="P166" t="s">
-        <v>1478</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B167" t="s">
-        <v>1479</v>
+        <v>1528</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1480</v>
+        <v>1529</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1481</v>
+        <v>1530</v>
       </c>
       <c r="H167" t="s">
-        <v>1482</v>
+        <v>1531</v>
       </c>
       <c r="I167" t="s">
-        <v>1483</v>
+        <v>1532</v>
       </c>
       <c r="J167" t="s">
-        <v>411</v>
+        <v>577</v>
       </c>
       <c r="K167" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L167" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M167" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N167" t="s">
-        <v>415</v>
+        <v>469</v>
       </c>
       <c r="O167" t="s">
-        <v>821</v>
+        <v>888</v>
       </c>
       <c r="P167" t="s">
-        <v>1484</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B168" t="s">
-        <v>1485</v>
+        <v>1534</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>1486</v>
+        <v>1535</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>1487</v>
+        <v>1536</v>
       </c>
       <c r="H168" t="s">
-        <v>1488</v>
+        <v>1537</v>
       </c>
       <c r="I168" t="s">
-        <v>1489</v>
+        <v>1538</v>
       </c>
       <c r="J168" t="s">
-        <v>1490</v>
+        <v>1539</v>
       </c>
       <c r="K168" t="s">
-        <v>1491</v>
+        <v>1540</v>
       </c>
       <c r="L168" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M168" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N168" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O168" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P168" t="s">
-        <v>1492</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B169" t="s">
-        <v>1493</v>
+        <v>1542</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>1494</v>
+        <v>1543</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>1495</v>
+        <v>1544</v>
       </c>
       <c r="H169" t="s">
-        <v>1496</v>
+        <v>1545</v>
       </c>
       <c r="I169" t="s">
-        <v>1497</v>
+        <v>1546</v>
       </c>
       <c r="J169" t="s">
-        <v>1498</v>
+        <v>476</v>
       </c>
       <c r="K169" t="s">
-        <v>1499</v>
+        <v>30</v>
       </c>
       <c r="L169" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M169" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N169" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O169" t="s">
-        <v>458</v>
+        <v>1244</v>
       </c>
       <c r="P169" t="s">
-        <v>1500</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B170" t="s">
-        <v>1501</v>
+        <v>1548</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>1502</v>
+        <v>1543</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>1503</v>
+        <v>1549</v>
       </c>
       <c r="H170" t="s">
-        <v>1504</v>
+        <v>1550</v>
       </c>
       <c r="I170" t="s">
-        <v>1505</v>
+        <v>1551</v>
       </c>
       <c r="J170" t="s">
-        <v>525</v>
+        <v>1552</v>
       </c>
       <c r="K170" t="s">
-        <v>526</v>
+        <v>1553</v>
       </c>
       <c r="L170" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M170" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N170" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O170" t="s">
-        <v>475</v>
+        <v>1554</v>
       </c>
       <c r="P170" t="s">
-        <v>1506</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B171" t="s">
-        <v>1507</v>
+        <v>1556</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>1508</v>
+        <v>1543</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>1509</v>
+        <v>1557</v>
       </c>
       <c r="H171" t="s">
-        <v>1510</v>
+        <v>1558</v>
       </c>
       <c r="I171" t="s">
-        <v>1511</v>
+        <v>1081</v>
       </c>
       <c r="J171" t="s">
-        <v>411</v>
+        <v>1082</v>
       </c>
       <c r="K171" t="s">
-        <v>412</v>
+        <v>1083</v>
       </c>
       <c r="L171" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M171" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N171" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O171" t="s">
-        <v>458</v>
+        <v>810</v>
       </c>
       <c r="P171" t="s">
-        <v>1512</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B172" t="s">
-        <v>1513</v>
+        <v>1560</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>1514</v>
+        <v>1561</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>1515</v>
+        <v>1562</v>
       </c>
       <c r="H172" t="s">
-        <v>1516</v>
+        <v>1563</v>
       </c>
       <c r="I172" t="s">
-        <v>1517</v>
+        <v>1564</v>
       </c>
       <c r="J172" t="s">
-        <v>799</v>
+        <v>636</v>
       </c>
       <c r="K172" t="s">
-        <v>412</v>
+        <v>637</v>
       </c>
       <c r="L172" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M172" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N172" t="s">
-        <v>1292</v>
+        <v>469</v>
       </c>
       <c r="O172" t="s">
-        <v>1293</v>
+        <v>888</v>
       </c>
       <c r="P172" t="s">
-        <v>1518</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B173" t="s">
-        <v>1519</v>
+        <v>1566</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>1520</v>
+        <v>1567</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>1521</v>
+        <v>1568</v>
       </c>
       <c r="H173" t="s">
-        <v>1522</v>
+        <v>1569</v>
       </c>
       <c r="I173" t="s">
-        <v>848</v>
+        <v>1570</v>
       </c>
       <c r="J173" t="s">
-        <v>512</v>
+        <v>644</v>
       </c>
       <c r="K173" t="s">
-        <v>513</v>
+        <v>645</v>
       </c>
       <c r="L173" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M173" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N173" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O173" t="s">
-        <v>1082</v>
+        <v>535</v>
       </c>
       <c r="P173" t="s">
-        <v>1523</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B174" t="s">
-        <v>1524</v>
+        <v>1572</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>1520</v>
+        <v>1573</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>1525</v>
+        <v>1574</v>
       </c>
       <c r="H174" t="s">
-        <v>1526</v>
+        <v>1575</v>
       </c>
       <c r="I174" t="s">
-        <v>1527</v>
+        <v>1576</v>
       </c>
       <c r="J174" t="s">
-        <v>1528</v>
+        <v>1577</v>
       </c>
       <c r="K174" t="s">
-        <v>1529</v>
+        <v>1578</v>
       </c>
       <c r="L174" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M174" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N174" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O174" t="s">
-        <v>458</v>
+        <v>535</v>
       </c>
       <c r="P174" t="s">
-        <v>1530</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B175" t="s">
-        <v>1531</v>
+        <v>1580</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>1532</v>
+        <v>1581</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>1533</v>
+        <v>1582</v>
       </c>
       <c r="H175" t="s">
-        <v>1534</v>
+        <v>1583</v>
       </c>
       <c r="I175" t="s">
-        <v>848</v>
+        <v>1584</v>
       </c>
       <c r="J175" t="s">
-        <v>512</v>
+        <v>20</v>
       </c>
       <c r="K175" t="s">
-        <v>513</v>
+        <v>1585</v>
       </c>
       <c r="L175" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M175" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N175" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O175" t="s">
-        <v>629</v>
+        <v>460</v>
       </c>
       <c r="P175" t="s">
-        <v>1535</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B176" t="s">
-        <v>1536</v>
+        <v>1587</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>1537</v>
+        <v>1581</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>1538</v>
+        <v>1588</v>
       </c>
       <c r="H176" t="s">
-        <v>1539</v>
+        <v>1589</v>
       </c>
       <c r="I176" t="s">
-        <v>1540</v>
+        <v>1590</v>
       </c>
       <c r="J176" t="s">
-        <v>1541</v>
+        <v>577</v>
       </c>
       <c r="K176" t="s">
-        <v>1542</v>
+        <v>30</v>
       </c>
       <c r="L176" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M176" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="N176" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O176" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P176" t="s">
-        <v>1543</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B177" t="s">
-        <v>1544</v>
+        <v>1592</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>1545</v>
+        <v>1593</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>1546</v>
+        <v>1594</v>
       </c>
       <c r="H177" t="s">
-        <v>1547</v>
+        <v>1595</v>
       </c>
       <c r="I177" t="s">
-        <v>1548</v>
+        <v>1596</v>
       </c>
       <c r="J177" t="s">
-        <v>950</v>
+        <v>20</v>
       </c>
       <c r="K177" t="s">
-        <v>951</v>
+        <v>1597</v>
       </c>
       <c r="L177" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M177" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N177" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O177" t="s">
-        <v>752</v>
+        <v>460</v>
       </c>
       <c r="P177" t="s">
-        <v>1549</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B178" t="s">
-        <v>1550</v>
+        <v>1599</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>1551</v>
+        <v>1593</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>1552</v>
+        <v>1600</v>
       </c>
       <c r="H178" t="s">
-        <v>1553</v>
+        <v>1601</v>
       </c>
       <c r="I178" t="s">
-        <v>1554</v>
+        <v>1602</v>
       </c>
       <c r="J178" t="s">
-        <v>579</v>
+        <v>1596</v>
       </c>
       <c r="K178" t="s">
-        <v>93</v>
+        <v>1597</v>
       </c>
       <c r="L178" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M178" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N178" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O178" t="s">
-        <v>423</v>
+        <v>460</v>
       </c>
       <c r="P178" t="s">
-        <v>1555</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B179" t="s">
-        <v>1556</v>
+        <v>1604</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>1557</v>
+        <v>1605</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>1558</v>
+        <v>1606</v>
       </c>
       <c r="H179" t="s">
-        <v>1559</v>
+        <v>1607</v>
       </c>
       <c r="I179" t="s">
-        <v>512</v>
+        <v>1608</v>
       </c>
       <c r="J179" t="s">
-        <v>20</v>
+        <v>1178</v>
       </c>
       <c r="K179" t="s">
-        <v>513</v>
+        <v>1179</v>
       </c>
       <c r="L179" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M179" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N179" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O179" t="s">
-        <v>809</v>
+        <v>460</v>
       </c>
       <c r="P179" t="s">
-        <v>1560</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B180" t="s">
-        <v>1561</v>
+        <v>1610</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>1557</v>
+        <v>1611</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>1562</v>
+        <v>1612</v>
       </c>
       <c r="H180" t="s">
-        <v>1563</v>
+        <v>1613</v>
       </c>
       <c r="I180" t="s">
-        <v>1564</v>
+        <v>1614</v>
       </c>
       <c r="J180" t="s">
-        <v>512</v>
+        <v>503</v>
       </c>
       <c r="K180" t="s">
-        <v>513</v>
+        <v>504</v>
       </c>
       <c r="L180" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M180" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N180" t="s">
-        <v>613</v>
+        <v>486</v>
       </c>
       <c r="O180" t="s">
-        <v>657</v>
+        <v>487</v>
       </c>
       <c r="P180" t="s">
-        <v>1565</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B181" t="s">
-        <v>1566</v>
+        <v>1616</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>1557</v>
+        <v>1617</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>1567</v>
+        <v>1618</v>
       </c>
       <c r="H181" t="s">
-        <v>1568</v>
+        <v>1619</v>
       </c>
       <c r="I181" t="s">
-        <v>1569</v>
+        <v>1620</v>
       </c>
       <c r="J181" t="s">
-        <v>411</v>
+        <v>571</v>
       </c>
       <c r="K181" t="s">
-        <v>412</v>
+        <v>92</v>
       </c>
       <c r="L181" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M181" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N181" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O181" t="s">
-        <v>1073</v>
+        <v>460</v>
       </c>
       <c r="P181" t="s">
-        <v>1570</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B182" t="s">
-        <v>1571</v>
+        <v>1622</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>1557</v>
+        <v>1623</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>1572</v>
+        <v>1624</v>
       </c>
       <c r="H182" t="s">
-        <v>1573</v>
+        <v>1625</v>
       </c>
       <c r="I182" t="s">
-        <v>1574</v>
+        <v>1626</v>
       </c>
       <c r="J182" t="s">
-        <v>1575</v>
+        <v>673</v>
       </c>
       <c r="K182" t="s">
-        <v>412</v>
+        <v>674</v>
       </c>
       <c r="L182" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M182" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N182" t="s">
-        <v>613</v>
+        <v>592</v>
       </c>
       <c r="O182" t="s">
-        <v>836</v>
+        <v>1627</v>
       </c>
       <c r="P182" t="s">
-        <v>1576</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B183" t="s">
-        <v>1577</v>
+        <v>1629</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
-        <v>1557</v>
+        <v>1630</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
-        <v>1578</v>
+        <v>1631</v>
       </c>
       <c r="H183" t="s">
-        <v>1579</v>
+        <v>1632</v>
       </c>
       <c r="I183" t="s">
-        <v>1580</v>
+        <v>476</v>
       </c>
       <c r="J183" t="s">
-        <v>1259</v>
+        <v>20</v>
       </c>
       <c r="K183" t="s">
-        <v>1260</v>
+        <v>30</v>
       </c>
       <c r="L183" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M183" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N183" t="s">
-        <v>415</v>
+        <v>459</v>
       </c>
       <c r="O183" t="s">
-        <v>752</v>
+        <v>460</v>
       </c>
       <c r="P183" t="s">
-        <v>1581</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B184" t="s">
-        <v>1582</v>
+        <v>1634</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>1557</v>
+        <v>1635</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>1583</v>
+        <v>1636</v>
       </c>
       <c r="H184" t="s">
-        <v>1584</v>
+        <v>1637</v>
       </c>
       <c r="I184" t="s">
-        <v>1585</v>
+        <v>1638</v>
       </c>
       <c r="J184" t="s">
-        <v>411</v>
+        <v>695</v>
       </c>
       <c r="K184" t="s">
-        <v>412</v>
+        <v>696</v>
       </c>
       <c r="L184" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M184" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N184" t="s">
-        <v>415</v>
+        <v>592</v>
       </c>
       <c r="O184" t="s">
-        <v>752</v>
+        <v>996</v>
       </c>
       <c r="P184" t="s">
-        <v>1586</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B185" t="s">
-        <v>1587</v>
+        <v>1640</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>1557</v>
+        <v>1635</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>1588</v>
+        <v>1641</v>
       </c>
       <c r="H185" t="s">
-        <v>1589</v>
+        <v>1642</v>
       </c>
       <c r="I185" t="s">
-        <v>1590</v>
+        <v>1643</v>
       </c>
       <c r="J185" t="s">
-        <v>20</v>
+        <v>1644</v>
       </c>
       <c r="K185" t="s">
-        <v>1591</v>
+        <v>1645</v>
       </c>
       <c r="L185" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M185" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N185" t="s">
-        <v>415</v>
+        <v>518</v>
       </c>
       <c r="O185" t="s">
-        <v>1459</v>
+        <v>535</v>
       </c>
       <c r="P185" t="s">
-        <v>1592</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B186" t="s">
-        <v>1593</v>
+        <v>1647</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>1557</v>
+        <v>1648</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>1594</v>
+        <v>1649</v>
       </c>
       <c r="H186" t="s">
-        <v>1595</v>
+        <v>1650</v>
       </c>
       <c r="I186" t="s">
-        <v>1596</v>
+        <v>1651</v>
       </c>
       <c r="J186" t="s">
-        <v>799</v>
+        <v>476</v>
       </c>
       <c r="K186" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="L186" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M186" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N186" t="s">
-        <v>415</v>
+        <v>592</v>
       </c>
       <c r="O186" t="s">
-        <v>423</v>
+        <v>996</v>
       </c>
       <c r="P186" t="s">
-        <v>1597</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B187" t="s">
-        <v>1598</v>
+        <v>1653</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>1599</v>
+        <v>1654</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>1600</v>
+        <v>1655</v>
       </c>
       <c r="H187" t="s">
-        <v>1601</v>
+        <v>1656</v>
       </c>
       <c r="I187" t="s">
-        <v>1602</v>
+        <v>562</v>
       </c>
       <c r="J187" t="s">
-        <v>1603</v>
+        <v>563</v>
       </c>
       <c r="K187" t="s">
-        <v>1604</v>
+        <v>564</v>
       </c>
       <c r="L187" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M187" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N187" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O187" t="s">
-        <v>809</v>
+        <v>460</v>
       </c>
       <c r="P187" t="s">
-        <v>1605</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B188" t="s">
-        <v>1606</v>
+        <v>450</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>1599</v>
+        <v>1658</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>1607</v>
+        <v>1659</v>
       </c>
       <c r="H188" t="s">
-        <v>1608</v>
+        <v>1660</v>
       </c>
       <c r="I188" t="s">
-        <v>1609</v>
+        <v>1661</v>
       </c>
       <c r="J188" t="s">
-        <v>1610</v>
+        <v>1662</v>
       </c>
       <c r="K188" t="s">
-        <v>1611</v>
+        <v>1663</v>
       </c>
       <c r="L188" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M188" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N188" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O188" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P188" t="s">
-        <v>1612</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B189" t="s">
-        <v>1613</v>
+        <v>1665</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>1599</v>
+        <v>1666</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>1614</v>
+        <v>1667</v>
       </c>
       <c r="H189" t="s">
-        <v>1615</v>
+        <v>1668</v>
       </c>
       <c r="I189" t="s">
-        <v>1406</v>
+        <v>1669</v>
       </c>
       <c r="J189" t="s">
-        <v>1407</v>
+        <v>1670</v>
       </c>
       <c r="K189" t="s">
-        <v>1408</v>
+        <v>1671</v>
       </c>
       <c r="L189" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M189" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N189" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O189" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="P189" t="s">
-        <v>1616</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B190" t="s">
-        <v>1617</v>
+        <v>1673</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>1599</v>
+        <v>1674</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>1618</v>
+        <v>1675</v>
       </c>
       <c r="H190" t="s">
-        <v>1619</v>
+        <v>1676</v>
       </c>
       <c r="I190" t="s">
-        <v>1602</v>
+        <v>1677</v>
       </c>
       <c r="J190" t="s">
-        <v>1603</v>
+        <v>476</v>
       </c>
       <c r="K190" t="s">
-        <v>1604</v>
+        <v>30</v>
       </c>
       <c r="L190" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M190" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N190" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O190" t="s">
-        <v>815</v>
+        <v>460</v>
       </c>
       <c r="P190" t="s">
-        <v>1620</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B191" t="s">
-        <v>1621</v>
+        <v>1679</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>1599</v>
+        <v>1680</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>1622</v>
+        <v>1681</v>
       </c>
       <c r="H191" t="s">
-        <v>1623</v>
+        <v>1682</v>
       </c>
       <c r="I191" t="s">
-        <v>1624</v>
+        <v>1683</v>
       </c>
       <c r="J191" t="s">
-        <v>20</v>
+        <v>577</v>
       </c>
       <c r="K191" t="s">
-        <v>1625</v>
+        <v>30</v>
       </c>
       <c r="L191" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M191" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N191" t="s">
-        <v>613</v>
+        <v>1463</v>
       </c>
       <c r="O191" t="s">
-        <v>1266</v>
+        <v>1464</v>
       </c>
       <c r="P191" t="s">
-        <v>1626</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B192" t="s">
-        <v>1627</v>
+        <v>1685</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>1599</v>
+        <v>1686</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>1628</v>
+        <v>1687</v>
       </c>
       <c r="H192" t="s">
-        <v>1629</v>
+        <v>1688</v>
       </c>
       <c r="I192" t="s">
-        <v>1630</v>
+        <v>1023</v>
       </c>
       <c r="J192" t="s">
-        <v>1603</v>
+        <v>695</v>
       </c>
       <c r="K192" t="s">
-        <v>1604</v>
+        <v>696</v>
       </c>
       <c r="L192" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M192" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N192" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O192" t="s">
-        <v>657</v>
+        <v>1253</v>
       </c>
       <c r="P192" t="s">
-        <v>1631</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B193" t="s">
-        <v>1632</v>
+        <v>1690</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>1599</v>
+        <v>1686</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>1633</v>
+        <v>1691</v>
       </c>
       <c r="H193" t="s">
-        <v>1634</v>
+        <v>1692</v>
       </c>
       <c r="I193" t="s">
-        <v>1635</v>
+        <v>1693</v>
       </c>
       <c r="J193" t="s">
-        <v>1603</v>
+        <v>1694</v>
       </c>
       <c r="K193" t="s">
-        <v>1604</v>
+        <v>1695</v>
       </c>
       <c r="L193" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M193" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N193" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O193" t="s">
-        <v>657</v>
+        <v>460</v>
       </c>
       <c r="P193" t="s">
-        <v>1636</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B194" t="s">
-        <v>1637</v>
+        <v>1697</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>1599</v>
+        <v>1698</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>1638</v>
+        <v>1699</v>
       </c>
       <c r="H194" t="s">
-        <v>1639</v>
+        <v>1700</v>
       </c>
       <c r="I194" t="s">
-        <v>1602</v>
+        <v>1023</v>
       </c>
       <c r="J194" t="s">
-        <v>1603</v>
+        <v>695</v>
       </c>
       <c r="K194" t="s">
-        <v>1604</v>
+        <v>696</v>
       </c>
       <c r="L194" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M194" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N194" t="s">
-        <v>613</v>
+        <v>518</v>
       </c>
       <c r="O194" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="P194" t="s">
-        <v>1640</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B195" t="s">
-        <v>1641</v>
+        <v>1702</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>1642</v>
+        <v>1703</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>1643</v>
+        <v>1704</v>
       </c>
       <c r="H195" t="s">
-        <v>1644</v>
+        <v>1705</v>
       </c>
       <c r="I195" t="s">
-        <v>1645</v>
+        <v>1706</v>
       </c>
       <c r="J195" t="s">
-        <v>20</v>
+        <v>1707</v>
       </c>
       <c r="K195" t="s">
-        <v>1646</v>
+        <v>1708</v>
       </c>
       <c r="L195" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M195" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="N195" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O195" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P195" t="s">
-        <v>1647</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B196" t="s">
-        <v>1648</v>
+        <v>1710</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>1642</v>
+        <v>1711</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>1649</v>
+        <v>1712</v>
       </c>
       <c r="H196" t="s">
-        <v>1650</v>
+        <v>1713</v>
       </c>
       <c r="I196" t="s">
-        <v>1651</v>
+        <v>1714</v>
       </c>
       <c r="J196" t="s">
-        <v>1445</v>
+        <v>494</v>
       </c>
       <c r="K196" t="s">
-        <v>1446</v>
+        <v>495</v>
       </c>
       <c r="L196" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M196" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N196" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O196" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="P196" t="s">
-        <v>1652</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B197" t="s">
-        <v>1653</v>
+        <v>1716</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>1654</v>
+        <v>1717</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>1655</v>
+        <v>1718</v>
       </c>
       <c r="H197" t="s">
-        <v>1656</v>
+        <v>1719</v>
       </c>
       <c r="I197" t="s">
-        <v>1657</v>
+        <v>1720</v>
       </c>
       <c r="J197" t="s">
-        <v>1355</v>
+        <v>761</v>
       </c>
       <c r="K197" t="s">
-        <v>1356</v>
+        <v>147</v>
       </c>
       <c r="L197" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M197" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N197" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O197" t="s">
-        <v>458</v>
+        <v>615</v>
       </c>
       <c r="P197" t="s">
-        <v>1658</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B198" t="s">
-        <v>1659</v>
+        <v>1722</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>1654</v>
+        <v>1723</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>1660</v>
+        <v>1724</v>
       </c>
       <c r="H198" t="s">
-        <v>1661</v>
+        <v>1725</v>
       </c>
       <c r="I198" t="s">
-        <v>1662</v>
+        <v>695</v>
       </c>
       <c r="J198" t="s">
-        <v>594</v>
+        <v>20</v>
       </c>
       <c r="K198" t="s">
-        <v>595</v>
+        <v>696</v>
       </c>
       <c r="L198" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M198" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N198" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O198" t="s">
-        <v>458</v>
+        <v>519</v>
       </c>
       <c r="P198" t="s">
-        <v>1663</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B199" t="s">
-        <v>1664</v>
+        <v>1727</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>1654</v>
+        <v>1723</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>1665</v>
+        <v>1728</v>
       </c>
       <c r="H199" t="s">
-        <v>1666</v>
+        <v>1729</v>
       </c>
       <c r="I199" t="s">
-        <v>447</v>
+        <v>1730</v>
       </c>
       <c r="J199" t="s">
-        <v>20</v>
+        <v>695</v>
       </c>
       <c r="K199" t="s">
-        <v>448</v>
+        <v>696</v>
       </c>
       <c r="L199" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M199" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N199" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O199" t="s">
-        <v>458</v>
+        <v>838</v>
       </c>
       <c r="P199" t="s">
-        <v>1667</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B200" t="s">
-        <v>1668</v>
+        <v>1732</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>1669</v>
+        <v>1723</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>1670</v>
+        <v>1733</v>
       </c>
       <c r="H200" t="s">
-        <v>1671</v>
+        <v>1734</v>
       </c>
       <c r="I200" t="s">
-        <v>1672</v>
+        <v>1735</v>
       </c>
       <c r="J200" t="s">
-        <v>1673</v>
+        <v>476</v>
       </c>
       <c r="K200" t="s">
-        <v>1674</v>
+        <v>30</v>
       </c>
       <c r="L200" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M200" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N200" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O200" t="s">
-        <v>458</v>
+        <v>1244</v>
       </c>
       <c r="P200" t="s">
-        <v>1675</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B201" t="s">
-        <v>1676</v>
+        <v>1737</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>1669</v>
+        <v>1723</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>1677</v>
+        <v>1738</v>
       </c>
       <c r="H201" t="s">
-        <v>1678</v>
+        <v>1739</v>
       </c>
       <c r="I201" t="s">
-        <v>1679</v>
+        <v>1740</v>
       </c>
       <c r="J201" t="s">
-        <v>20</v>
+        <v>1741</v>
       </c>
       <c r="K201" t="s">
-        <v>1680</v>
+        <v>30</v>
       </c>
       <c r="L201" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M201" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N201" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O201" t="s">
-        <v>458</v>
+        <v>1011</v>
       </c>
       <c r="P201" t="s">
-        <v>1681</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B202" t="s">
-        <v>1682</v>
+        <v>1743</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>1669</v>
+        <v>1723</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>1683</v>
+        <v>1744</v>
       </c>
       <c r="H202" t="s">
-        <v>1684</v>
+        <v>1745</v>
       </c>
       <c r="I202" t="s">
-        <v>1685</v>
+        <v>1746</v>
       </c>
       <c r="J202" t="s">
-        <v>541</v>
+        <v>1430</v>
       </c>
       <c r="K202" t="s">
-        <v>221</v>
+        <v>1431</v>
       </c>
       <c r="L202" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M202" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N202" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O202" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="P202" t="s">
-        <v>1686</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B203" t="s">
-        <v>1687</v>
+        <v>1748</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>1688</v>
+        <v>1723</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>1689</v>
+        <v>1749</v>
       </c>
       <c r="H203" t="s">
-        <v>1690</v>
+        <v>1750</v>
       </c>
       <c r="I203" t="s">
-        <v>1691</v>
+        <v>1751</v>
       </c>
       <c r="J203" t="s">
-        <v>807</v>
+        <v>476</v>
       </c>
       <c r="K203" t="s">
-        <v>808</v>
+        <v>30</v>
       </c>
       <c r="L203" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M203" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N203" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O203" t="s">
-        <v>458</v>
+        <v>593</v>
       </c>
       <c r="P203" t="s">
-        <v>1692</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B204" t="s">
-        <v>1693</v>
+        <v>1753</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>1688</v>
+        <v>1723</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>1694</v>
+        <v>1754</v>
       </c>
       <c r="H204" t="s">
-        <v>1695</v>
+        <v>1755</v>
       </c>
       <c r="I204" t="s">
-        <v>807</v>
+        <v>1756</v>
       </c>
       <c r="J204" t="s">
         <v>20</v>
       </c>
       <c r="K204" t="s">
-        <v>808</v>
+        <v>1757</v>
       </c>
       <c r="L204" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M204" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N204" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O204" t="s">
-        <v>458</v>
+        <v>1627</v>
       </c>
       <c r="P204" t="s">
-        <v>1696</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B205" t="s">
-        <v>1697</v>
+        <v>1759</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>1698</v>
+        <v>1723</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>1699</v>
+        <v>1760</v>
       </c>
       <c r="H205" t="s">
-        <v>1700</v>
+        <v>1761</v>
       </c>
       <c r="I205" t="s">
-        <v>1701</v>
+        <v>1762</v>
       </c>
       <c r="J205" t="s">
-        <v>1702</v>
+        <v>577</v>
       </c>
       <c r="K205" t="s">
-        <v>1703</v>
+        <v>30</v>
       </c>
       <c r="L205" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M205" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N205" t="s">
-        <v>457</v>
+        <v>592</v>
       </c>
       <c r="O205" t="s">
-        <v>458</v>
+        <v>615</v>
       </c>
       <c r="P205" t="s">
-        <v>1704</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B206" t="s">
-        <v>1705</v>
+        <v>1764</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>1698</v>
+        <v>1765</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>1706</v>
+        <v>1766</v>
       </c>
       <c r="H206" t="s">
-        <v>1707</v>
+        <v>1767</v>
       </c>
       <c r="I206" t="s">
-        <v>1326</v>
+        <v>1768</v>
       </c>
       <c r="J206" t="s">
-        <v>482</v>
+        <v>1769</v>
       </c>
       <c r="K206" t="s">
-        <v>30</v>
+        <v>1770</v>
       </c>
       <c r="L206" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M206" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N206" t="s">
-        <v>429</v>
+        <v>518</v>
       </c>
       <c r="O206" t="s">
-        <v>1058</v>
+        <v>519</v>
       </c>
       <c r="P206" t="s">
-        <v>1708</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B207" t="s">
-        <v>1709</v>
+        <v>1772</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>1698</v>
+        <v>1765</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>1710</v>
+        <v>1773</v>
       </c>
       <c r="H207" t="s">
-        <v>1711</v>
+        <v>1774</v>
       </c>
       <c r="I207" t="s">
-        <v>1712</v>
+        <v>1775</v>
       </c>
       <c r="J207" t="s">
-        <v>20</v>
+        <v>1776</v>
       </c>
       <c r="K207" t="s">
-        <v>1713</v>
+        <v>1777</v>
       </c>
       <c r="L207" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M207" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N207" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O207" t="s">
-        <v>836</v>
+        <v>460</v>
       </c>
       <c r="P207" t="s">
-        <v>1714</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B208" t="s">
-        <v>1715</v>
+        <v>1779</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>1698</v>
+        <v>1765</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>1716</v>
+        <v>1780</v>
       </c>
       <c r="H208" t="s">
-        <v>1717</v>
+        <v>1781</v>
       </c>
       <c r="I208" t="s">
-        <v>1718</v>
+        <v>1576</v>
       </c>
       <c r="J208" t="s">
-        <v>1712</v>
+        <v>1577</v>
       </c>
       <c r="K208" t="s">
-        <v>1713</v>
+        <v>1578</v>
       </c>
       <c r="L208" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M208" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N208" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O208" t="s">
-        <v>815</v>
+        <v>460</v>
       </c>
       <c r="P208" t="s">
-        <v>1719</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B209" t="s">
-        <v>1720</v>
+        <v>1783</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>1721</v>
+        <v>1765</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>1722</v>
+        <v>1784</v>
       </c>
       <c r="H209" t="s">
-        <v>1723</v>
+        <v>1785</v>
       </c>
       <c r="I209" t="s">
-        <v>1724</v>
+        <v>1768</v>
       </c>
       <c r="J209" t="s">
-        <v>1725</v>
+        <v>1769</v>
       </c>
       <c r="K209" t="s">
-        <v>1726</v>
+        <v>1770</v>
       </c>
       <c r="L209" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M209" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N209" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O209" t="s">
-        <v>458</v>
+        <v>535</v>
       </c>
       <c r="P209" t="s">
-        <v>1727</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B210" t="s">
-        <v>1728</v>
+        <v>1787</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>1729</v>
+        <v>1765</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>1730</v>
+        <v>1788</v>
       </c>
       <c r="H210" t="s">
-        <v>1731</v>
+        <v>1789</v>
       </c>
       <c r="I210" t="s">
-        <v>1732</v>
+        <v>1790</v>
       </c>
       <c r="J210" t="s">
-        <v>1733</v>
+        <v>20</v>
       </c>
       <c r="K210" t="s">
-        <v>1734</v>
+        <v>1791</v>
       </c>
       <c r="L210" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M210" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N210" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O210" t="s">
-        <v>458</v>
+        <v>1437</v>
       </c>
       <c r="P210" t="s">
-        <v>1735</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B211" t="s">
-        <v>1736</v>
+        <v>1793</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>1737</v>
+        <v>1765</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>1738</v>
+        <v>1794</v>
       </c>
       <c r="H211" t="s">
-        <v>1739</v>
+        <v>1795</v>
       </c>
       <c r="I211" t="s">
-        <v>1740</v>
+        <v>1796</v>
       </c>
       <c r="J211" t="s">
-        <v>1741</v>
+        <v>1769</v>
       </c>
       <c r="K211" t="s">
-        <v>1742</v>
+        <v>1770</v>
       </c>
       <c r="L211" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M211" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N211" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O211" t="s">
-        <v>475</v>
+        <v>838</v>
       </c>
       <c r="P211" t="s">
-        <v>1743</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B212" t="s">
-        <v>1744</v>
+        <v>1798</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>1745</v>
+        <v>1765</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>1746</v>
+        <v>1799</v>
       </c>
       <c r="H212" t="s">
-        <v>1747</v>
+        <v>1800</v>
       </c>
       <c r="I212" t="s">
-        <v>1748</v>
+        <v>1801</v>
       </c>
       <c r="J212" t="s">
-        <v>1712</v>
+        <v>1769</v>
       </c>
       <c r="K212" t="s">
-        <v>1713</v>
+        <v>1770</v>
       </c>
       <c r="L212" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M212" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N212" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O212" t="s">
-        <v>458</v>
+        <v>838</v>
       </c>
       <c r="P212" t="s">
-        <v>1749</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B213" t="s">
-        <v>1750</v>
+        <v>1803</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>1751</v>
+        <v>1765</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>1752</v>
+        <v>1804</v>
       </c>
       <c r="H213" t="s">
-        <v>1753</v>
+        <v>1805</v>
       </c>
       <c r="I213" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="J213" t="s">
-        <v>1755</v>
+        <v>1769</v>
       </c>
       <c r="K213" t="s">
-        <v>1756</v>
+        <v>1770</v>
       </c>
       <c r="L213" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M213" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N213" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O213" t="s">
-        <v>458</v>
+        <v>519</v>
       </c>
       <c r="P213" t="s">
-        <v>1757</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B214" t="s">
-        <v>1758</v>
+        <v>1807</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>1759</v>
+        <v>1808</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>1760</v>
+        <v>1809</v>
       </c>
       <c r="H214" t="s">
-        <v>1761</v>
+        <v>1810</v>
       </c>
       <c r="I214" t="s">
-        <v>1762</v>
+        <v>1811</v>
       </c>
       <c r="J214" t="s">
-        <v>1763</v>
+        <v>20</v>
       </c>
       <c r="K214" t="s">
-        <v>1764</v>
+        <v>1812</v>
       </c>
       <c r="L214" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M214" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N214" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O214" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P214" t="s">
-        <v>1765</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B215" t="s">
-        <v>1766</v>
+        <v>1814</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>1759</v>
+        <v>1808</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>1767</v>
+        <v>1815</v>
       </c>
       <c r="H215" t="s">
-        <v>1768</v>
+        <v>1816</v>
       </c>
       <c r="I215" t="s">
-        <v>1769</v>
+        <v>1817</v>
       </c>
       <c r="J215" t="s">
-        <v>465</v>
+        <v>503</v>
       </c>
       <c r="K215" t="s">
-        <v>41</v>
+        <v>504</v>
       </c>
       <c r="L215" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M215" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N215" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O215" t="s">
-        <v>708</v>
+        <v>460</v>
       </c>
       <c r="P215" t="s">
-        <v>1770</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B216" t="s">
-        <v>1771</v>
+        <v>1819</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>1759</v>
+        <v>1820</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>1772</v>
+        <v>1821</v>
       </c>
       <c r="H216" t="s">
-        <v>1773</v>
+        <v>1822</v>
       </c>
       <c r="I216" t="s">
-        <v>1774</v>
+        <v>1823</v>
       </c>
       <c r="J216" t="s">
-        <v>465</v>
+        <v>1525</v>
       </c>
       <c r="K216" t="s">
-        <v>41</v>
+        <v>1526</v>
       </c>
       <c r="L216" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M216" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N216" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O216" t="s">
-        <v>708</v>
+        <v>460</v>
       </c>
       <c r="P216" t="s">
-        <v>1775</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B217" t="s">
-        <v>1776</v>
+        <v>1825</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="H217" t="s">
-        <v>1779</v>
+        <v>1827</v>
       </c>
       <c r="I217" t="s">
-        <v>1780</v>
+        <v>1828</v>
       </c>
       <c r="J217" t="s">
-        <v>1781</v>
+        <v>776</v>
       </c>
       <c r="K217" t="s">
-        <v>1782</v>
+        <v>777</v>
       </c>
       <c r="L217" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M217" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N217" t="s">
-        <v>1292</v>
+        <v>459</v>
       </c>
       <c r="O217" t="s">
-        <v>1293</v>
+        <v>460</v>
       </c>
       <c r="P217" t="s">
-        <v>1783</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B218" t="s">
-        <v>1784</v>
+        <v>1830</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>1785</v>
+        <v>1820</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>1786</v>
+        <v>1831</v>
       </c>
       <c r="H218" t="s">
-        <v>1787</v>
+        <v>1832</v>
       </c>
       <c r="I218" t="s">
-        <v>1788</v>
+        <v>636</v>
       </c>
       <c r="J218" t="s">
-        <v>1789</v>
+        <v>20</v>
       </c>
       <c r="K218" t="s">
-        <v>1790</v>
+        <v>637</v>
       </c>
       <c r="L218" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M218" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N218" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O218" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P218" t="s">
-        <v>1791</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B219" t="s">
-        <v>1792</v>
+        <v>1834</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>1793</v>
+        <v>1835</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>1794</v>
+        <v>1836</v>
       </c>
       <c r="H219" t="s">
-        <v>1795</v>
+        <v>1837</v>
       </c>
       <c r="I219" t="s">
-        <v>1796</v>
+        <v>1838</v>
       </c>
       <c r="J219" t="s">
-        <v>411</v>
+        <v>1839</v>
       </c>
       <c r="K219" t="s">
-        <v>412</v>
+        <v>1840</v>
       </c>
       <c r="L219" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M219" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N219" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O219" t="s">
-        <v>1797</v>
+        <v>460</v>
       </c>
       <c r="P219" t="s">
-        <v>1798</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B220" t="s">
-        <v>1799</v>
+        <v>1842</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>1793</v>
+        <v>1835</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>1800</v>
+        <v>1843</v>
       </c>
       <c r="H220" t="s">
-        <v>1801</v>
+        <v>1844</v>
       </c>
       <c r="I220" t="s">
-        <v>1796</v>
+        <v>1845</v>
       </c>
       <c r="J220" t="s">
-        <v>411</v>
+        <v>20</v>
       </c>
       <c r="K220" t="s">
-        <v>412</v>
+        <v>1846</v>
       </c>
       <c r="L220" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M220" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N220" t="s">
-        <v>613</v>
+        <v>459</v>
       </c>
       <c r="O220" t="s">
-        <v>1802</v>
+        <v>460</v>
       </c>
       <c r="P220" t="s">
-        <v>1803</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B221" t="s">
-        <v>1804</v>
+        <v>1848</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>1805</v>
+        <v>1835</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>1806</v>
+        <v>1849</v>
       </c>
       <c r="H221" t="s">
-        <v>1807</v>
+        <v>1850</v>
       </c>
       <c r="I221" t="s">
-        <v>1808</v>
+        <v>1851</v>
       </c>
       <c r="J221" t="s">
-        <v>1712</v>
+        <v>467</v>
       </c>
       <c r="K221" t="s">
-        <v>1713</v>
+        <v>270</v>
       </c>
       <c r="L221" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M221" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N221" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O221" t="s">
-        <v>708</v>
+        <v>460</v>
       </c>
       <c r="P221" t="s">
-        <v>1809</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B222" t="s">
-        <v>1810</v>
+        <v>1853</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>1811</v>
+        <v>1854</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>1812</v>
+        <v>1855</v>
       </c>
       <c r="H222" t="s">
-        <v>1813</v>
+        <v>1856</v>
       </c>
       <c r="I222" t="s">
-        <v>1814</v>
+        <v>1857</v>
       </c>
       <c r="J222" t="s">
-        <v>1445</v>
+        <v>985</v>
       </c>
       <c r="K222" t="s">
-        <v>1446</v>
+        <v>585</v>
       </c>
       <c r="L222" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M222" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N222" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O222" t="s">
-        <v>708</v>
+        <v>460</v>
       </c>
       <c r="P222" t="s">
-        <v>1815</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B223" t="s">
-        <v>1816</v>
+        <v>1859</v>
       </c>
       <c r="C223" t="s">
         <v>20</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223" t="s">
-        <v>1811</v>
+        <v>1854</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
-        <v>1817</v>
+        <v>1860</v>
       </c>
       <c r="H223" t="s">
-        <v>1818</v>
+        <v>1861</v>
       </c>
       <c r="I223" t="s">
-        <v>1819</v>
+        <v>985</v>
       </c>
       <c r="J223" t="s">
-        <v>807</v>
+        <v>20</v>
       </c>
       <c r="K223" t="s">
-        <v>808</v>
+        <v>585</v>
       </c>
       <c r="L223" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M223" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N223" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O223" t="s">
-        <v>1820</v>
+        <v>460</v>
       </c>
       <c r="P223" t="s">
-        <v>1821</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B224" t="s">
-        <v>1822</v>
+        <v>1863</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224" t="s">
-        <v>1823</v>
+        <v>1864</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
-        <v>1824</v>
+        <v>1865</v>
       </c>
       <c r="H224" t="s">
-        <v>1825</v>
+        <v>1866</v>
       </c>
       <c r="I224" t="s">
-        <v>1826</v>
+        <v>1867</v>
       </c>
       <c r="J224" t="s">
-        <v>1259</v>
+        <v>1868</v>
       </c>
       <c r="K224" t="s">
-        <v>1260</v>
+        <v>1869</v>
       </c>
       <c r="L224" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M224" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N224" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O224" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P224" t="s">
-        <v>1827</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B225" t="s">
-        <v>1828</v>
+        <v>1871</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225" t="s">
-        <v>1823</v>
+        <v>1864</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>1829</v>
+        <v>1872</v>
       </c>
       <c r="H225" t="s">
-        <v>1830</v>
+        <v>1873</v>
       </c>
       <c r="I225" t="s">
-        <v>1088</v>
+        <v>1497</v>
       </c>
       <c r="J225" t="s">
-        <v>655</v>
+        <v>571</v>
       </c>
       <c r="K225" t="s">
-        <v>656</v>
+        <v>92</v>
       </c>
       <c r="L225" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M225" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N225" t="s">
-        <v>457</v>
+        <v>556</v>
       </c>
       <c r="O225" t="s">
-        <v>458</v>
+        <v>1229</v>
       </c>
       <c r="P225" t="s">
-        <v>1831</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B226" t="s">
-        <v>1832</v>
+        <v>1875</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226" t="s">
-        <v>1823</v>
+        <v>1864</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226" t="s">
-        <v>1833</v>
+        <v>1876</v>
       </c>
       <c r="H226" t="s">
-        <v>1834</v>
+        <v>1877</v>
       </c>
       <c r="I226" t="s">
-        <v>1835</v>
+        <v>483</v>
       </c>
       <c r="J226" t="s">
-        <v>1244</v>
+        <v>20</v>
       </c>
       <c r="K226" t="s">
-        <v>1245</v>
+        <v>484</v>
       </c>
       <c r="L226" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M226" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N226" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O226" t="s">
-        <v>458</v>
+        <v>1011</v>
       </c>
       <c r="P226" t="s">
-        <v>1836</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B227" t="s">
-        <v>1837</v>
+        <v>1879</v>
       </c>
       <c r="C227" t="s">
         <v>20</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227" t="s">
-        <v>1823</v>
+        <v>1864</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
-        <v>1838</v>
+        <v>1880</v>
       </c>
       <c r="H227" t="s">
-        <v>1839</v>
+        <v>1881</v>
       </c>
       <c r="I227" t="s">
-        <v>1840</v>
+        <v>1882</v>
       </c>
       <c r="J227" t="s">
-        <v>1841</v>
+        <v>483</v>
       </c>
       <c r="K227" t="s">
-        <v>1106</v>
+        <v>484</v>
       </c>
       <c r="L227" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M227" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N227" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O227" t="s">
-        <v>458</v>
+        <v>535</v>
       </c>
       <c r="P227" t="s">
-        <v>1842</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B228" t="s">
-        <v>1843</v>
+        <v>1884</v>
       </c>
       <c r="C228" t="s">
         <v>20</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228" t="s">
-        <v>1844</v>
+        <v>1885</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228" t="s">
-        <v>1845</v>
+        <v>1886</v>
       </c>
       <c r="H228" t="s">
-        <v>1846</v>
+        <v>1887</v>
       </c>
       <c r="I228" t="s">
-        <v>1847</v>
+        <v>1888</v>
       </c>
       <c r="J228" t="s">
-        <v>20</v>
+        <v>1889</v>
       </c>
       <c r="K228" t="s">
-        <v>1848</v>
+        <v>1890</v>
       </c>
       <c r="L228" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M228" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N228" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O228" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P228" t="s">
-        <v>1849</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B229" t="s">
-        <v>1850</v>
+        <v>1892</v>
       </c>
       <c r="C229" t="s">
         <v>20</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229" t="s">
-        <v>1851</v>
+        <v>1893</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>1852</v>
+        <v>1894</v>
       </c>
       <c r="H229" t="s">
-        <v>1853</v>
+        <v>1895</v>
       </c>
       <c r="I229" t="s">
-        <v>1854</v>
+        <v>1896</v>
       </c>
       <c r="J229" t="s">
-        <v>20</v>
+        <v>1897</v>
       </c>
       <c r="K229" t="s">
-        <v>1855</v>
+        <v>1898</v>
       </c>
       <c r="L229" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M229" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="N229" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O229" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P229" t="s">
-        <v>1856</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B230" t="s">
-        <v>1857</v>
+        <v>1900</v>
       </c>
       <c r="C230" t="s">
         <v>20</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230" t="s">
-        <v>1858</v>
+        <v>1901</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>1859</v>
+        <v>1902</v>
       </c>
       <c r="H230" t="s">
-        <v>1860</v>
+        <v>1903</v>
       </c>
       <c r="I230" t="s">
-        <v>1789</v>
+        <v>1904</v>
       </c>
       <c r="J230" t="s">
-        <v>20</v>
+        <v>1905</v>
       </c>
       <c r="K230" t="s">
-        <v>1790</v>
+        <v>1906</v>
       </c>
       <c r="L230" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M230" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N230" t="s">
-        <v>707</v>
+        <v>459</v>
       </c>
       <c r="O230" t="s">
-        <v>708</v>
+        <v>496</v>
       </c>
       <c r="P230" t="s">
-        <v>1861</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B231" t="s">
-        <v>1862</v>
+        <v>1908</v>
       </c>
       <c r="C231" t="s">
         <v>20</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231" t="s">
-        <v>1863</v>
+        <v>1909</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>1864</v>
+        <v>1910</v>
       </c>
       <c r="H231" t="s">
-        <v>1865</v>
+        <v>1911</v>
       </c>
       <c r="I231" t="s">
-        <v>1866</v>
+        <v>1912</v>
       </c>
       <c r="J231" t="s">
-        <v>411</v>
+        <v>483</v>
       </c>
       <c r="K231" t="s">
-        <v>412</v>
+        <v>484</v>
       </c>
       <c r="L231" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M231" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N231" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O231" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P231" t="s">
-        <v>1867</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B232" t="s">
-        <v>1868</v>
+        <v>1914</v>
       </c>
       <c r="C232" t="s">
         <v>20</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232" t="s">
-        <v>1863</v>
+        <v>1915</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
-        <v>1869</v>
+        <v>1916</v>
       </c>
       <c r="H232" t="s">
-        <v>1870</v>
+        <v>1917</v>
       </c>
       <c r="I232" t="s">
-        <v>1871</v>
+        <v>1918</v>
       </c>
       <c r="J232" t="s">
-        <v>1872</v>
+        <v>1919</v>
       </c>
       <c r="K232" t="s">
-        <v>1873</v>
+        <v>1920</v>
       </c>
       <c r="L232" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M232" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N232" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O232" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P232" t="s">
-        <v>1874</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B233" t="s">
-        <v>1875</v>
+        <v>1922</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>1863</v>
+        <v>1923</v>
       </c>
       <c r="F233" t="s">
         <v>20</v>
       </c>
       <c r="G233" t="s">
-        <v>1876</v>
+        <v>1924</v>
       </c>
       <c r="H233" t="s">
-        <v>1877</v>
+        <v>1925</v>
       </c>
       <c r="I233" t="s">
-        <v>1878</v>
+        <v>1926</v>
       </c>
       <c r="J233" t="s">
-        <v>1230</v>
+        <v>1927</v>
       </c>
       <c r="K233" t="s">
-        <v>1231</v>
+        <v>1928</v>
       </c>
       <c r="L233" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M233" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N233" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O233" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P233" t="s">
-        <v>1879</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B234" t="s">
-        <v>1880</v>
+        <v>1930</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234" t="s">
-        <v>1863</v>
+        <v>1923</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>1881</v>
+        <v>1931</v>
       </c>
       <c r="H234" t="s">
-        <v>1882</v>
+        <v>1932</v>
       </c>
       <c r="I234" t="s">
-        <v>1883</v>
+        <v>1933</v>
       </c>
       <c r="J234" t="s">
-        <v>20</v>
+        <v>652</v>
       </c>
       <c r="K234" t="s">
-        <v>1884</v>
+        <v>103</v>
       </c>
       <c r="L234" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M234" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N234" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O234" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P234" t="s">
-        <v>1885</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B235" t="s">
-        <v>1641</v>
+        <v>1935</v>
       </c>
       <c r="C235" t="s">
         <v>20</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235" t="s">
-        <v>1863</v>
+        <v>1923</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>1886</v>
+        <v>1936</v>
       </c>
       <c r="H235" t="s">
-        <v>1887</v>
+        <v>1937</v>
       </c>
       <c r="I235" t="s">
-        <v>1888</v>
+        <v>1938</v>
       </c>
       <c r="J235" t="s">
-        <v>950</v>
+        <v>652</v>
       </c>
       <c r="K235" t="s">
-        <v>951</v>
+        <v>103</v>
       </c>
       <c r="L235" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M235" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N235" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O235" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P235" t="s">
-        <v>1889</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B236" t="s">
-        <v>1890</v>
+        <v>1940</v>
       </c>
       <c r="C236" t="s">
         <v>20</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
-        <v>1891</v>
+        <v>1941</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>1892</v>
+        <v>1942</v>
       </c>
       <c r="H236" t="s">
-        <v>1893</v>
+        <v>1943</v>
       </c>
       <c r="I236" t="s">
-        <v>1894</v>
+        <v>1944</v>
       </c>
       <c r="J236" t="s">
-        <v>799</v>
+        <v>1945</v>
       </c>
       <c r="K236" t="s">
-        <v>412</v>
+        <v>1946</v>
       </c>
       <c r="L236" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M236" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N236" t="s">
-        <v>457</v>
+        <v>1463</v>
       </c>
       <c r="O236" t="s">
-        <v>458</v>
+        <v>1464</v>
       </c>
       <c r="P236" t="s">
-        <v>1895</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B237" t="s">
-        <v>1896</v>
+        <v>1948</v>
       </c>
       <c r="C237" t="s">
         <v>20</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
-        <v>1891</v>
+        <v>1949</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
-        <v>1897</v>
+        <v>1950</v>
       </c>
       <c r="H237" t="s">
-        <v>1898</v>
+        <v>1951</v>
       </c>
       <c r="I237" t="s">
-        <v>1899</v>
+        <v>1952</v>
       </c>
       <c r="J237" t="s">
-        <v>504</v>
+        <v>1953</v>
       </c>
       <c r="K237" t="s">
-        <v>505</v>
+        <v>1954</v>
       </c>
       <c r="L237" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M237" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N237" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O237" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P237" t="s">
-        <v>1900</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B238" t="s">
-        <v>1901</v>
+        <v>1956</v>
       </c>
       <c r="C238" t="s">
         <v>20</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
-        <v>1891</v>
+        <v>1957</v>
       </c>
       <c r="F238" t="s">
         <v>20</v>
       </c>
       <c r="G238" t="s">
-        <v>1902</v>
+        <v>1958</v>
       </c>
       <c r="H238" t="s">
-        <v>1903</v>
+        <v>1959</v>
       </c>
       <c r="I238" t="s">
-        <v>1904</v>
+        <v>1960</v>
       </c>
       <c r="J238" t="s">
-        <v>1905</v>
+        <v>476</v>
       </c>
       <c r="K238" t="s">
-        <v>1906</v>
+        <v>30</v>
       </c>
       <c r="L238" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M238" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N238" t="s">
-        <v>457</v>
+        <v>518</v>
       </c>
       <c r="O238" t="s">
-        <v>458</v>
+        <v>527</v>
       </c>
       <c r="P238" t="s">
-        <v>1907</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B239" t="s">
-        <v>1908</v>
+        <v>1962</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239" t="s">
-        <v>1909</v>
+        <v>1957</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
-        <v>1910</v>
+        <v>1963</v>
       </c>
       <c r="H239" t="s">
-        <v>1911</v>
+        <v>1964</v>
       </c>
       <c r="I239" t="s">
-        <v>1912</v>
+        <v>1960</v>
       </c>
       <c r="J239" t="s">
-        <v>1913</v>
+        <v>476</v>
       </c>
       <c r="K239" t="s">
-        <v>1914</v>
+        <v>30</v>
       </c>
       <c r="L239" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M239" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="N239" t="s">
-        <v>415</v>
+        <v>518</v>
       </c>
       <c r="O239" t="s">
-        <v>693</v>
+        <v>1965</v>
       </c>
       <c r="P239" t="s">
-        <v>1915</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B240" t="s">
-        <v>1916</v>
+        <v>1967</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>1917</v>
+        <v>1968</v>
       </c>
       <c r="F240" t="s">
         <v>20</v>
       </c>
       <c r="G240" t="s">
-        <v>1918</v>
+        <v>1969</v>
       </c>
       <c r="H240" t="s">
-        <v>1919</v>
+        <v>1970</v>
       </c>
       <c r="I240" t="s">
-        <v>1920</v>
+        <v>1971</v>
       </c>
       <c r="J240" t="s">
-        <v>555</v>
+        <v>483</v>
       </c>
       <c r="K240" t="s">
-        <v>556</v>
+        <v>484</v>
       </c>
       <c r="L240" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M240" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N240" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O240" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P240" t="s">
-        <v>1921</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B241" t="s">
-        <v>1922</v>
+        <v>1973</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241" t="s">
-        <v>1923</v>
+        <v>1974</v>
       </c>
       <c r="F241" t="s">
         <v>20</v>
       </c>
       <c r="G241" t="s">
-        <v>1924</v>
+        <v>1975</v>
       </c>
       <c r="H241" t="s">
-        <v>1925</v>
+        <v>1976</v>
       </c>
       <c r="I241" t="s">
-        <v>1926</v>
+        <v>1977</v>
       </c>
       <c r="J241" t="s">
-        <v>1927</v>
+        <v>503</v>
       </c>
       <c r="K241" t="s">
-        <v>1928</v>
+        <v>504</v>
       </c>
       <c r="L241" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M241" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N241" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="O241" t="s">
-        <v>458</v>
+        <v>888</v>
       </c>
       <c r="P241" t="s">
-        <v>1929</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B242" t="s">
-        <v>1930</v>
+        <v>1979</v>
       </c>
       <c r="C242" t="s">
         <v>20</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242" t="s">
-        <v>1931</v>
+        <v>1974</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
-        <v>1932</v>
+        <v>1980</v>
       </c>
       <c r="H242" t="s">
-        <v>1933</v>
+        <v>1981</v>
       </c>
       <c r="I242" t="s">
-        <v>887</v>
+        <v>1982</v>
       </c>
       <c r="J242" t="s">
-        <v>20</v>
+        <v>985</v>
       </c>
       <c r="K242" t="s">
-        <v>888</v>
+        <v>585</v>
       </c>
       <c r="L242" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M242" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N242" t="s">
-        <v>613</v>
+        <v>469</v>
       </c>
       <c r="O242" t="s">
-        <v>657</v>
+        <v>1983</v>
       </c>
       <c r="P242" t="s">
-        <v>1934</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B243" t="s">
-        <v>1935</v>
+        <v>1985</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243" t="s">
-        <v>1936</v>
+        <v>1986</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
-        <v>1937</v>
+        <v>1987</v>
       </c>
       <c r="H243" t="s">
-        <v>1938</v>
+        <v>1988</v>
       </c>
       <c r="I243" t="s">
-        <v>1939</v>
+        <v>1989</v>
       </c>
       <c r="J243" t="s">
-        <v>1940</v>
+        <v>1430</v>
       </c>
       <c r="K243" t="s">
-        <v>1941</v>
+        <v>1431</v>
       </c>
       <c r="L243" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M243" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N243" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O243" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P243" t="s">
-        <v>1942</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="B244" t="s">
-        <v>1943</v>
+        <v>1991</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244" t="s">
-        <v>1936</v>
+        <v>1986</v>
       </c>
       <c r="F244" t="s">
         <v>20</v>
       </c>
       <c r="G244" t="s">
-        <v>1944</v>
+        <v>1992</v>
       </c>
       <c r="H244" t="s">
-        <v>1945</v>
+        <v>1993</v>
       </c>
       <c r="I244" t="s">
-        <v>1946</v>
+        <v>1259</v>
       </c>
       <c r="J244" t="s">
-        <v>1947</v>
+        <v>836</v>
       </c>
       <c r="K244" t="s">
-        <v>52</v>
+        <v>837</v>
       </c>
       <c r="L244" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="M244" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="N244" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="O244" t="s">
+        <v>460</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>449</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C245" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" t="s">
+        <v>20</v>
+      </c>
+      <c r="E245" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F245" t="s">
+        <v>20</v>
+      </c>
+      <c r="G245" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I245" t="s">
+        <v>1998</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1415</v>
+      </c>
+      <c r="K245" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L245" t="s">
+        <v>457</v>
+      </c>
+      <c r="M245" t="s">
         <v>458</v>
       </c>
-      <c r="P244" t="s">
-        <v>1948</v>
+      <c r="N245" t="s">
+        <v>459</v>
+      </c>
+      <c r="O245" t="s">
+        <v>460</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>449</v>
+      </c>
+      <c r="B246" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C246" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" t="s">
+        <v>20</v>
+      </c>
+      <c r="E246" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F246" t="s">
+        <v>20</v>
+      </c>
+      <c r="G246" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H246" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I246" t="s">
+        <v>2003</v>
+      </c>
+      <c r="J246" t="s">
+        <v>2004</v>
+      </c>
+      <c r="K246" t="s">
+        <v>1277</v>
+      </c>
+      <c r="L246" t="s">
+        <v>457</v>
+      </c>
+      <c r="M246" t="s">
+        <v>458</v>
+      </c>
+      <c r="N246" t="s">
+        <v>459</v>
+      </c>
+      <c r="O246" t="s">
+        <v>460</v>
+      </c>
+      <c r="P246" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>449</v>
+      </c>
+      <c r="B247" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C247" t="s">
+        <v>20</v>
+      </c>
+      <c r="D247" t="s">
+        <v>20</v>
+      </c>
+      <c r="E247" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F247" t="s">
+        <v>20</v>
+      </c>
+      <c r="G247" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H247" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I247" t="s">
+        <v>2010</v>
+      </c>
+      <c r="J247" t="s">
+        <v>20</v>
+      </c>
+      <c r="K247" t="s">
+        <v>2011</v>
+      </c>
+      <c r="L247" t="s">
+        <v>457</v>
+      </c>
+      <c r="M247" t="s">
+        <v>458</v>
+      </c>
+      <c r="N247" t="s">
+        <v>459</v>
+      </c>
+      <c r="O247" t="s">
+        <v>460</v>
+      </c>
+      <c r="P247" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>449</v>
+      </c>
+      <c r="B248" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C248" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" t="s">
+        <v>20</v>
+      </c>
+      <c r="E248" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F248" t="s">
+        <v>20</v>
+      </c>
+      <c r="G248" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H248" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I248" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J248" t="s">
+        <v>20</v>
+      </c>
+      <c r="K248" t="s">
+        <v>2018</v>
+      </c>
+      <c r="L248" t="s">
+        <v>457</v>
+      </c>
+      <c r="M248" t="s">
+        <v>468</v>
+      </c>
+      <c r="N248" t="s">
+        <v>459</v>
+      </c>
+      <c r="O248" t="s">
+        <v>460</v>
+      </c>
+      <c r="P248" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>449</v>
+      </c>
+      <c r="B249" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C249" t="s">
+        <v>20</v>
+      </c>
+      <c r="D249" t="s">
+        <v>20</v>
+      </c>
+      <c r="E249" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F249" t="s">
+        <v>20</v>
+      </c>
+      <c r="G249" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H249" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I249" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J249" t="s">
+        <v>20</v>
+      </c>
+      <c r="K249" t="s">
+        <v>1954</v>
+      </c>
+      <c r="L249" t="s">
+        <v>457</v>
+      </c>
+      <c r="M249" t="s">
+        <v>458</v>
+      </c>
+      <c r="N249" t="s">
+        <v>469</v>
+      </c>
+      <c r="O249" t="s">
+        <v>888</v>
+      </c>
+      <c r="P249" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>449</v>
+      </c>
+      <c r="B250" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C250" t="s">
+        <v>20</v>
+      </c>
+      <c r="D250" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F250" t="s">
+        <v>20</v>
+      </c>
+      <c r="G250" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H250" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I250" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J250" t="s">
+        <v>476</v>
+      </c>
+      <c r="K250" t="s">
+        <v>30</v>
+      </c>
+      <c r="L250" t="s">
+        <v>457</v>
+      </c>
+      <c r="M250" t="s">
+        <v>458</v>
+      </c>
+      <c r="N250" t="s">
+        <v>459</v>
+      </c>
+      <c r="O250" t="s">
+        <v>460</v>
+      </c>
+      <c r="P250" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>449</v>
+      </c>
+      <c r="B251" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C251" t="s">
+        <v>20</v>
+      </c>
+      <c r="D251" t="s">
+        <v>20</v>
+      </c>
+      <c r="E251" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F251" t="s">
+        <v>20</v>
+      </c>
+      <c r="G251" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H251" t="s">
+        <v>2033</v>
+      </c>
+      <c r="I251" t="s">
+        <v>2034</v>
+      </c>
+      <c r="J251" t="s">
+        <v>2035</v>
+      </c>
+      <c r="K251" t="s">
+        <v>2036</v>
+      </c>
+      <c r="L251" t="s">
+        <v>457</v>
+      </c>
+      <c r="M251" t="s">
+        <v>458</v>
+      </c>
+      <c r="N251" t="s">
+        <v>459</v>
+      </c>
+      <c r="O251" t="s">
+        <v>460</v>
+      </c>
+      <c r="P251" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>449</v>
+      </c>
+      <c r="B252" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C252" t="s">
+        <v>20</v>
+      </c>
+      <c r="D252" t="s">
+        <v>20</v>
+      </c>
+      <c r="E252" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F252" t="s">
+        <v>20</v>
+      </c>
+      <c r="G252" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H252" t="s">
+        <v>2040</v>
+      </c>
+      <c r="I252" t="s">
+        <v>2041</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1401</v>
+      </c>
+      <c r="K252" t="s">
+        <v>1402</v>
+      </c>
+      <c r="L252" t="s">
+        <v>457</v>
+      </c>
+      <c r="M252" t="s">
+        <v>458</v>
+      </c>
+      <c r="N252" t="s">
+        <v>459</v>
+      </c>
+      <c r="O252" t="s">
+        <v>460</v>
+      </c>
+      <c r="P252" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>449</v>
+      </c>
+      <c r="B253" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C253" t="s">
+        <v>20</v>
+      </c>
+      <c r="D253" t="s">
+        <v>20</v>
+      </c>
+      <c r="E253" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F253" t="s">
+        <v>20</v>
+      </c>
+      <c r="G253" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H253" t="s">
+        <v>2045</v>
+      </c>
+      <c r="I253" t="s">
+        <v>2046</v>
+      </c>
+      <c r="J253" t="s">
+        <v>20</v>
+      </c>
+      <c r="K253" t="s">
+        <v>2047</v>
+      </c>
+      <c r="L253" t="s">
+        <v>457</v>
+      </c>
+      <c r="M253" t="s">
+        <v>458</v>
+      </c>
+      <c r="N253" t="s">
+        <v>459</v>
+      </c>
+      <c r="O253" t="s">
+        <v>460</v>
+      </c>
+      <c r="P253" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>449</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C254" t="s">
+        <v>20</v>
+      </c>
+      <c r="D254" t="s">
+        <v>20</v>
+      </c>
+      <c r="E254" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F254" t="s">
+        <v>20</v>
+      </c>
+      <c r="G254" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H254" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I254" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J254" t="s">
+        <v>494</v>
+      </c>
+      <c r="K254" t="s">
+        <v>495</v>
+      </c>
+      <c r="L254" t="s">
+        <v>457</v>
+      </c>
+      <c r="M254" t="s">
+        <v>458</v>
+      </c>
+      <c r="N254" t="s">
+        <v>459</v>
+      </c>
+      <c r="O254" t="s">
+        <v>460</v>
+      </c>
+      <c r="P254" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>449</v>
+      </c>
+      <c r="B255" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C255" t="s">
+        <v>20</v>
+      </c>
+      <c r="D255" t="s">
+        <v>20</v>
+      </c>
+      <c r="E255" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F255" t="s">
+        <v>20</v>
+      </c>
+      <c r="G255" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H255" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I255" t="s">
+        <v>2057</v>
+      </c>
+      <c r="J255" t="s">
+        <v>577</v>
+      </c>
+      <c r="K255" t="s">
+        <v>30</v>
+      </c>
+      <c r="L255" t="s">
+        <v>457</v>
+      </c>
+      <c r="M255" t="s">
+        <v>458</v>
+      </c>
+      <c r="N255" t="s">
+        <v>459</v>
+      </c>
+      <c r="O255" t="s">
+        <v>460</v>
+      </c>
+      <c r="P255" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>449</v>
+      </c>
+      <c r="B256" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C256" t="s">
+        <v>20</v>
+      </c>
+      <c r="D256" t="s">
+        <v>20</v>
+      </c>
+      <c r="E256" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F256" t="s">
+        <v>20</v>
+      </c>
+      <c r="G256" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H256" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I256" t="s">
+        <v>2062</v>
+      </c>
+      <c r="J256" t="s">
+        <v>687</v>
+      </c>
+      <c r="K256" t="s">
+        <v>688</v>
+      </c>
+      <c r="L256" t="s">
+        <v>457</v>
+      </c>
+      <c r="M256" t="s">
+        <v>458</v>
+      </c>
+      <c r="N256" t="s">
+        <v>459</v>
+      </c>
+      <c r="O256" t="s">
+        <v>460</v>
+      </c>
+      <c r="P256" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>449</v>
+      </c>
+      <c r="B257" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C257" t="s">
+        <v>20</v>
+      </c>
+      <c r="D257" t="s">
+        <v>20</v>
+      </c>
+      <c r="E257" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F257" t="s">
+        <v>20</v>
+      </c>
+      <c r="G257" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H257" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I257" t="s">
+        <v>2067</v>
+      </c>
+      <c r="J257" t="s">
+        <v>2068</v>
+      </c>
+      <c r="K257" t="s">
+        <v>2069</v>
+      </c>
+      <c r="L257" t="s">
+        <v>457</v>
+      </c>
+      <c r="M257" t="s">
+        <v>458</v>
+      </c>
+      <c r="N257" t="s">
+        <v>459</v>
+      </c>
+      <c r="O257" t="s">
+        <v>460</v>
+      </c>
+      <c r="P257" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>449</v>
+      </c>
+      <c r="B258" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C258" t="s">
+        <v>20</v>
+      </c>
+      <c r="D258" t="s">
+        <v>20</v>
+      </c>
+      <c r="E258" t="s">
+        <v>2072</v>
+      </c>
+      <c r="F258" t="s">
+        <v>20</v>
+      </c>
+      <c r="G258" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H258" t="s">
+        <v>2074</v>
+      </c>
+      <c r="I258" t="s">
+        <v>2075</v>
+      </c>
+      <c r="J258" t="s">
+        <v>2076</v>
+      </c>
+      <c r="K258" t="s">
+        <v>2077</v>
+      </c>
+      <c r="L258" t="s">
+        <v>457</v>
+      </c>
+      <c r="M258" t="s">
+        <v>458</v>
+      </c>
+      <c r="N258" t="s">
+        <v>592</v>
+      </c>
+      <c r="O258" t="s">
+        <v>874</v>
+      </c>
+      <c r="P258" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>449</v>
+      </c>
+      <c r="B259" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C259" t="s">
+        <v>20</v>
+      </c>
+      <c r="D259" t="s">
+        <v>20</v>
+      </c>
+      <c r="E259" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F259" t="s">
+        <v>20</v>
+      </c>
+      <c r="G259" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H259" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I259" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J259" t="s">
+        <v>737</v>
+      </c>
+      <c r="K259" t="s">
+        <v>738</v>
+      </c>
+      <c r="L259" t="s">
+        <v>457</v>
+      </c>
+      <c r="M259" t="s">
+        <v>458</v>
+      </c>
+      <c r="N259" t="s">
+        <v>459</v>
+      </c>
+      <c r="O259" t="s">
+        <v>460</v>
+      </c>
+      <c r="P259" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>449</v>
+      </c>
+      <c r="B260" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C260" t="s">
+        <v>20</v>
+      </c>
+      <c r="D260" t="s">
+        <v>20</v>
+      </c>
+      <c r="E260" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F260" t="s">
+        <v>20</v>
+      </c>
+      <c r="G260" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H260" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I260" t="s">
+        <v>2089</v>
+      </c>
+      <c r="J260" t="s">
+        <v>2090</v>
+      </c>
+      <c r="K260" t="s">
+        <v>2091</v>
+      </c>
+      <c r="L260" t="s">
+        <v>457</v>
+      </c>
+      <c r="M260" t="s">
+        <v>458</v>
+      </c>
+      <c r="N260" t="s">
+        <v>459</v>
+      </c>
+      <c r="O260" t="s">
+        <v>460</v>
+      </c>
+      <c r="P260" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>449</v>
+      </c>
+      <c r="B261" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C261" t="s">
+        <v>20</v>
+      </c>
+      <c r="D261" t="s">
+        <v>20</v>
+      </c>
+      <c r="E261" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F261" t="s">
+        <v>20</v>
+      </c>
+      <c r="G261" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H261" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I261" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J261" t="s">
+        <v>20</v>
+      </c>
+      <c r="K261" t="s">
+        <v>1063</v>
+      </c>
+      <c r="L261" t="s">
+        <v>457</v>
+      </c>
+      <c r="M261" t="s">
+        <v>458</v>
+      </c>
+      <c r="N261" t="s">
+        <v>518</v>
+      </c>
+      <c r="O261" t="s">
+        <v>838</v>
+      </c>
+      <c r="P261" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>449</v>
+      </c>
+      <c r="B262" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C262" t="s">
+        <v>20</v>
+      </c>
+      <c r="D262" t="s">
+        <v>20</v>
+      </c>
+      <c r="E262" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F262" t="s">
+        <v>20</v>
+      </c>
+      <c r="G262" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H262" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I262" t="s">
+        <v>2102</v>
+      </c>
+      <c r="J262" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K262" t="s">
+        <v>2104</v>
+      </c>
+      <c r="L262" t="s">
+        <v>457</v>
+      </c>
+      <c r="M262" t="s">
+        <v>458</v>
+      </c>
+      <c r="N262" t="s">
+        <v>459</v>
+      </c>
+      <c r="O262" t="s">
+        <v>460</v>
+      </c>
+      <c r="P262" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>449</v>
+      </c>
+      <c r="B263" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C263" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" t="s">
+        <v>20</v>
+      </c>
+      <c r="E263" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F263" t="s">
+        <v>20</v>
+      </c>
+      <c r="G263" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H263" t="s">
+        <v>2108</v>
+      </c>
+      <c r="I263" t="s">
+        <v>2109</v>
+      </c>
+      <c r="J263" t="s">
+        <v>2110</v>
+      </c>
+      <c r="K263" t="s">
+        <v>41</v>
+      </c>
+      <c r="L263" t="s">
+        <v>457</v>
+      </c>
+      <c r="M263" t="s">
+        <v>458</v>
+      </c>
+      <c r="N263" t="s">
+        <v>459</v>
+      </c>
+      <c r="O263" t="s">
+        <v>460</v>
+      </c>
+      <c r="P263" t="s">
+        <v>2111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>1949</v>
+        <v>2112</v>
       </c>
       <c r="L1" t="s">
-        <v>1950</v>
+        <v>2113</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1951</v>
+        <v>2114</v>
       </c>
       <c r="B2" t="s">
-        <v>1952</v>
+        <v>2115</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1953</v>
+        <v>2116</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1954</v>
+        <v>2117</v>
       </c>
       <c r="H2" t="s">
-        <v>1955</v>
+        <v>2118</v>
       </c>
       <c r="I2" t="s">
-        <v>1956</v>
+        <v>2119</v>
       </c>
       <c r="J2" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="K2" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="L2" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="M2" t="s">
-        <v>1957</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1951</v>
+        <v>2114</v>
       </c>
       <c r="B3" t="s">
-        <v>1958</v>
+        <v>2121</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1959</v>
+        <v>2122</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1960</v>
+        <v>2123</v>
       </c>
       <c r="H3" t="s">
-        <v>1961</v>
+        <v>2124</v>
       </c>
       <c r="I3" t="s">
-        <v>1962</v>
+        <v>2125</v>
       </c>
       <c r="J3" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="K3" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="L3" t="s">
-        <v>211</v>
+        <v>261</v>
       </c>
       <c r="M3" t="s">
-        <v>1963</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1951</v>
+        <v>2114</v>
       </c>
       <c r="B4" t="s">
-        <v>1964</v>
+        <v>2127</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1965</v>
+        <v>2128</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1966</v>
+        <v>2129</v>
       </c>
       <c r="H4" t="s">
-        <v>1967</v>
+        <v>2130</v>
       </c>
       <c r="I4" t="s">
-        <v>1968</v>
+        <v>2131</v>
       </c>
       <c r="J4" t="s">
-        <v>135</v>
+        <v>59</v>
       </c>
       <c r="K4" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="L4" t="s">
-        <v>137</v>
+        <v>61</v>
       </c>
       <c r="M4" t="s">
-        <v>1969</v>
+        <v>2132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1970</v>
+        <v>2133</v>
       </c>
       <c r="J1" t="s">
-        <v>397</v>
+        <v>441</v>
       </c>
       <c r="K1" t="s">
-        <v>1971</v>
+        <v>2134</v>
       </c>
       <c r="L1" t="s">
-        <v>399</v>
+        <v>443</v>
       </c>
       <c r="M1" t="s">
-        <v>400</v>
+        <v>444</v>
       </c>
       <c r="N1" t="s">
-        <v>1972</v>
+        <v>2135</v>
       </c>
       <c r="O1" t="s">
-        <v>1973</v>
+        <v>2136</v>
       </c>
       <c r="P1" t="s">
-        <v>1974</v>
+        <v>2137</v>
       </c>
       <c r="Q1" t="s">
-        <v>1975</v>
+        <v>2138</v>
       </c>
       <c r="R1" t="s">
-        <v>401</v>
+        <v>445</v>
       </c>
       <c r="S1" t="s">
-        <v>1976</v>
+        <v>2139</v>
       </c>
       <c r="T1" t="s">
-        <v>1977</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B2" t="s">
-        <v>1979</v>
+        <v>2142</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1980</v>
+        <v>2143</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1981</v>
+        <v>2144</v>
       </c>
       <c r="H2" t="s">
-        <v>1982</v>
+        <v>2145</v>
       </c>
       <c r="I2" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J2" t="s">
-        <v>1984</v>
+        <v>2147</v>
       </c>
       <c r="K2" t="s">
-        <v>465</v>
+        <v>652</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="M2" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N2" t="s">
-        <v>1985</v>
+        <v>2148</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q2" t="s">
-        <v>1986</v>
+        <v>2149</v>
       </c>
       <c r="R2" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S2" t="s">
-        <v>1987</v>
+        <v>2150</v>
       </c>
       <c r="T2" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B3" t="s">
-        <v>1989</v>
+        <v>2152</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1990</v>
+        <v>2153</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1991</v>
+        <v>2154</v>
       </c>
       <c r="H3" t="s">
-        <v>1992</v>
+        <v>2155</v>
       </c>
       <c r="I3" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J3" t="s">
-        <v>1993</v>
+        <v>2156</v>
       </c>
       <c r="K3" t="s">
-        <v>1841</v>
+        <v>2004</v>
       </c>
       <c r="L3" t="s">
-        <v>1106</v>
+        <v>1277</v>
       </c>
       <c r="M3" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N3" t="s">
-        <v>1994</v>
+        <v>2157</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q3" t="s">
-        <v>1986</v>
+        <v>2149</v>
       </c>
       <c r="R3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S3" t="s">
-        <v>1995</v>
+        <v>2158</v>
       </c>
       <c r="T3" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B4" t="s">
-        <v>1997</v>
+        <v>2160</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1998</v>
+        <v>2161</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1999</v>
+        <v>2162</v>
       </c>
       <c r="H4" t="s">
-        <v>2000</v>
+        <v>2163</v>
       </c>
       <c r="I4" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J4" t="s">
-        <v>562</v>
+        <v>744</v>
       </c>
       <c r="K4" t="s">
-        <v>563</v>
+        <v>745</v>
       </c>
       <c r="L4" t="s">
-        <v>564</v>
+        <v>746</v>
       </c>
       <c r="M4" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N4" t="s">
-        <v>2001</v>
+        <v>2164</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q4" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R4" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S4" t="s">
-        <v>2003</v>
+        <v>2166</v>
       </c>
       <c r="T4" t="s">
-        <v>2004</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B5" t="s">
-        <v>2005</v>
+        <v>2168</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1998</v>
+        <v>2161</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2006</v>
+        <v>2169</v>
       </c>
       <c r="H5" t="s">
-        <v>2007</v>
+        <v>2170</v>
       </c>
       <c r="I5" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J5" t="s">
-        <v>562</v>
+        <v>744</v>
       </c>
       <c r="K5" t="s">
-        <v>2009</v>
+        <v>2172</v>
       </c>
       <c r="L5" t="s">
-        <v>2010</v>
+        <v>2173</v>
       </c>
       <c r="M5" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N5" t="s">
-        <v>2001</v>
+        <v>2164</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q5" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S5" t="s">
-        <v>2013</v>
+        <v>2176</v>
       </c>
       <c r="T5" t="s">
-        <v>2004</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B6" t="s">
-        <v>2014</v>
+        <v>2177</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2015</v>
+        <v>2178</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2016</v>
+        <v>2179</v>
       </c>
       <c r="H6" t="s">
-        <v>2017</v>
+        <v>2180</v>
       </c>
       <c r="I6" t="s">
-        <v>2008</v>
+        <v>2146</v>
       </c>
       <c r="J6" t="s">
-        <v>2018</v>
+        <v>2181</v>
       </c>
       <c r="K6" t="s">
-        <v>555</v>
+        <v>737</v>
       </c>
       <c r="L6" t="s">
-        <v>556</v>
+        <v>738</v>
       </c>
       <c r="M6" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N6" t="s">
-        <v>2019</v>
+        <v>2182</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q6" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R6" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S6" t="s">
-        <v>2021</v>
+        <v>2184</v>
       </c>
       <c r="T6" t="s">
-        <v>2004</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B7" t="s">
-        <v>2022</v>
+        <v>2185</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2015</v>
+        <v>2178</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2023</v>
+        <v>2186</v>
       </c>
       <c r="H7" t="s">
-        <v>2024</v>
+        <v>2187</v>
       </c>
       <c r="I7" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J7" t="s">
-        <v>2025</v>
+        <v>2188</v>
       </c>
       <c r="K7" t="s">
-        <v>579</v>
+        <v>761</v>
       </c>
       <c r="L7" t="s">
-        <v>93</v>
+        <v>147</v>
       </c>
       <c r="M7" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N7" t="s">
-        <v>2026</v>
+        <v>2189</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q7" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R7" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S7" t="s">
-        <v>2027</v>
+        <v>2190</v>
       </c>
       <c r="T7" t="s">
-        <v>2004</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B8" t="s">
-        <v>2028</v>
+        <v>2191</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2015</v>
+        <v>2178</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2029</v>
+        <v>2192</v>
       </c>
       <c r="H8" t="s">
-        <v>2030</v>
+        <v>2193</v>
       </c>
       <c r="I8" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J8" t="s">
-        <v>2031</v>
+        <v>2194</v>
       </c>
       <c r="K8" t="s">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="L8" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M8" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N8" t="s">
-        <v>2032</v>
+        <v>2195</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q8" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R8" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S8" t="s">
-        <v>2033</v>
+        <v>2196</v>
       </c>
       <c r="T8" t="s">
-        <v>2004</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B9" t="s">
-        <v>2034</v>
+        <v>2197</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2015</v>
+        <v>2178</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2035</v>
+        <v>2198</v>
       </c>
       <c r="H9" t="s">
-        <v>2036</v>
+        <v>2199</v>
       </c>
       <c r="I9" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J9" t="s">
-        <v>2037</v>
+        <v>2200</v>
       </c>
       <c r="K9" t="s">
-        <v>2038</v>
+        <v>2201</v>
       </c>
       <c r="L9" t="s">
-        <v>2039</v>
+        <v>2202</v>
       </c>
       <c r="M9" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N9" t="s">
-        <v>2040</v>
+        <v>2203</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q9" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R9" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S9" t="s">
-        <v>2041</v>
+        <v>2204</v>
       </c>
       <c r="T9" t="s">
-        <v>2004</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B10" t="s">
-        <v>2042</v>
+        <v>2205</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2043</v>
+        <v>2206</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2044</v>
+        <v>2207</v>
       </c>
       <c r="H10" t="s">
-        <v>2045</v>
+        <v>2208</v>
       </c>
       <c r="I10" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J10" t="s">
-        <v>1452</v>
+        <v>1620</v>
       </c>
       <c r="K10" t="s">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N10" t="s">
-        <v>2046</v>
+        <v>2209</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q10" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R10" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S10" t="s">
-        <v>2048</v>
+        <v>2211</v>
       </c>
       <c r="T10" t="s">
-        <v>2049</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B11" t="s">
-        <v>2050</v>
+        <v>2213</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2043</v>
+        <v>2206</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2051</v>
+        <v>2214</v>
       </c>
       <c r="H11" t="s">
-        <v>2052</v>
+        <v>2215</v>
       </c>
       <c r="I11" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J11" t="s">
-        <v>1452</v>
+        <v>1620</v>
       </c>
       <c r="K11" t="s">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="L11" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N11" t="s">
-        <v>2053</v>
+        <v>2216</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q11" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R11" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S11" t="s">
-        <v>2054</v>
+        <v>2217</v>
       </c>
       <c r="T11" t="s">
-        <v>2049</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B12" t="s">
-        <v>329</v>
+        <v>374</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2055</v>
+        <v>2218</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2056</v>
+        <v>2219</v>
       </c>
       <c r="H12" t="s">
-        <v>2057</v>
+        <v>2220</v>
       </c>
       <c r="I12" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J12" t="s">
-        <v>2058</v>
+        <v>2221</v>
       </c>
       <c r="K12" t="s">
-        <v>2059</v>
+        <v>2222</v>
       </c>
       <c r="L12" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N12" t="s">
-        <v>2060</v>
+        <v>2223</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="Q12" t="s">
-        <v>2062</v>
+        <v>2225</v>
       </c>
       <c r="R12" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="S12" t="s">
-        <v>331</v>
+        <v>376</v>
       </c>
       <c r="T12" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B13" t="s">
-        <v>2063</v>
+        <v>2226</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2064</v>
+        <v>2227</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2065</v>
+        <v>2228</v>
       </c>
       <c r="H13" t="s">
-        <v>2066</v>
+        <v>2229</v>
       </c>
       <c r="I13" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J13" t="s">
-        <v>2067</v>
+        <v>2230</v>
       </c>
       <c r="K13" t="s">
-        <v>1123</v>
+        <v>1294</v>
       </c>
       <c r="L13" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="M13" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N13" t="s">
-        <v>2068</v>
+        <v>2231</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q13" t="s">
-        <v>2069</v>
+        <v>2232</v>
       </c>
       <c r="R13" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S13" t="s">
-        <v>222</v>
+        <v>271</v>
       </c>
       <c r="T13" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B14" t="s">
-        <v>2070</v>
+        <v>2233</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2064</v>
+        <v>2227</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2071</v>
+        <v>2234</v>
       </c>
       <c r="H14" t="s">
-        <v>2072</v>
+        <v>2235</v>
       </c>
       <c r="I14" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J14" t="s">
-        <v>1984</v>
+        <v>2147</v>
       </c>
       <c r="K14" t="s">
-        <v>2073</v>
+        <v>2236</v>
       </c>
       <c r="L14" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="M14" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N14" t="s">
-        <v>2074</v>
+        <v>2237</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q14" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R14" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S14" t="s">
-        <v>2075</v>
+        <v>2238</v>
       </c>
       <c r="T14" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B15" t="s">
-        <v>2076</v>
+        <v>2239</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2077</v>
+        <v>2240</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2078</v>
+        <v>2241</v>
       </c>
       <c r="H15" t="s">
-        <v>2079</v>
+        <v>2242</v>
       </c>
       <c r="I15" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J15" t="s">
-        <v>2080</v>
+        <v>2243</v>
       </c>
       <c r="K15" t="s">
-        <v>814</v>
+        <v>990</v>
       </c>
       <c r="L15" t="s">
-        <v>808</v>
+        <v>585</v>
       </c>
       <c r="M15" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N15" t="s">
-        <v>2081</v>
+        <v>2244</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q15" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R15" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S15" t="s">
-        <v>2082</v>
+        <v>2245</v>
       </c>
       <c r="T15" t="s">
-        <v>2049</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B16" t="s">
-        <v>2083</v>
+        <v>2246</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2077</v>
+        <v>2240</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2084</v>
+        <v>2247</v>
       </c>
       <c r="H16" t="s">
-        <v>2085</v>
+        <v>2248</v>
       </c>
       <c r="I16" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>2086</v>
+        <v>2249</v>
       </c>
       <c r="L16" t="s">
-        <v>2087</v>
+        <v>2250</v>
       </c>
       <c r="M16" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N16" t="s">
-        <v>2088</v>
+        <v>2251</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q16" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R16" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S16" t="s">
-        <v>2089</v>
+        <v>2252</v>
       </c>
       <c r="T16" t="s">
-        <v>2049</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B17" t="s">
-        <v>2090</v>
+        <v>2253</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2077</v>
+        <v>2240</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2091</v>
+        <v>2254</v>
       </c>
       <c r="H17" t="s">
-        <v>2092</v>
+        <v>2255</v>
       </c>
       <c r="I17" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J17" t="s">
-        <v>1438</v>
+        <v>1608</v>
       </c>
       <c r="K17" t="s">
-        <v>1007</v>
+        <v>1178</v>
       </c>
       <c r="L17" t="s">
-        <v>1008</v>
+        <v>1179</v>
       </c>
       <c r="M17" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N17" t="s">
-        <v>2093</v>
+        <v>2256</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q17" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R17" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S17" t="s">
-        <v>2094</v>
+        <v>2257</v>
       </c>
       <c r="T17" t="s">
-        <v>2049</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B18" t="s">
-        <v>2095</v>
+        <v>2258</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2077</v>
+        <v>2240</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2096</v>
+        <v>2259</v>
       </c>
       <c r="H18" t="s">
-        <v>2097</v>
+        <v>2260</v>
       </c>
       <c r="I18" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>2086</v>
+        <v>2249</v>
       </c>
       <c r="L18" t="s">
-        <v>2087</v>
+        <v>2250</v>
       </c>
       <c r="M18" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N18" t="s">
-        <v>2088</v>
+        <v>2251</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q18" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R18" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S18" t="s">
-        <v>2098</v>
+        <v>2261</v>
       </c>
       <c r="T18" t="s">
-        <v>2049</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B19" t="s">
-        <v>2099</v>
+        <v>2262</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2100</v>
+        <v>2263</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2101</v>
+        <v>2264</v>
       </c>
       <c r="H19" t="s">
-        <v>2102</v>
+        <v>2265</v>
       </c>
       <c r="I19" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J19" t="s">
-        <v>2103</v>
+        <v>2266</v>
       </c>
       <c r="K19" t="s">
-        <v>972</v>
+        <v>1145</v>
       </c>
       <c r="L19" t="s">
-        <v>973</v>
+        <v>1146</v>
       </c>
       <c r="M19" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N19" t="s">
-        <v>2104</v>
+        <v>2267</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q19" t="s">
-        <v>1986</v>
+        <v>2149</v>
       </c>
       <c r="R19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S19" t="s">
-        <v>2105</v>
+        <v>2268</v>
       </c>
       <c r="T19" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B20" t="s">
-        <v>2106</v>
+        <v>2269</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2107</v>
+        <v>2270</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2108</v>
+        <v>2271</v>
       </c>
       <c r="H20" t="s">
-        <v>2109</v>
+        <v>2272</v>
       </c>
       <c r="I20" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J20" t="s">
-        <v>2110</v>
+        <v>2273</v>
       </c>
       <c r="K20" t="s">
-        <v>1382</v>
+        <v>1552</v>
       </c>
       <c r="L20" t="s">
-        <v>1383</v>
+        <v>1553</v>
       </c>
       <c r="M20" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N20" t="s">
-        <v>2111</v>
+        <v>2274</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q20" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R20" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S20" t="s">
-        <v>2112</v>
+        <v>2275</v>
       </c>
       <c r="T20" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B21" t="s">
-        <v>2113</v>
+        <v>2276</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2114</v>
+        <v>2277</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2115</v>
+        <v>2278</v>
       </c>
       <c r="H21" t="s">
-        <v>2116</v>
+        <v>2279</v>
       </c>
       <c r="I21" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J21" t="s">
-        <v>2117</v>
+        <v>2280</v>
       </c>
       <c r="K21" t="s">
-        <v>1725</v>
+        <v>1889</v>
       </c>
       <c r="L21" t="s">
-        <v>1726</v>
+        <v>1890</v>
       </c>
       <c r="M21" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N21" t="s">
-        <v>2118</v>
+        <v>2281</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q21" t="s">
-        <v>1986</v>
+        <v>2149</v>
       </c>
       <c r="R21" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S21" t="s">
-        <v>2119</v>
+        <v>2282</v>
       </c>
       <c r="T21" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B22" t="s">
-        <v>2120</v>
+        <v>2283</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2121</v>
+        <v>2284</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2122</v>
+        <v>2285</v>
       </c>
       <c r="H22" t="s">
-        <v>2123</v>
+        <v>2286</v>
       </c>
       <c r="I22" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>2124</v>
+        <v>2287</v>
       </c>
       <c r="L22" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="M22" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N22" t="s">
-        <v>2125</v>
+        <v>2288</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q22" t="s">
-        <v>2126</v>
+        <v>2289</v>
       </c>
       <c r="R22" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S22" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="T22" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B23" t="s">
-        <v>2127</v>
+        <v>2290</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2121</v>
+        <v>2284</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2128</v>
+        <v>2291</v>
       </c>
       <c r="H23" t="s">
-        <v>2129</v>
+        <v>2292</v>
       </c>
       <c r="I23" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J23" t="s">
-        <v>2130</v>
+        <v>2293</v>
       </c>
       <c r="K23" t="s">
-        <v>541</v>
+        <v>467</v>
       </c>
       <c r="L23" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="M23" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N23" t="s">
-        <v>2131</v>
+        <v>2294</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q23" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R23" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S23" t="s">
-        <v>2132</v>
+        <v>2295</v>
       </c>
       <c r="T23" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B24" t="s">
-        <v>2133</v>
+        <v>2296</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2121</v>
+        <v>2284</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2134</v>
+        <v>2297</v>
       </c>
       <c r="H24" t="s">
-        <v>2135</v>
+        <v>2298</v>
       </c>
       <c r="I24" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J24" t="s">
-        <v>2136</v>
+        <v>2299</v>
       </c>
       <c r="K24" t="s">
-        <v>541</v>
+        <v>467</v>
       </c>
       <c r="L24" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="M24" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N24" t="s">
-        <v>2131</v>
+        <v>2294</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q24" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R24" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S24" t="s">
-        <v>2137</v>
+        <v>2300</v>
       </c>
       <c r="T24" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B25" t="s">
-        <v>2138</v>
+        <v>2301</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2139</v>
+        <v>2302</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2140</v>
+        <v>2303</v>
       </c>
       <c r="H25" t="s">
-        <v>2141</v>
+        <v>2304</v>
       </c>
       <c r="I25" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>900</v>
+        <v>1075</v>
       </c>
       <c r="L25" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="M25" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N25" t="s">
-        <v>2142</v>
+        <v>2305</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q25" t="s">
-        <v>2143</v>
+        <v>2306</v>
       </c>
       <c r="R25" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S25" t="s">
-        <v>2144</v>
+        <v>2307</v>
       </c>
       <c r="T25" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B26" t="s">
-        <v>2145</v>
+        <v>2308</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2139</v>
+        <v>2302</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I26" t="s">
         <v>2146</v>
       </c>
-      <c r="H26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>2148</v>
+        <v>2311</v>
       </c>
       <c r="K26" t="s">
-        <v>799</v>
+        <v>577</v>
       </c>
       <c r="L26" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M26" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N26" t="s">
-        <v>2149</v>
+        <v>2312</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q26" t="s">
-        <v>2143</v>
+        <v>2306</v>
       </c>
       <c r="R26" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S26" t="s">
-        <v>2150</v>
+        <v>2313</v>
       </c>
       <c r="T26" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B27" t="s">
-        <v>2151</v>
+        <v>2314</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2152</v>
+        <v>2315</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2153</v>
+        <v>2316</v>
       </c>
       <c r="H27" t="s">
-        <v>2154</v>
+        <v>2317</v>
       </c>
       <c r="I27" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J27" t="s">
-        <v>2155</v>
+        <v>454</v>
       </c>
       <c r="K27" t="s">
-        <v>2156</v>
+        <v>455</v>
       </c>
       <c r="L27" t="s">
-        <v>2157</v>
+        <v>456</v>
       </c>
       <c r="M27" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N27" t="s">
-        <v>2158</v>
+        <v>2318</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q27" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R27" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S27" t="s">
+        <v>2319</v>
+      </c>
+      <c r="T27" t="s">
         <v>2159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2160</v>
+        <v>2320</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2161</v>
+        <v>2321</v>
       </c>
       <c r="H28" t="s">
-        <v>2162</v>
+        <v>2322</v>
       </c>
       <c r="I28" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J28" t="s">
-        <v>2163</v>
+        <v>2323</v>
       </c>
       <c r="K28" t="s">
-        <v>2164</v>
+        <v>2324</v>
       </c>
       <c r="L28" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="M28" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N28" t="s">
-        <v>2165</v>
+        <v>2325</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="Q28" t="s">
-        <v>2166</v>
+        <v>2326</v>
       </c>
       <c r="R28" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="S28" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="T28" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B29" t="s">
-        <v>119</v>
+        <v>173</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2167</v>
+        <v>2327</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2168</v>
+        <v>2328</v>
       </c>
       <c r="H29" t="s">
-        <v>2169</v>
+        <v>2329</v>
       </c>
       <c r="I29" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J29" t="s">
-        <v>2170</v>
+        <v>2330</v>
       </c>
       <c r="K29" t="s">
-        <v>2171</v>
+        <v>2331</v>
       </c>
       <c r="L29" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="M29" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N29" t="s">
-        <v>2172</v>
+        <v>2332</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="Q29" t="s">
-        <v>2173</v>
+        <v>2333</v>
       </c>
       <c r="R29" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="S29" t="s">
-        <v>121</v>
+        <v>175</v>
       </c>
       <c r="T29" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B30" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2171</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2338</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2339</v>
+      </c>
+      <c r="L30" t="s">
+        <v>147</v>
+      </c>
+      <c r="M30" t="s">
+        <v>457</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2340</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
         <v>2174</v>
       </c>
-      <c r="C30" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q30" t="s">
-        <v>2181</v>
+        <v>2341</v>
       </c>
       <c r="R30" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S30" t="s">
-        <v>94</v>
+        <v>148</v>
       </c>
       <c r="T30" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B31" t="s">
-        <v>2182</v>
+        <v>2342</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2343</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2344</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2171</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2345</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2346</v>
+      </c>
+      <c r="M31" t="s">
+        <v>457</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2347</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2174</v>
+      </c>
+      <c r="Q31" t="s">
         <v>2175</v>
       </c>
-      <c r="F31" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R31" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S31" t="s">
-        <v>2188</v>
+        <v>2348</v>
       </c>
       <c r="T31" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B32" t="s">
-        <v>2189</v>
+        <v>2349</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2191</v>
+        <v>2351</v>
       </c>
       <c r="H32" t="s">
-        <v>2192</v>
+        <v>2352</v>
       </c>
       <c r="I32" t="s">
-        <v>2193</v>
+        <v>2353</v>
       </c>
       <c r="J32" t="s">
-        <v>2031</v>
+        <v>2194</v>
       </c>
       <c r="K32" t="s">
-        <v>2194</v>
+        <v>2354</v>
       </c>
       <c r="L32" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M32" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N32" t="s">
-        <v>2195</v>
+        <v>2355</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>2196</v>
+        <v>2356</v>
       </c>
       <c r="Q32" t="s">
-        <v>2197</v>
+        <v>2357</v>
       </c>
       <c r="R32" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S32" t="s">
-        <v>211</v>
+        <v>261</v>
       </c>
       <c r="T32" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B33" t="s">
-        <v>2198</v>
+        <v>2358</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2199</v>
+        <v>2359</v>
       </c>
       <c r="H33" t="s">
-        <v>2200</v>
+        <v>2360</v>
       </c>
       <c r="I33" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J33" t="s">
-        <v>919</v>
+        <v>1094</v>
       </c>
       <c r="K33" t="s">
-        <v>920</v>
+        <v>1095</v>
       </c>
       <c r="L33" t="s">
-        <v>448</v>
+        <v>637</v>
       </c>
       <c r="M33" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N33" t="s">
-        <v>2201</v>
+        <v>2361</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>2196</v>
+        <v>2356</v>
       </c>
       <c r="Q33" t="s">
-        <v>2202</v>
+        <v>2362</v>
       </c>
       <c r="R33" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S33" t="s">
-        <v>2203</v>
+        <v>2363</v>
       </c>
       <c r="T33" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B34" t="s">
-        <v>2204</v>
+        <v>2364</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2205</v>
+        <v>2365</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2206</v>
+        <v>2366</v>
       </c>
       <c r="H34" t="s">
-        <v>2207</v>
+        <v>2367</v>
       </c>
       <c r="I34" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J34" t="s">
-        <v>2208</v>
+        <v>2368</v>
       </c>
       <c r="K34" t="s">
-        <v>2209</v>
+        <v>2369</v>
       </c>
       <c r="L34" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M34" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N34" t="s">
-        <v>2210</v>
+        <v>2370</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="Q34" t="s">
-        <v>2211</v>
+        <v>2371</v>
       </c>
       <c r="R34" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="S34" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="T34" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B35" t="s">
-        <v>2212</v>
+        <v>2372</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2213</v>
+        <v>2373</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2214</v>
+        <v>2374</v>
       </c>
       <c r="H35" t="s">
-        <v>2215</v>
+        <v>2375</v>
       </c>
       <c r="I35" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J35" t="s">
-        <v>2216</v>
+        <v>2376</v>
       </c>
       <c r="K35" t="s">
-        <v>958</v>
+        <v>1131</v>
       </c>
       <c r="L35" t="s">
-        <v>959</v>
+        <v>1132</v>
       </c>
       <c r="M35" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N35" t="s">
-        <v>2217</v>
+        <v>2377</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q35" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R35" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S35" t="s">
-        <v>2218</v>
+        <v>2378</v>
       </c>
       <c r="T35" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B36" t="s">
-        <v>2219</v>
+        <v>2379</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2380</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2381</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2171</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2382</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2383</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2384</v>
+      </c>
+      <c r="M36" t="s">
+        <v>457</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2385</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2174</v>
+      </c>
+      <c r="Q36" t="s">
         <v>2175</v>
       </c>
-      <c r="F36" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R36" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S36" t="s">
-        <v>2226</v>
+        <v>2386</v>
       </c>
       <c r="T36" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B37" t="s">
-        <v>2227</v>
+        <v>2387</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2228</v>
+        <v>2388</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2229</v>
+        <v>2389</v>
       </c>
       <c r="H37" t="s">
-        <v>2230</v>
+        <v>2390</v>
       </c>
       <c r="I37" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J37" t="s">
-        <v>2231</v>
+        <v>2391</v>
       </c>
       <c r="K37" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="L37" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M37" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N37" t="s">
-        <v>2232</v>
+        <v>2392</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q37" t="s">
-        <v>2233</v>
+        <v>2393</v>
       </c>
       <c r="R37" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S37" t="s">
-        <v>2234</v>
+        <v>2394</v>
       </c>
       <c r="T37" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B38" t="s">
-        <v>2235</v>
+        <v>2395</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2236</v>
+        <v>2396</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>2237</v>
+        <v>2397</v>
       </c>
       <c r="H38" t="s">
-        <v>2238</v>
+        <v>2398</v>
       </c>
       <c r="I38" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J38" t="s">
-        <v>2239</v>
+        <v>2399</v>
       </c>
       <c r="K38" t="s">
-        <v>2240</v>
+        <v>548</v>
       </c>
       <c r="L38" t="s">
-        <v>2241</v>
+        <v>549</v>
       </c>
       <c r="M38" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N38" t="s">
-        <v>2242</v>
+        <v>2400</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q38" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R38" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S38" t="s">
-        <v>2243</v>
+        <v>2401</v>
       </c>
       <c r="T38" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B39" t="s">
-        <v>2244</v>
+        <v>2402</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2245</v>
+        <v>2403</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2246</v>
+        <v>2404</v>
       </c>
       <c r="H39" t="s">
-        <v>2247</v>
+        <v>2405</v>
       </c>
       <c r="I39" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J39" t="s">
-        <v>2248</v>
+        <v>2406</v>
       </c>
       <c r="K39" t="s">
-        <v>2249</v>
+        <v>2407</v>
       </c>
       <c r="L39" t="s">
-        <v>2250</v>
+        <v>2408</v>
       </c>
       <c r="M39" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N39" t="s">
-        <v>2251</v>
+        <v>2409</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q39" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R39" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S39" t="s">
-        <v>2252</v>
+        <v>2410</v>
       </c>
       <c r="T39" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B40" t="s">
-        <v>2253</v>
+        <v>2411</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2167</v>
+        <v>2327</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>2254</v>
+        <v>2412</v>
       </c>
       <c r="H40" t="s">
-        <v>2255</v>
+        <v>2413</v>
       </c>
       <c r="I40" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J40" t="s">
-        <v>2256</v>
+        <v>2414</v>
       </c>
       <c r="K40" t="s">
-        <v>2257</v>
+        <v>2415</v>
       </c>
       <c r="L40" t="s">
-        <v>2258</v>
+        <v>2416</v>
       </c>
       <c r="M40" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N40" t="s">
-        <v>2259</v>
+        <v>2417</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q40" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R40" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S40" t="s">
-        <v>2260</v>
+        <v>2418</v>
       </c>
       <c r="T40" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B41" t="s">
-        <v>2261</v>
+        <v>2419</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2262</v>
+        <v>2420</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>2263</v>
+        <v>2421</v>
       </c>
       <c r="H41" t="s">
-        <v>2264</v>
+        <v>2422</v>
       </c>
       <c r="I41" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J41" t="s">
-        <v>2265</v>
+        <v>2423</v>
       </c>
       <c r="K41" t="s">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="L41" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M41" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N41" t="s">
-        <v>2266</v>
+        <v>2424</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q41" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R41" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S41" t="s">
-        <v>2267</v>
+        <v>2425</v>
       </c>
       <c r="T41" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B42" t="s">
-        <v>2268</v>
+        <v>2426</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>2245</v>
+        <v>2403</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>2269</v>
+        <v>2427</v>
       </c>
       <c r="H42" t="s">
-        <v>2270</v>
+        <v>2428</v>
       </c>
       <c r="I42" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J42" t="s">
-        <v>2271</v>
+        <v>2429</v>
       </c>
       <c r="K42" t="s">
-        <v>2272</v>
+        <v>2430</v>
       </c>
       <c r="L42" t="s">
-        <v>556</v>
+        <v>738</v>
       </c>
       <c r="M42" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N42" t="s">
-        <v>2273</v>
+        <v>2431</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q42" t="s">
-        <v>2069</v>
+        <v>2232</v>
       </c>
       <c r="R42" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S42" t="s">
-        <v>2274</v>
+        <v>2432</v>
       </c>
       <c r="T42" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B43" t="s">
-        <v>2275</v>
+        <v>2433</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2276</v>
+        <v>2434</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>2277</v>
+        <v>2435</v>
       </c>
       <c r="H43" t="s">
-        <v>2278</v>
+        <v>2436</v>
       </c>
       <c r="I43" t="s">
-        <v>2193</v>
+        <v>2353</v>
       </c>
       <c r="J43" t="s">
-        <v>684</v>
+        <v>865</v>
       </c>
       <c r="K43" t="s">
-        <v>2279</v>
+        <v>2437</v>
       </c>
       <c r="L43" t="s">
-        <v>556</v>
+        <v>738</v>
       </c>
       <c r="M43" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N43" t="s">
-        <v>2280</v>
+        <v>2438</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q43" t="s">
-        <v>2143</v>
+        <v>2306</v>
       </c>
       <c r="R43" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S43" t="s">
-        <v>2281</v>
+        <v>2439</v>
       </c>
       <c r="T43" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B44" t="s">
-        <v>2282</v>
+        <v>2440</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>2283</v>
+        <v>2441</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>2284</v>
+        <v>2442</v>
       </c>
       <c r="H44" t="s">
-        <v>2285</v>
+        <v>2443</v>
       </c>
       <c r="I44" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J44" t="s">
-        <v>1154</v>
+        <v>1325</v>
       </c>
       <c r="K44" t="s">
-        <v>1030</v>
+        <v>1201</v>
       </c>
       <c r="L44" t="s">
-        <v>1031</v>
+        <v>1202</v>
       </c>
       <c r="M44" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N44" t="s">
-        <v>2286</v>
+        <v>2444</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q44" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R44" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S44" t="s">
-        <v>2287</v>
+        <v>2445</v>
       </c>
       <c r="T44" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B45" t="s">
-        <v>2288</v>
+        <v>2446</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>2289</v>
+        <v>2447</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>2290</v>
+        <v>2448</v>
       </c>
       <c r="H45" t="s">
-        <v>2291</v>
+        <v>2449</v>
       </c>
       <c r="I45" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J45" t="s">
-        <v>489</v>
+        <v>672</v>
       </c>
       <c r="K45" t="s">
-        <v>490</v>
+        <v>673</v>
       </c>
       <c r="L45" t="s">
-        <v>491</v>
+        <v>674</v>
       </c>
       <c r="M45" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N45" t="s">
-        <v>2292</v>
+        <v>2450</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>2011</v>
+        <v>2174</v>
       </c>
       <c r="Q45" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R45" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S45" t="s">
-        <v>2293</v>
+        <v>2451</v>
       </c>
       <c r="T45" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B46" t="s">
-        <v>2294</v>
+        <v>2452</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>2295</v>
+        <v>2453</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>2296</v>
+        <v>2454</v>
       </c>
       <c r="H46" t="s">
-        <v>2297</v>
+        <v>2455</v>
       </c>
       <c r="I46" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J46" t="s">
-        <v>1104</v>
+        <v>1275</v>
       </c>
       <c r="K46" t="s">
-        <v>1105</v>
+        <v>1276</v>
       </c>
       <c r="L46" t="s">
-        <v>1106</v>
+        <v>1277</v>
       </c>
       <c r="M46" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N46" t="s">
-        <v>2298</v>
+        <v>2456</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q46" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R46" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S46" t="s">
-        <v>2299</v>
+        <v>2457</v>
       </c>
       <c r="T46" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B47" t="s">
-        <v>2300</v>
+        <v>28</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>2301</v>
+        <v>2458</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>2302</v>
+        <v>2459</v>
       </c>
       <c r="H47" t="s">
-        <v>2303</v>
+        <v>2460</v>
       </c>
       <c r="I47" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J47" t="s">
-        <v>2304</v>
+        <v>2461</v>
       </c>
       <c r="K47" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="L47" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M47" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N47" t="s">
-        <v>2305</v>
+        <v>2462</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q47" t="s">
-        <v>2306</v>
+        <v>2463</v>
       </c>
       <c r="R47" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S47" t="s">
-        <v>2307</v>
+        <v>31</v>
       </c>
       <c r="T47" t="s">
-        <v>2308</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B48" t="s">
-        <v>2309</v>
+        <v>2465</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>2310</v>
+        <v>2466</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>2311</v>
+        <v>2467</v>
       </c>
       <c r="H48" t="s">
-        <v>2312</v>
+        <v>2468</v>
       </c>
       <c r="I48" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J48" t="s">
         <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>1603</v>
+        <v>1769</v>
       </c>
       <c r="L48" t="s">
-        <v>1604</v>
+        <v>1770</v>
       </c>
       <c r="M48" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N48" t="s">
-        <v>2313</v>
+        <v>2469</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="Q48" t="s">
-        <v>1986</v>
+        <v>2149</v>
       </c>
       <c r="R48" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="S48" t="s">
-        <v>2314</v>
+        <v>2470</v>
       </c>
       <c r="T48" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B49" t="s">
-        <v>2315</v>
+        <v>2471</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>2301</v>
+        <v>2458</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>2316</v>
+        <v>2472</v>
       </c>
       <c r="H49" t="s">
-        <v>2317</v>
+        <v>2473</v>
       </c>
       <c r="I49" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J49" t="s">
-        <v>2318</v>
+        <v>2474</v>
       </c>
       <c r="K49" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="L49" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M49" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N49" t="s">
-        <v>2319</v>
+        <v>2475</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q49" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R49" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S49" t="s">
-        <v>2320</v>
+        <v>2476</v>
       </c>
       <c r="T49" t="s">
-        <v>2308</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B50" t="s">
-        <v>2321</v>
+        <v>2477</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>2322</v>
+        <v>2478</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>2323</v>
+        <v>2479</v>
       </c>
       <c r="H50" t="s">
-        <v>2324</v>
+        <v>2480</v>
       </c>
       <c r="I50" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J50" t="s">
-        <v>2325</v>
+        <v>2481</v>
       </c>
       <c r="K50" t="s">
-        <v>2326</v>
+        <v>2482</v>
       </c>
       <c r="L50" t="s">
-        <v>556</v>
+        <v>738</v>
       </c>
       <c r="M50" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N50" t="s">
-        <v>2327</v>
+        <v>2483</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q50" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R50" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S50" t="s">
-        <v>2328</v>
+        <v>2484</v>
       </c>
       <c r="T50" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B51" t="s">
-        <v>2329</v>
+        <v>2485</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>2330</v>
+        <v>2486</v>
       </c>
       <c r="H51" t="s">
-        <v>2331</v>
+        <v>2487</v>
       </c>
       <c r="I51" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J51" t="s">
-        <v>2031</v>
+        <v>2194</v>
       </c>
       <c r="K51" t="s">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="L51" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M51" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N51" t="s">
-        <v>2195</v>
+        <v>2355</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q51" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R51" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S51" t="s">
-        <v>2332</v>
+        <v>2488</v>
       </c>
       <c r="T51" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B52" t="s">
-        <v>2333</v>
+        <v>2489</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>2289</v>
+        <v>2447</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>2334</v>
+        <v>2490</v>
       </c>
       <c r="H52" t="s">
-        <v>2335</v>
+        <v>2491</v>
       </c>
       <c r="I52" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J52" t="s">
-        <v>489</v>
+        <v>672</v>
       </c>
       <c r="K52" t="s">
-        <v>490</v>
+        <v>673</v>
       </c>
       <c r="L52" t="s">
-        <v>491</v>
+        <v>674</v>
       </c>
       <c r="M52" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N52" t="s">
-        <v>2292</v>
+        <v>2450</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q52" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R52" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S52" t="s">
-        <v>2336</v>
+        <v>2492</v>
       </c>
       <c r="T52" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B53" t="s">
-        <v>2337</v>
+        <v>2493</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>2338</v>
+        <v>2494</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>2339</v>
+        <v>2495</v>
       </c>
       <c r="H53" t="s">
-        <v>2340</v>
+        <v>2496</v>
       </c>
       <c r="I53" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J53" t="s">
         <v>20</v>
       </c>
       <c r="K53" t="s">
-        <v>2341</v>
+        <v>2497</v>
       </c>
       <c r="L53" t="s">
-        <v>2342</v>
+        <v>2498</v>
       </c>
       <c r="M53" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N53" t="s">
-        <v>2343</v>
+        <v>2499</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q53" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R53" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S53" t="s">
-        <v>2344</v>
+        <v>2500</v>
       </c>
       <c r="T53" t="s">
-        <v>1988</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B54" t="s">
-        <v>2345</v>
+        <v>2501</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>2346</v>
+        <v>2502</v>
       </c>
       <c r="H54" t="s">
-        <v>2347</v>
+        <v>2503</v>
       </c>
       <c r="I54" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J54" t="s">
-        <v>860</v>
+        <v>1035</v>
       </c>
       <c r="K54" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="L54" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M54" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N54" t="s">
-        <v>2348</v>
+        <v>2504</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>2196</v>
+        <v>2356</v>
       </c>
       <c r="Q54" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R54" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S54" t="s">
-        <v>2349</v>
+        <v>2505</v>
       </c>
       <c r="T54" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B55" t="s">
-        <v>2350</v>
+        <v>2506</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>2213</v>
+        <v>2373</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>2351</v>
+        <v>2507</v>
       </c>
       <c r="H55" t="s">
-        <v>2352</v>
+        <v>2508</v>
       </c>
       <c r="I55" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J55" t="s">
-        <v>2216</v>
+        <v>2376</v>
       </c>
       <c r="K55" t="s">
-        <v>958</v>
+        <v>1131</v>
       </c>
       <c r="L55" t="s">
-        <v>959</v>
+        <v>1132</v>
       </c>
       <c r="M55" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N55" t="s">
-        <v>2217</v>
+        <v>2377</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q55" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R55" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S55" t="s">
-        <v>2353</v>
+        <v>2509</v>
       </c>
       <c r="T55" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B56" t="s">
-        <v>2354</v>
+        <v>2510</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>2276</v>
+        <v>2434</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>2355</v>
+        <v>2511</v>
       </c>
       <c r="H56" t="s">
-        <v>2356</v>
+        <v>2512</v>
       </c>
       <c r="I56" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J56" t="s">
-        <v>684</v>
+        <v>865</v>
       </c>
       <c r="K56" t="s">
-        <v>2357</v>
+        <v>2513</v>
       </c>
       <c r="L56" t="s">
-        <v>556</v>
+        <v>738</v>
       </c>
       <c r="M56" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N56" t="s">
-        <v>2358</v>
+        <v>2514</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q56" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R56" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S56" t="s">
-        <v>2359</v>
+        <v>2515</v>
       </c>
       <c r="T56" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B57" t="s">
-        <v>2360</v>
+        <v>2516</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>2361</v>
+        <v>2517</v>
       </c>
       <c r="H57" t="s">
-        <v>2362</v>
+        <v>2518</v>
       </c>
       <c r="I57" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J57" t="s">
-        <v>860</v>
+        <v>1035</v>
       </c>
       <c r="K57" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="L57" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M57" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N57" t="s">
-        <v>2348</v>
+        <v>2504</v>
       </c>
       <c r="O57" t="s">
         <v>20</v>
       </c>
       <c r="P57" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q57" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R57" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S57" t="s">
-        <v>2363</v>
+        <v>2519</v>
       </c>
       <c r="T57" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B58" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>2301</v>
+        <v>2458</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>2364</v>
+        <v>2520</v>
       </c>
       <c r="H58" t="s">
-        <v>2365</v>
+        <v>2521</v>
       </c>
       <c r="I58" t="s">
-        <v>2193</v>
+        <v>2353</v>
       </c>
       <c r="J58" t="s">
         <v>20</v>
       </c>
       <c r="K58" t="s">
-        <v>1947</v>
+        <v>2110</v>
       </c>
       <c r="L58" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="M58" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N58" t="s">
-        <v>2366</v>
+        <v>2522</v>
       </c>
       <c r="O58" t="s">
         <v>20</v>
       </c>
       <c r="P58" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q58" t="s">
-        <v>2126</v>
+        <v>2289</v>
       </c>
       <c r="R58" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S58" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="T58" t="s">
-        <v>2308</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B59" t="s">
-        <v>2367</v>
+        <v>2523</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>2236</v>
+        <v>2396</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>2368</v>
+        <v>2524</v>
       </c>
       <c r="H59" t="s">
-        <v>2369</v>
+        <v>2525</v>
       </c>
       <c r="I59" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J59" t="s">
-        <v>2370</v>
+        <v>2526</v>
       </c>
       <c r="K59" t="s">
-        <v>2240</v>
+        <v>548</v>
       </c>
       <c r="L59" t="s">
-        <v>2241</v>
+        <v>549</v>
       </c>
       <c r="M59" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N59" t="s">
-        <v>2242</v>
+        <v>2400</v>
       </c>
       <c r="O59" t="s">
         <v>20</v>
       </c>
       <c r="P59" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q59" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R59" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S59" t="s">
-        <v>2371</v>
+        <v>2527</v>
       </c>
       <c r="T59" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B60" t="s">
-        <v>2372</v>
+        <v>2528</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>2175</v>
+        <v>2335</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>2373</v>
+        <v>2529</v>
       </c>
       <c r="H60" t="s">
-        <v>2374</v>
+        <v>2530</v>
       </c>
       <c r="I60" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J60" t="s">
         <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>2185</v>
+        <v>2345</v>
       </c>
       <c r="L60" t="s">
-        <v>2186</v>
+        <v>2346</v>
       </c>
       <c r="M60" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N60" t="s">
-        <v>2375</v>
+        <v>2531</v>
       </c>
       <c r="O60" t="s">
         <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q60" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R60" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S60" t="s">
-        <v>2376</v>
+        <v>2532</v>
       </c>
       <c r="T60" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B61" t="s">
-        <v>2377</v>
+        <v>2533</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>2245</v>
+        <v>2403</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>2378</v>
+        <v>2534</v>
       </c>
       <c r="H61" t="s">
-        <v>2379</v>
+        <v>2535</v>
       </c>
       <c r="I61" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J61" t="s">
-        <v>2248</v>
+        <v>2406</v>
       </c>
       <c r="K61" t="s">
-        <v>2249</v>
+        <v>2407</v>
       </c>
       <c r="L61" t="s">
-        <v>2250</v>
+        <v>2408</v>
       </c>
       <c r="M61" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N61" t="s">
-        <v>2380</v>
+        <v>2536</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q61" t="s">
-        <v>2002</v>
+        <v>2165</v>
       </c>
       <c r="R61" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S61" t="s">
-        <v>2381</v>
+        <v>2537</v>
       </c>
       <c r="T61" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B62" t="s">
-        <v>2382</v>
+        <v>2538</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>2383</v>
+        <v>2539</v>
       </c>
       <c r="H62" t="s">
-        <v>2384</v>
+        <v>2540</v>
       </c>
       <c r="I62" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J62" t="s">
-        <v>2385</v>
+        <v>2541</v>
       </c>
       <c r="K62" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="L62" t="s">
-        <v>412</v>
+        <v>30</v>
       </c>
       <c r="M62" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N62" t="s">
-        <v>2386</v>
+        <v>2542</v>
       </c>
       <c r="O62" t="s">
         <v>20</v>
       </c>
       <c r="P62" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q62" t="s">
-        <v>2012</v>
+        <v>2175</v>
       </c>
       <c r="R62" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S62" t="s">
-        <v>2387</v>
+        <v>2543</v>
       </c>
       <c r="T62" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B63" t="s">
-        <v>2388</v>
+        <v>2544</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>2389</v>
+        <v>2545</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>2390</v>
+        <v>2546</v>
       </c>
       <c r="H63" t="s">
-        <v>2391</v>
+        <v>2547</v>
       </c>
       <c r="I63" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J63" t="s">
         <v>20</v>
       </c>
       <c r="K63" t="s">
-        <v>2124</v>
+        <v>2287</v>
       </c>
       <c r="L63" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="M63" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N63" t="s">
-        <v>2392</v>
+        <v>2548</v>
       </c>
       <c r="O63" t="s">
         <v>20</v>
       </c>
       <c r="P63" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q63" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R63" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S63" t="s">
-        <v>2393</v>
+        <v>2549</v>
       </c>
       <c r="T63" t="s">
-        <v>2308</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B64" t="s">
-        <v>2394</v>
+        <v>2550</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>2389</v>
+        <v>2545</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>2395</v>
+        <v>2551</v>
       </c>
       <c r="H64" t="s">
-        <v>2396</v>
+        <v>2552</v>
       </c>
       <c r="I64" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J64" t="s">
         <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>2397</v>
+        <v>2553</v>
       </c>
       <c r="L64" t="s">
-        <v>2398</v>
+        <v>2554</v>
       </c>
       <c r="M64" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N64" t="s">
-        <v>2399</v>
+        <v>2555</v>
       </c>
       <c r="O64" t="s">
         <v>20</v>
       </c>
       <c r="P64" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q64" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R64" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S64" t="s">
-        <v>2400</v>
+        <v>2556</v>
       </c>
       <c r="T64" t="s">
-        <v>2308</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B65" t="s">
-        <v>2401</v>
+        <v>2557</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>2389</v>
+        <v>2545</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>2402</v>
+        <v>2558</v>
       </c>
       <c r="H65" t="s">
-        <v>2403</v>
+        <v>2559</v>
       </c>
       <c r="I65" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J65" t="s">
-        <v>2080</v>
+        <v>2243</v>
       </c>
       <c r="K65" t="s">
-        <v>807</v>
+        <v>985</v>
       </c>
       <c r="L65" t="s">
-        <v>808</v>
+        <v>585</v>
       </c>
       <c r="M65" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N65" t="s">
-        <v>2404</v>
+        <v>2560</v>
       </c>
       <c r="O65" t="s">
         <v>20</v>
       </c>
       <c r="P65" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q65" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R65" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S65" t="s">
-        <v>2405</v>
+        <v>2561</v>
       </c>
       <c r="T65" t="s">
-        <v>2308</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B66" t="s">
-        <v>2406</v>
+        <v>2562</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>2190</v>
+        <v>2350</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>2407</v>
+        <v>2563</v>
       </c>
       <c r="H66" t="s">
-        <v>2408</v>
+        <v>2564</v>
       </c>
       <c r="I66" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J66" t="s">
-        <v>2231</v>
+        <v>2391</v>
       </c>
       <c r="K66" t="s">
-        <v>2409</v>
+        <v>2565</v>
       </c>
       <c r="L66" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="M66" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N66" t="s">
-        <v>2410</v>
+        <v>2566</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
-        <v>2196</v>
+        <v>2356</v>
       </c>
       <c r="Q66" t="s">
-        <v>2047</v>
+        <v>2210</v>
       </c>
       <c r="R66" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="S66" t="s">
-        <v>2411</v>
+        <v>2567</v>
       </c>
       <c r="T66" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B67" t="s">
-        <v>2412</v>
+        <v>2568</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>2413</v>
+        <v>2569</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>2414</v>
+        <v>2570</v>
       </c>
       <c r="H67" t="s">
-        <v>2415</v>
+        <v>2571</v>
       </c>
       <c r="I67" t="s">
-        <v>2008</v>
+        <v>2171</v>
       </c>
       <c r="J67" t="s">
-        <v>2416</v>
+        <v>2572</v>
       </c>
       <c r="K67" t="s">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="L67" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="M67" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N67" t="s">
-        <v>2417</v>
+        <v>2573</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="Q67" t="s">
-        <v>1986</v>
+        <v>2149</v>
       </c>
       <c r="R67" t="s">
-        <v>2061</v>
+        <v>2224</v>
       </c>
       <c r="S67" t="s">
-        <v>2418</v>
+        <v>2574</v>
       </c>
       <c r="T67" t="s">
-        <v>1996</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1978</v>
+        <v>2141</v>
       </c>
       <c r="B68" t="s">
-        <v>2419</v>
+        <v>2575</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>2420</v>
+        <v>2576</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>2421</v>
+        <v>2577</v>
       </c>
       <c r="H68" t="s">
-        <v>2422</v>
+        <v>2578</v>
       </c>
       <c r="I68" t="s">
-        <v>1983</v>
+        <v>2146</v>
       </c>
       <c r="J68" t="s">
-        <v>2423</v>
+        <v>2579</v>
       </c>
       <c r="K68" t="s">
-        <v>773</v>
+        <v>952</v>
       </c>
       <c r="L68" t="s">
-        <v>774</v>
+        <v>953</v>
       </c>
       <c r="M68" t="s">
-        <v>413</v>
+        <v>457</v>
       </c>
       <c r="N68" t="s">
-        <v>2424</v>
+        <v>2580</v>
       </c>
       <c r="O68" t="s">
         <v>20</v>
       </c>
       <c r="P68" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="Q68" t="s">
-        <v>2020</v>
+        <v>2183</v>
       </c>
       <c r="R68" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="S68" t="s">
-        <v>2425</v>
+        <v>2581</v>
       </c>
       <c r="T68" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>