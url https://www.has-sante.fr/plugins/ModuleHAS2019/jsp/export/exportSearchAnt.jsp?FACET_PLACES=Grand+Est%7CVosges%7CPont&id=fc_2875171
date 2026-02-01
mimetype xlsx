--- v0 (2025-10-28)
+++ v1 (2026-02-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -62,135 +62,201 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SAVS DE LA FMS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>01/12/2025 05:04:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14998_FicheESSMS/fr/savs-de-la-fms</t>
+  </si>
+  <si>
+    <t>14998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Boulevard Thiers</t>
+  </si>
+  <si>
+    <t>88200 REMIREMONT</t>
+  </si>
+  <si>
+    <t>REMIREMONT</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>880006168</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT LE SAPHIR</t>
+  </si>
+  <si>
+    <t>01/12/2025 05:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15002_FicheESSMS/fr/foyer-hebergement-le-saphir</t>
+  </si>
+  <si>
+    <t>15002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Montiroche</t>
+  </si>
+  <si>
+    <t>88200 ST NABORD</t>
+  </si>
+  <si>
+    <t>ST NABORD</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>880789235</t>
+  </si>
+  <si>
+    <t>CSAPA DE LA FMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4692_FicheESSMS/fr/csapa-de-la-fms</t>
+  </si>
+  <si>
+    <t>4692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>74 Boulevard Thiers</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>880787494</t>
+  </si>
+  <si>
+    <t>INSTITUT LA COURTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7056_FicheESSMS/fr/institut-la-courtine</t>
+  </si>
+  <si>
+    <t>7056_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Louis Guingot</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>880784467</t>
+  </si>
+  <si>
     <t>EPHAD "LE CHÂTELET"</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:24:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7638_FicheESSMS/fr/ephad-le-chatelet</t>
   </si>
   <si>
     <t>7638_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Du Lit D Eau</t>
   </si>
   <si>
-    <t>88200 REMIREMONT</t>
-[...7 lines deleted...]
-  <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>880783402</t>
   </si>
   <si>
-    <t>INSTITUT LA COURTINE</t>
-[...25 lines deleted...]
-  <si>
     <t>ESAT "FLOREBOIS"</t>
   </si>
   <si>
     <t>10/09/2025 12:26:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10460_FicheESSMS/fr/esat-florebois</t>
   </si>
   <si>
     <t>10460_FicheESSMS</t>
-  </si>
-[...7 lines deleted...]
-    <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>880789060</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -203,51 +269,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P4"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -338,114 +404,264 @@
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4" t="s">
         <v>42</v>
       </c>
       <c r="I4" t="s">
         <v>43</v>
       </c>
       <c r="J4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>52</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>61</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" t="s">
         <v>35</v>
       </c>
-      <c r="N4" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>