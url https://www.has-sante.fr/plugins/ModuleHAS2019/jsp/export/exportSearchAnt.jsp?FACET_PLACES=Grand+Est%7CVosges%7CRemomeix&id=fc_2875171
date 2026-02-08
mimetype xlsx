--- v0 (2025-12-25)
+++ v1 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="160">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -98,51 +98,51 @@
   <si>
     <t>Docteur Marc ULMER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>08/11/2016 11:31:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709847/fr/docteur-marc-ulmer</t>
   </si>
   <si>
     <t>c_2709847</t>
   </si>
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>ULMER</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>24 July 2025</t>
   </si>
   <si>
     <t>CHI HMV - SITE SAINT DIE DES VOSGES</t>
   </si>
   <si>
     <t>88100</t>
   </si>
   <si>
     <t>ST DIE DES VOSGES</t>
   </si>
   <si>
     <t>880000047</t>
   </si>
   <si>
     <t>Docteur Mihaly BERECZKI</t>
   </si>
   <si>
     <t>08/11/2016 11:34:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712066/fr/docteur-mihaly-bereczki</t>
   </si>
   <si>
     <t>c_2712066</t>
   </si>
@@ -465,50 +465,53 @@
     <t>26 Rue Du Nouvel Hopital</t>
   </si>
   <si>
     <t>0329562546</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>880785548</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CHI HOPITAUX DU MASSIF DES VOSGES - SITE SAINT DIE DES VOSGE</t>
   </si>
   <si>
     <t>25/07/2025 12:13:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3146_FicheEtablissement/fr/chi-hmv-site-saint-die-des-vosges</t>
   </si>
   <si>
     <t>3146_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
   </si>
   <si>
     <t>0329528300</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>CHI HOPITAUX DU MASSIF DES VOSGES - USLD FOUCHARUPT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3166_FicheEtablissement/fr/chi-hmv-usld-foucharupt</t>
   </si>
   <si>
     <t>3166_FicheEtablissement</t>
   </si>
   <si>
     <t>0329528100</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
@@ -1500,141 +1503,141 @@
       <c r="A3" t="s">
         <v>135</v>
       </c>
       <c r="B3" t="s">
         <v>146</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>147</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>148</v>
       </c>
       <c r="H3" t="s">
         <v>149</v>
       </c>
       <c r="I3" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="J3" t="s">
         <v>141</v>
       </c>
       <c r="K3" t="s">
         <v>60</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
         <v>61</v>
       </c>
       <c r="N3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R3" t="s">
         <v>62</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>135</v>
       </c>
       <c r="B4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>147</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I4" t="s">
         <v>140</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
         <v>60</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
         <v>61</v>
       </c>
       <c r="N4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>62</v>
       </c>
       <c r="Q4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="R4" t="s">
         <v>62</v>
       </c>
       <c r="S4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="T4" t="s">
         <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>