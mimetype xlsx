--- v0 (2025-11-07)
+++ v1 (2026-01-23)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2929" uniqueCount="1192">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,68 +74,134 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur YASSER KARAM</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808394/fr/docteur-yasser-karam</t>
+  </si>
+  <si>
+    <t>p_3808394</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>KARAM</t>
+  </si>
+  <si>
+    <t>YASSER</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE REMIREMONT</t>
+  </si>
+  <si>
+    <t>88204</t>
+  </si>
+  <si>
+    <t>REMIREMONT</t>
+  </si>
+  <si>
+    <t>880000062</t>
+  </si>
+  <si>
+    <t>Docteur VASILE FRENTIU</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794601/fr/docteur-vasile-frentiu</t>
+  </si>
+  <si>
+    <t>p_3794601</t>
+  </si>
+  <si>
+    <t>FRENTIU</t>
+  </si>
+  <si>
+    <t>VASILE</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CHI E.DURKHEIM - PLATEAU DE LA JUSTICE</t>
+  </si>
+  <si>
+    <t>88021</t>
+  </si>
+  <si>
+    <t>EPINAL</t>
+  </si>
+  <si>
+    <t>880000021</t>
+  </si>
+  <si>
     <t>Docteur MOHAMAD KAAIK</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2025 14:17:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633928/fr/docteur-mohamad-kaaik</t>
   </si>
   <si>
     <t>p_3633928</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>KAAIK</t>
   </si>
   <si>
     <t>MOHAMAD</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE LA LIGNE BLEUE</t>
   </si>
   <si>
     <t>88060</t>
   </si>
   <si>
     <t>EPINAL CEDEX 9</t>
   </si>
   <si>
     <t>880788591</t>
   </si>
   <si>
     <t>Docteur LEONTIN-ADRIAN COCERHAN</t>
   </si>
   <si>
     <t>23/01/2020 10:31:27</t>
@@ -161,62 +233,50 @@
   <si>
     <t>880000054,880000070</t>
   </si>
   <si>
     <t>Docteur FOUAD BENBOUZIANE</t>
   </si>
   <si>
     <t>17/07/2019 17:31:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3080119/fr/docteur-fouad-benbouziane</t>
   </si>
   <si>
     <t>p_3080119</t>
   </si>
   <si>
     <t>BENBOUZIANE</t>
   </si>
   <si>
     <t>FOUAD</t>
   </si>
   <si>
     <t>20 July 2023</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER DE REMIREMONT</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Muhamet DEVECIOGLU</t>
   </si>
   <si>
     <t>28/12/2017 11:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2816577/fr/docteur-muhamet-devecioglu</t>
   </si>
   <si>
     <t>c_2816577</t>
   </si>
   <si>
     <t>DEVECIOGLU</t>
   </si>
   <si>
     <t>Muhamet</t>
   </si>
   <si>
     <t>03 February 2022</t>
   </si>
   <si>
     <t>Docteur JEAN-MANUEL POIRCUITTE</t>
   </si>
   <si>
     <t>15/12/2017 14:32:16</t>
@@ -236,101 +296,71 @@
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Jean-françois DEFOIN</t>
   </si>
   <si>
     <t>15/05/2017 17:37:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2766480/fr/docteur-jean-francois-defoin</t>
   </si>
   <si>
     <t>c_2766480</t>
   </si>
   <si>
     <t>DEFOIN</t>
   </si>
   <si>
     <t>Jean-françois</t>
   </si>
   <si>
     <t>06 May 2021</t>
   </si>
   <si>
-    <t>CHI E.DURKHEIM - PLATEAU DE LA JUSTICE</t>
-[...26 lines deleted...]
-    <t>Frédérique</t>
+    <t>Docteur Frederic PFEFFER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708426/fr/docteur-frederic-pfeffer</t>
+  </si>
+  <si>
+    <t>c_2708426</t>
+  </si>
+  <si>
+    <t>PFEFFER</t>
+  </si>
+  <si>
+    <t>Frederic</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
-    <t>Docteur Frederic PFEFFER</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Laurent ZIMBRIS</t>
   </si>
   <si>
     <t>08/11/2016 11:30:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708887/fr/docteur-laurent-zimbris</t>
   </si>
   <si>
     <t>c_2708887</t>
   </si>
   <si>
     <t>ZIMBRIS</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
     <t>29 December 2020</t>
   </si>
   <si>
     <t>Docteur Jean-françois DRICOT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708893/fr/docteur-jean-francois-dricot</t>
@@ -498,101 +528,3164 @@
     <t>GISQUET</t>
   </si>
   <si>
     <t>Heloise</t>
   </si>
   <si>
     <t>Docteur Sad BOUSSOUF</t>
   </si>
   <si>
     <t>08/11/2016 11:35:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713088/fr/docteur-sad-boussouf</t>
   </si>
   <si>
     <t>c_2713088</t>
   </si>
   <si>
     <t>BOUSSOUF</t>
   </si>
   <si>
     <t>Sad</t>
   </si>
   <si>
     <t>18 January 2024</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>FAS "LE CHATEAU DE LA FORGE"</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:10:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15344_FicheESSMS/fr/fas-le-chateau-de-la-forge</t>
+  </si>
+  <si>
+    <t>15344_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue Charles Gratia</t>
+  </si>
+  <si>
+    <t>88700 RAMBERVILLERS</t>
+  </si>
+  <si>
+    <t>RAMBERVILLERS</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>880785316</t>
+  </si>
+  <si>
+    <t>ANNEXE A NEUFCHATEAU DU CMPP D'EPINAL</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:02:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15019_FicheESSMS/fr/annexe-a-neufchateau-du-cmpp-d-epinal</t>
+  </si>
+  <si>
+    <t>15019_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Sainte-Marie</t>
+  </si>
+  <si>
+    <t>88300 NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>880009154</t>
+  </si>
+  <si>
+    <t>CMPP D'EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15018_FicheESSMS/fr/cmpp-d-epinal</t>
+  </si>
+  <si>
+    <t>15018_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Du Struthof</t>
+  </si>
+  <si>
+    <t>88000 EPINAL</t>
+  </si>
+  <si>
+    <t>880783303</t>
+  </si>
+  <si>
+    <t>SAVS DE LA FMS</t>
+  </si>
+  <si>
+    <t>01/12/2025 05:04:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14998_FicheESSMS/fr/savs-de-la-fms</t>
+  </si>
+  <si>
+    <t>14998_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Boulevard Thiers</t>
+  </si>
+  <si>
+    <t>88200 REMIREMONT</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>880006168</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT LE SAPHIR</t>
+  </si>
+  <si>
+    <t>01/12/2025 05:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15002_FicheESSMS/fr/foyer-hebergement-le-saphir</t>
+  </si>
+  <si>
+    <t>15002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Montiroche</t>
+  </si>
+  <si>
+    <t>88200 ST NABORD</t>
+  </si>
+  <si>
+    <t>ST NABORD</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>880789235</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT ARIANE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15001_FicheESSMS/fr/foyer-hebergement-ariane</t>
+  </si>
+  <si>
+    <t>15001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Lecomte</t>
+  </si>
+  <si>
+    <t>88260 DARNEY</t>
+  </si>
+  <si>
+    <t>DARNEY</t>
+  </si>
+  <si>
+    <t>880786249</t>
+  </si>
+  <si>
+    <t>FAS "LES ESSIS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15000_FicheESSMS/fr/fas-les-essis</t>
+  </si>
+  <si>
+    <t>15000_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Chemin De La Scierie</t>
+  </si>
+  <si>
+    <t>88400 GERARDMER</t>
+  </si>
+  <si>
+    <t>GERARDMER</t>
+  </si>
+  <si>
+    <t>880787650</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE VAL DE JOYE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:23:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14296_FicheESSMS/fr/ehpad-residence-le-val-de-joye</t>
+  </si>
+  <si>
+    <t>14296_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Grande Rue Grande Rue</t>
+  </si>
+  <si>
+    <t>88340 LE VAL D AJOL</t>
+  </si>
+  <si>
+    <t>LE VAL D AJOL</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>880781216</t>
+  </si>
+  <si>
+    <t>FJT LA FONTAINE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:24:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14304_FicheESSMS/fr/fjt-la-fontaine</t>
+  </si>
+  <si>
+    <t>14304_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Route De Ligneville</t>
+  </si>
+  <si>
+    <t>88800 VITTEL</t>
+  </si>
+  <si>
+    <t>VITTEL</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>880008057</t>
+  </si>
+  <si>
+    <t>FOYER LA TUILERIE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14423_FicheESSMS/fr/foyer-la-tuilerie</t>
+  </si>
+  <si>
+    <t>14423_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Tuilerie</t>
+  </si>
+  <si>
+    <t>880786553</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT "LA RESIDENCE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14422_FicheESSMS/fr/foyer-d-hebergement-la-residence</t>
+  </si>
+  <si>
+    <t>14422_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Sainte-Cecile</t>
+  </si>
+  <si>
+    <t>88500 MIRECOURT</t>
+  </si>
+  <si>
+    <t>MIRECOURT</t>
+  </si>
+  <si>
+    <t>880005582</t>
+  </si>
+  <si>
+    <t>SAVS DE  L'AVSEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14421_FicheESSMS/fr/savs-de-l-avsea</t>
+  </si>
+  <si>
+    <t>14421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Jean Viriot</t>
+  </si>
+  <si>
+    <t>880006218</t>
+  </si>
+  <si>
+    <t>EHPAD "LÉON WERTH"</t>
+  </si>
+  <si>
+    <t>20/10/2025 16:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14169_FicheESSMS/fr/ehpad-leon-werth</t>
+  </si>
+  <si>
+    <t>14169_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Julien Meline</t>
+  </si>
+  <si>
+    <t>88204 REMIREMONT</t>
+  </si>
+  <si>
+    <t>880786447</t>
+  </si>
+  <si>
+    <t>SSIAD BASSIN MOYENNE MOSELLE DE VINCEY</t>
+  </si>
+  <si>
+    <t>16/10/2025 16:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14131_FicheESSMS/fr/ssiad-bassin-moyenne-moselle-de-vincey</t>
+  </si>
+  <si>
+    <t>14131_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue D'Alsace</t>
+  </si>
+  <si>
+    <t>88450 VINCEY</t>
+  </si>
+  <si>
+    <t>VINCEY</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>880785258</t>
+  </si>
+  <si>
+    <t>F.A.M LES JONQUILLES</t>
+  </si>
+  <si>
+    <t>15/10/2025 16:16:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14101_FicheESSMS/fr/f-a-m-les-jonquilles</t>
+  </si>
+  <si>
+    <t>14101_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Vergers</t>
+  </si>
+  <si>
+    <t>88330 CHATEL SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>CHATEL SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>880006515</t>
+  </si>
+  <si>
+    <t>MAISON RETRAITE LE CEDRE BLEU</t>
+  </si>
+  <si>
+    <t>13/10/2025 16:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14024_FicheESSMS/fr/maison-retraite-le-cedre-bleu</t>
+  </si>
+  <si>
+    <t>14024_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Jules Ferry</t>
+  </si>
+  <si>
+    <t>88150 CAPAVENIR VOSGES</t>
+  </si>
+  <si>
+    <t>CAPAVENIR VOSGES</t>
+  </si>
+  <si>
+    <t>880784418</t>
+  </si>
+  <si>
+    <t>SSIAD CCAS D'EPINAL</t>
+  </si>
+  <si>
+    <t>07/10/2025 16:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13942_FicheESSMS/fr/ssiad-ccas-d-epinal</t>
+  </si>
+  <si>
+    <t>13942_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Petite Rue Des Forts</t>
+  </si>
+  <si>
+    <t>880784327</t>
+  </si>
+  <si>
+    <t>EHPAD DE LAMARCHE</t>
+  </si>
+  <si>
+    <t>02/10/2025 16:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13871_FicheESSMS/fr/ehpad-de-lamarche</t>
+  </si>
+  <si>
+    <t>13871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Bellune</t>
+  </si>
+  <si>
+    <t>88320 LAMARCHE</t>
+  </si>
+  <si>
+    <t>LAMARCHE</t>
+  </si>
+  <si>
+    <t>880786363</t>
+  </si>
+  <si>
+    <t>EHPAD DE MARTIGNY LES BAINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13870_FicheESSMS/fr/ehpad-de-martigny-les-bains</t>
+  </si>
+  <si>
+    <t>13870_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Villas</t>
+  </si>
+  <si>
+    <t>88320 MARTIGNY LES BAINS</t>
+  </si>
+  <si>
+    <t>MARTIGNY LES BAINS</t>
+  </si>
+  <si>
+    <t>880006747</t>
+  </si>
+  <si>
+    <t>CCAS - MJPM</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13457_FicheESSMS/fr/ccas-mjpm</t>
+  </si>
+  <si>
+    <t>13457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue D'Amerique</t>
+  </si>
+  <si>
+    <t>88100 ST DIE DES VOSGES</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>880006846</t>
+  </si>
+  <si>
+    <t>EQUIPE DE PREVENTION SPECIALISEE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13362_FicheESSMS/fr/equipe-de-prevention-specialisee</t>
+  </si>
+  <si>
+    <t>13362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Place D'Avrinsart</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>880001185</t>
+  </si>
+  <si>
+    <t>EHPAD DU VAL DE MEUSE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13366_FicheESSMS/fr/ehpad-du-val-de-meuse</t>
+  </si>
+  <si>
+    <t>13366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>151 Rue Roger Laurent</t>
+  </si>
+  <si>
+    <t>880783246</t>
+  </si>
+  <si>
+    <t>LES JARDINS DES CUVIERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/152_FicheESSMS/fr/les-jardins-des-cuvieres</t>
+  </si>
+  <si>
+    <t>152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>205 Rue De Lorraine</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>880001359</t>
+  </si>
+  <si>
+    <t>DITEP LA COMBE A SENONES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/160_FicheESSMS/fr/ditep-la-combe-a-senones</t>
+  </si>
+  <si>
+    <t>160_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88210 SENONES</t>
+  </si>
+  <si>
+    <t>SENONES</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>880006143</t>
+  </si>
+  <si>
+    <t>FAM " LE CHATEAU DE LA FORGE "</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/286_FicheESSMS/fr/fam-le-chateau-de-la-forge</t>
+  </si>
+  <si>
+    <t>286_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880005798</t>
+  </si>
+  <si>
+    <t>EHPAD ANNE ET JEAN-MARIE COMPAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/283_FicheESSMS/fr/ehpad-anne-et-jean-marie-compas</t>
+  </si>
+  <si>
+    <t>283_FicheESSMS</t>
+  </si>
+  <si>
+    <t>96 Rue Roche Guerin</t>
+  </si>
+  <si>
+    <t>88000 DINOZE</t>
+  </si>
+  <si>
+    <t>DINOZE</t>
+  </si>
+  <si>
+    <t>880783634</t>
+  </si>
+  <si>
+    <t>M.A.S. "LES CHARMILLES"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/562_FicheESSMS/fr/m-a-s-les-charmilles</t>
+  </si>
+  <si>
+    <t>562_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88151 THAON LES VOSGES</t>
+  </si>
+  <si>
+    <t>THAON LES VOSGES</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>880789326</t>
+  </si>
+  <si>
+    <t>C H R S   " LE BEILLARD "</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/766_FicheESSMS/fr/c-h-r-s-le-beillard</t>
+  </si>
+  <si>
+    <t>766_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>880784384</t>
+  </si>
+  <si>
+    <t>RESID. PERS. AGEES  L'AGE D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/801_FicheESSMS/fr/resid-pers-agees-l-age-d-or</t>
+  </si>
+  <si>
+    <t>801_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880789276</t>
+  </si>
+  <si>
+    <t>SAAD ADAVIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1110_FicheESSMS/fr/saad-adavie</t>
+  </si>
+  <si>
+    <t>1110_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Etats Unis</t>
+  </si>
+  <si>
+    <t>88026 EPINAL</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>880006036</t>
+  </si>
+  <si>
+    <t>ITEP DU "BEAU JOLY"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1696_FicheESSMS/fr/itep-du-beau-joly</t>
+  </si>
+  <si>
+    <t>1696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>557 Avenue Louis Buffet</t>
+  </si>
+  <si>
+    <t>88503 MIRECOURT</t>
+  </si>
+  <si>
+    <t>880001292</t>
+  </si>
+  <si>
+    <t>IME DU "BEAU JOLY"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1695_FicheESSMS/fr/ime-du-beau-joly</t>
+  </si>
+  <si>
+    <t>1695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>880783220</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE COUAROGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2222_FicheESSMS/fr/residence-le-couaroge</t>
+  </si>
+  <si>
+    <t>2222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De Chermenil</t>
+  </si>
+  <si>
+    <t>88310 CORNIMONT</t>
+  </si>
+  <si>
+    <t>CORNIMONT</t>
+  </si>
+  <si>
+    <t>880786322</t>
+  </si>
+  <si>
+    <t>"LA RESIDENCE OZANAM"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2258_FicheESSMS/fr/-la-residence-ozanam</t>
+  </si>
+  <si>
+    <t>2258_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Rue Du Stade</t>
+  </si>
+  <si>
+    <t>88460 CHENIMENIL</t>
+  </si>
+  <si>
+    <t>CHENIMENIL</t>
+  </si>
+  <si>
+    <t>880780564</t>
+  </si>
+  <si>
+    <t>I. M. E. L'EAU VIVE - DARNEY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2308_FicheESSMS/fr/i-m-e-l-eau-vive-darney</t>
+  </si>
+  <si>
+    <t>2308_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Stanislas</t>
+  </si>
+  <si>
+    <t>880785274</t>
+  </si>
+  <si>
+    <t>CSAPA "LE HAUT DES FRÊTS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2435_FicheESSMS/fr/csapa-le-haut-des-frets</t>
+  </si>
+  <si>
+    <t>2435_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du Haut Des Frets</t>
+  </si>
+  <si>
+    <t>88430 GERBEPAL</t>
+  </si>
+  <si>
+    <t>GERBEPAL</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>880783501</t>
+  </si>
+  <si>
+    <t>MAISON RETRAITE JEAN MARTIN MOYE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2481_FicheESSMS/fr/maison-retraite-jean-martin-moye</t>
+  </si>
+  <si>
+    <t>2481_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Bienheureux J-M Moye</t>
+  </si>
+  <si>
+    <t>88130 ESSEGNEY</t>
+  </si>
+  <si>
+    <t>ESSEGNEY</t>
+  </si>
+  <si>
+    <t>880783444</t>
+  </si>
+  <si>
+    <t>EHPAD LES NOISETIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2489_FicheESSMS/fr/ehpad-les-noisetiers</t>
+  </si>
+  <si>
+    <t>2489_FicheESSMS</t>
+  </si>
+  <si>
+    <t>660 Rue Machoit</t>
+  </si>
+  <si>
+    <t>88800 MANDRES SUR VAIR</t>
+  </si>
+  <si>
+    <t>MANDRES SUR VAIR</t>
+  </si>
+  <si>
+    <t>880004999</t>
+  </si>
+  <si>
+    <t>MECS LA PASSERELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2620_FicheESSMS/fr/mecs-la-passerelle</t>
+  </si>
+  <si>
+    <t>2620_FicheESSMS</t>
+  </si>
+  <si>
+    <t>40 Allée Des Rapailles</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>880783279</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE EPISOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2832_FicheESSMS/fr/foyer-de-vie-episome</t>
+  </si>
+  <si>
+    <t>2832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85 Rue De Seuilly</t>
+  </si>
+  <si>
+    <t>88410 MONTHUREUX SUR SAONE</t>
+  </si>
+  <si>
+    <t>MONTHUREUX SUR SAONE</t>
+  </si>
+  <si>
+    <t>880787437</t>
+  </si>
+  <si>
+    <t>FAM EPISOME MONTHUREUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2831_FicheESSMS/fr/fam-episome-monthureux</t>
+  </si>
+  <si>
+    <t>2831_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880785282</t>
+  </si>
+  <si>
+    <t>EHPAD DU "PRE FAVET"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2830_FicheESSMS/fr/ehpad-du-pre-favet</t>
+  </si>
+  <si>
+    <t>2830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880788807</t>
+  </si>
+  <si>
+    <t>EHPAD  "LES GRÈS FLAMMÉS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2853_FicheESSMS/fr/ehpad-les-gres-flammes</t>
+  </si>
+  <si>
+    <t>2853_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Void Regnier</t>
+  </si>
+  <si>
+    <t>880786389</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT TREMPLIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3939_FicheESSMS/fr/foyer-d-hebergement-tremplin</t>
+  </si>
+  <si>
+    <t>3939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue Des Pins</t>
+  </si>
+  <si>
+    <t>88120 ST AME</t>
+  </si>
+  <si>
+    <t>ST AME</t>
+  </si>
+  <si>
+    <t>880789086</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL  SPECIALISÉ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3949_FicheESSMS/fr/foyer-d-accueil-specialise</t>
+  </si>
+  <si>
+    <t>3949_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880006978</t>
+  </si>
+  <si>
+    <t>CADA ASCA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4693_FicheESSMS/fr/cada-asca</t>
+  </si>
+  <si>
+    <t>4693_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>880009063</t>
+  </si>
+  <si>
+    <t>CSAPA DE LA FMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4692_FicheESSMS/fr/csapa-de-la-fms</t>
+  </si>
+  <si>
+    <t>4692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>74 Boulevard Thiers</t>
+  </si>
+  <si>
+    <t>880787494</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE "LE SOLEM"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4890_FicheESSMS/fr/maison-de-retraite-le-solem</t>
+  </si>
+  <si>
+    <t>4890_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>88120 VAGNEY</t>
+  </si>
+  <si>
+    <t>VAGNEY</t>
+  </si>
+  <si>
+    <t>880783386</t>
+  </si>
+  <si>
+    <t>DISPOSITIF CEDRE EPINAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5179_FicheESSMS/fr/dispositif-cedre-epinal</t>
+  </si>
+  <si>
+    <t>5179_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Andre Vitu</t>
+  </si>
+  <si>
+    <t>880780598</t>
+  </si>
+  <si>
+    <t>EHPAD ANDRE BARBIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5716_FicheESSMS/fr/ehpad-andre-barbier</t>
+  </si>
+  <si>
+    <t>5716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De Vittel</t>
+  </si>
+  <si>
+    <t>880786330</t>
+  </si>
+  <si>
+    <t>SSIAD  DE DARNEY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5715_FicheESSMS/fr/ssiad-de-darney</t>
+  </si>
+  <si>
+    <t>5715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De Vittel</t>
+  </si>
+  <si>
+    <t>880785571</t>
+  </si>
+  <si>
+    <t>CSAPA DE NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5738_FicheESSMS/fr/csapa-de-neufchateau</t>
+  </si>
+  <si>
+    <t>5738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>99 Avenue Du President Kennedy</t>
+  </si>
+  <si>
+    <t>880787486</t>
+  </si>
+  <si>
+    <t>CAARUD DE L'AVSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5775_FicheESSMS/fr/caarud-de-l-avsea</t>
+  </si>
+  <si>
+    <t>5775_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Des Etats Unis</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>880006754</t>
+  </si>
+  <si>
+    <t>CSAPA EPINAL AVSEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5774_FicheESSMS/fr/csapa-epinal-avsea</t>
+  </si>
+  <si>
+    <t>5774_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Thiers</t>
+  </si>
+  <si>
+    <t>880787684</t>
+  </si>
+  <si>
+    <t>SCE ACCUEIL ET ACCOMPAGNEMENT PARENTAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5909_FicheESSMS/fr/sce-accueil-et-accompagnement-parental</t>
+  </si>
+  <si>
+    <t>5909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>981 Route Forestiere Du Paradis</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>880783550</t>
+  </si>
+  <si>
+    <t>LES RESIDENCES ABEL FERRY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5908_FicheESSMS/fr/les-residences-abel-ferry</t>
+  </si>
+  <si>
+    <t>5908_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880008248</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5907_FicheESSMS/fr/equipe-de-prevention-specialisee</t>
+  </si>
+  <si>
+    <t>5907_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880001151</t>
+  </si>
+  <si>
+    <t>EAM LA BELLE AU BOIS DORMANT APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5980_FicheESSMS/fr/eam-la-belle-au-bois-dormant-apf</t>
+  </si>
+  <si>
+    <t>5980_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Bazaine</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>880005129</t>
+  </si>
+  <si>
+    <t>EANM LA BELLE AU BOIS DORMANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5979_FicheESSMS/fr/eanm-la-belle-au-bois-dormant</t>
+  </si>
+  <si>
+    <t>5979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>880781281</t>
+  </si>
+  <si>
+    <t>M.A.S APF "ACCUEIL DE JOUR"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5978_FicheESSMS/fr/m-a-s-apf-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>5978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Des Blanches Croix</t>
+  </si>
+  <si>
+    <t>880003868</t>
+  </si>
+  <si>
+    <t>SAVS DE L'APF DEFI-AVI-88</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5977_FicheESSMS/fr/savs-de-l-apf-defi-avi-88</t>
+  </si>
+  <si>
+    <t>5977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Ponscarme</t>
+  </si>
+  <si>
+    <t>880006408</t>
+  </si>
+  <si>
+    <t>ESAT APF DE DINOZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5981_FicheESSMS/fr/esat-apf-de-dinoze</t>
+  </si>
+  <si>
+    <t>5981_FicheESSMS</t>
+  </si>
+  <si>
+    <t>283 Rue De La Papeterie</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>880787346</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6116_FicheESSMS/fr/maison-de-retraite-les-marronniers</t>
+  </si>
+  <si>
+    <t>6116_FicheESSMS</t>
+  </si>
+  <si>
+    <t>82 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>88270 DOMPAIRE</t>
+  </si>
+  <si>
+    <t>DOMPAIRE</t>
+  </si>
+  <si>
+    <t>880780697</t>
+  </si>
+  <si>
+    <t>EHPAD " SENTIERS D'AUTOMNE "</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6728_FicheESSMS/fr/ehpad-sentiers-d-automne</t>
+  </si>
+  <si>
+    <t>6728_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Du Chesnois</t>
+  </si>
+  <si>
+    <t>88240 LA VOGE LES BAINS</t>
+  </si>
+  <si>
+    <t>LA VOGE LES BAINS</t>
+  </si>
+  <si>
+    <t>880783204</t>
+  </si>
+  <si>
+    <t>EHPAD LES BUISSONS XERTIGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6725_FicheESSMS/fr/ehpad-les-buissons-xertigny</t>
+  </si>
+  <si>
+    <t>6725_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88220 XERTIGNY</t>
+  </si>
+  <si>
+    <t>XERTIGNY</t>
+  </si>
+  <si>
+    <t>880781059</t>
+  </si>
+  <si>
+    <t>INSTITUT LA COURTINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7056_FicheESSMS/fr/institut-la-courtine</t>
+  </si>
+  <si>
+    <t>7056_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Louis Guingot</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>880784467</t>
+  </si>
+  <si>
+    <t>SESSAD DE L' APF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7055_FicheESSMS/fr/sessad-de-l-apf</t>
+  </si>
+  <si>
+    <t>7055_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De La Voivre</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>880780556</t>
+  </si>
+  <si>
+    <t>CAMSP EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7054_FicheESSMS/fr/camsp-epinal</t>
+  </si>
+  <si>
+    <t>7054_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue Rose Porier</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>880006366</t>
+  </si>
+  <si>
+    <t>RESIDENCE FJT ADALI HABITAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7141_FicheESSMS/fr/residence-fjt-adali-habitat</t>
+  </si>
+  <si>
+    <t>7141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Avenue Ernest Colin</t>
+  </si>
+  <si>
+    <t>880783865</t>
+  </si>
+  <si>
+    <t>EHPAD D'ELOYES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7159_FicheESSMS/fr/ehpad-d-eloyes</t>
+  </si>
+  <si>
+    <t>7159_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>88510 ELOYES</t>
+  </si>
+  <si>
+    <t>ELOYES</t>
+  </si>
+  <si>
+    <t>880780713</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE SAINT SIMON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7267_FicheESSMS/fr/maison-de-retraite-saint-simon</t>
+  </si>
+  <si>
+    <t>7267_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin Derrieres La Ville</t>
+  </si>
+  <si>
+    <t>88350 LIFFOL LE GRAND</t>
+  </si>
+  <si>
+    <t>LIFFOL LE GRAND</t>
+  </si>
+  <si>
+    <t>880781174</t>
+  </si>
+  <si>
+    <t>MAISON RETRAITE RAYNALD MERLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7265_FicheESSMS/fr/maison-retraite-raynald-merlin</t>
+  </si>
+  <si>
+    <t>7265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Place Du Monument</t>
+  </si>
+  <si>
+    <t>88170 DOMMARTIN SUR VRAINE</t>
+  </si>
+  <si>
+    <t>DOMMARTIN SUR VRAINE</t>
+  </si>
+  <si>
+    <t>880781166</t>
+  </si>
+  <si>
+    <t>EHPA "RESIDENCE HAUT DE LA CHARME"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7512_FicheESSMS/fr/ehpa-residence-haut-de-la-charme</t>
+  </si>
+  <si>
+    <t>7512_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67 Rue Jean Bouin</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>880789284</t>
+  </si>
+  <si>
+    <t>EPHAD "LE CHÂTELET"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7638_FicheESSMS/fr/ephad-le-chatelet</t>
+  </si>
+  <si>
+    <t>7638_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Lit D Eau</t>
+  </si>
+  <si>
+    <t>880783402</t>
+  </si>
+  <si>
+    <t>CHI HMV - EHPAD LEA ANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7665_FicheESSMS/fr/chi-hmv-ehpad-lea-andre</t>
+  </si>
+  <si>
+    <t>7665_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Boulevard Kelsch</t>
+  </si>
+  <si>
+    <t>880005079</t>
+  </si>
+  <si>
+    <t>CHI HMV - EHPAD FOUCHARUPT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7664_FicheESSMS/fr/chi-hmv-ehpad-foucharupt</t>
+  </si>
+  <si>
+    <t>7664_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880783063</t>
+  </si>
+  <si>
+    <t>CHI HMV - EHPAD LES CHARMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7663_FicheESSMS/fr/chi-hmv-ehpad-les-charmes</t>
+  </si>
+  <si>
+    <t>7663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Georges Tronquart</t>
+  </si>
+  <si>
+    <t>880783584</t>
+  </si>
+  <si>
+    <t>CHI HMV - EHPAD FRAIZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7701_FicheESSMS/fr/chi-hmv-ehpad-fraize</t>
+  </si>
+  <si>
+    <t>7701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue La Costelle</t>
+  </si>
+  <si>
+    <t>88230 FRAIZE</t>
+  </si>
+  <si>
+    <t>FRAIZE</t>
+  </si>
+  <si>
+    <t>880786355</t>
+  </si>
+  <si>
+    <t>FAM LE NEUF MOULIN (CH DE RAVENEL)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7746_FicheESSMS/fr/fam-le-neuf-moulin-ch-de-ravenel</t>
+  </si>
+  <si>
+    <t>7746_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880004049</t>
+  </si>
+  <si>
+    <t>SSIAD DU CENTRE HOSPITALIER  RAVENEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7745_FicheESSMS/fr/ssiad-du-centre-hospitalier-ravenel</t>
+  </si>
+  <si>
+    <t>7745_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Thiers</t>
+  </si>
+  <si>
+    <t>880007638</t>
+  </si>
+  <si>
+    <t>MAS DU CH DE RAVENEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7918_FicheESSMS/fr/mas-du-ch-de-ravenel</t>
+  </si>
+  <si>
+    <t>7918_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88500 MATTAINCOURT</t>
+  </si>
+  <si>
+    <t>MATTAINCOURT</t>
+  </si>
+  <si>
+    <t>880003959</t>
+  </si>
+  <si>
+    <t>MAISON RETRAITE VAL DU MADON MIRECOURT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8067_FicheESSMS/fr/maison-retraite-val-du-madon-mirecourt</t>
+  </si>
+  <si>
+    <t>8067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Germini</t>
+  </si>
+  <si>
+    <t>880786371</t>
+  </si>
+  <si>
+    <t>MAISON RETR. VAL DU MADON MATTAINCOURT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8066_FicheESSMS/fr/maison-retr-val-du-madon-mattaincourt</t>
+  </si>
+  <si>
+    <t>8066_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880786421</t>
+  </si>
+  <si>
+    <t>EHPAD DU CHI E. DURKHEIM - SITE GOLBEY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8115_FicheESSMS/fr/ehpad-du-chi-e-durkheim-site-golbey</t>
+  </si>
+  <si>
+    <t>8115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Eugene Lutherer</t>
+  </si>
+  <si>
+    <t>88191 GOLBEY</t>
+  </si>
+  <si>
+    <t>GOLBEY</t>
+  </si>
+  <si>
+    <t>880785563</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE LAUFROMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8353_FicheESSMS/fr/ehpad-residence-de-laufromont</t>
+  </si>
+  <si>
+    <t>8353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Chemin Du Pre Serpent</t>
+  </si>
+  <si>
+    <t>880788849</t>
+  </si>
+  <si>
+    <t>AVSEA - DPF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8665_FicheESSMS/fr/avsea-dpf</t>
+  </si>
+  <si>
+    <t>8665_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Allée Des Noisetiers</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>880787676</t>
+  </si>
+  <si>
+    <t>AVSEA - MJPM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8664_FicheESSMS/fr/avsea-mjpm</t>
+  </si>
+  <si>
+    <t>8664_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880006796</t>
+  </si>
+  <si>
+    <t>EHPAD LE FORFELET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9889_FicheESSMS/fr/ehpad-le-forfelet</t>
+  </si>
+  <si>
+    <t>9889_FicheESSMS</t>
+  </si>
+  <si>
+    <t>296 Rue James Wiese</t>
+  </si>
+  <si>
+    <t>88430 CORCIEUX</t>
+  </si>
+  <si>
+    <t>CORCIEUX</t>
+  </si>
+  <si>
+    <t>880781158</t>
+  </si>
+  <si>
+    <t>MAS DE L'HL DE BRUYERES L'AVISON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9888_FicheESSMS/fr/mas-de-l-hl-de-bruyeres-l-avison</t>
+  </si>
+  <si>
+    <t>9888_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>88600 BRUYERES</t>
+  </si>
+  <si>
+    <t>BRUYERES</t>
+  </si>
+  <si>
+    <t>880007943</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LA VERDINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10221_FicheESSMS/fr/lieu-de-vie-la-verdine</t>
+  </si>
+  <si>
+    <t>10221_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De La Gêne</t>
+  </si>
+  <si>
+    <t>88600 LA NEUVEVILLE DEVANT LEPAN</t>
+  </si>
+  <si>
+    <t>LA NEUVEVILLE DEVANT LEPAN</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>880002548</t>
+  </si>
+  <si>
+    <t>ESAT DE BELVAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10254_FicheESSMS/fr/esat-de-belval</t>
+  </si>
+  <si>
+    <t>10254_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88330 PORTIEUX</t>
+  </si>
+  <si>
+    <t>PORTIEUX</t>
+  </si>
+  <si>
+    <t>880783600</t>
+  </si>
+  <si>
+    <t>SSIAD RATTACHE A EHPAD DE SAULXURES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10405_FicheESSMS/fr/ssiad-rattache-a-ehpad-de-saulxures</t>
+  </si>
+  <si>
+    <t>10405_FicheESSMS</t>
+  </si>
+  <si>
+    <t>170 Avenue Jules Ferry</t>
+  </si>
+  <si>
+    <t>88290 SAULXURES SUR MOSELOTTE</t>
+  </si>
+  <si>
+    <t>SAULXURES SUR MOSELOTTE</t>
+  </si>
+  <si>
+    <t>880784343</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES SAULES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10401_FicheESSMS/fr/residence-les-saules</t>
+  </si>
+  <si>
+    <t>10401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880781208</t>
+  </si>
+  <si>
+    <t>M.A.S. "L'EFFEUILLY"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10461_FicheESSMS/fr/m-a-s-l-effeuilly</t>
+  </si>
+  <si>
+    <t>10461_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Stanislas</t>
+  </si>
+  <si>
+    <t>880780432</t>
+  </si>
+  <si>
+    <t>ESAT "FLOREBOIS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10460_FicheESSMS/fr/esat-florebois</t>
+  </si>
+  <si>
+    <t>10460_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880789060</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE "LA CLAIRIE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10559_FicheESSMS/fr/maison-de-retraite-la-clairie</t>
+  </si>
+  <si>
+    <t>10559_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue De La Clairie</t>
+  </si>
+  <si>
+    <t>88250 LA BRESSE</t>
+  </si>
+  <si>
+    <t>LA BRESSE</t>
+  </si>
+  <si>
+    <t>880783428</t>
+  </si>
+  <si>
+    <t>I.M.E. DE CHATEL SUR MOSELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10598_FicheESSMS/fr/i-m-e-de-chatel-sur-moselle</t>
+  </si>
+  <si>
+    <t>10598_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Vergers</t>
+  </si>
+  <si>
+    <t>880785118</t>
+  </si>
+  <si>
+    <t>M.A.S. "L'AQUARELLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10705_FicheESSMS/fr/m-a-s-l-aquarelle</t>
+  </si>
+  <si>
+    <t>10705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue De Pincieux</t>
+  </si>
+  <si>
+    <t>880788799</t>
+  </si>
+  <si>
+    <t>MAISON RETRAITE ST-MARTIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10802_FicheESSMS/fr/maison-retraite-st-martin</t>
+  </si>
+  <si>
+    <t>10802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Des Capucins</t>
+  </si>
+  <si>
+    <t>88130 CHARMES</t>
+  </si>
+  <si>
+    <t>CHARMES</t>
+  </si>
+  <si>
+    <t>880781141</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE HOP. LOCAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11007_FicheESSMS/fr/maison-de-retraite-hop-local</t>
+  </si>
+  <si>
+    <t>11007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880786314</t>
+  </si>
+  <si>
+    <t>FAS DU CAMEROUN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11102_FicheESSMS/fr/fas-du-cameroun</t>
+  </si>
+  <si>
+    <t>11102_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue Vielsahm</t>
+  </si>
+  <si>
+    <t>880006473</t>
+  </si>
+  <si>
+    <t>SSIAD/ESAD UTML EPINAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11604_FicheESSMS/fr/ssiad/esad-utml-epinal</t>
+  </si>
+  <si>
+    <t>11604_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Clair Matin</t>
+  </si>
+  <si>
+    <t>880784475</t>
+  </si>
+  <si>
+    <t>SSIAD/ESAD UTML DE CONTREXEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11603_FicheESSMS/fr/ssiad/esad-utml-de-contrexeville</t>
+  </si>
+  <si>
+    <t>11603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Allée Georges Guynemer</t>
+  </si>
+  <si>
+    <t>88140 CONTREXEVILLE</t>
+  </si>
+  <si>
+    <t>CONTREXEVILLE</t>
+  </si>
+  <si>
+    <t>880784319</t>
+  </si>
+  <si>
+    <t>SSIAD UTML  DE MIRECOURT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11602_FicheESSMS/fr/ssiad-utml-de-mirecourt</t>
+  </si>
+  <si>
+    <t>11602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1683 Avenue Louis Buffet</t>
+  </si>
+  <si>
+    <t>880006499</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE  "L'ACCUEIL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11677_FicheESSMS/fr/maison-de-retraite-l-accueil</t>
+  </si>
+  <si>
+    <t>11677_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Jules Meline</t>
+  </si>
+  <si>
+    <t>88205 REMIREMONT</t>
+  </si>
+  <si>
+    <t>880783543</t>
+  </si>
+  <si>
+    <t>LES EPILOBES ANNEXE IME DE  FONTENOY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11979_FicheESSMS/fr/les-epilobes-annexe-ime-de-fontenoy</t>
+  </si>
+  <si>
+    <t>11979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Pierre Simonet</t>
+  </si>
+  <si>
+    <t>880004619</t>
+  </si>
+  <si>
+    <t>IME JEAN POIROT A FONTENOY (AVSEA)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11978_FicheESSMS/fr/ime-jean-poirot-a-fontenoy-avsea</t>
+  </si>
+  <si>
+    <t>11978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Grande Rue Grande Rue</t>
+  </si>
+  <si>
+    <t>88240 FONTENOY LE CHATEAU</t>
+  </si>
+  <si>
+    <t>FONTENOY LE CHATEAU</t>
+  </si>
+  <si>
+    <t>880780440</t>
+  </si>
+  <si>
+    <t>SESSAD AVSEA - EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11977_FicheESSMS/fr/sessad-avsea-epinal</t>
+  </si>
+  <si>
+    <t>11977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Coteau</t>
+  </si>
+  <si>
+    <t>88000 DOGNEVILLE</t>
+  </si>
+  <si>
+    <t>DOGNEVILLE</t>
+  </si>
+  <si>
+    <t>880003298</t>
+  </si>
+  <si>
+    <t>SERVICE EDUCATIF VOSGIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12106_FicheESSMS/fr/service-educatif-vosgien</t>
+  </si>
+  <si>
+    <t>12106_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Gilbert</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>880785167</t>
+  </si>
+  <si>
+    <t>ESAT AVSEA ANNEXE D'EPINAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12212_FicheESSMS/fr/esat-avsea-annexe-d-epinal</t>
+  </si>
+  <si>
+    <t>12212_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>880786579</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12211_FicheESSMS/fr/esat-avsea-annexe-d-epinal</t>
+  </si>
+  <si>
+    <t>12211_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Jean Prouve</t>
+  </si>
+  <si>
+    <t>880006176</t>
+  </si>
+  <si>
+    <t>ESAT AVSEA  EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12210_FicheESSMS/fr/esat-avsea-epinal</t>
+  </si>
+  <si>
+    <t>12210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Léo Valentin</t>
+  </si>
+  <si>
+    <t>88050 EPINAL CEDEX 9</t>
+  </si>
+  <si>
+    <t>880788997</t>
+  </si>
+  <si>
+    <t>ESAT AVSEA  ANNEXE D'EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12209_FicheESSMS/fr/esat-avsea-annexe-d-epinal</t>
+  </si>
+  <si>
+    <t>12209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Ste Cecile</t>
+  </si>
+  <si>
+    <t>880789045</t>
+  </si>
+  <si>
+    <t>KORIAN VILLA SPINALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12353_FicheESSMS/fr/korian-villa-spinale</t>
+  </si>
+  <si>
+    <t>12353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Ponscarme</t>
+  </si>
+  <si>
+    <t>880001763</t>
+  </si>
+  <si>
+    <t>EHPAD LES AULNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12475_FicheESSMS/fr/ehpad-les-aulnes</t>
+  </si>
+  <si>
+    <t>12475_FicheESSMS</t>
+  </si>
+  <si>
+    <t>305 Chemin De La Cartonnerie</t>
+  </si>
+  <si>
+    <t>88100 STE MARGUERITE</t>
+  </si>
+  <si>
+    <t>STE MARGUERITE</t>
+  </si>
+  <si>
+    <t>880004908</t>
+  </si>
+  <si>
+    <t>SAVS ADAVIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12540_FicheESSMS/fr/savs-adavie</t>
+  </si>
+  <si>
+    <t>12540_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880008537</t>
+  </si>
+  <si>
+    <t>CHI HMV - EHPAD DES 5 VALLEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12593_FicheESSMS/fr/chi-hmv-ehpad-des-5-vallees</t>
+  </si>
+  <si>
+    <t>12593_FicheESSMS</t>
+  </si>
+  <si>
+    <t>75 Rue Du Petit Himbaumont</t>
+  </si>
+  <si>
+    <t>88420 MOYENMOUTIER</t>
+  </si>
+  <si>
+    <t>MOYENMOUTIER</t>
+  </si>
+  <si>
+    <t>880009204</t>
+  </si>
+  <si>
+    <t>LE HOME DU CAMEROUN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12887_FicheESSMS/fr/le-home-du-cameroun</t>
+  </si>
+  <si>
+    <t>12887_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880783667</t>
+  </si>
+  <si>
+    <t>MAISON RETRAITE INTERCOM. DE BRUYERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13120_FicheESSMS/fr/maison-retraite-intercom-de-bruyeres</t>
+  </si>
+  <si>
+    <t>13120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Louis Marin</t>
+  </si>
+  <si>
+    <t>880781133</t>
+  </si>
+  <si>
+    <t>SSIAD DE L'EPMSC "LES GRÈS FLAMMES"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13119_FicheESSMS/fr/ssiad-de-l-epmsc-les-gres-flammes</t>
+  </si>
+  <si>
+    <t>13119_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Void Regnier</t>
+  </si>
+  <si>
+    <t>880005590</t>
+  </si>
+  <si>
+    <t>SSIAD RATTACHE HL DE BRUYERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13118_FicheESSMS/fr/ssiad-rattache-hl-de-bruyeres</t>
+  </si>
+  <si>
+    <t>13118_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880787379</t>
+  </si>
+  <si>
+    <t>EHPAD HOPITAL BRUYERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13117_FicheESSMS/fr/ehpad-hopital-bruyeres</t>
+  </si>
+  <si>
+    <t>13117_FicheESSMS</t>
+  </si>
+  <si>
+    <t>880788823</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>MAISON DE REPOS ET DE CONVALESCENCE "LA LOUVIERE"</t>
+  </si>
+  <si>
+    <t>17/12/2025 19:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3163_FicheEtablissement/fr/maison-de-repos-et-conval-la-louviere</t>
+  </si>
+  <si>
+    <t>3163_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>26 Rue Charles Claudel</t>
+  </si>
+  <si>
+    <t>0329516666</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>880780507</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE ALTIR DE SAINT-DIE</t>
+  </si>
+  <si>
+    <t>24/11/2025 08:32:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4058_FicheEtablissement/fr/centre-d-autodialyse-de-st-die-altir</t>
+  </si>
+  <si>
+    <t>4058_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>26 Rue Du Nouvel Hopital</t>
+  </si>
+  <si>
+    <t>0329562546</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>880785548</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>ASS LORRAINE POUR LE TRAITEMENT DE L'INSUFFISANCE RENALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4057_FicheEtablissement/fr/centre-udm-et-autodialyse-epinal</t>
+  </si>
+  <si>
+    <t>4057_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Allée Des Chênes</t>
+  </si>
+  <si>
+    <t>0383153740</t>
+  </si>
+  <si>
+    <t>880007653</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE ALTIR DE VITTEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4056_FicheEtablissement/fr/centre-d-autodialyse-de-vittel-altir</t>
+  </si>
+  <si>
+    <t>4056_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0329095692</t>
+  </si>
+  <si>
+    <t>880001730</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE GERARDMER (ALTIR)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4055_FicheEtablissement/fr/centre-d-autodialyse-gerardmer-altir</t>
+  </si>
+  <si>
+    <t>4055_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>39 Boulevard Kelsch</t>
+  </si>
+  <si>
+    <t>0329634620</t>
+  </si>
+  <si>
+    <t>880001458</t>
+  </si>
+  <si>
+    <t>CHI HOPITAUX DU MASSIF DES VOSGES - SITE SAINT DIE DES VOSGE</t>
+  </si>
+  <si>
+    <t>25/07/2025 12:13:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3146_FicheEtablissement/fr/chi-hmv-site-saint-die-des-vosges</t>
+  </si>
+  <si>
+    <t>3146_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0329528300</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHI HOPITAUX DU MASSIF DES VOSGES - SITE GERARDMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3145_FicheEtablissement/fr/chi-hmv-site-gerardmer</t>
+  </si>
+  <si>
+    <t>3145_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329602960</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>880000039</t>
+  </si>
+  <si>
+    <t>CHI HOPITAUX DU MASSIF DES VOSGES - SITE FRAIZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3155_FicheEtablissement/fr/chi-hmv-site-fraize</t>
+  </si>
+  <si>
+    <t>3155_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>42 Rue De La Costelle</t>
+  </si>
+  <si>
+    <t>0329503035</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>880000179</t>
+  </si>
+  <si>
+    <t>CHI HOPITAUX DU MASSIF DES VOSGES - USLD FOUCHARUPT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3166_FicheEtablissement/fr/chi-hmv-usld-foucharupt</t>
+  </si>
+  <si>
+    <t>3166_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329528100</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>880786645</t>
+  </si>
+  <si>
+    <t>CHI HOPITAUX DU MASSIF DES VOSGES - USLD LEA ANDRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3167_FicheEtablissement/fr/chi-hmv-usld-lea-andre</t>
+  </si>
+  <si>
+    <t>3167_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>88407 GERARDMER</t>
+  </si>
+  <si>
+    <t>880787692</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LES TROIS RIVIERES</t>
+  </si>
+  <si>
+    <t>03/03/2025 09:02:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3152_FicheEtablissement/fr/centre-hospitalier-les-trois-rivieres</t>
+  </si>
+  <si>
+    <t>3152_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329679038</t>
+  </si>
+  <si>
+    <t>880000112</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCO E. DURKHEIM-PLATEAU DE LA JUSTICE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3144_FicheEtablissement/fr/chi-e-durkheim-plateau-de-la-justice</t>
+  </si>
+  <si>
+    <t>3144_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Robert Schuman</t>
+  </si>
+  <si>
+    <t>88021 EPINAL</t>
+  </si>
+  <si>
+    <t>0329687000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CH INTERCOMMUNAL DE L'OUEST VOSGIEN SITE NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3147_FicheEtablissement/fr/chi-l-ouest-vosgien-site-neufchateau</t>
+  </si>
+  <si>
+    <t>3147_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1280 Avenue De La Division Leclerc</t>
+  </si>
+  <si>
+    <t>88307 NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>0329948000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>880000054</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3148_FicheEtablissement/fr/centre-hospitalier-de-remiremont</t>
+  </si>
+  <si>
+    <t>3148_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Georges Lang</t>
+  </si>
+  <si>
+    <t>0329234141</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSP INTERCOMMUNAL DE L'OUEST VOSGIEN SITE DE VITTEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3149_FicheEtablissement/fr/chi-de-l-ouest-vosgien-site-de-vittel</t>
+  </si>
+  <si>
+    <t>3149_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>191 Avenue Maurice Barres</t>
+  </si>
+  <si>
+    <t>88804 VITTEL</t>
+  </si>
+  <si>
+    <t>0329058888</t>
+  </si>
+  <si>
+    <t>880000070</t>
+  </si>
+  <si>
+    <t>HOPITAL SITE MATTAINCOURT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3153_FicheEtablissement/fr/hopital-site-mattaincourt</t>
+  </si>
+  <si>
+    <t>3153_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>0329371233</t>
+  </si>
+  <si>
+    <t>880000138</t>
+  </si>
+  <si>
+    <t>HOPITAL DE L'AVISON - BRUYERES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3151_FicheEtablissement/fr/hopital-de-l-avison-bruyeres</t>
+  </si>
+  <si>
+    <t>3151_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329527000</t>
+  </si>
+  <si>
+    <t>880000104</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE RAVENEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3150_FicheEtablissement/fr/centre-hospitalier-de-ravenel</t>
+  </si>
+  <si>
+    <t>3150_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1115 Avenue René Porterat</t>
+  </si>
+  <si>
+    <t>88507 MIRECOURT</t>
+  </si>
+  <si>
+    <t>0329370077</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>880000088</t>
+  </si>
+  <si>
+    <t>CHI EMILE DURKHEIM - MAISON DE SANTE SAINT JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3160_FicheEtablissement/fr/chi-e-durkheim-maison-de-sante-st-jean</t>
+  </si>
+  <si>
+    <t>3160_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>31 Rue Thiers</t>
+  </si>
+  <si>
+    <t>880006663</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL E. DURKHEIM  SITE DE GOLBEY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3158_FicheEtablissement/fr/chi-e-durkheim-site-de-golbey</t>
+  </si>
+  <si>
+    <t>3158_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329681515</t>
+  </si>
+  <si>
+    <t>880000336</t>
+  </si>
+  <si>
+    <t>HOPITAL LE THILLOT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3156_FicheEtablissement/fr/hopital-le-thillot</t>
+  </si>
+  <si>
+    <t>3156_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>60 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>88162 LE THILLOT</t>
+  </si>
+  <si>
+    <t>LE THILLOT</t>
+  </si>
+  <si>
+    <t>0329250079</t>
+  </si>
+  <si>
+    <t>880000203</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CH DE REMIREMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3165_FicheEtablissement/fr/usld-du-centre-hospitalier-remiremont</t>
+  </si>
+  <si>
+    <t>3165_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>880786637</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CHI E.DURKHEIM-SITE GOLBEY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3164_FicheEtablissement/fr/usld-du-chi-e-durkheim-site-de-golbey</t>
+  </si>
+  <si>
+    <t>3164_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329341222</t>
+  </si>
+  <si>
+    <t>880785621</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS A CARACTERE SANITAIRE SPECIALISEE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3162_FicheEtablissement/fr/maison-d-enfants-la-combe-senones</t>
+  </si>
+  <si>
+    <t>3162_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329578888</t>
+  </si>
+  <si>
+    <t>880780465</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3168_FicheEtablissement/fr/polyclinique-la-ligne-bleue</t>
+  </si>
+  <si>
+    <t>3168_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Du Rose Poirier</t>
+  </si>
+  <si>
+    <t>88060 EPINAL CEDEX 9</t>
+  </si>
+  <si>
+    <t>0329686060</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Néphrologie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DE L'HOPITAL LOCAL BRUYERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3170_FicheEtablissement/fr/usld-de-l-hopital-local-de-bruyeres</t>
+  </si>
+  <si>
+    <t>3170_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>880789409</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE A VITTEL DU CHI OUEST VOSGIEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3169_FicheEtablissement/fr/usld-du-chi-ouest-vosgien-a-vittel</t>
+  </si>
+  <si>
+    <t>3169_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329081310</t>
+  </si>
+  <si>
+    <t>880788773</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR POUR ADULTES D'EPINAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7083_FicheEtablissement/fr/hopital-de-jour-pour-adultes-d-epinal</t>
+  </si>
+  <si>
+    <t>7083_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>21 Rue Thiers</t>
+  </si>
+  <si>
+    <t>0329330444</t>
+  </si>
+  <si>
+    <t>880784434</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE LAMARCHE</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7072_FicheEtablissement/fr/hopital-local-de-lamarche</t>
+  </si>
+  <si>
+    <t>7072_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue De Bellune</t>
+  </si>
+  <si>
+    <t>0329095028</t>
+  </si>
+  <si>
+    <t>880000187</t>
+  </si>
+  <si>
+    <t>CHI HMV SITE DES 5 VALLEES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7621_FicheEtablissement/fr/chi-hmv-site-des-5-vallees</t>
+  </si>
+  <si>
+    <t>7621_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>75 Rue Du Petit Hinbaumont</t>
+  </si>
+  <si>
+    <t>0329422430</t>
+  </si>
+  <si>
+    <t>880009410</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R19"/>
+  <dimension ref="A1:R20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -822,839 +3915,8995 @@
       <c r="G5" t="s">
         <v>56</v>
       </c>
       <c r="H5" t="s">
         <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>58</v>
       </c>
       <c r="L5" t="s">
         <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="L7" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="O7" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="P7" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="Q7" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="R7" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>80</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>81</v>
       </c>
       <c r="H8" t="s">
         <v>82</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>83</v>
       </c>
       <c r="L8" t="s">
         <v>84</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>85</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="P8" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="Q8" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="R8" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>87</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>88</v>
       </c>
       <c r="H9" t="s">
         <v>89</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>90</v>
       </c>
       <c r="L9" t="s">
         <v>91</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="O9" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P9" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q9" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R9" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="Q10" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="R10" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L11" t="s">
-        <v>73</v>
+        <v>105</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R11" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L12" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>74</v>
+        <v>111</v>
       </c>
       <c r="O12" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="P12" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="Q12" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="R12" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="H13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="L13" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="Q13" t="s">
-        <v>118</v>
+        <v>52</v>
       </c>
       <c r="R13" t="s">
-        <v>119</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>118</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>119</v>
+      </c>
+      <c r="H14" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>123</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>121</v>
+      </c>
+      <c r="L14" t="s">
+        <v>122</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>123</v>
+      </c>
+      <c r="O14" t="s">
         <v>124</v>
       </c>
-      <c r="L14" t="s">
-[...5 lines deleted...]
-      <c r="N14" t="s">
+      <c r="P14" t="s">
         <v>125</v>
       </c>
-      <c r="O14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q14" t="s">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="R14" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="L15" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O15" t="s">
-        <v>133</v>
+        <v>50</v>
       </c>
       <c r="P15" t="s">
-        <v>134</v>
+        <v>51</v>
       </c>
       <c r="Q15" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="R15" t="s">
-        <v>135</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>135</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>136</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
+        <v>138</v>
+      </c>
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
         <v>140</v>
       </c>
-      <c r="L16" t="s">
+      <c r="O16" t="s">
         <v>141</v>
       </c>
-      <c r="M16" t="s">
-[...2 lines deleted...]
-      <c r="N16" t="s">
+      <c r="P16" t="s">
         <v>142</v>
       </c>
-      <c r="O16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q16" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="R16" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O17" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="P17" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="Q17" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="R17" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>49</v>
+        <v>157</v>
       </c>
       <c r="O18" t="s">
-        <v>28</v>
+        <v>124</v>
       </c>
       <c r="P18" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="Q18" t="s">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="R18" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H19" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L19" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>162</v>
+        <v>71</v>
       </c>
       <c r="O19" t="s">
         <v>50</v>
       </c>
       <c r="P19" t="s">
         <v>51</v>
       </c>
       <c r="Q19" t="s">
         <v>52</v>
       </c>
       <c r="R19" t="s">
         <v>53</v>
       </c>
     </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
+        <v>164</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>165</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>166</v>
+      </c>
+      <c r="H20" t="s">
+        <v>167</v>
+      </c>
+      <c r="I20" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J20" t="s">
+        <v>24</v>
+      </c>
+      <c r="K20" t="s">
+        <v>168</v>
+      </c>
+      <c r="L20" t="s">
+        <v>169</v>
+      </c>
+      <c r="M20" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" t="s">
+        <v>170</v>
+      </c>
+      <c r="O20" t="s">
+        <v>28</v>
+      </c>
+      <c r="P20" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>30</v>
+      </c>
+      <c r="R20" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P123"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>171</v>
+      </c>
+      <c r="J1" t="s">
+        <v>172</v>
+      </c>
+      <c r="K1" t="s">
+        <v>173</v>
+      </c>
+      <c r="L1" t="s">
+        <v>174</v>
+      </c>
+      <c r="M1" t="s">
+        <v>175</v>
+      </c>
+      <c r="N1" t="s">
+        <v>176</v>
+      </c>
+      <c r="O1" t="s">
+        <v>177</v>
+      </c>
+      <c r="P1" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B2" t="s">
+        <v>180</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>182</v>
+      </c>
+      <c r="H2" t="s">
+        <v>183</v>
+      </c>
+      <c r="I2" t="s">
+        <v>184</v>
+      </c>
+      <c r="J2" t="s">
+        <v>185</v>
+      </c>
+      <c r="K2" t="s">
+        <v>186</v>
+      </c>
+      <c r="L2" t="s">
+        <v>187</v>
+      </c>
+      <c r="M2" t="s">
+        <v>188</v>
+      </c>
+      <c r="N2" t="s">
+        <v>189</v>
+      </c>
+      <c r="O2" t="s">
+        <v>190</v>
+      </c>
+      <c r="P2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+      <c r="I3" t="s">
+        <v>196</v>
+      </c>
+      <c r="J3" t="s">
+        <v>197</v>
+      </c>
+      <c r="K3" t="s">
+        <v>198</v>
+      </c>
+      <c r="L3" t="s">
+        <v>187</v>
+      </c>
+      <c r="M3" t="s">
+        <v>188</v>
+      </c>
+      <c r="N3" t="s">
+        <v>199</v>
+      </c>
+      <c r="O3" t="s">
+        <v>200</v>
+      </c>
+      <c r="P3" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>179</v>
+      </c>
+      <c r="B4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>193</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>203</v>
+      </c>
+      <c r="H4" t="s">
+        <v>204</v>
+      </c>
+      <c r="I4" t="s">
+        <v>205</v>
+      </c>
+      <c r="J4" t="s">
+        <v>206</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" t="s">
+        <v>187</v>
+      </c>
+      <c r="M4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N4" t="s">
+        <v>199</v>
+      </c>
+      <c r="O4" t="s">
+        <v>200</v>
+      </c>
+      <c r="P4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>179</v>
+      </c>
+      <c r="B5" t="s">
+        <v>208</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>209</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J5" t="s">
+        <v>213</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>187</v>
+      </c>
+      <c r="M5" t="s">
+        <v>188</v>
+      </c>
+      <c r="N5" t="s">
+        <v>189</v>
+      </c>
+      <c r="O5" t="s">
+        <v>214</v>
+      </c>
+      <c r="P5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>179</v>
+      </c>
+      <c r="B6" t="s">
+        <v>216</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>217</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>218</v>
+      </c>
+      <c r="H6" t="s">
+        <v>219</v>
+      </c>
+      <c r="I6" t="s">
+        <v>220</v>
+      </c>
+      <c r="J6" t="s">
+        <v>221</v>
+      </c>
+      <c r="K6" t="s">
+        <v>222</v>
+      </c>
+      <c r="L6" t="s">
+        <v>187</v>
+      </c>
+      <c r="M6" t="s">
+        <v>188</v>
+      </c>
+      <c r="N6" t="s">
+        <v>189</v>
+      </c>
+      <c r="O6" t="s">
+        <v>223</v>
+      </c>
+      <c r="P6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>179</v>
+      </c>
+      <c r="B7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>217</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>226</v>
+      </c>
+      <c r="H7" t="s">
+        <v>227</v>
+      </c>
+      <c r="I7" t="s">
+        <v>228</v>
+      </c>
+      <c r="J7" t="s">
+        <v>229</v>
+      </c>
+      <c r="K7" t="s">
+        <v>230</v>
+      </c>
+      <c r="L7" t="s">
+        <v>187</v>
+      </c>
+      <c r="M7" t="s">
+        <v>188</v>
+      </c>
+      <c r="N7" t="s">
+        <v>189</v>
+      </c>
+      <c r="O7" t="s">
+        <v>223</v>
+      </c>
+      <c r="P7" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>179</v>
+      </c>
+      <c r="B8" t="s">
+        <v>232</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>217</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>233</v>
+      </c>
+      <c r="H8" t="s">
+        <v>234</v>
+      </c>
+      <c r="I8" t="s">
+        <v>235</v>
+      </c>
+      <c r="J8" t="s">
+        <v>236</v>
+      </c>
+      <c r="K8" t="s">
+        <v>237</v>
+      </c>
+      <c r="L8" t="s">
+        <v>187</v>
+      </c>
+      <c r="M8" t="s">
+        <v>188</v>
+      </c>
+      <c r="N8" t="s">
+        <v>189</v>
+      </c>
+      <c r="O8" t="s">
+        <v>190</v>
+      </c>
+      <c r="P8" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>179</v>
+      </c>
+      <c r="B9" t="s">
+        <v>239</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>240</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>241</v>
+      </c>
+      <c r="H9" t="s">
+        <v>242</v>
+      </c>
+      <c r="I9" t="s">
+        <v>243</v>
+      </c>
+      <c r="J9" t="s">
+        <v>244</v>
+      </c>
+      <c r="K9" t="s">
+        <v>245</v>
+      </c>
+      <c r="L9" t="s">
+        <v>187</v>
+      </c>
+      <c r="M9" t="s">
+        <v>246</v>
+      </c>
+      <c r="N9" t="s">
+        <v>247</v>
+      </c>
+      <c r="O9" t="s">
+        <v>248</v>
+      </c>
+      <c r="P9" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>179</v>
+      </c>
+      <c r="B10" t="s">
+        <v>250</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>251</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>252</v>
+      </c>
+      <c r="H10" t="s">
+        <v>253</v>
+      </c>
+      <c r="I10" t="s">
+        <v>254</v>
+      </c>
+      <c r="J10" t="s">
+        <v>255</v>
+      </c>
+      <c r="K10" t="s">
+        <v>256</v>
+      </c>
+      <c r="L10" t="s">
+        <v>187</v>
+      </c>
+      <c r="M10" t="s">
+        <v>188</v>
+      </c>
+      <c r="N10" t="s">
+        <v>257</v>
+      </c>
+      <c r="O10" t="s">
+        <v>258</v>
+      </c>
+      <c r="P10" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>179</v>
+      </c>
+      <c r="B11" t="s">
+        <v>260</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>261</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>262</v>
+      </c>
+      <c r="H11" t="s">
+        <v>263</v>
+      </c>
+      <c r="I11" t="s">
+        <v>264</v>
+      </c>
+      <c r="J11" t="s">
+        <v>206</v>
+      </c>
+      <c r="K11" t="s">
+        <v>41</v>
+      </c>
+      <c r="L11" t="s">
+        <v>187</v>
+      </c>
+      <c r="M11" t="s">
+        <v>188</v>
+      </c>
+      <c r="N11" t="s">
+        <v>189</v>
+      </c>
+      <c r="O11" t="s">
+        <v>223</v>
+      </c>
+      <c r="P11" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>179</v>
+      </c>
+      <c r="B12" t="s">
+        <v>266</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>261</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>267</v>
+      </c>
+      <c r="H12" t="s">
+        <v>268</v>
+      </c>
+      <c r="I12" t="s">
+        <v>269</v>
+      </c>
+      <c r="J12" t="s">
+        <v>270</v>
+      </c>
+      <c r="K12" t="s">
+        <v>271</v>
+      </c>
+      <c r="L12" t="s">
+        <v>187</v>
+      </c>
+      <c r="M12" t="s">
+        <v>188</v>
+      </c>
+      <c r="N12" t="s">
+        <v>189</v>
+      </c>
+      <c r="O12" t="s">
+        <v>223</v>
+      </c>
+      <c r="P12" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>179</v>
+      </c>
+      <c r="B13" t="s">
+        <v>273</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>261</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>274</v>
+      </c>
+      <c r="H13" t="s">
+        <v>275</v>
+      </c>
+      <c r="I13" t="s">
+        <v>276</v>
+      </c>
+      <c r="J13" t="s">
+        <v>206</v>
+      </c>
+      <c r="K13" t="s">
+        <v>41</v>
+      </c>
+      <c r="L13" t="s">
+        <v>187</v>
+      </c>
+      <c r="M13" t="s">
+        <v>188</v>
+      </c>
+      <c r="N13" t="s">
+        <v>189</v>
+      </c>
+      <c r="O13" t="s">
+        <v>214</v>
+      </c>
+      <c r="P13" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>179</v>
+      </c>
+      <c r="B14" t="s">
+        <v>278</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>279</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>280</v>
+      </c>
+      <c r="H14" t="s">
+        <v>281</v>
+      </c>
+      <c r="I14" t="s">
+        <v>282</v>
+      </c>
+      <c r="J14" t="s">
+        <v>283</v>
+      </c>
+      <c r="K14" t="s">
+        <v>30</v>
+      </c>
+      <c r="L14" t="s">
+        <v>187</v>
+      </c>
+      <c r="M14" t="s">
+        <v>246</v>
+      </c>
+      <c r="N14" t="s">
+        <v>247</v>
+      </c>
+      <c r="O14" t="s">
+        <v>248</v>
+      </c>
+      <c r="P14" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>179</v>
+      </c>
+      <c r="B15" t="s">
+        <v>285</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>286</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>287</v>
+      </c>
+      <c r="H15" t="s">
+        <v>288</v>
+      </c>
+      <c r="I15" t="s">
+        <v>289</v>
+      </c>
+      <c r="J15" t="s">
+        <v>290</v>
+      </c>
+      <c r="K15" t="s">
+        <v>291</v>
+      </c>
+      <c r="L15" t="s">
+        <v>187</v>
+      </c>
+      <c r="M15" t="s">
+        <v>188</v>
+      </c>
+      <c r="N15" t="s">
+        <v>292</v>
+      </c>
+      <c r="O15" t="s">
+        <v>293</v>
+      </c>
+      <c r="P15" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>179</v>
+      </c>
+      <c r="B16" t="s">
+        <v>295</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>296</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>297</v>
+      </c>
+      <c r="H16" t="s">
+        <v>298</v>
+      </c>
+      <c r="I16" t="s">
+        <v>299</v>
+      </c>
+      <c r="J16" t="s">
+        <v>300</v>
+      </c>
+      <c r="K16" t="s">
+        <v>301</v>
+      </c>
+      <c r="L16" t="s">
+        <v>187</v>
+      </c>
+      <c r="M16" t="s">
+        <v>246</v>
+      </c>
+      <c r="N16" t="s">
+        <v>189</v>
+      </c>
+      <c r="O16" t="s">
+        <v>302</v>
+      </c>
+      <c r="P16" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>179</v>
+      </c>
+      <c r="B17" t="s">
+        <v>304</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>305</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>306</v>
+      </c>
+      <c r="H17" t="s">
+        <v>307</v>
+      </c>
+      <c r="I17" t="s">
+        <v>308</v>
+      </c>
+      <c r="J17" t="s">
+        <v>309</v>
+      </c>
+      <c r="K17" t="s">
+        <v>310</v>
+      </c>
+      <c r="L17" t="s">
+        <v>187</v>
+      </c>
+      <c r="M17" t="s">
+        <v>246</v>
+      </c>
+      <c r="N17" t="s">
+        <v>247</v>
+      </c>
+      <c r="O17" t="s">
+        <v>248</v>
+      </c>
+      <c r="P17" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>179</v>
+      </c>
+      <c r="B18" t="s">
+        <v>312</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>313</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>314</v>
+      </c>
+      <c r="H18" t="s">
+        <v>315</v>
+      </c>
+      <c r="I18" t="s">
+        <v>316</v>
+      </c>
+      <c r="J18" t="s">
+        <v>206</v>
+      </c>
+      <c r="K18" t="s">
+        <v>41</v>
+      </c>
+      <c r="L18" t="s">
+        <v>187</v>
+      </c>
+      <c r="M18" t="s">
+        <v>246</v>
+      </c>
+      <c r="N18" t="s">
+        <v>292</v>
+      </c>
+      <c r="O18" t="s">
+        <v>293</v>
+      </c>
+      <c r="P18" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>179</v>
+      </c>
+      <c r="B19" t="s">
+        <v>318</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>319</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>320</v>
+      </c>
+      <c r="H19" t="s">
+        <v>321</v>
+      </c>
+      <c r="I19" t="s">
+        <v>322</v>
+      </c>
+      <c r="J19" t="s">
+        <v>323</v>
+      </c>
+      <c r="K19" t="s">
+        <v>324</v>
+      </c>
+      <c r="L19" t="s">
+        <v>187</v>
+      </c>
+      <c r="M19" t="s">
+        <v>246</v>
+      </c>
+      <c r="N19" t="s">
+        <v>247</v>
+      </c>
+      <c r="O19" t="s">
+        <v>248</v>
+      </c>
+      <c r="P19" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>179</v>
+      </c>
+      <c r="B20" t="s">
+        <v>326</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>319</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>327</v>
+      </c>
+      <c r="H20" t="s">
+        <v>328</v>
+      </c>
+      <c r="I20" t="s">
+        <v>329</v>
+      </c>
+      <c r="J20" t="s">
+        <v>330</v>
+      </c>
+      <c r="K20" t="s">
+        <v>331</v>
+      </c>
+      <c r="L20" t="s">
+        <v>187</v>
+      </c>
+      <c r="M20" t="s">
+        <v>246</v>
+      </c>
+      <c r="N20" t="s">
+        <v>247</v>
+      </c>
+      <c r="O20" t="s">
+        <v>248</v>
+      </c>
+      <c r="P20" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>179</v>
+      </c>
+      <c r="B21" t="s">
+        <v>333</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>334</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>335</v>
+      </c>
+      <c r="H21" t="s">
+        <v>336</v>
+      </c>
+      <c r="I21" t="s">
+        <v>337</v>
+      </c>
+      <c r="J21" t="s">
+        <v>338</v>
+      </c>
+      <c r="K21" t="s">
+        <v>126</v>
+      </c>
+      <c r="L21" t="s">
+        <v>187</v>
+      </c>
+      <c r="M21" t="s">
+        <v>246</v>
+      </c>
+      <c r="N21" t="s">
+        <v>339</v>
+      </c>
+      <c r="O21" t="s">
+        <v>340</v>
+      </c>
+      <c r="P21" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B22" t="s">
+        <v>342</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>343</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>344</v>
+      </c>
+      <c r="H22" t="s">
+        <v>345</v>
+      </c>
+      <c r="I22" t="s">
+        <v>346</v>
+      </c>
+      <c r="J22" t="s">
+        <v>206</v>
+      </c>
+      <c r="K22" t="s">
+        <v>41</v>
+      </c>
+      <c r="L22" t="s">
+        <v>187</v>
+      </c>
+      <c r="M22" t="s">
+        <v>188</v>
+      </c>
+      <c r="N22" t="s">
+        <v>347</v>
+      </c>
+      <c r="O22" t="s">
+        <v>348</v>
+      </c>
+      <c r="P22" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" t="s">
+        <v>350</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>351</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>352</v>
+      </c>
+      <c r="H23" t="s">
+        <v>353</v>
+      </c>
+      <c r="I23" t="s">
+        <v>354</v>
+      </c>
+      <c r="J23" t="s">
+        <v>197</v>
+      </c>
+      <c r="K23" t="s">
+        <v>198</v>
+      </c>
+      <c r="L23" t="s">
+        <v>187</v>
+      </c>
+      <c r="M23" t="s">
+        <v>246</v>
+      </c>
+      <c r="N23" t="s">
+        <v>247</v>
+      </c>
+      <c r="O23" t="s">
+        <v>248</v>
+      </c>
+      <c r="P23" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>356</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>357</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>358</v>
+      </c>
+      <c r="H24" t="s">
+        <v>359</v>
+      </c>
+      <c r="I24" t="s">
+        <v>360</v>
+      </c>
+      <c r="J24" t="s">
+        <v>309</v>
+      </c>
+      <c r="K24" t="s">
+        <v>310</v>
+      </c>
+      <c r="L24" t="s">
+        <v>187</v>
+      </c>
+      <c r="M24" t="s">
+        <v>361</v>
+      </c>
+      <c r="N24" t="s">
+        <v>247</v>
+      </c>
+      <c r="O24" t="s">
+        <v>248</v>
+      </c>
+      <c r="P24" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>363</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>364</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>365</v>
+      </c>
+      <c r="H25" t="s">
+        <v>366</v>
+      </c>
+      <c r="I25" t="s">
+        <v>367</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>368</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>199</v>
+      </c>
+      <c r="O25" t="s">
+        <v>369</v>
+      </c>
+      <c r="P25" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>371</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>372</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>373</v>
+      </c>
+      <c r="H26" t="s">
+        <v>374</v>
+      </c>
+      <c r="I26" t="s">
+        <v>184</v>
+      </c>
+      <c r="J26" t="s">
+        <v>185</v>
+      </c>
+      <c r="K26" t="s">
+        <v>186</v>
+      </c>
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>189</v>
+      </c>
+      <c r="O26" t="s">
+        <v>302</v>
+      </c>
+      <c r="P26" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>376</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>372</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>377</v>
+      </c>
+      <c r="H27" t="s">
+        <v>378</v>
+      </c>
+      <c r="I27" t="s">
+        <v>379</v>
+      </c>
+      <c r="J27" t="s">
+        <v>380</v>
+      </c>
+      <c r="K27" t="s">
+        <v>381</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
+      <c r="M27" t="s">
+        <v>188</v>
+      </c>
+      <c r="N27" t="s">
+        <v>247</v>
+      </c>
+      <c r="O27" t="s">
+        <v>248</v>
+      </c>
+      <c r="P27" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>383</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>384</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>385</v>
+      </c>
+      <c r="H28" t="s">
+        <v>386</v>
+      </c>
+      <c r="I28" t="s">
+        <v>387</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>388</v>
+      </c>
+      <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>246</v>
+      </c>
+      <c r="N28" t="s">
+        <v>189</v>
+      </c>
+      <c r="O28" t="s">
+        <v>389</v>
+      </c>
+      <c r="P28" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>391</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>392</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>393</v>
+      </c>
+      <c r="H29" t="s">
+        <v>394</v>
+      </c>
+      <c r="I29" t="s">
+        <v>235</v>
+      </c>
+      <c r="J29" t="s">
+        <v>236</v>
+      </c>
+      <c r="K29" t="s">
+        <v>237</v>
+      </c>
+      <c r="L29" t="s">
+        <v>187</v>
+      </c>
+      <c r="M29" t="s">
+        <v>188</v>
+      </c>
+      <c r="N29" t="s">
+        <v>257</v>
+      </c>
+      <c r="O29" t="s">
+        <v>395</v>
+      </c>
+      <c r="P29" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>179</v>
+      </c>
+      <c r="B30" t="s">
+        <v>397</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>398</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>399</v>
+      </c>
+      <c r="H30" t="s">
+        <v>400</v>
+      </c>
+      <c r="I30" t="s">
+        <v>338</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>126</v>
+      </c>
+      <c r="L30" t="s">
+        <v>187</v>
+      </c>
+      <c r="M30" t="s">
+        <v>361</v>
+      </c>
+      <c r="N30" t="s">
+        <v>247</v>
+      </c>
+      <c r="O30" t="s">
+        <v>248</v>
+      </c>
+      <c r="P30" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>179</v>
+      </c>
+      <c r="B31" t="s">
+        <v>402</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>403</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>404</v>
+      </c>
+      <c r="H31" t="s">
+        <v>405</v>
+      </c>
+      <c r="I31" t="s">
+        <v>406</v>
+      </c>
+      <c r="J31" t="s">
+        <v>407</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
+      </c>
+      <c r="L31" t="s">
+        <v>187</v>
+      </c>
+      <c r="M31" t="s">
+        <v>188</v>
+      </c>
+      <c r="N31" t="s">
+        <v>408</v>
+      </c>
+      <c r="O31" t="s">
+        <v>409</v>
+      </c>
+      <c r="P31" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B32" t="s">
+        <v>411</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>412</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>413</v>
+      </c>
+      <c r="H32" t="s">
+        <v>414</v>
+      </c>
+      <c r="I32" t="s">
+        <v>415</v>
+      </c>
+      <c r="J32" t="s">
+        <v>416</v>
+      </c>
+      <c r="K32" t="s">
+        <v>271</v>
+      </c>
+      <c r="L32" t="s">
+        <v>187</v>
+      </c>
+      <c r="M32" t="s">
+        <v>246</v>
+      </c>
+      <c r="N32" t="s">
+        <v>199</v>
+      </c>
+      <c r="O32" t="s">
+        <v>369</v>
+      </c>
+      <c r="P32" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>179</v>
+      </c>
+      <c r="B33" t="s">
+        <v>418</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>412</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>419</v>
+      </c>
+      <c r="H33" t="s">
+        <v>420</v>
+      </c>
+      <c r="I33" t="s">
+        <v>415</v>
+      </c>
+      <c r="J33" t="s">
+        <v>416</v>
+      </c>
+      <c r="K33" t="s">
+        <v>271</v>
+      </c>
+      <c r="L33" t="s">
+        <v>187</v>
+      </c>
+      <c r="M33" t="s">
+        <v>246</v>
+      </c>
+      <c r="N33" t="s">
+        <v>199</v>
+      </c>
+      <c r="O33" t="s">
+        <v>421</v>
+      </c>
+      <c r="P33" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>179</v>
+      </c>
+      <c r="B34" t="s">
+        <v>423</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>424</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>425</v>
+      </c>
+      <c r="H34" t="s">
+        <v>426</v>
+      </c>
+      <c r="I34" t="s">
+        <v>427</v>
+      </c>
+      <c r="J34" t="s">
+        <v>428</v>
+      </c>
+      <c r="K34" t="s">
+        <v>429</v>
+      </c>
+      <c r="L34" t="s">
+        <v>187</v>
+      </c>
+      <c r="M34" t="s">
+        <v>246</v>
+      </c>
+      <c r="N34" t="s">
+        <v>247</v>
+      </c>
+      <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>179</v>
+      </c>
+      <c r="B35" t="s">
+        <v>431</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>432</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>433</v>
+      </c>
+      <c r="H35" t="s">
+        <v>434</v>
+      </c>
+      <c r="I35" t="s">
+        <v>435</v>
+      </c>
+      <c r="J35" t="s">
+        <v>436</v>
+      </c>
+      <c r="K35" t="s">
+        <v>437</v>
+      </c>
+      <c r="L35" t="s">
+        <v>187</v>
+      </c>
+      <c r="M35" t="s">
+        <v>246</v>
+      </c>
+      <c r="N35" t="s">
+        <v>247</v>
+      </c>
+      <c r="O35" t="s">
+        <v>248</v>
+      </c>
+      <c r="P35" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>179</v>
+      </c>
+      <c r="B36" t="s">
+        <v>439</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>440</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>441</v>
+      </c>
+      <c r="H36" t="s">
+        <v>442</v>
+      </c>
+      <c r="I36" t="s">
+        <v>443</v>
+      </c>
+      <c r="J36" t="s">
+        <v>229</v>
+      </c>
+      <c r="K36" t="s">
+        <v>230</v>
+      </c>
+      <c r="L36" t="s">
+        <v>187</v>
+      </c>
+      <c r="M36" t="s">
+        <v>246</v>
+      </c>
+      <c r="N36" t="s">
+        <v>199</v>
+      </c>
+      <c r="O36" t="s">
+        <v>421</v>
+      </c>
+      <c r="P36" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>179</v>
+      </c>
+      <c r="B37" t="s">
+        <v>445</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>446</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>447</v>
+      </c>
+      <c r="H37" t="s">
+        <v>448</v>
+      </c>
+      <c r="I37" t="s">
+        <v>449</v>
+      </c>
+      <c r="J37" t="s">
+        <v>450</v>
+      </c>
+      <c r="K37" t="s">
+        <v>451</v>
+      </c>
+      <c r="L37" t="s">
+        <v>187</v>
+      </c>
+      <c r="M37" t="s">
+        <v>188</v>
+      </c>
+      <c r="N37" t="s">
+        <v>452</v>
+      </c>
+      <c r="O37" t="s">
+        <v>453</v>
+      </c>
+      <c r="P37" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>179</v>
+      </c>
+      <c r="B38" t="s">
+        <v>455</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>456</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>457</v>
+      </c>
+      <c r="H38" t="s">
+        <v>458</v>
+      </c>
+      <c r="I38" t="s">
+        <v>459</v>
+      </c>
+      <c r="J38" t="s">
+        <v>460</v>
+      </c>
+      <c r="K38" t="s">
+        <v>461</v>
+      </c>
+      <c r="L38" t="s">
+        <v>187</v>
+      </c>
+      <c r="M38" t="s">
+        <v>188</v>
+      </c>
+      <c r="N38" t="s">
+        <v>247</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>179</v>
+      </c>
+      <c r="B39" t="s">
+        <v>463</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>464</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>465</v>
+      </c>
+      <c r="H39" t="s">
+        <v>466</v>
+      </c>
+      <c r="I39" t="s">
+        <v>467</v>
+      </c>
+      <c r="J39" t="s">
+        <v>468</v>
+      </c>
+      <c r="K39" t="s">
+        <v>469</v>
+      </c>
+      <c r="L39" t="s">
+        <v>187</v>
+      </c>
+      <c r="M39" t="s">
+        <v>188</v>
+      </c>
+      <c r="N39" t="s">
+        <v>247</v>
+      </c>
+      <c r="O39" t="s">
+        <v>248</v>
+      </c>
+      <c r="P39" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>179</v>
+      </c>
+      <c r="B40" t="s">
+        <v>471</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>472</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>473</v>
+      </c>
+      <c r="H40" t="s">
+        <v>474</v>
+      </c>
+      <c r="I40" t="s">
+        <v>475</v>
+      </c>
+      <c r="J40" t="s">
+        <v>206</v>
+      </c>
+      <c r="K40" t="s">
+        <v>41</v>
+      </c>
+      <c r="L40" t="s">
+        <v>187</v>
+      </c>
+      <c r="M40" t="s">
+        <v>188</v>
+      </c>
+      <c r="N40" t="s">
+        <v>347</v>
+      </c>
+      <c r="O40" t="s">
+        <v>476</v>
+      </c>
+      <c r="P40" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>478</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>479</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>480</v>
+      </c>
+      <c r="H41" t="s">
+        <v>481</v>
+      </c>
+      <c r="I41" t="s">
+        <v>482</v>
+      </c>
+      <c r="J41" t="s">
+        <v>483</v>
+      </c>
+      <c r="K41" t="s">
+        <v>484</v>
+      </c>
+      <c r="L41" t="s">
+        <v>187</v>
+      </c>
+      <c r="M41" t="s">
+        <v>246</v>
+      </c>
+      <c r="N41" t="s">
+        <v>189</v>
+      </c>
+      <c r="O41" t="s">
+        <v>190</v>
+      </c>
+      <c r="P41" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>179</v>
+      </c>
+      <c r="B42" t="s">
+        <v>486</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>479</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>487</v>
+      </c>
+      <c r="H42" t="s">
+        <v>488</v>
+      </c>
+      <c r="I42" t="s">
+        <v>482</v>
+      </c>
+      <c r="J42" t="s">
+        <v>483</v>
+      </c>
+      <c r="K42" t="s">
+        <v>484</v>
+      </c>
+      <c r="L42" t="s">
+        <v>187</v>
+      </c>
+      <c r="M42" t="s">
+        <v>246</v>
+      </c>
+      <c r="N42" t="s">
+        <v>189</v>
+      </c>
+      <c r="O42" t="s">
+        <v>302</v>
+      </c>
+      <c r="P42" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" t="s">
+        <v>490</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>479</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>491</v>
+      </c>
+      <c r="H43" t="s">
+        <v>492</v>
+      </c>
+      <c r="I43" t="s">
+        <v>482</v>
+      </c>
+      <c r="J43" t="s">
+        <v>483</v>
+      </c>
+      <c r="K43" t="s">
+        <v>484</v>
+      </c>
+      <c r="L43" t="s">
+        <v>187</v>
+      </c>
+      <c r="M43" t="s">
+        <v>246</v>
+      </c>
+      <c r="N43" t="s">
+        <v>247</v>
+      </c>
+      <c r="O43" t="s">
+        <v>248</v>
+      </c>
+      <c r="P43" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" t="s">
+        <v>494</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>495</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>496</v>
+      </c>
+      <c r="H44" t="s">
+        <v>497</v>
+      </c>
+      <c r="I44" t="s">
+        <v>498</v>
+      </c>
+      <c r="J44" t="s">
+        <v>185</v>
+      </c>
+      <c r="K44" t="s">
+        <v>186</v>
+      </c>
+      <c r="L44" t="s">
+        <v>187</v>
+      </c>
+      <c r="M44" t="s">
+        <v>246</v>
+      </c>
+      <c r="N44" t="s">
+        <v>247</v>
+      </c>
+      <c r="O44" t="s">
+        <v>248</v>
+      </c>
+      <c r="P44" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" t="s">
+        <v>500</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>501</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>502</v>
+      </c>
+      <c r="H45" t="s">
+        <v>503</v>
+      </c>
+      <c r="I45" t="s">
+        <v>504</v>
+      </c>
+      <c r="J45" t="s">
+        <v>505</v>
+      </c>
+      <c r="K45" t="s">
+        <v>506</v>
+      </c>
+      <c r="L45" t="s">
+        <v>187</v>
+      </c>
+      <c r="M45" t="s">
+        <v>188</v>
+      </c>
+      <c r="N45" t="s">
+        <v>189</v>
+      </c>
+      <c r="O45" t="s">
+        <v>223</v>
+      </c>
+      <c r="P45" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" t="s">
+        <v>508</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>509</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>510</v>
+      </c>
+      <c r="H46" t="s">
+        <v>511</v>
+      </c>
+      <c r="I46" t="s">
+        <v>504</v>
+      </c>
+      <c r="J46" t="s">
+        <v>505</v>
+      </c>
+      <c r="K46" t="s">
+        <v>506</v>
+      </c>
+      <c r="L46" t="s">
+        <v>187</v>
+      </c>
+      <c r="M46" t="s">
+        <v>188</v>
+      </c>
+      <c r="N46" t="s">
+        <v>189</v>
+      </c>
+      <c r="O46" t="s">
+        <v>190</v>
+      </c>
+      <c r="P46" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>179</v>
+      </c>
+      <c r="B47" t="s">
+        <v>513</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>514</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>515</v>
+      </c>
+      <c r="H47" t="s">
+        <v>516</v>
+      </c>
+      <c r="I47" t="s">
+        <v>517</v>
+      </c>
+      <c r="J47" t="s">
+        <v>236</v>
+      </c>
+      <c r="K47" t="s">
+        <v>237</v>
+      </c>
+      <c r="L47" t="s">
+        <v>187</v>
+      </c>
+      <c r="M47" t="s">
+        <v>188</v>
+      </c>
+      <c r="N47" t="s">
+        <v>257</v>
+      </c>
+      <c r="O47" t="s">
+        <v>518</v>
+      </c>
+      <c r="P47" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" t="s">
+        <v>520</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>514</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>521</v>
+      </c>
+      <c r="H48" t="s">
+        <v>522</v>
+      </c>
+      <c r="I48" t="s">
+        <v>523</v>
+      </c>
+      <c r="J48" t="s">
+        <v>213</v>
+      </c>
+      <c r="K48" t="s">
+        <v>30</v>
+      </c>
+      <c r="L48" t="s">
+        <v>187</v>
+      </c>
+      <c r="M48" t="s">
+        <v>188</v>
+      </c>
+      <c r="N48" t="s">
+        <v>452</v>
+      </c>
+      <c r="O48" t="s">
+        <v>453</v>
+      </c>
+      <c r="P48" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>179</v>
+      </c>
+      <c r="B49" t="s">
+        <v>525</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>526</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>527</v>
+      </c>
+      <c r="H49" t="s">
+        <v>528</v>
+      </c>
+      <c r="I49" t="s">
+        <v>529</v>
+      </c>
+      <c r="J49" t="s">
+        <v>530</v>
+      </c>
+      <c r="K49" t="s">
+        <v>531</v>
+      </c>
+      <c r="L49" t="s">
+        <v>187</v>
+      </c>
+      <c r="M49" t="s">
+        <v>246</v>
+      </c>
+      <c r="N49" t="s">
+        <v>247</v>
+      </c>
+      <c r="O49" t="s">
+        <v>248</v>
+      </c>
+      <c r="P49" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>179</v>
+      </c>
+      <c r="B50" t="s">
+        <v>533</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>534</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>535</v>
+      </c>
+      <c r="H50" t="s">
+        <v>536</v>
+      </c>
+      <c r="I50" t="s">
+        <v>537</v>
+      </c>
+      <c r="J50" t="s">
+        <v>206</v>
+      </c>
+      <c r="K50" t="s">
+        <v>41</v>
+      </c>
+      <c r="L50" t="s">
+        <v>187</v>
+      </c>
+      <c r="M50" t="s">
+        <v>188</v>
+      </c>
+      <c r="N50" t="s">
+        <v>347</v>
+      </c>
+      <c r="O50" t="s">
+        <v>476</v>
+      </c>
+      <c r="P50" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>179</v>
+      </c>
+      <c r="B51" t="s">
+        <v>539</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>540</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>541</v>
+      </c>
+      <c r="H51" t="s">
+        <v>542</v>
+      </c>
+      <c r="I51" t="s">
+        <v>543</v>
+      </c>
+      <c r="J51" t="s">
+        <v>229</v>
+      </c>
+      <c r="K51" t="s">
+        <v>230</v>
+      </c>
+      <c r="L51" t="s">
+        <v>187</v>
+      </c>
+      <c r="M51" t="s">
+        <v>246</v>
+      </c>
+      <c r="N51" t="s">
+        <v>247</v>
+      </c>
+      <c r="O51" t="s">
+        <v>248</v>
+      </c>
+      <c r="P51" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>179</v>
+      </c>
+      <c r="B52" t="s">
+        <v>545</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>540</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>546</v>
+      </c>
+      <c r="H52" t="s">
+        <v>547</v>
+      </c>
+      <c r="I52" t="s">
+        <v>548</v>
+      </c>
+      <c r="J52" t="s">
+        <v>229</v>
+      </c>
+      <c r="K52" t="s">
+        <v>230</v>
+      </c>
+      <c r="L52" t="s">
+        <v>187</v>
+      </c>
+      <c r="M52" t="s">
+        <v>246</v>
+      </c>
+      <c r="N52" t="s">
+        <v>292</v>
+      </c>
+      <c r="O52" t="s">
+        <v>293</v>
+      </c>
+      <c r="P52" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>179</v>
+      </c>
+      <c r="B53" t="s">
+        <v>550</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>551</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>552</v>
+      </c>
+      <c r="H53" t="s">
+        <v>553</v>
+      </c>
+      <c r="I53" t="s">
+        <v>554</v>
+      </c>
+      <c r="J53" t="s">
+        <v>197</v>
+      </c>
+      <c r="K53" t="s">
+        <v>198</v>
+      </c>
+      <c r="L53" t="s">
+        <v>187</v>
+      </c>
+      <c r="M53" t="s">
+        <v>188</v>
+      </c>
+      <c r="N53" t="s">
+        <v>452</v>
+      </c>
+      <c r="O53" t="s">
+        <v>453</v>
+      </c>
+      <c r="P53" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>179</v>
+      </c>
+      <c r="B54" t="s">
+        <v>556</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>557</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>558</v>
+      </c>
+      <c r="H54" t="s">
+        <v>559</v>
+      </c>
+      <c r="I54" t="s">
+        <v>560</v>
+      </c>
+      <c r="J54" t="s">
+        <v>206</v>
+      </c>
+      <c r="K54" t="s">
+        <v>41</v>
+      </c>
+      <c r="L54" t="s">
+        <v>187</v>
+      </c>
+      <c r="M54" t="s">
+        <v>188</v>
+      </c>
+      <c r="N54" t="s">
+        <v>452</v>
+      </c>
+      <c r="O54" t="s">
+        <v>561</v>
+      </c>
+      <c r="P54" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>179</v>
+      </c>
+      <c r="B55" t="s">
+        <v>563</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>557</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>564</v>
+      </c>
+      <c r="H55" t="s">
+        <v>565</v>
+      </c>
+      <c r="I55" t="s">
+        <v>566</v>
+      </c>
+      <c r="J55" t="s">
+        <v>206</v>
+      </c>
+      <c r="K55" t="s">
+        <v>41</v>
+      </c>
+      <c r="L55" t="s">
+        <v>187</v>
+      </c>
+      <c r="M55" t="s">
+        <v>188</v>
+      </c>
+      <c r="N55" t="s">
+        <v>452</v>
+      </c>
+      <c r="O55" t="s">
+        <v>453</v>
+      </c>
+      <c r="P55" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>179</v>
+      </c>
+      <c r="B56" t="s">
+        <v>568</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>569</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>570</v>
+      </c>
+      <c r="H56" t="s">
+        <v>571</v>
+      </c>
+      <c r="I56" t="s">
+        <v>572</v>
+      </c>
+      <c r="J56" t="s">
+        <v>338</v>
+      </c>
+      <c r="K56" t="s">
+        <v>126</v>
+      </c>
+      <c r="L56" t="s">
+        <v>187</v>
+      </c>
+      <c r="M56" t="s">
+        <v>188</v>
+      </c>
+      <c r="N56" t="s">
+        <v>347</v>
+      </c>
+      <c r="O56" t="s">
+        <v>573</v>
+      </c>
+      <c r="P56" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>179</v>
+      </c>
+      <c r="B57" t="s">
+        <v>575</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>569</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>576</v>
+      </c>
+      <c r="H57" t="s">
+        <v>577</v>
+      </c>
+      <c r="I57" t="s">
+        <v>572</v>
+      </c>
+      <c r="J57" t="s">
+        <v>338</v>
+      </c>
+      <c r="K57" t="s">
+        <v>126</v>
+      </c>
+      <c r="L57" t="s">
+        <v>187</v>
+      </c>
+      <c r="M57" t="s">
+        <v>188</v>
+      </c>
+      <c r="N57" t="s">
+        <v>347</v>
+      </c>
+      <c r="O57" t="s">
+        <v>476</v>
+      </c>
+      <c r="P57" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>179</v>
+      </c>
+      <c r="B58" t="s">
+        <v>342</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>569</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>579</v>
+      </c>
+      <c r="H58" t="s">
+        <v>580</v>
+      </c>
+      <c r="I58" t="s">
+        <v>572</v>
+      </c>
+      <c r="J58" t="s">
+        <v>338</v>
+      </c>
+      <c r="K58" t="s">
+        <v>126</v>
+      </c>
+      <c r="L58" t="s">
+        <v>187</v>
+      </c>
+      <c r="M58" t="s">
+        <v>188</v>
+      </c>
+      <c r="N58" t="s">
+        <v>347</v>
+      </c>
+      <c r="O58" t="s">
+        <v>348</v>
+      </c>
+      <c r="P58" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>179</v>
+      </c>
+      <c r="B59" t="s">
+        <v>582</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>583</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>584</v>
+      </c>
+      <c r="H59" t="s">
+        <v>585</v>
+      </c>
+      <c r="I59" t="s">
+        <v>586</v>
+      </c>
+      <c r="J59" t="s">
+        <v>206</v>
+      </c>
+      <c r="K59" t="s">
+        <v>41</v>
+      </c>
+      <c r="L59" t="s">
+        <v>187</v>
+      </c>
+      <c r="M59" t="s">
+        <v>188</v>
+      </c>
+      <c r="N59" t="s">
+        <v>189</v>
+      </c>
+      <c r="O59" t="s">
+        <v>587</v>
+      </c>
+      <c r="P59" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>179</v>
+      </c>
+      <c r="B60" t="s">
+        <v>589</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>583</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>590</v>
+      </c>
+      <c r="H60" t="s">
+        <v>591</v>
+      </c>
+      <c r="I60" t="s">
+        <v>586</v>
+      </c>
+      <c r="J60" t="s">
+        <v>206</v>
+      </c>
+      <c r="K60" t="s">
+        <v>41</v>
+      </c>
+      <c r="L60" t="s">
+        <v>187</v>
+      </c>
+      <c r="M60" t="s">
+        <v>188</v>
+      </c>
+      <c r="N60" t="s">
+        <v>189</v>
+      </c>
+      <c r="O60" t="s">
+        <v>592</v>
+      </c>
+      <c r="P60" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" t="s">
+        <v>594</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>583</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>595</v>
+      </c>
+      <c r="H61" t="s">
+        <v>596</v>
+      </c>
+      <c r="I61" t="s">
+        <v>597</v>
+      </c>
+      <c r="J61" t="s">
+        <v>206</v>
+      </c>
+      <c r="K61" t="s">
+        <v>41</v>
+      </c>
+      <c r="L61" t="s">
+        <v>187</v>
+      </c>
+      <c r="M61" t="s">
+        <v>188</v>
+      </c>
+      <c r="N61" t="s">
+        <v>189</v>
+      </c>
+      <c r="O61" t="s">
+        <v>389</v>
+      </c>
+      <c r="P61" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>179</v>
+      </c>
+      <c r="B62" t="s">
+        <v>599</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>583</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>600</v>
+      </c>
+      <c r="H62" t="s">
+        <v>601</v>
+      </c>
+      <c r="I62" t="s">
+        <v>602</v>
+      </c>
+      <c r="J62" t="s">
+        <v>206</v>
+      </c>
+      <c r="K62" t="s">
+        <v>41</v>
+      </c>
+      <c r="L62" t="s">
+        <v>187</v>
+      </c>
+      <c r="M62" t="s">
+        <v>188</v>
+      </c>
+      <c r="N62" t="s">
+        <v>189</v>
+      </c>
+      <c r="O62" t="s">
+        <v>214</v>
+      </c>
+      <c r="P62" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>179</v>
+      </c>
+      <c r="B63" t="s">
+        <v>604</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>605</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>606</v>
+      </c>
+      <c r="H63" t="s">
+        <v>607</v>
+      </c>
+      <c r="I63" t="s">
+        <v>608</v>
+      </c>
+      <c r="J63" t="s">
+        <v>380</v>
+      </c>
+      <c r="K63" t="s">
+        <v>381</v>
+      </c>
+      <c r="L63" t="s">
+        <v>187</v>
+      </c>
+      <c r="M63" t="s">
+        <v>188</v>
+      </c>
+      <c r="N63" t="s">
+        <v>189</v>
+      </c>
+      <c r="O63" t="s">
+        <v>609</v>
+      </c>
+      <c r="P63" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>179</v>
+      </c>
+      <c r="B64" t="s">
+        <v>611</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>612</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>613</v>
+      </c>
+      <c r="H64" t="s">
+        <v>614</v>
+      </c>
+      <c r="I64" t="s">
+        <v>615</v>
+      </c>
+      <c r="J64" t="s">
+        <v>616</v>
+      </c>
+      <c r="K64" t="s">
+        <v>617</v>
+      </c>
+      <c r="L64" t="s">
+        <v>187</v>
+      </c>
+      <c r="M64" t="s">
+        <v>246</v>
+      </c>
+      <c r="N64" t="s">
+        <v>247</v>
+      </c>
+      <c r="O64" t="s">
+        <v>248</v>
+      </c>
+      <c r="P64" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>179</v>
+      </c>
+      <c r="B65" t="s">
+        <v>619</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>620</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>621</v>
+      </c>
+      <c r="H65" t="s">
+        <v>622</v>
+      </c>
+      <c r="I65" t="s">
+        <v>623</v>
+      </c>
+      <c r="J65" t="s">
+        <v>624</v>
+      </c>
+      <c r="K65" t="s">
+        <v>625</v>
+      </c>
+      <c r="L65" t="s">
+        <v>187</v>
+      </c>
+      <c r="M65" t="s">
+        <v>246</v>
+      </c>
+      <c r="N65" t="s">
+        <v>247</v>
+      </c>
+      <c r="O65" t="s">
+        <v>248</v>
+      </c>
+      <c r="P65" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>179</v>
+      </c>
+      <c r="B66" t="s">
+        <v>627</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>620</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>628</v>
+      </c>
+      <c r="H66" t="s">
+        <v>629</v>
+      </c>
+      <c r="I66" t="s">
+        <v>630</v>
+      </c>
+      <c r="J66" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" t="s">
+        <v>631</v>
+      </c>
+      <c r="L66" t="s">
+        <v>187</v>
+      </c>
+      <c r="M66" t="s">
+        <v>246</v>
+      </c>
+      <c r="N66" t="s">
+        <v>247</v>
+      </c>
+      <c r="O66" t="s">
+        <v>248</v>
+      </c>
+      <c r="P66" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>179</v>
+      </c>
+      <c r="B67" t="s">
+        <v>633</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>634</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>635</v>
+      </c>
+      <c r="H67" t="s">
+        <v>636</v>
+      </c>
+      <c r="I67" t="s">
+        <v>637</v>
+      </c>
+      <c r="J67" t="s">
+        <v>213</v>
+      </c>
+      <c r="K67" t="s">
+        <v>30</v>
+      </c>
+      <c r="L67" t="s">
+        <v>187</v>
+      </c>
+      <c r="M67" t="s">
+        <v>188</v>
+      </c>
+      <c r="N67" t="s">
+        <v>199</v>
+      </c>
+      <c r="O67" t="s">
+        <v>638</v>
+      </c>
+      <c r="P67" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>179</v>
+      </c>
+      <c r="B68" t="s">
+        <v>640</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>634</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>641</v>
+      </c>
+      <c r="H68" t="s">
+        <v>642</v>
+      </c>
+      <c r="I68" t="s">
+        <v>643</v>
+      </c>
+      <c r="J68" t="s">
+        <v>206</v>
+      </c>
+      <c r="K68" t="s">
+        <v>41</v>
+      </c>
+      <c r="L68" t="s">
+        <v>187</v>
+      </c>
+      <c r="M68" t="s">
+        <v>188</v>
+      </c>
+      <c r="N68" t="s">
+        <v>199</v>
+      </c>
+      <c r="O68" t="s">
+        <v>644</v>
+      </c>
+      <c r="P68" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>179</v>
+      </c>
+      <c r="B69" t="s">
+        <v>646</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>634</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>647</v>
+      </c>
+      <c r="H69" t="s">
+        <v>648</v>
+      </c>
+      <c r="I69" t="s">
+        <v>649</v>
+      </c>
+      <c r="J69" t="s">
+        <v>206</v>
+      </c>
+      <c r="K69" t="s">
+        <v>41</v>
+      </c>
+      <c r="L69" t="s">
+        <v>187</v>
+      </c>
+      <c r="M69" t="s">
+        <v>188</v>
+      </c>
+      <c r="N69" t="s">
+        <v>199</v>
+      </c>
+      <c r="O69" t="s">
+        <v>650</v>
+      </c>
+      <c r="P69" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>179</v>
+      </c>
+      <c r="B70" t="s">
+        <v>652</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>653</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>654</v>
+      </c>
+      <c r="H70" t="s">
+        <v>655</v>
+      </c>
+      <c r="I70" t="s">
+        <v>656</v>
+      </c>
+      <c r="J70" t="s">
+        <v>338</v>
+      </c>
+      <c r="K70" t="s">
+        <v>126</v>
+      </c>
+      <c r="L70" t="s">
+        <v>187</v>
+      </c>
+      <c r="M70" t="s">
+        <v>188</v>
+      </c>
+      <c r="N70" t="s">
+        <v>257</v>
+      </c>
+      <c r="O70" t="s">
+        <v>258</v>
+      </c>
+      <c r="P70" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>179</v>
+      </c>
+      <c r="B71" t="s">
+        <v>658</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>659</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>660</v>
+      </c>
+      <c r="H71" t="s">
+        <v>661</v>
+      </c>
+      <c r="I71" t="s">
+        <v>662</v>
+      </c>
+      <c r="J71" t="s">
+        <v>663</v>
+      </c>
+      <c r="K71" t="s">
+        <v>664</v>
+      </c>
+      <c r="L71" t="s">
+        <v>187</v>
+      </c>
+      <c r="M71" t="s">
+        <v>246</v>
+      </c>
+      <c r="N71" t="s">
+        <v>247</v>
+      </c>
+      <c r="O71" t="s">
+        <v>248</v>
+      </c>
+      <c r="P71" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>179</v>
+      </c>
+      <c r="B72" t="s">
+        <v>666</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>667</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>668</v>
+      </c>
+      <c r="H72" t="s">
+        <v>669</v>
+      </c>
+      <c r="I72" t="s">
+        <v>670</v>
+      </c>
+      <c r="J72" t="s">
+        <v>671</v>
+      </c>
+      <c r="K72" t="s">
+        <v>672</v>
+      </c>
+      <c r="L72" t="s">
+        <v>187</v>
+      </c>
+      <c r="M72" t="s">
+        <v>246</v>
+      </c>
+      <c r="N72" t="s">
+        <v>247</v>
+      </c>
+      <c r="O72" t="s">
+        <v>248</v>
+      </c>
+      <c r="P72" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>179</v>
+      </c>
+      <c r="B73" t="s">
+        <v>674</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>667</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>675</v>
+      </c>
+      <c r="H73" t="s">
+        <v>676</v>
+      </c>
+      <c r="I73" t="s">
+        <v>677</v>
+      </c>
+      <c r="J73" t="s">
+        <v>678</v>
+      </c>
+      <c r="K73" t="s">
+        <v>679</v>
+      </c>
+      <c r="L73" t="s">
+        <v>187</v>
+      </c>
+      <c r="M73" t="s">
+        <v>246</v>
+      </c>
+      <c r="N73" t="s">
+        <v>247</v>
+      </c>
+      <c r="O73" t="s">
+        <v>248</v>
+      </c>
+      <c r="P73" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>179</v>
+      </c>
+      <c r="B74" t="s">
+        <v>681</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>682</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>683</v>
+      </c>
+      <c r="H74" t="s">
+        <v>684</v>
+      </c>
+      <c r="I74" t="s">
+        <v>685</v>
+      </c>
+      <c r="J74" t="s">
+        <v>255</v>
+      </c>
+      <c r="K74" t="s">
+        <v>256</v>
+      </c>
+      <c r="L74" t="s">
+        <v>187</v>
+      </c>
+      <c r="M74" t="s">
+        <v>188</v>
+      </c>
+      <c r="N74" t="s">
+        <v>247</v>
+      </c>
+      <c r="O74" t="s">
+        <v>686</v>
+      </c>
+      <c r="P74" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>179</v>
+      </c>
+      <c r="B75" t="s">
+        <v>688</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>689</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>690</v>
+      </c>
+      <c r="H75" t="s">
+        <v>691</v>
+      </c>
+      <c r="I75" t="s">
+        <v>692</v>
+      </c>
+      <c r="J75" t="s">
+        <v>213</v>
+      </c>
+      <c r="K75" t="s">
+        <v>30</v>
+      </c>
+      <c r="L75" t="s">
+        <v>187</v>
+      </c>
+      <c r="M75" t="s">
+        <v>246</v>
+      </c>
+      <c r="N75" t="s">
+        <v>247</v>
+      </c>
+      <c r="O75" t="s">
+        <v>248</v>
+      </c>
+      <c r="P75" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>179</v>
+      </c>
+      <c r="B76" t="s">
+        <v>694</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>695</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>696</v>
+      </c>
+      <c r="H76" t="s">
+        <v>697</v>
+      </c>
+      <c r="I76" t="s">
+        <v>698</v>
+      </c>
+      <c r="J76" t="s">
+        <v>236</v>
+      </c>
+      <c r="K76" t="s">
+        <v>237</v>
+      </c>
+      <c r="L76" t="s">
+        <v>187</v>
+      </c>
+      <c r="M76" t="s">
+        <v>246</v>
+      </c>
+      <c r="N76" t="s">
+        <v>247</v>
+      </c>
+      <c r="O76" t="s">
+        <v>248</v>
+      </c>
+      <c r="P76" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>179</v>
+      </c>
+      <c r="B77" t="s">
+        <v>700</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>695</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>701</v>
+      </c>
+      <c r="H77" t="s">
+        <v>702</v>
+      </c>
+      <c r="I77" t="s">
+        <v>338</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>126</v>
+      </c>
+      <c r="L77" t="s">
+        <v>187</v>
+      </c>
+      <c r="M77" t="s">
+        <v>246</v>
+      </c>
+      <c r="N77" t="s">
+        <v>247</v>
+      </c>
+      <c r="O77" t="s">
+        <v>248</v>
+      </c>
+      <c r="P77" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>179</v>
+      </c>
+      <c r="B78" t="s">
+        <v>704</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>695</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>705</v>
+      </c>
+      <c r="H78" t="s">
+        <v>706</v>
+      </c>
+      <c r="I78" t="s">
+        <v>707</v>
+      </c>
+      <c r="J78" t="s">
+        <v>338</v>
+      </c>
+      <c r="K78" t="s">
+        <v>126</v>
+      </c>
+      <c r="L78" t="s">
+        <v>187</v>
+      </c>
+      <c r="M78" t="s">
+        <v>246</v>
+      </c>
+      <c r="N78" t="s">
+        <v>247</v>
+      </c>
+      <c r="O78" t="s">
+        <v>248</v>
+      </c>
+      <c r="P78" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>179</v>
+      </c>
+      <c r="B79" t="s">
+        <v>709</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>710</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>711</v>
+      </c>
+      <c r="H79" t="s">
+        <v>712</v>
+      </c>
+      <c r="I79" t="s">
+        <v>713</v>
+      </c>
+      <c r="J79" t="s">
+        <v>714</v>
+      </c>
+      <c r="K79" t="s">
+        <v>715</v>
+      </c>
+      <c r="L79" t="s">
+        <v>187</v>
+      </c>
+      <c r="M79" t="s">
+        <v>246</v>
+      </c>
+      <c r="N79" t="s">
+        <v>247</v>
+      </c>
+      <c r="O79" t="s">
+        <v>248</v>
+      </c>
+      <c r="P79" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>179</v>
+      </c>
+      <c r="B80" t="s">
+        <v>717</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>718</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>719</v>
+      </c>
+      <c r="H80" t="s">
+        <v>720</v>
+      </c>
+      <c r="I80" t="s">
+        <v>270</v>
+      </c>
+      <c r="J80" t="s">
+        <v>20</v>
+      </c>
+      <c r="K80" t="s">
+        <v>271</v>
+      </c>
+      <c r="L80" t="s">
+        <v>187</v>
+      </c>
+      <c r="M80" t="s">
+        <v>246</v>
+      </c>
+      <c r="N80" t="s">
+        <v>189</v>
+      </c>
+      <c r="O80" t="s">
+        <v>587</v>
+      </c>
+      <c r="P80" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>179</v>
+      </c>
+      <c r="B81" t="s">
+        <v>722</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>718</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>723</v>
+      </c>
+      <c r="H81" t="s">
+        <v>724</v>
+      </c>
+      <c r="I81" t="s">
+        <v>725</v>
+      </c>
+      <c r="J81" t="s">
+        <v>206</v>
+      </c>
+      <c r="K81" t="s">
+        <v>41</v>
+      </c>
+      <c r="L81" t="s">
+        <v>187</v>
+      </c>
+      <c r="M81" t="s">
+        <v>246</v>
+      </c>
+      <c r="N81" t="s">
+        <v>292</v>
+      </c>
+      <c r="O81" t="s">
+        <v>293</v>
+      </c>
+      <c r="P81" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>179</v>
+      </c>
+      <c r="B82" t="s">
+        <v>727</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>728</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>729</v>
+      </c>
+      <c r="H82" t="s">
+        <v>730</v>
+      </c>
+      <c r="I82" t="s">
+        <v>731</v>
+      </c>
+      <c r="J82" t="s">
+        <v>20</v>
+      </c>
+      <c r="K82" t="s">
+        <v>732</v>
+      </c>
+      <c r="L82" t="s">
+        <v>187</v>
+      </c>
+      <c r="M82" t="s">
+        <v>246</v>
+      </c>
+      <c r="N82" t="s">
+        <v>189</v>
+      </c>
+      <c r="O82" t="s">
+        <v>389</v>
+      </c>
+      <c r="P82" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>179</v>
+      </c>
+      <c r="B83" t="s">
+        <v>734</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>735</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>736</v>
+      </c>
+      <c r="H83" t="s">
+        <v>737</v>
+      </c>
+      <c r="I83" t="s">
+        <v>738</v>
+      </c>
+      <c r="J83" t="s">
+        <v>270</v>
+      </c>
+      <c r="K83" t="s">
+        <v>271</v>
+      </c>
+      <c r="L83" t="s">
+        <v>187</v>
+      </c>
+      <c r="M83" t="s">
+        <v>246</v>
+      </c>
+      <c r="N83" t="s">
+        <v>247</v>
+      </c>
+      <c r="O83" t="s">
+        <v>248</v>
+      </c>
+      <c r="P83" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>179</v>
+      </c>
+      <c r="B84" t="s">
+        <v>740</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>735</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>741</v>
+      </c>
+      <c r="H84" t="s">
+        <v>742</v>
+      </c>
+      <c r="I84" t="s">
+        <v>731</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>732</v>
+      </c>
+      <c r="L84" t="s">
+        <v>187</v>
+      </c>
+      <c r="M84" t="s">
+        <v>246</v>
+      </c>
+      <c r="N84" t="s">
+        <v>247</v>
+      </c>
+      <c r="O84" t="s">
+        <v>248</v>
+      </c>
+      <c r="P84" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>179</v>
+      </c>
+      <c r="B85" t="s">
+        <v>744</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>745</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>746</v>
+      </c>
+      <c r="H85" t="s">
+        <v>747</v>
+      </c>
+      <c r="I85" t="s">
+        <v>748</v>
+      </c>
+      <c r="J85" t="s">
+        <v>749</v>
+      </c>
+      <c r="K85" t="s">
+        <v>750</v>
+      </c>
+      <c r="L85" t="s">
+        <v>187</v>
+      </c>
+      <c r="M85" t="s">
+        <v>246</v>
+      </c>
+      <c r="N85" t="s">
+        <v>247</v>
+      </c>
+      <c r="O85" t="s">
+        <v>248</v>
+      </c>
+      <c r="P85" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>179</v>
+      </c>
+      <c r="B86" t="s">
+        <v>752</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>753</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>754</v>
+      </c>
+      <c r="H86" t="s">
+        <v>755</v>
+      </c>
+      <c r="I86" t="s">
+        <v>756</v>
+      </c>
+      <c r="J86" t="s">
+        <v>206</v>
+      </c>
+      <c r="K86" t="s">
+        <v>41</v>
+      </c>
+      <c r="L86" t="s">
+        <v>187</v>
+      </c>
+      <c r="M86" t="s">
+        <v>246</v>
+      </c>
+      <c r="N86" t="s">
+        <v>247</v>
+      </c>
+      <c r="O86" t="s">
+        <v>248</v>
+      </c>
+      <c r="P86" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>179</v>
+      </c>
+      <c r="B87" t="s">
+        <v>758</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>759</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>760</v>
+      </c>
+      <c r="H87" t="s">
+        <v>761</v>
+      </c>
+      <c r="I87" t="s">
+        <v>762</v>
+      </c>
+      <c r="J87" t="s">
+        <v>206</v>
+      </c>
+      <c r="K87" t="s">
+        <v>41</v>
+      </c>
+      <c r="L87" t="s">
+        <v>187</v>
+      </c>
+      <c r="M87" t="s">
+        <v>188</v>
+      </c>
+      <c r="N87" t="s">
+        <v>347</v>
+      </c>
+      <c r="O87" t="s">
+        <v>763</v>
+      </c>
+      <c r="P87" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
+        <v>765</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>759</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>766</v>
+      </c>
+      <c r="H88" t="s">
+        <v>767</v>
+      </c>
+      <c r="I88" t="s">
+        <v>762</v>
+      </c>
+      <c r="J88" t="s">
+        <v>206</v>
+      </c>
+      <c r="K88" t="s">
+        <v>41</v>
+      </c>
+      <c r="L88" t="s">
+        <v>187</v>
+      </c>
+      <c r="M88" t="s">
+        <v>188</v>
+      </c>
+      <c r="N88" t="s">
+        <v>339</v>
+      </c>
+      <c r="O88" t="s">
+        <v>340</v>
+      </c>
+      <c r="P88" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" t="s">
+        <v>769</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>770</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>771</v>
+      </c>
+      <c r="H89" t="s">
+        <v>772</v>
+      </c>
+      <c r="I89" t="s">
+        <v>773</v>
+      </c>
+      <c r="J89" t="s">
+        <v>774</v>
+      </c>
+      <c r="K89" t="s">
+        <v>775</v>
+      </c>
+      <c r="L89" t="s">
+        <v>187</v>
+      </c>
+      <c r="M89" t="s">
+        <v>246</v>
+      </c>
+      <c r="N89" t="s">
+        <v>247</v>
+      </c>
+      <c r="O89" t="s">
+        <v>248</v>
+      </c>
+      <c r="P89" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" t="s">
+        <v>777</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>770</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>778</v>
+      </c>
+      <c r="H90" t="s">
+        <v>779</v>
+      </c>
+      <c r="I90" t="s">
+        <v>780</v>
+      </c>
+      <c r="J90" t="s">
+        <v>781</v>
+      </c>
+      <c r="K90" t="s">
+        <v>782</v>
+      </c>
+      <c r="L90" t="s">
+        <v>187</v>
+      </c>
+      <c r="M90" t="s">
+        <v>246</v>
+      </c>
+      <c r="N90" t="s">
+        <v>189</v>
+      </c>
+      <c r="O90" t="s">
+        <v>389</v>
+      </c>
+      <c r="P90" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>179</v>
+      </c>
+      <c r="B91" t="s">
+        <v>784</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>785</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>786</v>
+      </c>
+      <c r="H91" t="s">
+        <v>787</v>
+      </c>
+      <c r="I91" t="s">
+        <v>788</v>
+      </c>
+      <c r="J91" t="s">
+        <v>789</v>
+      </c>
+      <c r="K91" t="s">
+        <v>790</v>
+      </c>
+      <c r="L91" t="s">
+        <v>187</v>
+      </c>
+      <c r="M91" t="s">
+        <v>188</v>
+      </c>
+      <c r="N91" t="s">
+        <v>347</v>
+      </c>
+      <c r="O91" t="s">
+        <v>791</v>
+      </c>
+      <c r="P91" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>179</v>
+      </c>
+      <c r="B92" t="s">
+        <v>793</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>794</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>795</v>
+      </c>
+      <c r="H92" t="s">
+        <v>796</v>
+      </c>
+      <c r="I92" t="s">
+        <v>797</v>
+      </c>
+      <c r="J92" t="s">
+        <v>20</v>
+      </c>
+      <c r="K92" t="s">
+        <v>798</v>
+      </c>
+      <c r="L92" t="s">
+        <v>187</v>
+      </c>
+      <c r="M92" t="s">
+        <v>188</v>
+      </c>
+      <c r="N92" t="s">
+        <v>189</v>
+      </c>
+      <c r="O92" t="s">
+        <v>609</v>
+      </c>
+      <c r="P92" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>179</v>
+      </c>
+      <c r="B93" t="s">
+        <v>800</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>801</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>802</v>
+      </c>
+      <c r="H93" t="s">
+        <v>803</v>
+      </c>
+      <c r="I93" t="s">
+        <v>804</v>
+      </c>
+      <c r="J93" t="s">
+        <v>805</v>
+      </c>
+      <c r="K93" t="s">
+        <v>806</v>
+      </c>
+      <c r="L93" t="s">
+        <v>187</v>
+      </c>
+      <c r="M93" t="s">
+        <v>246</v>
+      </c>
+      <c r="N93" t="s">
+        <v>292</v>
+      </c>
+      <c r="O93" t="s">
+        <v>293</v>
+      </c>
+      <c r="P93" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>179</v>
+      </c>
+      <c r="B94" t="s">
+        <v>808</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>801</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>809</v>
+      </c>
+      <c r="H94" t="s">
+        <v>810</v>
+      </c>
+      <c r="I94" t="s">
+        <v>804</v>
+      </c>
+      <c r="J94" t="s">
+        <v>805</v>
+      </c>
+      <c r="K94" t="s">
+        <v>806</v>
+      </c>
+      <c r="L94" t="s">
+        <v>187</v>
+      </c>
+      <c r="M94" t="s">
+        <v>246</v>
+      </c>
+      <c r="N94" t="s">
+        <v>247</v>
+      </c>
+      <c r="O94" t="s">
+        <v>248</v>
+      </c>
+      <c r="P94" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>179</v>
+      </c>
+      <c r="B95" t="s">
+        <v>812</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>813</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>814</v>
+      </c>
+      <c r="H95" t="s">
+        <v>815</v>
+      </c>
+      <c r="I95" t="s">
+        <v>816</v>
+      </c>
+      <c r="J95" t="s">
+        <v>229</v>
+      </c>
+      <c r="K95" t="s">
+        <v>230</v>
+      </c>
+      <c r="L95" t="s">
+        <v>187</v>
+      </c>
+      <c r="M95" t="s">
+        <v>188</v>
+      </c>
+      <c r="N95" t="s">
+        <v>189</v>
+      </c>
+      <c r="O95" t="s">
+        <v>389</v>
+      </c>
+      <c r="P95" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>179</v>
+      </c>
+      <c r="B96" t="s">
+        <v>818</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>813</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>819</v>
+      </c>
+      <c r="H96" t="s">
+        <v>820</v>
+      </c>
+      <c r="I96" t="s">
+        <v>221</v>
+      </c>
+      <c r="J96" t="s">
+        <v>20</v>
+      </c>
+      <c r="K96" t="s">
+        <v>222</v>
+      </c>
+      <c r="L96" t="s">
+        <v>187</v>
+      </c>
+      <c r="M96" t="s">
+        <v>188</v>
+      </c>
+      <c r="N96" t="s">
+        <v>189</v>
+      </c>
+      <c r="O96" t="s">
+        <v>609</v>
+      </c>
+      <c r="P96" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>179</v>
+      </c>
+      <c r="B97" t="s">
+        <v>822</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>823</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>824</v>
+      </c>
+      <c r="H97" t="s">
+        <v>825</v>
+      </c>
+      <c r="I97" t="s">
+        <v>826</v>
+      </c>
+      <c r="J97" t="s">
+        <v>827</v>
+      </c>
+      <c r="K97" t="s">
+        <v>828</v>
+      </c>
+      <c r="L97" t="s">
+        <v>187</v>
+      </c>
+      <c r="M97" t="s">
+        <v>246</v>
+      </c>
+      <c r="N97" t="s">
+        <v>247</v>
+      </c>
+      <c r="O97" t="s">
+        <v>248</v>
+      </c>
+      <c r="P97" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>179</v>
+      </c>
+      <c r="B98" t="s">
+        <v>830</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>831</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>832</v>
+      </c>
+      <c r="H98" t="s">
+        <v>833</v>
+      </c>
+      <c r="I98" t="s">
+        <v>834</v>
+      </c>
+      <c r="J98" t="s">
+        <v>300</v>
+      </c>
+      <c r="K98" t="s">
+        <v>301</v>
+      </c>
+      <c r="L98" t="s">
+        <v>187</v>
+      </c>
+      <c r="M98" t="s">
+        <v>246</v>
+      </c>
+      <c r="N98" t="s">
+        <v>199</v>
+      </c>
+      <c r="O98" t="s">
+        <v>421</v>
+      </c>
+      <c r="P98" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>179</v>
+      </c>
+      <c r="B99" t="s">
+        <v>836</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>837</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>838</v>
+      </c>
+      <c r="H99" t="s">
+        <v>839</v>
+      </c>
+      <c r="I99" t="s">
+        <v>840</v>
+      </c>
+      <c r="J99" t="s">
+        <v>290</v>
+      </c>
+      <c r="K99" t="s">
+        <v>291</v>
+      </c>
+      <c r="L99" t="s">
+        <v>187</v>
+      </c>
+      <c r="M99" t="s">
+        <v>188</v>
+      </c>
+      <c r="N99" t="s">
+        <v>189</v>
+      </c>
+      <c r="O99" t="s">
+        <v>389</v>
+      </c>
+      <c r="P99" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>179</v>
+      </c>
+      <c r="B100" t="s">
+        <v>842</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>843</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>844</v>
+      </c>
+      <c r="H100" t="s">
+        <v>845</v>
+      </c>
+      <c r="I100" t="s">
+        <v>846</v>
+      </c>
+      <c r="J100" t="s">
+        <v>847</v>
+      </c>
+      <c r="K100" t="s">
+        <v>848</v>
+      </c>
+      <c r="L100" t="s">
+        <v>187</v>
+      </c>
+      <c r="M100" t="s">
+        <v>246</v>
+      </c>
+      <c r="N100" t="s">
+        <v>247</v>
+      </c>
+      <c r="O100" t="s">
+        <v>248</v>
+      </c>
+      <c r="P100" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>179</v>
+      </c>
+      <c r="B101" t="s">
+        <v>850</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>851</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>852</v>
+      </c>
+      <c r="H101" t="s">
+        <v>853</v>
+      </c>
+      <c r="I101" t="s">
+        <v>299</v>
+      </c>
+      <c r="J101" t="s">
+        <v>300</v>
+      </c>
+      <c r="K101" t="s">
+        <v>301</v>
+      </c>
+      <c r="L101" t="s">
+        <v>187</v>
+      </c>
+      <c r="M101" t="s">
+        <v>246</v>
+      </c>
+      <c r="N101" t="s">
+        <v>247</v>
+      </c>
+      <c r="O101" t="s">
+        <v>248</v>
+      </c>
+      <c r="P101" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>179</v>
+      </c>
+      <c r="B102" t="s">
+        <v>855</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>856</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>857</v>
+      </c>
+      <c r="H102" t="s">
+        <v>858</v>
+      </c>
+      <c r="I102" t="s">
+        <v>859</v>
+      </c>
+      <c r="J102" t="s">
+        <v>781</v>
+      </c>
+      <c r="K102" t="s">
+        <v>782</v>
+      </c>
+      <c r="L102" t="s">
+        <v>187</v>
+      </c>
+      <c r="M102" t="s">
+        <v>188</v>
+      </c>
+      <c r="N102" t="s">
+        <v>189</v>
+      </c>
+      <c r="O102" t="s">
+        <v>190</v>
+      </c>
+      <c r="P102" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>179</v>
+      </c>
+      <c r="B103" t="s">
+        <v>861</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>862</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>863</v>
+      </c>
+      <c r="H103" t="s">
+        <v>864</v>
+      </c>
+      <c r="I103" t="s">
+        <v>865</v>
+      </c>
+      <c r="J103" t="s">
+        <v>206</v>
+      </c>
+      <c r="K103" t="s">
+        <v>41</v>
+      </c>
+      <c r="L103" t="s">
+        <v>187</v>
+      </c>
+      <c r="M103" t="s">
+        <v>188</v>
+      </c>
+      <c r="N103" t="s">
+        <v>292</v>
+      </c>
+      <c r="O103" t="s">
+        <v>293</v>
+      </c>
+      <c r="P103" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>179</v>
+      </c>
+      <c r="B104" t="s">
+        <v>867</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>862</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>868</v>
+      </c>
+      <c r="H104" t="s">
+        <v>869</v>
+      </c>
+      <c r="I104" t="s">
+        <v>870</v>
+      </c>
+      <c r="J104" t="s">
+        <v>871</v>
+      </c>
+      <c r="K104" t="s">
+        <v>872</v>
+      </c>
+      <c r="L104" t="s">
+        <v>187</v>
+      </c>
+      <c r="M104" t="s">
+        <v>188</v>
+      </c>
+      <c r="N104" t="s">
+        <v>292</v>
+      </c>
+      <c r="O104" t="s">
+        <v>293</v>
+      </c>
+      <c r="P104" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>179</v>
+      </c>
+      <c r="B105" t="s">
+        <v>874</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>862</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>875</v>
+      </c>
+      <c r="H105" t="s">
+        <v>876</v>
+      </c>
+      <c r="I105" t="s">
+        <v>877</v>
+      </c>
+      <c r="J105" t="s">
+        <v>270</v>
+      </c>
+      <c r="K105" t="s">
+        <v>271</v>
+      </c>
+      <c r="L105" t="s">
+        <v>187</v>
+      </c>
+      <c r="M105" t="s">
+        <v>188</v>
+      </c>
+      <c r="N105" t="s">
+        <v>292</v>
+      </c>
+      <c r="O105" t="s">
+        <v>293</v>
+      </c>
+      <c r="P105" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>179</v>
+      </c>
+      <c r="B106" t="s">
+        <v>879</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>880</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>881</v>
+      </c>
+      <c r="H106" t="s">
+        <v>882</v>
+      </c>
+      <c r="I106" t="s">
+        <v>883</v>
+      </c>
+      <c r="J106" t="s">
+        <v>884</v>
+      </c>
+      <c r="K106" t="s">
+        <v>30</v>
+      </c>
+      <c r="L106" t="s">
+        <v>187</v>
+      </c>
+      <c r="M106" t="s">
+        <v>188</v>
+      </c>
+      <c r="N106" t="s">
+        <v>247</v>
+      </c>
+      <c r="O106" t="s">
+        <v>248</v>
+      </c>
+      <c r="P106" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>179</v>
+      </c>
+      <c r="B107" t="s">
+        <v>886</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>887</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>888</v>
+      </c>
+      <c r="H107" t="s">
+        <v>889</v>
+      </c>
+      <c r="I107" t="s">
+        <v>890</v>
+      </c>
+      <c r="J107" t="s">
+        <v>206</v>
+      </c>
+      <c r="K107" t="s">
+        <v>41</v>
+      </c>
+      <c r="L107" t="s">
+        <v>187</v>
+      </c>
+      <c r="M107" t="s">
+        <v>188</v>
+      </c>
+      <c r="N107" t="s">
+        <v>199</v>
+      </c>
+      <c r="O107" t="s">
+        <v>421</v>
+      </c>
+      <c r="P107" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>179</v>
+      </c>
+      <c r="B108" t="s">
+        <v>892</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>887</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>893</v>
+      </c>
+      <c r="H108" t="s">
+        <v>894</v>
+      </c>
+      <c r="I108" t="s">
+        <v>895</v>
+      </c>
+      <c r="J108" t="s">
+        <v>896</v>
+      </c>
+      <c r="K108" t="s">
+        <v>897</v>
+      </c>
+      <c r="L108" t="s">
+        <v>187</v>
+      </c>
+      <c r="M108" t="s">
+        <v>188</v>
+      </c>
+      <c r="N108" t="s">
+        <v>199</v>
+      </c>
+      <c r="O108" t="s">
+        <v>421</v>
+      </c>
+      <c r="P108" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>179</v>
+      </c>
+      <c r="B109" t="s">
+        <v>899</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>887</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>900</v>
+      </c>
+      <c r="H109" t="s">
+        <v>901</v>
+      </c>
+      <c r="I109" t="s">
+        <v>902</v>
+      </c>
+      <c r="J109" t="s">
+        <v>903</v>
+      </c>
+      <c r="K109" t="s">
+        <v>904</v>
+      </c>
+      <c r="L109" t="s">
+        <v>187</v>
+      </c>
+      <c r="M109" t="s">
+        <v>188</v>
+      </c>
+      <c r="N109" t="s">
+        <v>199</v>
+      </c>
+      <c r="O109" t="s">
+        <v>644</v>
+      </c>
+      <c r="P109" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>179</v>
+      </c>
+      <c r="B110" t="s">
+        <v>906</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>907</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>908</v>
+      </c>
+      <c r="H110" t="s">
+        <v>909</v>
+      </c>
+      <c r="I110" t="s">
+        <v>910</v>
+      </c>
+      <c r="J110" t="s">
+        <v>206</v>
+      </c>
+      <c r="K110" t="s">
+        <v>41</v>
+      </c>
+      <c r="L110" t="s">
+        <v>187</v>
+      </c>
+      <c r="M110" t="s">
+        <v>188</v>
+      </c>
+      <c r="N110" t="s">
+        <v>347</v>
+      </c>
+      <c r="O110" t="s">
+        <v>911</v>
+      </c>
+      <c r="P110" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>179</v>
+      </c>
+      <c r="B111" t="s">
+        <v>913</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>914</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>915</v>
+      </c>
+      <c r="H111" t="s">
+        <v>916</v>
+      </c>
+      <c r="I111" t="s">
+        <v>917</v>
+      </c>
+      <c r="J111" t="s">
+        <v>206</v>
+      </c>
+      <c r="K111" t="s">
+        <v>41</v>
+      </c>
+      <c r="L111" t="s">
+        <v>187</v>
+      </c>
+      <c r="M111" t="s">
+        <v>188</v>
+      </c>
+      <c r="N111" t="s">
+        <v>189</v>
+      </c>
+      <c r="O111" t="s">
+        <v>609</v>
+      </c>
+      <c r="P111" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>179</v>
+      </c>
+      <c r="B112" t="s">
+        <v>913</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>914</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>919</v>
+      </c>
+      <c r="H112" t="s">
+        <v>920</v>
+      </c>
+      <c r="I112" t="s">
+        <v>921</v>
+      </c>
+      <c r="J112" t="s">
+        <v>338</v>
+      </c>
+      <c r="K112" t="s">
+        <v>126</v>
+      </c>
+      <c r="L112" t="s">
+        <v>187</v>
+      </c>
+      <c r="M112" t="s">
+        <v>188</v>
+      </c>
+      <c r="N112" t="s">
+        <v>189</v>
+      </c>
+      <c r="O112" t="s">
+        <v>609</v>
+      </c>
+      <c r="P112" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>179</v>
+      </c>
+      <c r="B113" t="s">
+        <v>923</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>914</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>924</v>
+      </c>
+      <c r="H113" t="s">
+        <v>925</v>
+      </c>
+      <c r="I113" t="s">
+        <v>926</v>
+      </c>
+      <c r="J113" t="s">
+        <v>927</v>
+      </c>
+      <c r="K113" t="s">
+        <v>52</v>
+      </c>
+      <c r="L113" t="s">
+        <v>187</v>
+      </c>
+      <c r="M113" t="s">
+        <v>188</v>
+      </c>
+      <c r="N113" t="s">
+        <v>189</v>
+      </c>
+      <c r="O113" t="s">
+        <v>609</v>
+      </c>
+      <c r="P113" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>179</v>
+      </c>
+      <c r="B114" t="s">
+        <v>929</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>914</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>930</v>
+      </c>
+      <c r="H114" t="s">
+        <v>931</v>
+      </c>
+      <c r="I114" t="s">
+        <v>932</v>
+      </c>
+      <c r="J114" t="s">
+        <v>270</v>
+      </c>
+      <c r="K114" t="s">
+        <v>271</v>
+      </c>
+      <c r="L114" t="s">
+        <v>187</v>
+      </c>
+      <c r="M114" t="s">
+        <v>188</v>
+      </c>
+      <c r="N114" t="s">
+        <v>189</v>
+      </c>
+      <c r="O114" t="s">
+        <v>609</v>
+      </c>
+      <c r="P114" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>179</v>
+      </c>
+      <c r="B115" t="s">
+        <v>934</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>935</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>936</v>
+      </c>
+      <c r="H115" t="s">
+        <v>937</v>
+      </c>
+      <c r="I115" t="s">
+        <v>938</v>
+      </c>
+      <c r="J115" t="s">
+        <v>206</v>
+      </c>
+      <c r="K115" t="s">
+        <v>41</v>
+      </c>
+      <c r="L115" t="s">
+        <v>187</v>
+      </c>
+      <c r="M115" t="s">
+        <v>361</v>
+      </c>
+      <c r="N115" t="s">
+        <v>247</v>
+      </c>
+      <c r="O115" t="s">
+        <v>248</v>
+      </c>
+      <c r="P115" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>179</v>
+      </c>
+      <c r="B116" t="s">
+        <v>940</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>941</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>942</v>
+      </c>
+      <c r="H116" t="s">
+        <v>943</v>
+      </c>
+      <c r="I116" t="s">
+        <v>944</v>
+      </c>
+      <c r="J116" t="s">
+        <v>945</v>
+      </c>
+      <c r="K116" t="s">
+        <v>946</v>
+      </c>
+      <c r="L116" t="s">
+        <v>187</v>
+      </c>
+      <c r="M116" t="s">
+        <v>361</v>
+      </c>
+      <c r="N116" t="s">
+        <v>247</v>
+      </c>
+      <c r="O116" t="s">
+        <v>248</v>
+      </c>
+      <c r="P116" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>179</v>
+      </c>
+      <c r="B117" t="s">
+        <v>948</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>949</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>950</v>
+      </c>
+      <c r="H117" t="s">
+        <v>951</v>
+      </c>
+      <c r="I117" t="s">
+        <v>406</v>
+      </c>
+      <c r="J117" t="s">
+        <v>206</v>
+      </c>
+      <c r="K117" t="s">
+        <v>41</v>
+      </c>
+      <c r="L117" t="s">
+        <v>187</v>
+      </c>
+      <c r="M117" t="s">
+        <v>188</v>
+      </c>
+      <c r="N117" t="s">
+        <v>189</v>
+      </c>
+      <c r="O117" t="s">
+        <v>214</v>
+      </c>
+      <c r="P117" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>179</v>
+      </c>
+      <c r="B118" t="s">
+        <v>953</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>954</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>955</v>
+      </c>
+      <c r="H118" t="s">
+        <v>956</v>
+      </c>
+      <c r="I118" t="s">
+        <v>957</v>
+      </c>
+      <c r="J118" t="s">
+        <v>958</v>
+      </c>
+      <c r="K118" t="s">
+        <v>959</v>
+      </c>
+      <c r="L118" t="s">
+        <v>187</v>
+      </c>
+      <c r="M118" t="s">
+        <v>246</v>
+      </c>
+      <c r="N118" t="s">
+        <v>247</v>
+      </c>
+      <c r="O118" t="s">
+        <v>248</v>
+      </c>
+      <c r="P118" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>179</v>
+      </c>
+      <c r="B119" t="s">
+        <v>961</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>962</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>963</v>
+      </c>
+      <c r="H119" t="s">
+        <v>964</v>
+      </c>
+      <c r="I119" t="s">
+        <v>859</v>
+      </c>
+      <c r="J119" t="s">
+        <v>781</v>
+      </c>
+      <c r="K119" t="s">
+        <v>782</v>
+      </c>
+      <c r="L119" t="s">
+        <v>187</v>
+      </c>
+      <c r="M119" t="s">
+        <v>188</v>
+      </c>
+      <c r="N119" t="s">
+        <v>247</v>
+      </c>
+      <c r="O119" t="s">
+        <v>248</v>
+      </c>
+      <c r="P119" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>179</v>
+      </c>
+      <c r="B120" t="s">
+        <v>966</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>967</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>968</v>
+      </c>
+      <c r="H120" t="s">
+        <v>969</v>
+      </c>
+      <c r="I120" t="s">
+        <v>970</v>
+      </c>
+      <c r="J120" t="s">
+        <v>781</v>
+      </c>
+      <c r="K120" t="s">
+        <v>782</v>
+      </c>
+      <c r="L120" t="s">
+        <v>187</v>
+      </c>
+      <c r="M120" t="s">
+        <v>246</v>
+      </c>
+      <c r="N120" t="s">
+        <v>247</v>
+      </c>
+      <c r="O120" t="s">
+        <v>248</v>
+      </c>
+      <c r="P120" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>179</v>
+      </c>
+      <c r="B121" t="s">
+        <v>972</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>967</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>973</v>
+      </c>
+      <c r="H121" t="s">
+        <v>974</v>
+      </c>
+      <c r="I121" t="s">
+        <v>975</v>
+      </c>
+      <c r="J121" t="s">
+        <v>185</v>
+      </c>
+      <c r="K121" t="s">
+        <v>186</v>
+      </c>
+      <c r="L121" t="s">
+        <v>187</v>
+      </c>
+      <c r="M121" t="s">
+        <v>246</v>
+      </c>
+      <c r="N121" t="s">
+        <v>292</v>
+      </c>
+      <c r="O121" t="s">
+        <v>293</v>
+      </c>
+      <c r="P121" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>179</v>
+      </c>
+      <c r="B122" t="s">
+        <v>977</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>967</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>978</v>
+      </c>
+      <c r="H122" t="s">
+        <v>979</v>
+      </c>
+      <c r="I122" t="s">
+        <v>780</v>
+      </c>
+      <c r="J122" t="s">
+        <v>781</v>
+      </c>
+      <c r="K122" t="s">
+        <v>782</v>
+      </c>
+      <c r="L122" t="s">
+        <v>187</v>
+      </c>
+      <c r="M122" t="s">
+        <v>246</v>
+      </c>
+      <c r="N122" t="s">
+        <v>292</v>
+      </c>
+      <c r="O122" t="s">
+        <v>293</v>
+      </c>
+      <c r="P122" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>179</v>
+      </c>
+      <c r="B123" t="s">
+        <v>981</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>967</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>982</v>
+      </c>
+      <c r="H123" t="s">
+        <v>983</v>
+      </c>
+      <c r="I123" t="s">
+        <v>780</v>
+      </c>
+      <c r="J123" t="s">
+        <v>781</v>
+      </c>
+      <c r="K123" t="s">
+        <v>782</v>
+      </c>
+      <c r="L123" t="s">
+        <v>187</v>
+      </c>
+      <c r="M123" t="s">
+        <v>246</v>
+      </c>
+      <c r="N123" t="s">
+        <v>247</v>
+      </c>
+      <c r="O123" t="s">
+        <v>248</v>
+      </c>
+      <c r="P123" t="s">
+        <v>984</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>985</v>
+      </c>
+      <c r="J1" t="s">
+        <v>171</v>
+      </c>
+      <c r="K1" t="s">
+        <v>986</v>
+      </c>
+      <c r="L1" t="s">
+        <v>173</v>
+      </c>
+      <c r="M1" t="s">
+        <v>174</v>
+      </c>
+      <c r="N1" t="s">
+        <v>987</v>
+      </c>
+      <c r="O1" t="s">
+        <v>988</v>
+      </c>
+      <c r="P1" t="s">
+        <v>989</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>990</v>
+      </c>
+      <c r="R1" t="s">
+        <v>175</v>
+      </c>
+      <c r="S1" t="s">
+        <v>991</v>
+      </c>
+      <c r="T1" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>993</v>
+      </c>
+      <c r="B2" t="s">
+        <v>994</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>995</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>996</v>
+      </c>
+      <c r="H2" t="s">
+        <v>997</v>
+      </c>
+      <c r="I2" t="s">
+        <v>998</v>
+      </c>
+      <c r="J2" t="s">
+        <v>999</v>
+      </c>
+      <c r="K2" t="s">
+        <v>367</v>
+      </c>
+      <c r="L2" t="s">
+        <v>368</v>
+      </c>
+      <c r="M2" t="s">
+        <v>187</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>993</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I3" t="s">
+        <v>998</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K3" t="s">
+        <v>338</v>
+      </c>
+      <c r="L3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M3" t="s">
+        <v>187</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R3" t="s">
+        <v>188</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>993</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="I4" t="s">
+        <v>998</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1017</v>
+      </c>
+      <c r="K4" t="s">
+        <v>206</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>187</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R4" t="s">
+        <v>188</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>993</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>255</v>
+      </c>
+      <c r="L5" t="s">
+        <v>256</v>
+      </c>
+      <c r="M5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R5" t="s">
+        <v>188</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>993</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K6" t="s">
+        <v>236</v>
+      </c>
+      <c r="L6" t="s">
+        <v>237</v>
+      </c>
+      <c r="M6" t="s">
+        <v>187</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R6" t="s">
+        <v>188</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>993</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1035</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K7" t="s">
+        <v>338</v>
+      </c>
+      <c r="L7" t="s">
+        <v>126</v>
+      </c>
+      <c r="M7" t="s">
+        <v>187</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="R7" t="s">
+        <v>246</v>
+      </c>
+      <c r="S7" t="s">
+        <v>127</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>993</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I8" t="s">
+        <v>998</v>
+      </c>
+      <c r="J8" t="s">
+        <v>698</v>
+      </c>
+      <c r="K8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L8" t="s">
+        <v>237</v>
+      </c>
+      <c r="M8" t="s">
+        <v>187</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1043</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1044</v>
+      </c>
+      <c r="R8" t="s">
+        <v>246</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1045</v>
+      </c>
+      <c r="T8" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>993</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I9" t="s">
+        <v>998</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K9" t="s">
+        <v>714</v>
+      </c>
+      <c r="L9" t="s">
+        <v>715</v>
+      </c>
+      <c r="M9" t="s">
+        <v>187</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1050</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1051</v>
+      </c>
+      <c r="R9" t="s">
+        <v>246</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1052</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>993</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1055</v>
+      </c>
+      <c r="I10" t="s">
+        <v>998</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>338</v>
+      </c>
+      <c r="L10" t="s">
+        <v>126</v>
+      </c>
+      <c r="M10" t="s">
+        <v>187</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1056</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R10" t="s">
+        <v>246</v>
+      </c>
+      <c r="S10" t="s">
+        <v>1058</v>
+      </c>
+      <c r="T10" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>993</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>698</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L11" t="s">
+        <v>237</v>
+      </c>
+      <c r="M11" t="s">
+        <v>187</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1043</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R11" t="s">
+        <v>246</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1063</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>993</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I12" t="s">
+        <v>998</v>
+      </c>
+      <c r="J12" t="s">
+        <v>299</v>
+      </c>
+      <c r="K12" t="s">
+        <v>300</v>
+      </c>
+      <c r="L12" t="s">
+        <v>301</v>
+      </c>
+      <c r="M12" t="s">
+        <v>187</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1068</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R12" t="s">
+        <v>246</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1069</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>993</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1074</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1075</v>
+      </c>
+      <c r="L13" t="s">
+        <v>41</v>
+      </c>
+      <c r="M13" t="s">
+        <v>187</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1077</v>
+      </c>
+      <c r="R13" t="s">
+        <v>246</v>
+      </c>
+      <c r="S13" t="s">
+        <v>42</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>993</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1082</v>
+      </c>
+      <c r="I14" t="s">
+        <v>998</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1083</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1084</v>
+      </c>
+      <c r="L14" t="s">
+        <v>198</v>
+      </c>
+      <c r="M14" t="s">
+        <v>187</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1085</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R14" t="s">
+        <v>246</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1087</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>993</v>
+      </c>
+      <c r="B15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I15" t="s">
+        <v>998</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K15" t="s">
+        <v>283</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>187</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1092</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1093</v>
+      </c>
+      <c r="R15" t="s">
+        <v>246</v>
+      </c>
+      <c r="S15" t="s">
+        <v>31</v>
+      </c>
+      <c r="T15" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>993</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I16" t="s">
+        <v>998</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1097</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1098</v>
+      </c>
+      <c r="L16" t="s">
+        <v>256</v>
+      </c>
+      <c r="M16" t="s">
+        <v>187</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1099</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1044</v>
+      </c>
+      <c r="R16" t="s">
+        <v>246</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1100</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>993</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I17" t="s">
+        <v>998</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1105</v>
+      </c>
+      <c r="K17" t="s">
+        <v>731</v>
+      </c>
+      <c r="L17" t="s">
+        <v>732</v>
+      </c>
+      <c r="M17" t="s">
+        <v>187</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1106</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R17" t="s">
+        <v>246</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1107</v>
+      </c>
+      <c r="T17" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>993</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I18" t="s">
+        <v>998</v>
+      </c>
+      <c r="J18" t="s">
+        <v>780</v>
+      </c>
+      <c r="K18" t="s">
+        <v>781</v>
+      </c>
+      <c r="L18" t="s">
+        <v>782</v>
+      </c>
+      <c r="M18" t="s">
+        <v>187</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1112</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R18" t="s">
+        <v>246</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1113</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>993</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1117</v>
+      </c>
+      <c r="I19" t="s">
+        <v>998</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1118</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1119</v>
+      </c>
+      <c r="L19" t="s">
+        <v>271</v>
+      </c>
+      <c r="M19" t="s">
+        <v>187</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1120</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1121</v>
+      </c>
+      <c r="R19" t="s">
+        <v>246</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1122</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>993</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1126</v>
+      </c>
+      <c r="K20" t="s">
+        <v>206</v>
+      </c>
+      <c r="L20" t="s">
+        <v>41</v>
+      </c>
+      <c r="M20" t="s">
+        <v>187</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1076</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1051</v>
+      </c>
+      <c r="R20" t="s">
+        <v>246</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1127</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>993</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1130</v>
+      </c>
+      <c r="I21" t="s">
+        <v>998</v>
+      </c>
+      <c r="J21" t="s">
+        <v>748</v>
+      </c>
+      <c r="K21" t="s">
+        <v>749</v>
+      </c>
+      <c r="L21" t="s">
+        <v>750</v>
+      </c>
+      <c r="M21" t="s">
+        <v>187</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1131</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R21" t="s">
+        <v>246</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1132</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>993</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I22" t="s">
+        <v>998</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1137</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1138</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1139</v>
+      </c>
+      <c r="M22" t="s">
+        <v>187</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1140</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R22" t="s">
+        <v>246</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1141</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>993</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I23" t="s">
+        <v>998</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K23" t="s">
+        <v>283</v>
+      </c>
+      <c r="L23" t="s">
+        <v>30</v>
+      </c>
+      <c r="M23" t="s">
+        <v>187</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1092</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R23" t="s">
+        <v>246</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1145</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>993</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>748</v>
+      </c>
+      <c r="K24" t="s">
+        <v>749</v>
+      </c>
+      <c r="L24" t="s">
+        <v>750</v>
+      </c>
+      <c r="M24" t="s">
+        <v>187</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1149</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R24" t="s">
+        <v>246</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1150</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>993</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I25" t="s">
+        <v>998</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>367</v>
+      </c>
+      <c r="L25" t="s">
+        <v>368</v>
+      </c>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1155</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R25" t="s">
+        <v>188</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1156</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>993</v>
+      </c>
+      <c r="B26" t="s">
+        <v>50</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I26" t="s">
+        <v>998</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1160</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1161</v>
+      </c>
+      <c r="L26" t="s">
+        <v>52</v>
+      </c>
+      <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1162</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1163</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S26" t="s">
+        <v>53</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>993</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J27" t="s">
+        <v>780</v>
+      </c>
+      <c r="K27" t="s">
+        <v>781</v>
+      </c>
+      <c r="L27" t="s">
+        <v>782</v>
+      </c>
+      <c r="M27" t="s">
+        <v>187</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1112</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R27" t="s">
+        <v>246</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1167</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>993</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1097</v>
+      </c>
+      <c r="K28" t="s">
+        <v>255</v>
+      </c>
+      <c r="L28" t="s">
+        <v>256</v>
+      </c>
+      <c r="M28" t="s">
+        <v>187</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1171</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1057</v>
+      </c>
+      <c r="R28" t="s">
+        <v>246</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1172</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>993</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1176</v>
+      </c>
+      <c r="K29" t="s">
+        <v>206</v>
+      </c>
+      <c r="L29" t="s">
+        <v>41</v>
+      </c>
+      <c r="M29" t="s">
+        <v>187</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1177</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1121</v>
+      </c>
+      <c r="R29" t="s">
+        <v>246</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1178</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>993</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1183</v>
+      </c>
+      <c r="K30" t="s">
+        <v>323</v>
+      </c>
+      <c r="L30" t="s">
+        <v>324</v>
+      </c>
+      <c r="M30" t="s">
+        <v>187</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1184</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R30" t="s">
+        <v>246</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1185</v>
+      </c>
+      <c r="T30" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>993</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I31" t="s">
+        <v>998</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K31" t="s">
+        <v>958</v>
+      </c>
+      <c r="L31" t="s">
+        <v>959</v>
+      </c>
+      <c r="M31" t="s">
+        <v>187</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1190</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R31" t="s">
+        <v>246</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1191</v>
+      </c>
+      <c r="T31" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>