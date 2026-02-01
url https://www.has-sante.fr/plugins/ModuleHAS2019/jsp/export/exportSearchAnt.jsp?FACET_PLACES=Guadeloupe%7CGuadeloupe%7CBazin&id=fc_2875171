--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="452" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="452" uniqueCount="189">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -458,51 +458,51 @@
   <si>
     <t>Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>970100251</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE GUADELOUPE</t>
   </si>
   <si>
     <t>24/01/2025 08:51:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3444_FicheEtablissement/fr/polyclinique-de-la-guadeloupe</t>
   </si>
   <si>
     <t>3444_FicheEtablissement</t>
   </si>
   <si>
     <t>0590821963</t>
   </si>
   <si>
-    <t>Chirurgie, Médecine</t>
+    <t>Médecine</t>
   </si>
   <si>
     <t>970100012</t>
   </si>
   <si>
     <t>CENTRE AUTODIALYSE DE L'AUDRA</t>
   </si>
   <si>
     <t>21/01/2025 10:18:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4093_FicheEtablissement/fr/centre-autodialyse-de-l-audra</t>
   </si>
   <si>
     <t>4093_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0590910222</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
@@ -564,53 +564,50 @@
     <t>https://www.has-sante.fr/jcms/3455_FicheEtablissement/fr/c-h-g-jacques-salin-usld</t>
   </si>
   <si>
     <t>3455_FicheEtablissement</t>
   </si>
   <si>
     <t>0590213770</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>970100434</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER GERONTOLOGIQUE JACQUES SALIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3471_FicheEtablissement/fr/c-h-g-jacques-salin</t>
   </si>
   <si>
     <t>3471_FicheEtablissement</t>
   </si>
   <si>
     <t>CH</t>
-  </si>
-[...1 lines deleted...]
-    <t>Médecine</t>
   </si>
   <si>
     <t>970112033</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE - SSR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7480_FicheEtablissement/fr/c-h-u-de-pointe-a-pitre-ssr</t>
   </si>
   <si>
     <t>7480_FicheEtablissement</t>
   </si>
   <si>
     <t>970112884</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -1986,117 +1983,117 @@
       <c r="I8" t="s">
         <v>137</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>177</v>
       </c>
       <c r="O8" t="s">
         <v>18</v>
       </c>
       <c r="P8" t="s">
         <v>183</v>
       </c>
       <c r="Q8" t="s">
-        <v>184</v>
+        <v>148</v>
       </c>
       <c r="R8" t="s">
         <v>171</v>
       </c>
       <c r="S8" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="T8" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>132</v>
       </c>
       <c r="B9" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>164</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
+        <v>186</v>
+      </c>
+      <c r="H9" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="I9" t="s">
         <v>137</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>18</v>
       </c>
       <c r="O9" t="s">
         <v>18</v>
       </c>
       <c r="P9" t="s">
         <v>169</v>
       </c>
       <c r="Q9" t="s">
-        <v>184</v>
+        <v>148</v>
       </c>
       <c r="R9" t="s">
         <v>171</v>
       </c>
       <c r="S9" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="T9" t="s">
         <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>