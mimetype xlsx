--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -125,51 +125,51 @@
   <si>
     <t>MAMOUDZOU</t>
   </si>
   <si>
     <t>980500763</t>
   </si>
   <si>
     <t>Docteur Claude TALLINEAU</t>
   </si>
   <si>
     <t>08/11/2016 11:30:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708553/fr/docteur-claude-tallineau</t>
   </si>
   <si>
     <t>c_2708553</t>
   </si>
   <si>
     <t>TALLINEAU</t>
   </si>
   <si>
     <t>Claude</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>CHM</t>
   </si>
   <si>
     <t>980500011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>