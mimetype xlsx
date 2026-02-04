--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -131,60 +131,60 @@
   <si>
     <t>140018730,140026709</t>
   </si>
   <si>
     <t>Docteur Clément DUJEUX</t>
   </si>
   <si>
     <t>19/12/2024 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574607/fr/docteur-clement-dujeux</t>
   </si>
   <si>
     <t>p_3574607</t>
   </si>
   <si>
     <t>DUJEUX</t>
   </si>
   <si>
     <t>Clément</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF</t>
-[...8 lines deleted...]
-    <t>140017237,140026709</t>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14050,14113,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,CRICQUEBOEUF,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>140017237,140026709,500000203</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>