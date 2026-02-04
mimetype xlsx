--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5985" uniqueCount="2347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6051" uniqueCount="2363">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,89 +77,143 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur CIPRIANO RODRIGUEZ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808527/fr/docteur-cipriano-rodriguez</t>
+  </si>
+  <si>
+    <t>p_3808527</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>CIPRIANO</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LISIEUX</t>
+  </si>
+  <si>
+    <t>14107</t>
+  </si>
+  <si>
+    <t>LISIEUX</t>
+  </si>
+  <si>
+    <t>140000027</t>
+  </si>
+  <si>
+    <t>Docteur XAVIER VALETTE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808592/fr/docteur-xavier-valette</t>
+  </si>
+  <si>
+    <t>p_3808592</t>
+  </si>
+  <si>
+    <t>VALETTE</t>
+  </si>
+  <si>
+    <t>XAVIER</t>
+  </si>
+  <si>
+    <t>CHU CAEN</t>
+  </si>
+  <si>
+    <t>14033</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>140000209</t>
+  </si>
+  <si>
     <t>Docteur Calin IVASCAU</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/12/2025 19:15:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794039/fr/docteur-calin-ivascau</t>
   </si>
   <si>
     <t>p_3794039</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>IVASCAU</t>
   </si>
   <si>
     <t>Calin</t>
   </si>
   <si>
     <t>23 October 2025</t>
   </si>
   <si>
     <t>CHU COTE DE NACRE - CAEN</t>
   </si>
   <si>
-    <t>14033</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Yves GAD</t>
   </si>
   <si>
     <t>11/12/2025 19:16:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794659/fr/docteur-yves-gad</t>
   </si>
   <si>
     <t>p_3794659</t>
   </si>
   <si>
     <t>GAD</t>
   </si>
   <si>
     <t>Yves</t>
   </si>
   <si>
     <t>20 November 2025</t>
   </si>
   <si>
     <t>CLINIQUE NOTRE DAME - VIRE</t>
   </si>
   <si>
     <t>14500</t>
@@ -353,60 +407,60 @@
   <si>
     <t>SALLE DE CHOU</t>
   </si>
   <si>
     <t>ETIENNE</t>
   </si>
   <si>
     <t>Docteur Clément DUJEUX</t>
   </si>
   <si>
     <t>19/12/2024 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574607/fr/docteur-clement-dujeux</t>
   </si>
   <si>
     <t>p_3574607</t>
   </si>
   <si>
     <t>DUJEUX</t>
   </si>
   <si>
     <t>Clément</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF</t>
-[...8 lines deleted...]
-    <t>140017237,140026709</t>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14050,14113,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,CRICQUEBOEUF,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>140017237,140026709,500000203</t>
   </si>
   <si>
     <t>Docteur CHARLOTTE ABADIE</t>
   </si>
   <si>
     <t>19/12/2024 15:32:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574650/fr/docteur-charlotte-abadie</t>
   </si>
   <si>
     <t>p_3574650</t>
   </si>
   <si>
     <t>ABADIE</t>
   </si>
   <si>
     <t>CHARLOTTE</t>
   </si>
   <si>
     <t>Docteur EMILIEN PUGLIESI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574652/fr/docteur-emilien-pugliesi</t>
   </si>
@@ -749,62 +803,50 @@
   <si>
     <t>18 January 2024</t>
   </si>
   <si>
     <t>Docteur KAIS CHATTI</t>
   </si>
   <si>
     <t>26/12/2023 15:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485458/fr/docteur-kais-chatti</t>
   </si>
   <si>
     <t>p_3485458</t>
   </si>
   <si>
     <t>CHATTI</t>
   </si>
   <si>
     <t>KAIS</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER DE LISIEUX</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur MAXIME ESLIER</t>
   </si>
   <si>
     <t>24/11/2023 09:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3475746/fr/docteur-maxime-eslier</t>
   </si>
   <si>
     <t>p_3475746</t>
   </si>
   <si>
     <t>ESLIER</t>
   </si>
   <si>
     <t>MAXIME</t>
   </si>
   <si>
     <t>23 November 2023</t>
   </si>
   <si>
     <t>Docteur FRANCOIS TIRVEILLIOT</t>
   </si>
   <si>
     <t>02/01/2023 09:33:40</t>
@@ -944,95 +986,89 @@
   <si>
     <t>GEOFFREY</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>Docteur ROMAIN DAYAN</t>
   </si>
   <si>
     <t>21/10/2021 14:31:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294508/fr/docteur-romain-dayan</t>
   </si>
   <si>
     <t>p_3294508</t>
   </si>
   <si>
     <t>DAYAN</t>
   </si>
   <si>
     <t>ROMAIN</t>
   </si>
   <si>
-    <t>21 October 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Vincent POULIQUEN</t>
   </si>
   <si>
     <t>02/04/2021 09:30:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259240/fr/docteur-vincent-pouliquen</t>
   </si>
   <si>
     <t>p_3259240</t>
   </si>
   <si>
     <t>POULIQUEN</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>30 March 2023</t>
   </si>
   <si>
     <t>Docteur GREGORY DEON</t>
   </si>
   <si>
     <t>04/01/2021 16:32:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3228301/fr/docteur-gregory-deon</t>
   </si>
   <si>
     <t>p_3228301</t>
   </si>
   <si>
     <t>DEON</t>
   </si>
   <si>
     <t>GREGORY</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur MARCEL ABBAS</t>
   </si>
   <si>
     <t>27/11/2020 10:32:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220888/fr/docteur-marcel-abbas</t>
   </si>
   <si>
     <t>p_3220888</t>
   </si>
   <si>
     <t>ABBAS</t>
   </si>
   <si>
     <t>MARCEL</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE LISIEUX,POLYCLINIQUE DU PLATEAU</t>
   </si>
   <si>
     <t>14100,95870</t>
   </si>
   <si>
     <t>LISIEUX,BEZONS</t>
@@ -1307,5607 +1343,5619 @@
   <si>
     <t>c_2856400</t>
   </si>
   <si>
     <t>LEBLANC</t>
   </si>
   <si>
     <t>Docteur Maxime HEYNDRICKX</t>
   </si>
   <si>
     <t>14/09/2017 16:31:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793465/fr/docteur-maxime-heyndrickx</t>
   </si>
   <si>
     <t>c_2793465</t>
   </si>
   <si>
     <t>HEYNDRICKX</t>
   </si>
   <si>
     <t>Maxime</t>
   </si>
   <si>
-    <t>23 September 2021</t>
-[...2 lines deleted...]
-    <t>CHU/CHR GEORGES CLEMENCEAU - CAEN</t>
+    <t>Professeur Evelyne EMERY</t>
+  </si>
+  <si>
+    <t>17/07/2017 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2785115/fr/professeur-evelyne-emery</t>
+  </si>
+  <si>
+    <t>c_2785115</t>
+  </si>
+  <si>
+    <t>Professeur</t>
+  </si>
+  <si>
+    <t>EMERY</t>
+  </si>
+  <si>
+    <t>Evelyne</t>
+  </si>
+  <si>
+    <t>Docteur Eric MOURGEON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739320/fr/docteur-eric-mourgeon</t>
+  </si>
+  <si>
+    <t>c_2739320</t>
+  </si>
+  <si>
+    <t>MOURGEON</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Philippe CUNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739324/fr/docteur-philippe-cuny</t>
+  </si>
+  <si>
+    <t>c_2739324</t>
+  </si>
+  <si>
+    <t>CUNY</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Wilfried GRANDIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739327/fr/docteur-wilfried-grandin</t>
+  </si>
+  <si>
+    <t>c_2739327</t>
+  </si>
+  <si>
+    <t>GRANDIN</t>
+  </si>
+  <si>
+    <t>Wilfried</t>
+  </si>
+  <si>
+    <t>Docteur Benoit DUBAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739415/fr/docteur-benoit-dubau</t>
+  </si>
+  <si>
+    <t>c_2739415</t>
+  </si>
+  <si>
+    <t>DUBAU</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>Docteur Frédéric HANSEN VON BÜNAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739646/fr/docteur-frederic-hansen-von-bunau</t>
+  </si>
+  <si>
+    <t>c_2739646</t>
+  </si>
+  <si>
+    <t>HANSEN VON BÜNAU</t>
+  </si>
+  <si>
+    <t>Frédéric</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Daniel SCHILTZ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739661/fr/docteur-daniel-schiltz</t>
+  </si>
+  <si>
+    <t>c_2739661</t>
+  </si>
+  <si>
+    <t>SCHILTZ</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>15 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur Sébastien LETOUZE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739688/fr/docteur-sebastien-letouze</t>
+  </si>
+  <si>
+    <t>c_2739688</t>
+  </si>
+  <si>
+    <t>LETOUZE</t>
+  </si>
+  <si>
+    <t>Sébastien</t>
+  </si>
+  <si>
+    <t>Docteur Thierry LOCHU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739711/fr/docteur-thierry-lochu</t>
+  </si>
+  <si>
+    <t>c_2739711</t>
+  </si>
+  <si>
+    <t>LOCHU</t>
+  </si>
+  <si>
+    <t>Thierry</t>
+  </si>
+  <si>
+    <t>Docteur Bertrand GALAUD</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739737/fr/docteur-bertrand-galaud</t>
+  </si>
+  <si>
+    <t>c_2739737</t>
+  </si>
+  <si>
+    <t>GALAUD</t>
+  </si>
+  <si>
+    <t>Bertrand</t>
+  </si>
+  <si>
+    <t>Docteur Hicham HMAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739806/fr/docteur-hicham-hmain</t>
+  </si>
+  <si>
+    <t>c_2739806</t>
+  </si>
+  <si>
+    <t>HMAIN</t>
+  </si>
+  <si>
+    <t>Hicham</t>
+  </si>
+  <si>
+    <t>Docteur Louis-guillaume ROUSSEAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739865/fr/docteur-louis-guillaume-rousseau</t>
+  </si>
+  <si>
+    <t>c_2739865</t>
+  </si>
+  <si>
+    <t>ROUSSEAU</t>
+  </si>
+  <si>
+    <t>Louis-guillaume</t>
+  </si>
+  <si>
+    <t>24 July 2025</t>
+  </si>
+  <si>
+    <t>Docteur Franck DORDAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739871/fr/docteur-franck-dordain</t>
+  </si>
+  <si>
+    <t>c_2739871</t>
+  </si>
+  <si>
+    <t>DORDAIN</t>
+  </si>
+  <si>
+    <t>Franck</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur Thomas CLAEYS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739926/fr/docteur-thomas-claeys</t>
+  </si>
+  <si>
+    <t>c_2739926</t>
+  </si>
+  <si>
+    <t>CLAEYS</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Docteur Ségolène ARZALIER-DARET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739934/fr/docteur-segolene-arzalier-daret</t>
+  </si>
+  <si>
+    <t>c_2739934</t>
+  </si>
+  <si>
+    <t>ARZALIER-DARET</t>
+  </si>
+  <si>
+    <t>Ségolène</t>
+  </si>
+  <si>
+    <t>Docteur Jean-pierre TOUDIC</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740207/fr/docteur-jean-pierre-toudic</t>
+  </si>
+  <si>
+    <t>c_2740207</t>
+  </si>
+  <si>
+    <t>TOUDIC</t>
+  </si>
+  <si>
+    <t>Jean-pierre</t>
+  </si>
+  <si>
+    <t>CHU COTE DE NACRE - CAEN,HOPITAL PRIVE ST MARTIN-CAEN</t>
+  </si>
+  <si>
+    <t>14033,14050</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9,CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>140000209,140017237</t>
+  </si>
+  <si>
+    <t>Docteur Christelle LARTIGAU</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740276/fr/docteur-christelle-lartigau</t>
+  </si>
+  <si>
+    <t>c_2740276</t>
+  </si>
+  <si>
+    <t>LARTIGAU</t>
+  </si>
+  <si>
+    <t>Christelle</t>
+  </si>
+  <si>
+    <t>Docteur Vincent LUCAS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708825/fr/docteur-vincent-lucas</t>
+  </si>
+  <si>
+    <t>c_2708825</t>
+  </si>
+  <si>
+    <t>LUCAS</t>
+  </si>
+  <si>
+    <t>Docteur Bernard SERGENT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709059/fr/docteur-bernard-sergent</t>
+  </si>
+  <si>
+    <t>c_2709059</t>
+  </si>
+  <si>
+    <t>SERGENT</t>
+  </si>
+  <si>
+    <t>Bernard</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC - CAEN,CHU/HU NECKER ENFANTS MALADES APHP</t>
+  </si>
+  <si>
+    <t>14052,75743</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,PARIS CEDEX 15</t>
+  </si>
+  <si>
+    <t>140016759,750100208</t>
+  </si>
+  <si>
+    <t>Docteur Denis PASERO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709074/fr/docteur-denis-pasero</t>
+  </si>
+  <si>
+    <t>c_2709074</t>
+  </si>
+  <si>
+    <t>PASERO</t>
+  </si>
+  <si>
+    <t>Denis</t>
+  </si>
+  <si>
+    <t>CLINIQUE NOTRE DAME,HOPITAL PRIVÉ DE LA BAIE</t>
+  </si>
+  <si>
+    <t>14500,50300</t>
+  </si>
+  <si>
+    <t>VIRE NORMANDIE,AVRANCHES</t>
+  </si>
+  <si>
+    <t>140000290,500000146</t>
+  </si>
+  <si>
+    <t>Docteur Daniel LABBE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709107/fr/docteur-daniel-labbe</t>
+  </si>
+  <si>
+    <t>c_2709107</t>
+  </si>
+  <si>
+    <t>LABBE</t>
+  </si>
+  <si>
+    <t>Docteur Gilles SEITE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709399/fr/docteur-gilles-seite</t>
+  </si>
+  <si>
+    <t>c_2709399</t>
+  </si>
+  <si>
+    <t>SEITE</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur Jean-marc LEFORT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709482/fr/docteur-jean-marc-lefort</t>
+  </si>
+  <si>
+    <t>c_2709482</t>
+  </si>
+  <si>
+    <t>LEFORT</t>
+  </si>
+  <si>
+    <t>Jean-marc</t>
+  </si>
+  <si>
+    <t>Docteur Yves-michel METAYER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710279/fr/docteur-yves-michel-metayer</t>
+  </si>
+  <si>
+    <t>c_2710279</t>
+  </si>
+  <si>
+    <t>METAYER</t>
+  </si>
+  <si>
+    <t>Yves-michel</t>
+  </si>
+  <si>
+    <t>Docteur Laurent BÉCUWE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710387/fr/docteur-laurent-becuwe</t>
+  </si>
+  <si>
+    <t>c_2710387</t>
+  </si>
+  <si>
+    <t>BÉCUWE</t>
+  </si>
+  <si>
+    <t>Laurent</t>
+  </si>
+  <si>
+    <t>Docteur Benoît HER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710432/fr/docteur-benoit-her</t>
+  </si>
+  <si>
+    <t>c_2710432</t>
+  </si>
+  <si>
+    <t>HER</t>
+  </si>
+  <si>
+    <t>Benoît</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane LAMMENS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710471/fr/docteur-stephane-lammens</t>
+  </si>
+  <si>
+    <t>c_2710471</t>
+  </si>
+  <si>
+    <t>LAMMENS</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>Docteur Francis FAROY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710495/fr/docteur-francis-faroy</t>
+  </si>
+  <si>
+    <t>c_2710495</t>
+  </si>
+  <si>
+    <t>FAROY</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Docteur Ammar MAKKI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710558/fr/docteur-ammar-makki</t>
+  </si>
+  <si>
+    <t>c_2710558</t>
+  </si>
+  <si>
+    <t>MAKKI</t>
+  </si>
+  <si>
+    <t>Ammar</t>
+  </si>
+  <si>
+    <t>Docteur Philippe LEMARECHAL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711143/fr/docteur-philippe-lemarechal</t>
+  </si>
+  <si>
+    <t>c_2711143</t>
+  </si>
+  <si>
+    <t>LEMARECHAL</t>
+  </si>
+  <si>
+    <t>Docteur Luc DURIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711230/fr/docteur-luc-durin</t>
+  </si>
+  <si>
+    <t>c_2711230</t>
+  </si>
+  <si>
+    <t>DURIN</t>
+  </si>
+  <si>
+    <t>Luc</t>
+  </si>
+  <si>
+    <t>Professeur Christophe HULET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711551/fr/professeur-christophe-hulet</t>
+  </si>
+  <si>
+    <t>c_2711551</t>
+  </si>
+  <si>
+    <t>HULET</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud JARRY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711607/fr/docteur-arnaud-jarry</t>
+  </si>
+  <si>
+    <t>c_2711607</t>
+  </si>
+  <si>
+    <t>JARRY</t>
+  </si>
+  <si>
+    <t>Arnaud</t>
+  </si>
+  <si>
+    <t>Docteur Vincent DELAUTRE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711628/fr/docteur-vincent-delautre</t>
+  </si>
+  <si>
+    <t>c_2711628</t>
+  </si>
+  <si>
+    <t>DELAUTRE</t>
+  </si>
+  <si>
+    <t>Docteur Franck GANEM</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711934/fr/docteur-franck-ganem</t>
+  </si>
+  <si>
+    <t>c_2711934</t>
+  </si>
+  <si>
+    <t>GANEM</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur Julien LEPORRIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712084/fr/docteur-julien-leporrier</t>
+  </si>
+  <si>
+    <t>c_2712084</t>
+  </si>
+  <si>
+    <t>LEPORRIER</t>
+  </si>
+  <si>
+    <t>Julien</t>
+  </si>
+  <si>
+    <t>Docteur Pascal REMOUÉ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712361/fr/docteur-pascal-remoue</t>
+  </si>
+  <si>
+    <t>c_2712361</t>
+  </si>
+  <si>
+    <t>REMOUÉ</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>CLINIQUE NOTRE DAME - VIRE,HOPITAL PRIVÉ DE LA BAIE</t>
+  </si>
+  <si>
+    <t>Docteur Olivier CITERNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712468/fr/docteur-olivier-citerne</t>
+  </si>
+  <si>
+    <t>c_2712468</t>
+  </si>
+  <si>
+    <t>CITERNE</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu NOIREZ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712596/fr/docteur-matthieu-noirez</t>
+  </si>
+  <si>
+    <t>c_2712596</t>
+  </si>
+  <si>
+    <t>NOIREZ</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Docteur François LAVIGNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712750/fr/docteur-francois-lavigne</t>
+  </si>
+  <si>
+    <t>c_2712750</t>
+  </si>
+  <si>
+    <t>LAVIGNE</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>15 June 2023</t>
+  </si>
+  <si>
+    <t>Docteur Dragos radu MARGHITU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713000/fr/docteur-dragos-radu-marghitu</t>
+  </si>
+  <si>
+    <t>c_2713000</t>
+  </si>
+  <si>
+    <t>MARGHITU</t>
+  </si>
+  <si>
+    <t>Dragos radu</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE BAYEUX</t>
+  </si>
+  <si>
+    <t>14401</t>
+  </si>
+  <si>
+    <t>BAYEUX CEDEX</t>
+  </si>
+  <si>
+    <t>140000175</t>
+  </si>
+  <si>
+    <t>Docteur Stephane DELFORGE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713210/fr/docteur-stephane-delforge</t>
+  </si>
+  <si>
+    <t>c_2713210</t>
+  </si>
+  <si>
+    <t>DELFORGE</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>25 April 2024</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC - CAEN,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14052,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,ST LO</t>
+  </si>
+  <si>
+    <t>140016759,500000203</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SAVS -  CAT HELENE MAC DOUGALL</t>
+  </si>
+  <si>
+    <t>19/01/2026 05:05:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15654_FicheESSMS/fr/savs-cat-helene-mac-dougall</t>
+  </si>
+  <si>
+    <t>15654_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>14400 BAYEUX</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>140020819</t>
+  </si>
+  <si>
+    <t>SAD ASSOCIATION ETRE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15555_FicheESSMS/fr/sad-association-etre</t>
+  </si>
+  <si>
+    <t>15555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Airbornes</t>
+  </si>
+  <si>
+    <t>14860 RANVILLE</t>
+  </si>
+  <si>
+    <t>RANVILLE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>140032996</t>
+  </si>
+  <si>
+    <t>EHPAD - DOUVRES LA DELIVRANDE</t>
+  </si>
+  <si>
+    <t>16/12/2025 05:08:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15239_FicheESSMS/fr/ehpad-douvres-la-delivrande</t>
+  </si>
+  <si>
+    <t>15239_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De Bourgogne</t>
+  </si>
+  <si>
+    <t>14440 DOUVRES LA DELIVRANDE</t>
+  </si>
+  <si>
+    <t>DOUVRES LA DELIVRANDE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>140008236</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA CRÊTE</t>
+  </si>
+  <si>
+    <t>16/12/2025 05:09:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15250_FicheESSMS/fr/residence-la-crete</t>
+  </si>
+  <si>
+    <t>15250_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De La  Crete</t>
+  </si>
+  <si>
+    <t>14410 VALDALLIERE</t>
+  </si>
+  <si>
+    <t>VALDALLIERE</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>140011982</t>
+  </si>
+  <si>
+    <t>RESIDENCE ASILE STE MARIE</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15162_FicheESSMS/fr/residence-asile-ste-marie</t>
+  </si>
+  <si>
+    <t>15162_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Route De Conde</t>
+  </si>
+  <si>
+    <t>14220 LE HOM</t>
+  </si>
+  <si>
+    <t>LE HOM</t>
+  </si>
+  <si>
+    <t>140015785</t>
+  </si>
+  <si>
+    <t>EHPAD - HEROUVILLE SAINT CLAIR</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:20:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14782_FicheESSMS/fr/ehpad-herouville-saint-clair</t>
+  </si>
+  <si>
+    <t>14782_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Avenue De La 3Eme D I Britannique</t>
+  </si>
+  <si>
+    <t>14200 HEROUVILLE ST CLAIR</t>
+  </si>
+  <si>
+    <t>HEROUVILLE ST CLAIR</t>
+  </si>
+  <si>
+    <t>140027038</t>
+  </si>
+  <si>
+    <t>HÉBERGEMENT THÉRAPEUTIQUE - MDA 14</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14228_FicheESSMS/fr/hebergement-therapeutique-mda-14</t>
+  </si>
+  <si>
+    <t>14228_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Route De Creully</t>
+  </si>
+  <si>
+    <t>14610 CAIRON</t>
+  </si>
+  <si>
+    <t>CAIRON</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Enfance Handicapée</t>
+  </si>
+  <si>
+    <t>140032152</t>
+  </si>
+  <si>
+    <t>LHSS ITINERAIRES</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14253_FicheESSMS/fr/lhss-itineraires</t>
+  </si>
+  <si>
+    <t>14253_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Rue Amiral De Tourville</t>
+  </si>
+  <si>
+    <t>14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>140033549</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ASS L'ESCALE VASSY</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:24:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14310_FicheESSMS/fr/lieu-de-vie-ass-l-escale-vassy</t>
+  </si>
+  <si>
+    <t>14310_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>140026303</t>
+  </si>
+  <si>
+    <t>SAD COMMUNE DE COURSEULLES-SUR-MER</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14485_FicheESSMS/fr/sad-commune-de-courseulles-sur-mer</t>
+  </si>
+  <si>
+    <t>14485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue De La Mer</t>
+  </si>
+  <si>
+    <t>14470 COURSEULLES SUR MER</t>
+  </si>
+  <si>
+    <t>COURSEULLES SUR MER</t>
+  </si>
+  <si>
+    <t>140022799</t>
+  </si>
+  <si>
+    <t>FOYER ESAT PHILIPPE DE BOURGOING</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14558_FicheESSMS/fr/foyer-esat-philippe-de-bourgoing</t>
+  </si>
+  <si>
+    <t>14558_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De L Eglise</t>
+  </si>
+  <si>
+    <t>14730 GIBERVILLE</t>
+  </si>
+  <si>
+    <t>GIBERVILLE</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>140008194</t>
+  </si>
+  <si>
+    <t>AIT PH DE BOURGOING - GIBERVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14557_FicheESSMS/fr/ait-ph-de-bourgoing-giberville</t>
+  </si>
+  <si>
+    <t>14557_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>140030354</t>
+  </si>
+  <si>
+    <t>SAD CCAS DE CABOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14555_FicheESSMS/fr/sad-ccas-de-cabourg</t>
+  </si>
+  <si>
+    <t>14555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue D'Ennery</t>
+  </si>
+  <si>
+    <t>14390 CABOURG</t>
+  </si>
+  <si>
+    <t>CABOURG</t>
+  </si>
+  <si>
+    <t>140004912</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LES MALLIERES DE BAYEUX</t>
+  </si>
+  <si>
+    <t>14/10/2025 16:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14045_FicheESSMS/fr/foyer-de-vie-les-mallieres-de-bayeux</t>
+  </si>
+  <si>
+    <t>14045_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Chojnice</t>
+  </si>
+  <si>
+    <t>140026923</t>
+  </si>
+  <si>
+    <t>SAD SOUS MON TOIT ADHEO SERVICES CAEN</t>
+  </si>
+  <si>
+    <t>08/10/2025 16:20:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13978_FicheESSMS/fr/sad-sous-mon-toit-adheo-services-caen</t>
+  </si>
+  <si>
+    <t>13978_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Place De L'Europe</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>140031923</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT VINCENT DE PAUL  SALINE</t>
+  </si>
+  <si>
+    <t>02/10/2025 16:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13867_FicheESSMS/fr/ehpad-saint-vincent-de-paul-saline</t>
+  </si>
+  <si>
+    <t>13867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88 Rue De Rouen</t>
+  </si>
+  <si>
+    <t>14670 TROARN</t>
+  </si>
+  <si>
+    <t>TROARN</t>
+  </si>
+  <si>
+    <t>140002122</t>
+  </si>
+  <si>
+    <t>RESIDENCE STE ANNE</t>
+  </si>
+  <si>
+    <t>29/09/2025 16:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13782_FicheESSMS/fr/residence-ste-anne</t>
+  </si>
+  <si>
+    <t>13782_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Boulevard Sainte Anne</t>
+  </si>
+  <si>
+    <t>140011891</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13781_FicheESSMS/fr/residence-les-tilleuls</t>
+  </si>
+  <si>
+    <t>13781_FicheESSMS</t>
+  </si>
+  <si>
+    <t>74 Boulevard Sainte Anne</t>
+  </si>
+  <si>
+    <t>140016734</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU VAL D'OR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13780_FicheESSMS/fr/residence-du-val-d-or</t>
+  </si>
+  <si>
+    <t>13780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Roger Aini</t>
+  </si>
+  <si>
+    <t>140011909</t>
+  </si>
+  <si>
+    <t>EHPAD DE BLON</t>
+  </si>
+  <si>
+    <t>22/09/2025 16:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13532_FicheESSMS/fr/ehpad-de-blon</t>
+  </si>
+  <si>
+    <t>13532_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360 Route De Tinchebray</t>
+  </si>
+  <si>
+    <t>14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>140015983</t>
+  </si>
+  <si>
+    <t>SAD CCAS CORMELLES LE ROYAL</t>
+  </si>
+  <si>
+    <t>17/09/2025 16:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13401_FicheESSMS/fr/sad-ccas-cormelles-le-royal</t>
+  </si>
+  <si>
+    <t>13401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De L Eglise</t>
+  </si>
+  <si>
+    <t>14123 CORMELLES LE ROYAL</t>
+  </si>
+  <si>
+    <t>CORMELLES LE ROYAL</t>
+  </si>
+  <si>
+    <t>140006552</t>
+  </si>
+  <si>
+    <t>SAD CCAS FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13348_FicheESSMS/fr/sad-ccas-fleury-sur-orne</t>
+  </si>
+  <si>
+    <t>13348_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Serge Rouziere</t>
+  </si>
+  <si>
+    <t>14123 FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>140006636</t>
+  </si>
+  <si>
+    <t>SAD CCAS DE PONT-L'EVEQUE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13363_FicheESSMS/fr/sad-ccas-de-pont-l-eveque</t>
+  </si>
+  <si>
+    <t>13363_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Rue Saint Michel</t>
+  </si>
+  <si>
+    <t>14130 PONT L EVEQUE</t>
+  </si>
+  <si>
+    <t>PONT L EVEQUE</t>
+  </si>
+  <si>
+    <t>140006818</t>
+  </si>
+  <si>
+    <t>EHPAD ASILE DE MARIE - THURY-HARCOURT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/85_FicheESSMS/fr/ehpad-asile-de-marie-thury-harcourt</t>
+  </si>
+  <si>
+    <t>85_FicheESSMS</t>
+  </si>
+  <si>
+    <t>72 Rue De Conde</t>
+  </si>
+  <si>
+    <t>140004268</t>
+  </si>
+  <si>
+    <t>EHPAD L'OREE DU GOLF - EPRON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/432_FicheESSMS/fr/ehpad-l-oree-du-golf-epron</t>
+  </si>
+  <si>
+    <t>432_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14610 EPRON</t>
+  </si>
+  <si>
+    <t>EPRON</t>
+  </si>
+  <si>
+    <t>140027418</t>
+  </si>
+  <si>
+    <t>SERV MJPM BAYEUX SATC ACSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/670_FicheESSMS/fr/serv-mjpm-bayeux-satc-acsea</t>
+  </si>
+  <si>
+    <t>670_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Route De Port En Bessin</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>140027152</t>
+  </si>
+  <si>
+    <t>MAS ANAIS DE VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/783_FicheESSMS/fr/mas-anais-de-vire-normandie</t>
+  </si>
+  <si>
+    <t>783_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Aquilon</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>140017849</t>
+  </si>
+  <si>
+    <t>EHPAD LES LYS BLANCS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/974_FicheESSMS/fr/ehpad-les-lys-blancs</t>
+  </si>
+  <si>
+    <t>974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14620 MORTEAUX COULIBOEUF</t>
+  </si>
+  <si>
+    <t>MORTEAUX COULIBOEUF</t>
+  </si>
+  <si>
+    <t>140020728</t>
+  </si>
+  <si>
+    <t>EHPAD -  CH DE VIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1021_FicheESSMS/fr/ehpad-ch-de-vire</t>
+  </si>
+  <si>
+    <t>1021_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Emile Desvaux</t>
+  </si>
+  <si>
+    <t>140013913</t>
+  </si>
+  <si>
+    <t>EHPAD LES EMBRUNS - PORT EN BESSIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1070_FicheESSMS/fr/ehpad-les-embruns-port-en-bessin</t>
+  </si>
+  <si>
+    <t>1070_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14520 PORT EN BESSIN HUPPAIN</t>
+  </si>
+  <si>
+    <t>PORT EN BESSIN HUPPAIN</t>
+  </si>
+  <si>
+    <t>140030198</t>
+  </si>
+  <si>
+    <t>SERV MJPM CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1211_FicheESSMS/fr/serv-mjpm-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1211_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue De Lion Sur Mer</t>
+  </si>
+  <si>
+    <t>14054 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>140027137</t>
+  </si>
+  <si>
+    <t>SERV DPF CAEN ASS UDAF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1210_FicheESSMS/fr/serv-dpf-caen-ass-udaf-du-calvados</t>
+  </si>
+  <si>
+    <t>1210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14052 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>140027129</t>
+  </si>
+  <si>
+    <t>BAPU (ESPLANADE DE LA PAIX) - CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1224_FicheESSMS/fr/bapu-esplanade-de-la-paix-caen</t>
+  </si>
+  <si>
+    <t>1224_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14032 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Bureau d'Aide Psychologique Universitaire (B.A.P.U.)</t>
+  </si>
+  <si>
+    <t>140022674</t>
+  </si>
+  <si>
+    <t>CAMSP - FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1222_FicheESSMS/fr/camsp-falaise</t>
+  </si>
+  <si>
+    <t>1222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Saint Jean</t>
+  </si>
+  <si>
+    <t>14700 FALAISE</t>
+  </si>
+  <si>
+    <t>FALAISE</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>140030594</t>
+  </si>
+  <si>
+    <t>CAMSP - CAEN SUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1221_FicheESSMS/fr/camsp-caen-sud</t>
+  </si>
+  <si>
+    <t>1221_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14123 IFS</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>140031766</t>
+  </si>
+  <si>
+    <t>CMPP VIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1219_FicheESSMS/fr/cmpp-vire</t>
+  </si>
+  <si>
+    <t>1219_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Emile Desvaux</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>140027921</t>
+  </si>
+  <si>
+    <t>CAMSP - VIRE (ANTENNE DE CAEN)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1218_FicheESSMS/fr/camsp-vire-antenne-de-caen</t>
+  </si>
+  <si>
+    <t>1218_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140027954</t>
+  </si>
+  <si>
+    <t>ESAT ANAIS DE SAINT-ARNOULT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1524_FicheESSMS/fr/esat-anais-de-saint-arnoult</t>
+  </si>
+  <si>
+    <t>1524_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14800 ST ARNOULT</t>
+  </si>
+  <si>
+    <t>ST ARNOULT</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>140018789</t>
+  </si>
+  <si>
+    <t>LA MAISON DE JEANNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1875_FicheESSMS/fr/la-maison-de-jeanne</t>
+  </si>
+  <si>
+    <t>1875_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Curie</t>
+  </si>
+  <si>
+    <t>14310 VILLERS BOCAGE</t>
+  </si>
+  <si>
+    <t>VILLERS BOCAGE</t>
+  </si>
+  <si>
+    <t>140002130</t>
+  </si>
+  <si>
+    <t>EHPAD DE LA COTE FLEURIE - TROUVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1916_FicheESSMS/fr/ehpad-de-la-cote-fleurie-trouville</t>
+  </si>
+  <si>
+    <t>1916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14360 TROUVILLE SUR MER</t>
+  </si>
+  <si>
+    <t>TROUVILLE SUR MER</t>
+  </si>
+  <si>
+    <t>140004433</t>
+  </si>
+  <si>
+    <t>EHPAD DE LA COTE FLEURIE  EQUEMAUVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1915_FicheESSMS/fr/ehpad-de-la-cote-fleurie-equemauville</t>
+  </si>
+  <si>
+    <t>1915_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14600 EQUEMAUVILLE</t>
+  </si>
+  <si>
+    <t>EQUEMAUVILLE</t>
+  </si>
+  <si>
+    <t>140004086</t>
+  </si>
+  <si>
+    <t>EHPAD MADELEINE LAMY - CORMELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1995_FicheESSMS/fr/ehpad-madeleine-lamy-cormelles</t>
+  </si>
+  <si>
+    <t>1995_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Champ De Foire</t>
+  </si>
+  <si>
+    <t>140002965</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE MARIE VERSON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1997_FicheESSMS/fr/ehpad-sainte-marie-verson</t>
+  </si>
+  <si>
+    <t>1997_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Des Monts</t>
+  </si>
+  <si>
+    <t>14790 VERSON</t>
+  </si>
+  <si>
+    <t>VERSON</t>
+  </si>
+  <si>
+    <t>140002171</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MATHILDE BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1996_FicheESSMS/fr/ehpad-residence-mathilde-bayeux</t>
+  </si>
+  <si>
+    <t>1996_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De Barbeville</t>
+  </si>
+  <si>
+    <t>140024613</t>
+  </si>
+  <si>
+    <t>EHPAD HENRY DUNANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2126_FicheESSMS/fr/ehpad-henry-dunant</t>
+  </si>
+  <si>
+    <t>2126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Guillaume Trebutien</t>
+  </si>
+  <si>
+    <t>140016957</t>
+  </si>
+  <si>
+    <t>RESIDENCE AMBROISE CROIZAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2238_FicheESSMS/fr/residence-ambroise-croizat</t>
+  </si>
+  <si>
+    <t>2238_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue Des Resistants</t>
+  </si>
+  <si>
+    <t>14160 DIVES SUR MER</t>
+  </si>
+  <si>
+    <t>DIVES SUR MER</t>
+  </si>
+  <si>
+    <t>140011818</t>
+  </si>
+  <si>
+    <t>RESIDENCE GUY TRAVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2514_FicheESSMS/fr/residence-guy-travert</t>
+  </si>
+  <si>
+    <t>2514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Voltaire</t>
+  </si>
+  <si>
+    <t>140011859</t>
+  </si>
+  <si>
+    <t>RESIDENCE DES ACACIAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2531_FicheESSMS/fr/residence-des-acacias</t>
+  </si>
+  <si>
+    <t>2531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140011966</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR "LA PETITE MAISON"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2691_FicheESSMS/fr/accueil-de-jour-la-petite-maison</t>
+  </si>
+  <si>
+    <t>2691_FicheESSMS</t>
+  </si>
+  <si>
+    <t>535 Boulevard De La Paix</t>
+  </si>
+  <si>
+    <t>140026220</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARITÉ CHRU CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2758_FicheESSMS/fr/ehpad-la-charite-chru-caen</t>
+  </si>
+  <si>
+    <t>2758_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Boulevard De La Charite</t>
+  </si>
+  <si>
+    <t>14033 CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>140012188</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT APAEI CAEN EANM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2936_FicheESSMS/fr/foyer-d-hebergement-apaei-caen-eanm</t>
+  </si>
+  <si>
+    <t>2936_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Canadiens</t>
+  </si>
+  <si>
+    <t>14320 ST ANDRE SUR ORNE</t>
+  </si>
+  <si>
+    <t>ST ANDRE SUR ORNE</t>
+  </si>
+  <si>
+    <t>140002197</t>
+  </si>
+  <si>
+    <t>FOA DE LA TOURNERESSE - CAIRON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2935_FicheESSMS/fr/foa-de-la-tourneresse-cairon</t>
+  </si>
+  <si>
+    <t>2935_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>140028507</t>
+  </si>
+  <si>
+    <t>ESAT "APAEI DE CAEN" - SITE PRINCIPAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2934_FicheESSMS/fr/esat-apaei-de-caen-site-principal</t>
+  </si>
+  <si>
+    <t>2934_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Rue Du Clos Saint Joseph</t>
+  </si>
+  <si>
+    <t>140002502</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'APAEI DE CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2933_FicheESSMS/fr/sessad-de-l-apaei-de-caen</t>
+  </si>
+  <si>
+    <t>2933_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De L'Avenir</t>
+  </si>
+  <si>
+    <t>14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>COLOMBELLES</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>140023235</t>
+  </si>
+  <si>
+    <t>AIT LEBISEY - HEROUVILLE ST CLAIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2931_FicheESSMS/fr/ait-lebisey-herouville-st-clair</t>
+  </si>
+  <si>
+    <t>2931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Eudistes</t>
+  </si>
+  <si>
+    <t>140016718</t>
+  </si>
+  <si>
+    <t>SAS LOGEMENT AUTONOME - BLAINVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2930_FicheESSMS/fr/sas-logement-autonome-blainville</t>
+  </si>
+  <si>
+    <t>2930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Toussaint Louverture</t>
+  </si>
+  <si>
+    <t>14550 BLAINVILLE SUR ORNE</t>
+  </si>
+  <si>
+    <t>BLAINVILLE SUR ORNE</t>
+  </si>
+  <si>
+    <t>140030388</t>
+  </si>
+  <si>
+    <t>M.A.S. IKIGAÏ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2929_FicheESSMS/fr/m-a-s-ikigai</t>
+  </si>
+  <si>
+    <t>2929_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De La Perelle</t>
+  </si>
+  <si>
+    <t>14740 THUE ET MUE</t>
+  </si>
+  <si>
+    <t>THUE ET MUE</t>
+  </si>
+  <si>
+    <t>140024472</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL - BLAINVILLE/ORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2937_FicheESSMS/fr/foyer-occupationnel-blainville/orne</t>
+  </si>
+  <si>
+    <t>2937_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140019878</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE AHAJT HEROUVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3530_FicheESSMS/fr/fjt-residence-sociale-ahajt-herouville</t>
+  </si>
+  <si>
+    <t>3530_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De La Valeuse</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>140002064</t>
+  </si>
+  <si>
+    <t>EHPAD MA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3789_FicheESSMS/fr/ehpad-ma-providence</t>
+  </si>
+  <si>
+    <t>3789_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De Copplestone</t>
+  </si>
+  <si>
+    <t>14290 VALORBIQUET</t>
+  </si>
+  <si>
+    <t>VALORBIQUET</t>
+  </si>
+  <si>
+    <t>140004664</t>
+  </si>
+  <si>
+    <t>EHPAD LES DEUX FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3913_FicheESSMS/fr/ehpad-les-deux-fontaines</t>
+  </si>
+  <si>
+    <t>3913_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14250 FONTENAY LE PESNEL</t>
+  </si>
+  <si>
+    <t>FONTENAY LE PESNEL</t>
+  </si>
+  <si>
+    <t>140026261</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JACQUES ET ST CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3910_FicheESSMS/fr/ehpad-saint-jacques-et-st-christophe</t>
+  </si>
+  <si>
+    <t>3910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De L'Hospice</t>
+  </si>
+  <si>
+    <t>14220 CESNY LES SOURCES</t>
+  </si>
+  <si>
+    <t>CESNY LES SOURCES</t>
+  </si>
+  <si>
+    <t>140002098</t>
+  </si>
+  <si>
+    <t>EHPAD LA RÉSIDENCE DU PARC - THAON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3921_FicheESSMS/fr/ehpad-la-residence-du-parc-thaon</t>
+  </si>
+  <si>
+    <t>3921_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14610 THAON</t>
+  </si>
+  <si>
+    <t>THAON</t>
+  </si>
+  <si>
+    <t>140016429</t>
+  </si>
+  <si>
+    <t>CADA FTDA HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4006_FicheESSMS/fr/cada-ftda-herouville-saint-clair</t>
+  </si>
+  <si>
+    <t>4006_FicheESSMS</t>
+  </si>
+  <si>
+    <t>320 Boulevard Du Val</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>140026857</t>
+  </si>
+  <si>
+    <t>SAVS ANAIS DE  SAINT ARNOULT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4587_FicheESSMS/fr/savs-anais-de-saint-arnoult</t>
+  </si>
+  <si>
+    <t>4587_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140022401</t>
+  </si>
+  <si>
+    <t>SAS EN LOGEMENT AUTONOME ANAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4586_FicheESSMS/fr/sas-en-logement-autonome-anais</t>
+  </si>
+  <si>
+    <t>4586_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue De La Vallee</t>
+  </si>
+  <si>
+    <t>140021791</t>
+  </si>
+  <si>
+    <t>ACT - CROIX ROUGE FRANCAISE - CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4579_FicheESSMS/fr/act-croix-rouge-francaise-caen</t>
+  </si>
+  <si>
+    <t>4579_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Saint Vincent De Paul</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>140025099</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCE POUR L'AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4829_FicheESSMS/fr/centre-de-ressource-pour-l-autisme</t>
+  </si>
+  <si>
+    <t>4829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>140025396</t>
+  </si>
+  <si>
+    <t>MECS SAINT JEAN EUDES LISIEUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4912_FicheESSMS/fr/mecs-saint-jean-eudes-lisieux</t>
+  </si>
+  <si>
+    <t>4912_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Bon Ange</t>
+  </si>
+  <si>
+    <t>14103 LISIEUX</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>140023748</t>
+  </si>
+  <si>
+    <t>MAS LES PLATANES BOULON - EPSM CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5038_FicheESSMS/fr/mas-les-platanes-boulon-epsm-caen</t>
+  </si>
+  <si>
+    <t>5038_FicheESSMS</t>
+  </si>
+  <si>
+    <t>207 Rue Jardin</t>
+  </si>
+  <si>
+    <t>14220 BOULON</t>
+  </si>
+  <si>
+    <t>BOULON</t>
+  </si>
+  <si>
+    <t>140015207</t>
+  </si>
+  <si>
+    <t>SAS LOGEMENT AUTONOME ST MARTIN DE FON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5077_FicheESSMS/fr/sas-logement-autonome-st-martin-de-fon</t>
+  </si>
+  <si>
+    <t>5077_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Carriers</t>
+  </si>
+  <si>
+    <t>140030370</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5076_FicheESSMS/fr/foyer-de-vie-apajh</t>
+  </si>
+  <si>
+    <t>5076_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Route D'Harcourt</t>
+  </si>
+  <si>
+    <t>14320 ST MARTIN DE FONTENAY</t>
+  </si>
+  <si>
+    <t>ST MARTIN DE FONTENAY</t>
+  </si>
+  <si>
+    <t>140014721</t>
+  </si>
+  <si>
+    <t>DAME DE L'APAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5132_FicheESSMS/fr/dame-de-l-apajh</t>
+  </si>
+  <si>
+    <t>5132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du Sous Liau</t>
+  </si>
+  <si>
+    <t>14570 ST REMY</t>
+  </si>
+  <si>
+    <t>ST REMY</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>140000597</t>
+  </si>
+  <si>
+    <t>ESAT - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5214_FicheESSMS/fr/esat-ifs</t>
+  </si>
+  <si>
+    <t>5214_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140017013</t>
+  </si>
+  <si>
+    <t>FJT RÉSIDENCE SOCIALE CAEN PERE SANSON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5387_FicheESSMS/fr/fjt-residence-sociale-caen-pere-sanson</t>
+  </si>
+  <si>
+    <t>5387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Père Sanson</t>
+  </si>
+  <si>
+    <t>14074 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>140002841</t>
+  </si>
+  <si>
+    <t>FJT RESIDENCE SOCIALE BLAGNY LION SMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5386_FicheESSMS/fr/fjt-residence-sociale-blagny-lion-smer</t>
+  </si>
+  <si>
+    <t>5386_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Morel De Than</t>
+  </si>
+  <si>
+    <t>14780 LION SUR MER</t>
+  </si>
+  <si>
+    <t>LION SUR MER</t>
+  </si>
+  <si>
+    <t>140029141</t>
+  </si>
+  <si>
+    <t>SESSAD PRO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5486_FicheESSMS/fr/sessad-pro</t>
+  </si>
+  <si>
+    <t>5486_FicheESSMS</t>
+  </si>
+  <si>
+    <t>721 Boulevard Charles Cros</t>
+  </si>
+  <si>
+    <t>140028945</t>
+  </si>
+  <si>
+    <t>U.E.R.O.S. LADAPT NORMANDIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5485_FicheESSMS/fr/u-e-r-o-s-ladapt-normandie</t>
+  </si>
+  <si>
+    <t>5485_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Unités Evaluation Réentraînement et d'Orient. Soc. et Pro.</t>
+  </si>
+  <si>
+    <t>140024860</t>
+  </si>
+  <si>
+    <t>EHPAD CHAMP FLEURY  CH AUNAY BAYEUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5602_FicheESSMS/fr/ehpad-champ-fleury-ch-aunay-bayeux</t>
+  </si>
+  <si>
+    <t>5602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Saint Exupere</t>
+  </si>
+  <si>
+    <t>140004110</t>
+  </si>
+  <si>
+    <t>EHPAD  CH AUNAY BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5601_FicheESSMS/fr/ehpad-ch-aunay-bayeux</t>
+  </si>
+  <si>
+    <t>5601_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>14260 LES MONTS D AUNAY</t>
+  </si>
+  <si>
+    <t>LES MONTS D AUNAY</t>
+  </si>
+  <si>
+    <t>140013921</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LIVRY ASS OSCARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5706_FicheESSMS/fr/lieu-de-vie-livry-ass-oscare</t>
+  </si>
+  <si>
+    <t>5706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14240 CAUMONT SUR AURE</t>
+  </si>
+  <si>
+    <t>CAUMONT SUR AURE</t>
+  </si>
+  <si>
+    <t>140026097</t>
+  </si>
+  <si>
+    <t>EHPAD ALMA - CH FALAISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5964_FicheESSMS/fr/ehpad-alma-ch-falaise</t>
+  </si>
+  <si>
+    <t>5964_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140004441</t>
+  </si>
+  <si>
+    <t>EHPAD BERNARDIN - CH FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5963_FicheESSMS/fr/ehpad-bernardin-ch-falaise</t>
+  </si>
+  <si>
+    <t>5963_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140013848</t>
+  </si>
+  <si>
+    <t>EHPAD - POTIGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5962_FicheESSMS/fr/ehpad-potigny</t>
+  </si>
+  <si>
+    <t>5962_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14420 POTIGNY</t>
+  </si>
+  <si>
+    <t>POTIGNY</t>
+  </si>
+  <si>
+    <t>140027459</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH - CH FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5961_FicheESSMS/fr/ehpad-saint-joseph-ch-falaise</t>
+  </si>
+  <si>
+    <t>5961_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14170 ST PIERRE EN AUGE</t>
+  </si>
+  <si>
+    <t>ST PIERRE EN AUGE</t>
+  </si>
+  <si>
+    <t>140002114</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA BRUYERE - MEZIDON CANON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6092_FicheESSMS/fr/residence-la-bruyere-mezidon-canon</t>
+  </si>
+  <si>
+    <t>6092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Edouard Vaillant</t>
+  </si>
+  <si>
+    <t>14270 MEZIDON VALLEE D AUGE</t>
+  </si>
+  <si>
+    <t>MEZIDON VALLEE D AUGE</t>
+  </si>
+  <si>
+    <t>140028473</t>
+  </si>
+  <si>
+    <t>DME PAYS DE BAYEUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6132_FicheESSMS/fr/dme-pays-de-bayeux</t>
+  </si>
+  <si>
+    <t>6132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>14403 BAYEUX</t>
+  </si>
+  <si>
+    <t>140000605</t>
+  </si>
+  <si>
+    <t>RESIDENCE SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6127_FicheESSMS/fr/residence-sainte-anne</t>
+  </si>
+  <si>
+    <t>6127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140012014</t>
+  </si>
+  <si>
+    <t>RESIDENCE CHARLES DE GAULLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6126_FicheESSMS/fr/residence-charles-de-gaulle</t>
+  </si>
+  <si>
+    <t>6126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140012022</t>
+  </si>
+  <si>
+    <t>F.A.M. "MARIE DU MERLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6184_FicheESSMS/fr/f-a-m-marie-du-merle</t>
+  </si>
+  <si>
+    <t>6184_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14290 ORBEC</t>
+  </si>
+  <si>
+    <t>ORBEC</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>140026386</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON DU COUDRIER - LOUVIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6205_FicheESSMS/fr/ehpad-maison-du-coudrier-louvigny</t>
+  </si>
+  <si>
+    <t>6205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Robert Capa</t>
+  </si>
+  <si>
+    <t>14111 LOUVIGNY</t>
+  </si>
+  <si>
+    <t>LOUVIGNY</t>
+  </si>
+  <si>
+    <t>140026758</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE SSAM - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6581_FicheESSMS/fr/foyer-de-vie-ssam-ifs</t>
+  </si>
+  <si>
+    <t>6581_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>140031667</t>
+  </si>
+  <si>
+    <t>SAS EN LOGEMENT AUTONOME - IFS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6579_FicheESSMS/fr/sas-en-logement-autonome-ifs</t>
+  </si>
+  <si>
+    <t>6579_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140030560</t>
+  </si>
+  <si>
+    <t>FOYER D'HÉBERGEMENT - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6582_FicheESSMS/fr/foyer-d-hebergement-ifs</t>
+  </si>
+  <si>
+    <t>6582_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140025594</t>
+  </si>
+  <si>
+    <t>EHPAD D'ORBEC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6629_FicheESSMS/fr/ehpad-d-orbec</t>
+  </si>
+  <si>
+    <t>6629_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140013905</t>
+  </si>
+  <si>
+    <t>SAFEP/S3AIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6634_FicheESSMS/fr/safep/s3ais</t>
+  </si>
+  <si>
+    <t>6634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Denis Papin</t>
+  </si>
+  <si>
+    <t>140021239</t>
+  </si>
+  <si>
+    <t>EHPAD LES BALCONS DU PAYS D'AUGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6688_FicheESSMS/fr/ehpad-les-balcons-du-pays-d-auge</t>
+  </si>
+  <si>
+    <t>6688_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Roger Aini</t>
+  </si>
+  <si>
+    <t>140013806</t>
+  </si>
+  <si>
+    <t>CPH LISIEUX ASS ITINERAIRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6721_FicheESSMS/fr/cph-lisieux-ass-itineraires</t>
+  </si>
+  <si>
+    <t>6721_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Des Arts</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>140030578</t>
+  </si>
+  <si>
+    <t>CADA CAEN ASS ITINÉRAIRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6720_FicheESSMS/fr/cada-caen-ass-itineraires</t>
+  </si>
+  <si>
+    <t>6720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>210 Rue D'Auge</t>
+  </si>
+  <si>
+    <t>14089 CAEN CEDEX 6</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 6</t>
+  </si>
+  <si>
+    <t>140021718</t>
+  </si>
+  <si>
+    <t>EHPAD LES HAUTS DE L'AURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6979_FicheESSMS/fr/ehpad-les-hauts-de-l-aure</t>
+  </si>
+  <si>
+    <t>6979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Pigache</t>
+  </si>
+  <si>
+    <t>14400 ST VIGOR LE GRAND</t>
+  </si>
+  <si>
+    <t>ST VIGOR LE GRAND</t>
+  </si>
+  <si>
+    <t>140016452</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE MÉDICIS - CARPIQUET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6977_FicheESSMS/fr/ehpad-residence-medicis-carpiquet</t>
+  </si>
+  <si>
+    <t>6977_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Chemin Rural De Saint Germain</t>
+  </si>
+  <si>
+    <t>14650 CARPIQUET</t>
+  </si>
+  <si>
+    <t>CARPIQUET</t>
+  </si>
+  <si>
+    <t>140024738</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE VALLEE D'AUGE- DOZULE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7085_FicheESSMS/fr/ehpad-residence-vallee-d-auge-dozule</t>
+  </si>
+  <si>
+    <t>7085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14430 DOZULE</t>
+  </si>
+  <si>
+    <t>DOZULE</t>
+  </si>
+  <si>
+    <t>140024340</t>
+  </si>
+  <si>
+    <t>EHPAD LA BARILLIERE - SAINT DESIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7084_FicheESSMS/fr/ehpad-la-barilliere-saint-desir</t>
+  </si>
+  <si>
+    <t>7084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Rue De L'Oppidum</t>
+  </si>
+  <si>
+    <t>14100 ST DESIR</t>
+  </si>
+  <si>
+    <t>ST DESIR</t>
+  </si>
+  <si>
+    <t>140024514</t>
+  </si>
+  <si>
+    <t>MAS LOUISE DE GUITAUT - LOUVIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7134_FicheESSMS/fr/mas-louise-de-guitaut-louvigny</t>
+  </si>
+  <si>
+    <t>7134_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Maison Adeline</t>
+  </si>
+  <si>
+    <t>140016130</t>
+  </si>
+  <si>
+    <t>DITEP "VALLÉE DE L'ODON"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7160_FicheESSMS/fr/ditep-vallee-de-l-odon</t>
+  </si>
+  <si>
+    <t>7160_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14210 BARON SUR ODON</t>
+  </si>
+  <si>
+    <t>BARON SUR ODON</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>140002320</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LE VAL DES MOULINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7251_FicheESSMS/fr/foyer-de-vie-le-val-des-moulins</t>
+  </si>
+  <si>
+    <t>7251_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Moulins</t>
+  </si>
+  <si>
+    <t>140019076</t>
+  </si>
+  <si>
+    <t>EHPAD LES ONDINES - GRANDCAMP-MAISY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7507_FicheESSMS/fr/ehpad-les-ondines-grandcamp-maisy</t>
+  </si>
+  <si>
+    <t>7507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67 Rue Du Docteur Boutrois</t>
+  </si>
+  <si>
+    <t>14450 GRANDCAMP MAISY</t>
+  </si>
+  <si>
+    <t>GRANDCAMP MAISY</t>
+  </si>
+  <si>
+    <t>140020868</t>
+  </si>
+  <si>
+    <t>CADA 14 IFS ASS ALTHEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7566_FicheESSMS/fr/cada-14-ifs-ass-althea</t>
+  </si>
+  <si>
+    <t>7566_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De La Dronniere</t>
+  </si>
+  <si>
+    <t>140017310</t>
+  </si>
+  <si>
+    <t>ESAT LES COMPAGNONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7706_FicheESSMS/fr/esat-les-compagnons</t>
+  </si>
+  <si>
+    <t>7706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De La Resistance</t>
+  </si>
+  <si>
+    <t>140002205</t>
+  </si>
+  <si>
+    <t>AIT - BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7705_FicheESSMS/fr/ait-bayeux</t>
+  </si>
+  <si>
+    <t>7705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Route De Tilly Sur Seulles</t>
+  </si>
+  <si>
+    <t>140017377</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT - BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7704_FicheESSMS/fr/foyer-d-hebergement-bayeux</t>
+  </si>
+  <si>
+    <t>7704_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140002775</t>
+  </si>
+  <si>
+    <t>SERVICE D'AIDE À LA VIE SOCIALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7703_FicheESSMS/fr/service-d-aide-a-la-vie-sociale</t>
+  </si>
+  <si>
+    <t>7703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Du General De Dais</t>
+  </si>
+  <si>
+    <t>140024316</t>
+  </si>
+  <si>
+    <t>SAS LOGEMENT AUTONOME - BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7702_FicheESSMS/fr/sas-logement-autonome-bayeux</t>
+  </si>
+  <si>
+    <t>7702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Georges Clémenceau</t>
+  </si>
+  <si>
+    <t>140030412</t>
+  </si>
+  <si>
+    <t>S.A.V.S. DU BOCAGE VIROIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7820_FicheESSMS/fr/s-a-v-s-du-bocage-virois</t>
+  </si>
+  <si>
+    <t>7820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Victor Hunger</t>
+  </si>
+  <si>
+    <t>140026733</t>
+  </si>
+  <si>
+    <t>EHPAD LES HELIADES  CABOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8024_FicheESSMS/fr/ehpad-les-heliades-cabourg</t>
+  </si>
+  <si>
+    <t>8024_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Des Dunettes</t>
+  </si>
+  <si>
+    <t>140016916</t>
+  </si>
+  <si>
+    <t>EHPAD COTE DE NACRE RESIDENCE EMERA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8217_FicheESSMS/fr/ehpad-cote-de-nacre-residence-emera</t>
+  </si>
+  <si>
+    <t>8217_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Marin L'Abbe</t>
+  </si>
+  <si>
+    <t>14530 LUC SUR MER</t>
+  </si>
+  <si>
+    <t>LUC SUR MER</t>
+  </si>
+  <si>
+    <t>140026998</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA ROYALE- PORT EN BESSIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8241_FicheESSMS/fr/residence-la-royale-port-en-bessin</t>
+  </si>
+  <si>
+    <t>8241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140011925</t>
+  </si>
+  <si>
+    <t>DOMAINE DE L'ARGUILLY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8517_FicheESSMS/fr/domaine-de-l-arguilly</t>
+  </si>
+  <si>
+    <t>8517_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Val</t>
+  </si>
+  <si>
+    <t>14760 BRETTEVILLE SUR ODON</t>
+  </si>
+  <si>
+    <t>BRETTEVILLE SUR ODON</t>
+  </si>
+  <si>
+    <t>140019399</t>
+  </si>
+  <si>
+    <t>EHPAD SYMPHONIA VIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8497_FicheESSMS/fr/ehpad-symphonia-vire</t>
+  </si>
+  <si>
+    <t>8497_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140015991</t>
+  </si>
+  <si>
+    <t>EHPAD LE PARC DE LA TOUQUES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8535_FicheESSMS/fr/ehpad-le-parc-de-la-touques</t>
+  </si>
+  <si>
+    <t>8535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140017476</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SOLEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8518_FicheESSMS/fr/ehpad-residence-soleil</t>
+  </si>
+  <si>
+    <t>8518_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140024480</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE COEUR D'ISIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8698_FicheESSMS/fr/residence-le-coeur-d-isigny</t>
+  </si>
+  <si>
+    <t>8698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14230 ISIGNY SUR MER</t>
+  </si>
+  <si>
+    <t>ISIGNY SUR MER</t>
+  </si>
+  <si>
+    <t>140011875</t>
+  </si>
+  <si>
+    <t>SAD SARL ADSAD NORMANDIE FALAISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8700_FicheESSMS/fr/sad-sarl-adsad-normandie-falaise</t>
+  </si>
+  <si>
+    <t>8700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Place Du Docteur Paul German</t>
+  </si>
+  <si>
+    <t>140029091</t>
+  </si>
+  <si>
+    <t>EHPAD LE FLORILEGE - FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8699_FicheESSMS/fr/ehpad-le-florilege-fleury-sur-orne</t>
+  </si>
+  <si>
+    <t>8699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140028010</t>
+  </si>
+  <si>
+    <t>SAAD SARL ADSAD NORMANDIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8776_FicheESSMS/fr/saad-sarl-adsad-normandie</t>
+  </si>
+  <si>
+    <t>8776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Saint Martin</t>
+  </si>
+  <si>
+    <t>14110 CONDE EN NORMANDIE</t>
+  </si>
+  <si>
+    <t>CONDE EN NORMANDIE</t>
+  </si>
+  <si>
+    <t>140033804</t>
+  </si>
+  <si>
+    <t>FOYER L'ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8854_FicheESSMS/fr/foyer-l-essor</t>
+  </si>
+  <si>
+    <t>8854_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Pomme De Pin</t>
+  </si>
+  <si>
+    <t>140014739</t>
+  </si>
+  <si>
+    <t>CAMSP  LA POMME BLEUE - SITE PRINCIPAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9031_FicheESSMS/fr/camsp-la-pomme-bleue-site-principal</t>
+  </si>
+  <si>
+    <t>9031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue De Glattbach</t>
+  </si>
+  <si>
+    <t>140008046</t>
+  </si>
+  <si>
+    <t>SSEFS DU CROP - SITE PRINCIPAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9030_FicheESSMS/fr/ssefs-du-crop-site-principal</t>
+  </si>
+  <si>
+    <t>9030_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140024902</t>
+  </si>
+  <si>
+    <t>SESAL "ABBE JAMET"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9028_FicheESSMS/fr/sesal-abbe-jamet</t>
+  </si>
+  <si>
+    <t>9028_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Auditifs</t>
+  </si>
+  <si>
+    <t>140000480</t>
+  </si>
+  <si>
+    <t>SAVS - FALAISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9070_FicheESSMS/fr/savs-falaise</t>
+  </si>
+  <si>
+    <t>9070_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Passage Abbe Langevin</t>
+  </si>
+  <si>
+    <t>140026485</t>
+  </si>
+  <si>
+    <t>EHPAD LAURENCE DE LA PIERRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9246_FicheESSMS/fr/ehpad-laurence-de-la-pierre</t>
+  </si>
+  <si>
+    <t>9246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Rue Saint Martin</t>
+  </si>
+  <si>
+    <t>140001280</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "LE MONTMIREL"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9245_FicheESSMS/fr/foyer-de-vie-le-montmirel</t>
+  </si>
+  <si>
+    <t>9245_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Chemin Des Mares</t>
+  </si>
+  <si>
+    <t>14400 ST LOUP HORS</t>
+  </si>
+  <si>
+    <t>ST LOUP HORS</t>
+  </si>
+  <si>
+    <t>140017823</t>
+  </si>
+  <si>
+    <t>SAS EN LOGEMENT AUTONOME - FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9231_FicheESSMS/fr/sas-en-logement-autonome-falaise</t>
+  </si>
+  <si>
+    <t>9231_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140028317</t>
+  </si>
+  <si>
+    <t>EHPAD LE BELVEDERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9287_FicheESSMS/fr/ehpad-le-belvedere</t>
+  </si>
+  <si>
+    <t>9287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Marronniers</t>
+  </si>
+  <si>
+    <t>14540 LE CASTELET</t>
+  </si>
+  <si>
+    <t>LE CASTELET</t>
+  </si>
+  <si>
+    <t>140016601</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE WESTALIA - COURSEULLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9328_FicheESSMS/fr/ehpad-residence-westalia-courseulles</t>
+  </si>
+  <si>
+    <t>9328_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Chemin De La Delivrande</t>
+  </si>
+  <si>
+    <t>140027020</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE NORMANDIA - TROUVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9381_FicheESSMS/fr/ehpad-residence-normandia-trouville</t>
+  </si>
+  <si>
+    <t>9381_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140027012</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9443_FicheESSMS/fr/residence-la-roseraie</t>
+  </si>
+  <si>
+    <t>9443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du General Leclerc</t>
+  </si>
+  <si>
+    <t>140020389</t>
+  </si>
+  <si>
+    <t>EHPAD LA SOURCE - MONDEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9440_FicheESSMS/fr/ehpad-la-source-mondeville</t>
+  </si>
+  <si>
+    <t>9440_FicheESSMS</t>
+  </si>
+  <si>
+    <t>111 Rue Emile Zola</t>
+  </si>
+  <si>
+    <t>14120 MONDEVILLE</t>
+  </si>
+  <si>
+    <t>MONDEVILLE</t>
+  </si>
+  <si>
+    <t>140026667</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE EMERAUDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9487_FicheESSMS/fr/ehpad-residence-emeraude</t>
+  </si>
+  <si>
+    <t>9487_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Des Bles D'Or</t>
+  </si>
+  <si>
+    <t>14540 BOURGUEBUS</t>
+  </si>
+  <si>
+    <t>BOURGUEBUS</t>
+  </si>
+  <si>
+    <t>140027053</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE TOPAZE - DOZULE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9486_FicheESSMS/fr/ehpad-residence-topaze-dozule</t>
+  </si>
+  <si>
+    <t>9486_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Roquépine</t>
+  </si>
+  <si>
+    <t>140027079</t>
+  </si>
+  <si>
+    <t>EHPAD LES PERVENCHES  BIEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9484_FicheESSMS/fr/ehpad-les-pervenches-bieville</t>
+  </si>
+  <si>
+    <t>9484_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14112 BIEVILLE BEUVILLE</t>
+  </si>
+  <si>
+    <t>BIEVILLE BEUVILLE</t>
+  </si>
+  <si>
+    <t>140016395</t>
+  </si>
+  <si>
+    <t>RESIDENCE ACCUEIL ASS VIE ET PARTAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9462_FicheESSMS/fr/residence-accueil-ass-vie-et-partage</t>
+  </si>
+  <si>
+    <t>9462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4138 Route De Livarot</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Maisons Relais - Pensions de Famille</t>
+  </si>
+  <si>
+    <t>140022765</t>
+  </si>
+  <si>
+    <t>SAMSAH APF - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9531_FicheESSMS/fr/samsah-apf-ifs</t>
+  </si>
+  <si>
+    <t>9531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Charles Sauria</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>140028077</t>
+  </si>
+  <si>
+    <t>SAVS APF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9530_FicheESSMS/fr/savs-apf</t>
+  </si>
+  <si>
+    <t>9530_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140025164</t>
+  </si>
+  <si>
+    <t>SPFS DAFHE ACSEA CORMELLES LE ROYAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9568_FicheESSMS/fr/spfs-dafhe-acsea-cormelles-le-royal</t>
+  </si>
+  <si>
+    <t>9568_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>140027087</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES COQUELICOTS - FALAISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9736_FicheESSMS/fr/residence-les-coquelicots-falaise</t>
+  </si>
+  <si>
+    <t>9736_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Impasse De La Tete Noire</t>
+  </si>
+  <si>
+    <t>140026741</t>
+  </si>
+  <si>
+    <t>IMPRO DEMOUVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9859_FicheESSMS/fr/impro-demouville</t>
+  </si>
+  <si>
+    <t>9859_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>14840 DEMOUVILLE</t>
+  </si>
+  <si>
+    <t>DEMOUVILLE</t>
+  </si>
+  <si>
+    <t>140000522</t>
+  </si>
+  <si>
+    <t>DAIA ICB CAEN ACSEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9858_FicheESSMS/fr/daia-icb-caen-acsea</t>
+  </si>
+  <si>
+    <t>9858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Vaux De La Folie</t>
+  </si>
+  <si>
+    <t>14076 CAEN CEDEX 5</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental Enfance Protégée</t>
+  </si>
+  <si>
+    <t>140032715</t>
+  </si>
+  <si>
+    <t>MARPA LES RIVAGES DE LA TOUQUES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10037_FicheESSMS/fr/marpa-les-rivages-de-la-touques</t>
+  </si>
+  <si>
+    <t>10037_FicheESSMS</t>
+  </si>
+  <si>
+    <t>340 Route De La Boissiere</t>
+  </si>
+  <si>
+    <t>14140 LIVAROT PAYS D AUGE</t>
+  </si>
+  <si>
+    <t>LIVAROT PAYS D AUGE</t>
+  </si>
+  <si>
+    <t>140026402</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES PENSEES- FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10227_FicheESSMS/fr/residence-les-pensees-fleury-sur-orne</t>
+  </si>
+  <si>
+    <t>10227_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Route D'Harcourt</t>
+  </si>
+  <si>
+    <t>140026766</t>
+  </si>
+  <si>
+    <t>IME LUCIENNE VASNIER - SITE PRINCIPAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10323_FicheESSMS/fr/ime-lucienne-vasnier-site-principal</t>
+  </si>
+  <si>
+    <t>10323_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140004698</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'IME LUCIENNE VASNIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10322_FicheESSMS/fr/sessad-de-l-ime-lucienne-vasnier</t>
+  </si>
+  <si>
+    <t>10322_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140025107</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS DE LA CÔTE FLEURIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10321_FicheESSMS/fr/esat-ateliers-de-la-cote-fleurie</t>
+  </si>
+  <si>
+    <t>10321_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140003005</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10320_FicheESSMS/fr/esat-ateliers-de-la-cote-fleurie</t>
+  </si>
+  <si>
+    <t>10320_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Avenue Georges Landry</t>
+  </si>
+  <si>
+    <t>140004367</t>
+  </si>
+  <si>
+    <t>ATELIERS DE LA CÔTE FLEURIE - DIVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10319_FicheESSMS/fr/ateliers-de-la-cote-fleurie-dives</t>
+  </si>
+  <si>
+    <t>10319_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Georges Landry</t>
+  </si>
+  <si>
+    <t>140016247</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISEE - DOZULE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10318_FicheESSMS/fr/maison-d-accueil-specialisee-dozule</t>
+  </si>
+  <si>
+    <t>10318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Avenue Georges Landry</t>
+  </si>
+  <si>
+    <t>140003062</t>
+  </si>
+  <si>
+    <t>FAM DE DOZULÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10317_FicheESSMS/fr/fam-de-dozule</t>
+  </si>
+  <si>
+    <t>10317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140026204</t>
+  </si>
+  <si>
+    <t>FOYER JEAN VASNIER - DOZULE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10316_FicheESSMS/fr/foyer-jean-vasnier-dozule</t>
+  </si>
+  <si>
+    <t>10316_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Emile Nicol</t>
+  </si>
+  <si>
+    <t>140002783</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL - DOZULE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10315_FicheESSMS/fr/foyer-occupationnel-dozule</t>
+  </si>
+  <si>
+    <t>10315_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140026915</t>
+  </si>
+  <si>
+    <t>SASLA DE DIVES SUR MER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10314_FicheESSMS/fr/sasla-de-dives-sur-mer</t>
+  </si>
+  <si>
+    <t>10314_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Hôtel De Ville</t>
+  </si>
+  <si>
+    <t>140022815</t>
+  </si>
+  <si>
+    <t>SAJH SERVICE D'A. J. ET D'HÉBERGEMENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10376_FicheESSMS/fr/sajh-service-d-a-j-et-d-hebergement</t>
+  </si>
+  <si>
+    <t>10376_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Des Pervenches</t>
+  </si>
+  <si>
+    <t>140019126</t>
+  </si>
+  <si>
+    <t>ESAT "L'ESSOR"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10449_FicheESSMS/fr/esat-l-essor</t>
+  </si>
+  <si>
+    <t>10449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140001355</t>
+  </si>
+  <si>
+    <t>IME DU BOCAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10675_FicheESSMS/fr/ime-du-bocage</t>
+  </si>
+  <si>
+    <t>10675_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Des Noes Davy</t>
+  </si>
+  <si>
+    <t>140000613</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'IME DU BOCAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10674_FicheESSMS/fr/sessad-de-l-ime-du-bocage</t>
+  </si>
+  <si>
+    <t>10674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140024944</t>
+  </si>
+  <si>
+    <t>MAS LES HAUTS VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10673_FicheESSMS/fr/mas-les-hauts-vents</t>
+  </si>
+  <si>
+    <t>10673_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Rue De Bruxelles</t>
+  </si>
+  <si>
+    <t>140015959</t>
+  </si>
+  <si>
+    <t>FOYER DU BOURG LOPIN - VIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10672_FicheESSMS/fr/foyer-du-bourg-lopin-vire</t>
+  </si>
+  <si>
+    <t>10672_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140004581</t>
+  </si>
+  <si>
+    <t>SASLA LE BOURG LOPIN  - VIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10671_FicheESSMS/fr/sasla-le-bourg-lopin-vire</t>
+  </si>
+  <si>
+    <t>10671_FicheESSMS</t>
+  </si>
+  <si>
+    <t>149 Rue Du Chênedollé</t>
+  </si>
+  <si>
+    <t>140031857</t>
+  </si>
+  <si>
+    <t>AIT DU BOURG LOPIN - VIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10670_FicheESSMS/fr/ait-du-bourg-lopin-vire</t>
+  </si>
+  <si>
+    <t>10670_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Chemin Du Bourg Lopin</t>
+  </si>
+  <si>
+    <t>140016684</t>
+  </si>
+  <si>
+    <t>FOYER LES BASSES LANDES- CONDE EN NORM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10669_FicheESSMS/fr/foyer-les-basses-landes-conde-en-norm</t>
+  </si>
+  <si>
+    <t>10669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Ross On Wye</t>
+  </si>
+  <si>
+    <t>140012162</t>
+  </si>
+  <si>
+    <t>ESAT LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10668_FicheESSMS/fr/esat-les-tilleuls</t>
+  </si>
+  <si>
+    <t>10668_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Chemin Des Carrieres</t>
+  </si>
+  <si>
+    <t>140012055</t>
+  </si>
+  <si>
+    <t>SASLA LES BASSES LANDES - CONDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10667_FicheESSMS/fr/sasla-les-basses-landes-conde</t>
+  </si>
+  <si>
+    <t>10667_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140031865</t>
+  </si>
+  <si>
+    <t>AIT LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10666_FicheESSMS/fr/ait-les-tilleuls</t>
+  </si>
+  <si>
+    <t>10666_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140032186</t>
+  </si>
+  <si>
+    <t>ESAT LE GRAND PRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10665_FicheESSMS/fr/esat-le-grand-pre</t>
+  </si>
+  <si>
+    <t>10665_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140002700</t>
+  </si>
+  <si>
+    <t>ESAT LE BELLAIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10664_FicheESSMS/fr/esat-le-bellaie</t>
+  </si>
+  <si>
+    <t>10664_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Impasse Du Bellaie</t>
+  </si>
+  <si>
+    <t>14380 NOUES DE SIENNE</t>
+  </si>
+  <si>
+    <t>NOUES DE SIENNE</t>
+  </si>
+  <si>
+    <t>140017740</t>
+  </si>
+  <si>
+    <t>CMPP DU PAYS D'AUGE - LISIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10663_FicheESSMS/fr/cmpp-du-pays-d-auge-lisieux</t>
+  </si>
+  <si>
+    <t>10663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>140016296</t>
+  </si>
+  <si>
+    <t>CAMSP DE LISIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10662_FicheESSMS/fr/camsp-de-lisieux</t>
+  </si>
+  <si>
+    <t>10662_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Au Char</t>
+  </si>
+  <si>
+    <t>140018763</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE LES DOUETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10711_FicheESSMS/fr/residence-les-douets</t>
+  </si>
+  <si>
+    <t>10711_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Route De Norolles</t>
+  </si>
+  <si>
+    <t>14130 BLANGY LE CHATEAU</t>
+  </si>
+  <si>
+    <t>BLANGY LE CHATEAU</t>
+  </si>
+  <si>
+    <t>140011750</t>
+  </si>
+  <si>
+    <t>ACCUEIL ACCOMPAGNEMENT MNA FTDA CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10909_FicheESSMS/fr/accueil-accompagnement-mna-ftda-caen</t>
+  </si>
+  <si>
+    <t>10909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140029000</t>
+  </si>
+  <si>
+    <t>SAD HEROUVILLE ASS AFP/CSF DU CALVADOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11011_FicheESSMS/fr/sad-herouville-ass-afp/csf-du-calvados</t>
+  </si>
+  <si>
+    <t>11011_FicheESSMS</t>
+  </si>
+  <si>
+    <t>320 Quartier Du Val</t>
+  </si>
+  <si>
+    <t>140022302</t>
+  </si>
+  <si>
+    <t>IME BESSIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10993_FicheESSMS/fr/ime-bessin</t>
+  </si>
+  <si>
+    <t>10993_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De La Drome</t>
+  </si>
+  <si>
+    <t>14400 VAUCELLES</t>
+  </si>
+  <si>
+    <t>VAUCELLES</t>
+  </si>
+  <si>
+    <t>140000472</t>
+  </si>
+  <si>
+    <t>FAM ODYSSEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11401_FicheESSMS/fr/fam-odyssee</t>
+  </si>
+  <si>
+    <t>11401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140017856</t>
+  </si>
+  <si>
+    <t>MAS MICHEL DELACOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11523_FicheESSMS/fr/mas-michel-delacour</t>
+  </si>
+  <si>
+    <t>11523_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Vallière</t>
+  </si>
+  <si>
+    <t>14250 ELLON</t>
+  </si>
+  <si>
+    <t>ELLON</t>
+  </si>
+  <si>
+    <t>140008285</t>
+  </si>
+  <si>
+    <t>DITEP BESSIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11522_FicheESSMS/fr/ditep-bessin</t>
+  </si>
+  <si>
+    <t>11522_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Route De Caen</t>
+  </si>
+  <si>
+    <t>140000530</t>
+  </si>
+  <si>
+    <t>ITEP BASSIN CAENNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11521_FicheESSMS/fr/itep-bassin-caennais</t>
+  </si>
+  <si>
+    <t>11521_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140000019</t>
+  </si>
+  <si>
+    <t>MAISON GARELLI AIFST SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11609_FicheESSMS/fr/maison-garelli-aifst-saint-contest</t>
+  </si>
+  <si>
+    <t>11609_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue De La Folie</t>
+  </si>
+  <si>
+    <t>14280 ST CONTEST</t>
+  </si>
+  <si>
+    <t>ST CONTEST</t>
+  </si>
+  <si>
+    <t>140030669</t>
+  </si>
+  <si>
+    <t>EVALUATION MISE A L'ABRI MNA FTDA CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11668_FicheESSMS/fr/evaluation-mise-a-l-abri-mna-ftda-caen</t>
+  </si>
+  <si>
+    <t>11668_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140030883</t>
+  </si>
+  <si>
+    <t>RESIDENCE JEAN-BAPTISTE CHEVALLIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11797_FicheESSMS/fr/residence-jean-baptiste-chevallier</t>
+  </si>
+  <si>
+    <t>11797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140011826</t>
+  </si>
+  <si>
+    <t>DAME LES COTEAUX FLEURIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11814_FicheESSMS/fr/dame-les-coteaux-fleuris</t>
+  </si>
+  <si>
+    <t>11814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>156 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>140027442</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH - ISIGNY SUR MER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11907_FicheESSMS/fr/ehpad-saint-joseph-isigny-sur-mer</t>
+  </si>
+  <si>
+    <t>11907_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Avenue De La Tour Du Pin</t>
+  </si>
+  <si>
+    <t>140007352</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "HORIZON" - VIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12009_FicheESSMS/fr/foyer-de-vie-horizon-vire</t>
+  </si>
+  <si>
+    <t>12009_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140017831</t>
+  </si>
+  <si>
+    <t>RESIDENCE HENRI LE CLAINCHE - FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12008_FicheESSMS/fr/residence-henri-le-clainche-falaise</t>
+  </si>
+  <si>
+    <t>12008_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Route DArgentan</t>
+  </si>
+  <si>
+    <t>140004276</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "LES BRUYERES" - FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12007_FicheESSMS/fr/foyer-de-vie-les-bruyeres-falaise</t>
+  </si>
+  <si>
+    <t>12007_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Route De La Lunette</t>
+  </si>
+  <si>
+    <t>14700 ST PIERRE DU BU</t>
+  </si>
+  <si>
+    <t>ST PIERRE DU BU</t>
+  </si>
+  <si>
+    <t>140016205</t>
+  </si>
+  <si>
+    <t>SAS LOGEMENT AUTONOME - FALAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12006_FicheESSMS/fr/sas-logement-autonome-falaise</t>
+  </si>
+  <si>
+    <t>12006_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Route D'Argentan</t>
+  </si>
+  <si>
+    <t>140030404</t>
+  </si>
+  <si>
+    <t>FAM - DOUVRES-LA-DÉLIVRANDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12023_FicheESSMS/fr/fam-douvres-la-delivrande</t>
+  </si>
+  <si>
+    <t>12023_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De Champagne</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>140026477</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL NON MEDICALISÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12022_FicheESSMS/fr/foyer-d-accueil-non-medicalise</t>
+  </si>
+  <si>
+    <t>12022_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Du 19 Mars 1962</t>
+  </si>
+  <si>
+    <t>140030339</t>
+  </si>
+  <si>
+    <t>CMPP PAYS D'AUGE NORD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12215_FicheESSMS/fr/cmpp-pays-d-auge-nord</t>
+  </si>
+  <si>
+    <t>12215_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Soeurs De L'Hopital</t>
+  </si>
+  <si>
+    <t>140001207</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE APAEI - LISIEUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12227_FicheESSMS/fr/foyer-de-vie-apaei-lisieux</t>
+  </si>
+  <si>
+    <t>12227_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Victorine Magne</t>
+  </si>
+  <si>
+    <t>140016700</t>
+  </si>
+  <si>
+    <t>SAS EN LOGEMENT AUTONOME - LISIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12226_FicheESSMS/fr/sas-en-logement-autonome-lisieux</t>
+  </si>
+  <si>
+    <t>12226_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140031733</t>
+  </si>
+  <si>
+    <t>EHPAD ANAIS DE MÉZIDON VALLÉE D'AUGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12257_FicheESSMS/fr/ehpad-anais-de-mezidon-vallee-d-auge</t>
+  </si>
+  <si>
+    <t>12257_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De La Fougère</t>
+  </si>
+  <si>
+    <t>140017096</t>
+  </si>
+  <si>
+    <t>EHPAD LE JARDIN D'ELSA - IFS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12287_FicheESSMS/fr/ehpad-le-jardin-d-elsa-ifs</t>
+  </si>
+  <si>
+    <t>12287_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Elsa Triolet</t>
+  </si>
+  <si>
+    <t>140025560</t>
+  </si>
+  <si>
+    <t>CAMSP - ISIGNY SUR MER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12341_FicheESSMS/fr/camsp-isigny-sur-mer</t>
+  </si>
+  <si>
+    <t>12341_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Emile Demagny</t>
+  </si>
+  <si>
+    <t>140028101</t>
+  </si>
+  <si>
+    <t>EHPAD HARMONIE - MOLAY LITTRY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12354_FicheESSMS/fr/ehpad-harmonie-molay-littry</t>
+  </si>
+  <si>
+    <t>12354_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14330 LE MOLAY LITTRY</t>
+  </si>
+  <si>
+    <t>LE MOLAY LITTRY</t>
+  </si>
+  <si>
+    <t>140016437</t>
+  </si>
+  <si>
+    <t>ESAT "LA PASSERELLE VERTE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12390_FicheESSMS/fr/esat-la-passerelle-verte</t>
+  </si>
+  <si>
+    <t>12390_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9002 Rue De Rocquancourt</t>
+  </si>
+  <si>
+    <t>140024498</t>
+  </si>
+  <si>
+    <t>EHPAD BELLE COLOMBE - COLOMBELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12384_FicheESSMS/fr/ehpad-belle-colombe-colombelles</t>
+  </si>
+  <si>
+    <t>12384_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>140001066</t>
+  </si>
+  <si>
+    <t>EAM TERANGA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12383_FicheESSMS/fr/eam-teranga</t>
+  </si>
+  <si>
+    <t>12383_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Place De La Galumelle</t>
+  </si>
+  <si>
+    <t>140028119</t>
+  </si>
+  <si>
+    <t>DAME DE FALAISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12427_FicheESSMS/fr/dame-de-falaise</t>
+  </si>
+  <si>
+    <t>12427_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Brette</t>
+  </si>
+  <si>
+    <t>140000548</t>
+  </si>
+  <si>
+    <t>DAME DE LISIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12426_FicheESSMS/fr/dame-de-lisieux</t>
+  </si>
+  <si>
+    <t>12426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Route D'Orbec</t>
+  </si>
+  <si>
+    <t>140000571</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ASS L'ESCAPADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12558_FicheESSMS/fr/lieu-de-vie-ass-l-escapade</t>
+  </si>
+  <si>
+    <t>12558_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14350 SOULEUVRE EN BOCAGE</t>
+  </si>
+  <si>
+    <t>SOULEUVRE EN BOCAGE</t>
+  </si>
+  <si>
+    <t>140026196</t>
+  </si>
+  <si>
+    <t>IEM (APF) - HEROUVILLE ST CLAIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12530_FicheESSMS/fr/iem-apf-herouville-st-clair</t>
+  </si>
+  <si>
+    <t>12530_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160 Impasse Du Hamel</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>140002544</t>
+  </si>
+  <si>
+    <t>DARE ANDRÉ BODEREAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12592_FicheESSMS/fr/dare-andre-bodereau</t>
+  </si>
+  <si>
+    <t>12592_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Serge Rouziere</t>
+  </si>
+  <si>
+    <t>140002551</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DU PAYS D'AUGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12778_FicheESSMS/fr/esat-les-ateliers-du-pays-d-auge</t>
+  </si>
+  <si>
+    <t>12778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>161 Rue Des Freres Lumiere</t>
+  </si>
+  <si>
+    <t>140004359</t>
+  </si>
+  <si>
+    <t>ESAT "LES CONQUÉRANTS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12777_FicheESSMS/fr/esat-les-conquerants</t>
+  </si>
+  <si>
+    <t>12777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140004342</t>
+  </si>
+  <si>
+    <t>CAFS ACSEA - SITE SECOND. DITEP BESSIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12886_FicheESSMS/fr/cafs-acsea-site-second-ditep-bessin</t>
+  </si>
+  <si>
+    <t>12886_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre d'Accueil Familial Spécialisé</t>
+  </si>
+  <si>
+    <t>140019639</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN VILLA BERAT - LISIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12882_FicheESSMS/fr/ehpad-korian-villa-berat-lisieux</t>
+  </si>
+  <si>
+    <t>12882_FicheESSMS</t>
+  </si>
+  <si>
+    <t>70 Rue General Leclerc</t>
+  </si>
+  <si>
+    <t>140016379</t>
+  </si>
+  <si>
+    <t>FAM FOYER SOLEIL - FLEURY SUR ORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12930_FicheESSMS/fr/fam-foyer-soleil-fleury-sur-orne</t>
+  </si>
+  <si>
+    <t>12930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>140017658</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE LES JOURS HEUREUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12965_FicheESSMS/fr/residence-les-jours-heureux</t>
+  </si>
+  <si>
+    <t>12965_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Boulevard Des Belges</t>
+  </si>
+  <si>
+    <t>14510 HOULGATE</t>
+  </si>
+  <si>
+    <t>HOULGATE</t>
+  </si>
+  <si>
+    <t>140008095</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISÉE "CYCLADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13065_FicheESSMS/fr/maison-d-accueil-specialisee-cyclades</t>
+  </si>
+  <si>
+    <t>13065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De Nesmond</t>
+  </si>
+  <si>
+    <t>140023466</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation HOPITAL PRIVE ST MARTIN  (14)</t>
+  </si>
+  <si>
+    <t>02/12/2024 18:30:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563729/fr/equipe-d-anesthesie-reanimation-hopital-prive-st-martin-14</t>
+  </si>
+  <si>
+    <t>p_3563729</t>
+  </si>
+  <si>
+    <t>28 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur ROMAIN MASSON, Docteur JENNIFER BRUNET, Docteur Eddy PHILIPPE, Docteur CHARLES DE KERGAL, Docteur Eric MOURGEON, Docteur FRANCK BESSON, Docteur EMILIEN PUGLIESI, Docteur Philippe CUNY, Docteur CHARLOTTE ABADIE, Docteur Sébastien LETOUZE, Docteur Stéphane LAMMENS, Docteur Benoît HER, Docteur Benoit DUBAU, Docteur Laurent BÉCUWE, Docteur Wilfried GRANDIN, Docteur Thomas CLAEYS, Docteur Hicham HMAIN, Docteur Yves-michel METAYER</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CENTRE HOSPITALIER DE BAYEUX  (14)</t>
+  </si>
+  <si>
+    <t>15/02/2024 16:31:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495700/fr/equipe-d-anesthesie-reanimation-centre-hospitalier-de-bayeux-14</t>
+  </si>
+  <si>
+    <t>p_3495700</t>
+  </si>
+  <si>
+    <t>12 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur VIRGINIE HEMERY-GRAND-JEAN, Docteur Ségolène ARZALIER-DARET, Docteur DOROTHEE RADENAC, Docteur SYLVIE VICTOR-CHEVALLIER, Docteur FREDERIC DUBOIS, Docteur GERARD ALVADO, Docteur LAURENT FLEURY</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique POLYCLINIQUE DU PARC - CAEN  (14)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335775/fr/equipe-de-chirurgie-urologique-polyclinique-du-parc-caen-14</t>
+  </si>
+  <si>
+    <t>p_3335775</t>
+  </si>
+  <si>
+    <t>27 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur YANN FOUQUES, Docteur JEAN-GEORGES GUERIN-WALLNER, Docteur Hussein TAHAN</t>
+  </si>
+  <si>
+    <t>Équipe de Cardiologie interventionnelle HOPITAL PRIVE ST MARTIN-CAEN  (14)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:35:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319371/fr/equipe-de-cardiologie-interventionnelle-hopital-prive-st-martin-caen-14</t>
+  </si>
+  <si>
+    <t>p_3319371</t>
+  </si>
+  <si>
+    <t>01 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Olivier CITERNE, Docteur ALAIN LEBON, Docteur SOPHIE GOMES-FERREIRA</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LA CÔTE FLEURIE</t>
+  </si>
+  <si>
+    <t>01/07/2025 17:03:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/437_FicheEtablissement/fr/ch-cote-fleurie-site-d-equemauville</t>
+  </si>
+  <si>
+    <t>437_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>14601 HONFLEUR</t>
+  </si>
+  <si>
+    <t>HONFLEUR</t>
+  </si>
+  <si>
+    <t>0231898989</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>140000241</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>USLD CH COTE FLEURIE - EQUEMAUVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/452_FicheEtablissement/fr/usld-ch-cote-fleurie-equemauville</t>
+  </si>
+  <si>
+    <t>452_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>140013947</t>
+  </si>
+  <si>
+    <t>CH COTE FLEURIE - SITE DE CRICQUEBOEUF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/468_FicheEtablissement/fr/ch-cote-fleurie-site-de-cricqueboeuf</t>
+  </si>
+  <si>
+    <t>468_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14113 CRICQUEBOEUF</t>
+  </si>
+  <si>
+    <t>CRICQUEBOEUF</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>140026410</t>
+  </si>
+  <si>
+    <t>SANTE CROIX ROUGE HOSPITALISATION A DOMICILE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:50:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/446_FicheEtablissement/fr/had-sante-croix-rouge-caen</t>
+  </si>
+  <si>
+    <t>446_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231848222</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>140002619</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>KORIAN COTE NORMANDE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:54:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/466_FicheEtablissement/fr/korian-cote-normande</t>
+  </si>
+  <si>
+    <t>466_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue Anton Tchekhov</t>
+  </si>
+  <si>
+    <t>0231527100</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>140025255</t>
+  </si>
+  <si>
+    <t>CLINIQUE NOTRE DAME</t>
+  </si>
+  <si>
+    <t>17/06/2025 17:36:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/439_FicheEtablissement/fr/clinique-notre-dame</t>
+  </si>
+  <si>
+    <t>439_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>235 Rue Des Acres</t>
+  </si>
+  <si>
+    <t>0231666400</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ROBERT BISSON</t>
+  </si>
+  <si>
+    <t>27/05/2025 16:56:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/433_FicheEtablissement/fr/centre-hospitalier-de-lisieux</t>
+  </si>
+  <si>
+    <t>433_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>14107 LISIEUX</t>
+  </si>
+  <si>
+    <t>0231613131</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DU PAYS D'AUGE</t>
+  </si>
+  <si>
+    <t>27/05/2025 16:57:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/438_FicheEtablissement/fr/hopital-prive-du-pays-d-auge</t>
+  </si>
+  <si>
+    <t>438_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Avenue Florian De Kergorlay</t>
+  </si>
+  <si>
+    <t>14800 DEAUVILLE</t>
+  </si>
+  <si>
+    <t>DEAUVILLE</t>
+  </si>
+  <si>
+    <t>0231143333</t>
+  </si>
+  <si>
+    <t>140000258</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS LONGUE DUREE DU C.H. DE LISIEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/450_FicheEtablissement/fr/unite-soins-longue-duree-ch-lisieux</t>
+  </si>
+  <si>
+    <t>450_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>140013798</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/461_FicheEtablissement/fr/hopital-prive-du-pays-d-auge</t>
+  </si>
+  <si>
+    <t>461_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>175 Rue Roger Aini</t>
+  </si>
+  <si>
+    <t>0231484242</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/469_FicheEtablissement/fr/hopital-prive-du-pays-d-auge</t>
+  </si>
+  <si>
+    <t>469_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231143335</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>140026709</t>
+  </si>
+  <si>
+    <t>CH PONT L'EVEQUE SITE DU VAL D'AUGE</t>
+  </si>
+  <si>
+    <t>22/05/2025 10:54:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7584_FicheEtablissement/fr/ch-pont-l-eveque-site-du-val-d-auge</t>
+  </si>
+  <si>
+    <t>7584_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231653165</t>
+  </si>
+  <si>
+    <t>140008152</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE MANOIR APRIGNY</t>
+  </si>
+  <si>
+    <t>27/03/2025 18:59:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/462_FicheEtablissement/fr/crf-manoir-d-aprigny</t>
+  </si>
+  <si>
+    <t>462_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231512000</t>
+  </si>
+  <si>
+    <t>140019175</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE  COTE DE NACRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/435_FicheEtablissement/fr/chu-caen</t>
+  </si>
+  <si>
+    <t>435_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231063106</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'AUNAY SUR ODON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/434_FicheEtablissement/fr/ch-aunay-bayeux</t>
+  </si>
+  <si>
+    <t>434_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue De L'Hôpital</t>
+  </si>
+  <si>
+    <t>0231717676</t>
+  </si>
+  <si>
+    <t>140000076</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE LUTTE CONTRE LE CANCER FRANCOIS BACLESSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/444_FicheEtablissement/fr/clcc-f-baclesse</t>
+  </si>
+  <si>
+    <t>444_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Du General Harris</t>
+  </si>
+  <si>
+    <t>0231455050</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE VIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/442_FicheEtablissement/fr/centre-hospitalier-de-vire</t>
+  </si>
+  <si>
+    <t>442_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14504 VIRE</t>
+  </si>
+  <si>
+    <t>VIRE</t>
+  </si>
+  <si>
+    <t>0231674701</t>
+  </si>
+  <si>
+    <t>140000373</t>
+  </si>
+  <si>
+    <t>FONDATION LA MISERICORDE - BETHARRAM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/441_FicheEtablissement/fr/fondation-la-misericorde-betharram</t>
+  </si>
+  <si>
+    <t>441_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>881 Boulevard De La Paix</t>
+  </si>
+  <si>
+    <t>0231468585</t>
+  </si>
+  <si>
+    <t>140000340</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU PARC CAEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/455_FicheEtablissement/fr/polyclinique-du-parc</t>
+  </si>
+  <si>
+    <t>455_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Georges Guynemer</t>
+  </si>
+  <si>
+    <t>0231828282</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>SERVICE D'HOSPITALISATION À DOMICILE DE BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/454_FicheEtablissement/fr/had-de-bayeux</t>
+  </si>
+  <si>
+    <t>454_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231516599</t>
+  </si>
+  <si>
+    <t>140016155</t>
+  </si>
+  <si>
+    <t>CLINIQUE SMR THALATTA</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/453_FicheEtablissement/fr/clinique-smr-thalatta</t>
+  </si>
+  <si>
+    <t>453_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>65 Boulevard Boivin Champeaux</t>
+  </si>
+  <si>
+    <t>14150 OUISTREHAM</t>
+  </si>
+  <si>
+    <t>OUISTREHAM</t>
+  </si>
+  <si>
+    <t>0231364200</t>
+  </si>
+  <si>
+    <t>140015975</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT SOINS LONGUE DUREE DU CHRU CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/449_FicheEtablissement/fr/unite-soins-longue-duree-chu-caen</t>
+  </si>
+  <si>
+    <t>449_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231823289</t>
+  </si>
+  <si>
+    <t>140012196</t>
+  </si>
+  <si>
+    <t>CHU/CENTRE HOSPITALIER REGIONAL  AVENUE CLEMENCEAU CAEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/448_FicheEtablissement/fr/chu/chr-georges-clemenceau-caen</t>
+  </si>
+  <si>
+    <t>448_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231272727</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>140004383</t>
   </si>
   <si>
-    <t>Professeur Evelyne EMERY</t>
-[...5324 lines deleted...]
-    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
+    <t>UNITE PSYCHIATRIQUE - CH BAYEUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/447_FicheEtablissement/fr/unite-psychiatrique-ch-bayeux</t>
+  </si>
+  <si>
+    <t>447_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14401 BAYEUX</t>
+  </si>
+  <si>
+    <t>0231921951</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>140004136</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT SOINS LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/459_FicheEtablissement/fr/unite-soins-longue-duree-ch-bayeux</t>
+  </si>
+  <si>
+    <t>459_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0231515151</t>
+  </si>
+  <si>
+    <t>140017401</t>
+  </si>
+  <si>
+    <t>INSTITUT DE MEDECINE PHYSIQUE ET DE READAPTATION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/458_FicheEtablissement/fr/impr-lebisey</t>
+  </si>
+  <si>
+    <t>458_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14201 HEROUVILLE ST CLAIR</t>
+  </si>
+  <si>
+    <t>0231463636</t>
+  </si>
+  <si>
+    <t>140017278</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN CAEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/457_FicheEtablissement/fr/hopital-prive-st-martin</t>
+  </si>
+  <si>
+    <t>457_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Des Roquemonts</t>
+  </si>
+  <si>
+    <t>14050 CAEN CEDEX 4</t>
+  </si>
+  <si>
+    <t>0231433143</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>A</t>
-  </si>
-[...217 lines deleted...]
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>ETABLISSEMENT DE SOINS DE LONGUE  DUREE C.H. DE VIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/456_FicheEtablissement/fr/unite-soins-longue-duree-ch-vire</t>
   </si>
   <si>
     <t>456_FicheEtablissement</t>
   </si>
   <si>
     <t>0231674747</t>
   </si>
   <si>
     <t>140016924</t>
   </si>
   <si>
     <t>SANITAIRE CHAMPS FLEURY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/467_FicheEtablissement/fr/sanitaire-champs-fleury</t>
   </si>
   <si>
     <t>467_FicheEtablissement</t>
   </si>
@@ -7109,51 +7157,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R99"/>
+  <dimension ref="A1:R101"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7268,5450 +7316,5562 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>38</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>39</v>
       </c>
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
         <v>40</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="R3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>44</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
         <v>47</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
         <v>48</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>49</v>
       </c>
-      <c r="O4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q4" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
+        <v>67</v>
+      </c>
+      <c r="O6" t="s">
         <v>49</v>
       </c>
-      <c r="O6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="Q6" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="R6" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="Q7" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="R7" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>75</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>78</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
         <v>81</v>
       </c>
-      <c r="L8" t="s">
+      <c r="Q8" t="s">
         <v>82</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="R8" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
         <v>87</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
         <v>91</v>
       </c>
-      <c r="L9" t="s">
+      <c r="P9" t="s">
         <v>92</v>
       </c>
-      <c r="M9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q9" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="R9" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H10" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P10" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q10" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R10" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="H11" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
+        <v>109</v>
+      </c>
+      <c r="L11" t="s">
+        <v>110</v>
+      </c>
+      <c r="M11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N11" t="s">
+        <v>101</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
         <v>103</v>
       </c>
-      <c r="L11" t="s">
+      <c r="Q11" t="s">
+        <v>82</v>
+      </c>
+      <c r="R11" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="L12" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="Q12" t="s">
-        <v>113</v>
+        <v>82</v>
       </c>
       <c r="R12" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L13" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="O13" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q13" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R13" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="H14" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="L14" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="O14" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="Q14" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="R14" t="s">
-        <v>86</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="H15" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="L15" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="O15" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P15" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q15" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R15" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="H16" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="L16" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>137</v>
+        <v>101</v>
       </c>
       <c r="O16" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P16" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q16" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R16" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H17" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="L17" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>137</v>
+        <v>101</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>102</v>
       </c>
       <c r="P17" t="s">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="Q17" t="s">
-        <v>146</v>
+        <v>82</v>
       </c>
       <c r="R17" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="L18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O18" t="s">
-        <v>155</v>
+        <v>102</v>
       </c>
       <c r="P18" t="s">
-        <v>156</v>
+        <v>103</v>
       </c>
       <c r="Q18" t="s">
-        <v>157</v>
+        <v>82</v>
       </c>
       <c r="R18" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>157</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>158</v>
+      </c>
+      <c r="H19" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>162</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>160</v>
+      </c>
+      <c r="L19" t="s">
+        <v>161</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
+        <v>155</v>
+      </c>
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
         <v>163</v>
       </c>
-      <c r="L19" t="s">
+      <c r="Q19" t="s">
         <v>164</v>
       </c>
-      <c r="M19" t="s">
-[...2 lines deleted...]
-      <c r="N19" t="s">
+      <c r="R19" t="s">
         <v>165</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>166</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>167</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>168</v>
       </c>
       <c r="H20" t="s">
         <v>169</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>170</v>
       </c>
       <c r="L20" t="s">
         <v>171</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="O20" t="s">
-        <v>84</v>
+        <v>173</v>
       </c>
       <c r="P20" t="s">
-        <v>85</v>
+        <v>174</v>
       </c>
       <c r="Q20" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="R20" t="s">
-        <v>86</v>
+        <v>176</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H21" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="L21" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="O21" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="P21" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q21" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R21" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H22" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
+        <v>188</v>
+      </c>
+      <c r="L22" t="s">
+        <v>189</v>
+      </c>
+      <c r="M22" t="s">
+        <v>20</v>
+      </c>
+      <c r="N22" t="s">
         <v>183</v>
       </c>
-      <c r="L22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P22" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q22" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R22" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="H23" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="L23" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="O23" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P23" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q23" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R23" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="H24" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="L24" t="s">
+        <v>202</v>
+      </c>
+      <c r="M24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" t="s">
         <v>196</v>
       </c>
-      <c r="M24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>198</v>
+        <v>80</v>
       </c>
       <c r="P24" t="s">
-        <v>199</v>
+        <v>81</v>
       </c>
       <c r="Q24" t="s">
-        <v>200</v>
+        <v>82</v>
       </c>
       <c r="R24" t="s">
-        <v>201</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H25" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L25" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="O25" t="s">
-        <v>198</v>
+        <v>80</v>
       </c>
       <c r="P25" t="s">
-        <v>199</v>
+        <v>81</v>
       </c>
       <c r="Q25" t="s">
-        <v>200</v>
+        <v>82</v>
       </c>
       <c r="R25" t="s">
-        <v>201</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H26" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L26" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>197</v>
+        <v>215</v>
       </c>
       <c r="O26" t="s">
-        <v>198</v>
+        <v>216</v>
       </c>
       <c r="P26" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="Q26" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="R26" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="H27" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>224</v>
+      </c>
+      <c r="L27" t="s">
+        <v>225</v>
+      </c>
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
+        <v>215</v>
+      </c>
+      <c r="O27" t="s">
+        <v>216</v>
+      </c>
+      <c r="P27" t="s">
         <v>217</v>
       </c>
-      <c r="L27" t="s">
+      <c r="Q27" t="s">
         <v>218</v>
       </c>
-      <c r="M27" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R27" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="H28" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="L28" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>197</v>
+        <v>215</v>
       </c>
       <c r="O28" t="s">
-        <v>198</v>
+        <v>216</v>
       </c>
       <c r="P28" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="Q28" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="R28" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="H29" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="L29" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>197</v>
+        <v>215</v>
       </c>
       <c r="O29" t="s">
-        <v>198</v>
+        <v>216</v>
       </c>
       <c r="P29" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="Q29" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="R29" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="H30" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="L30" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>235</v>
+        <v>215</v>
       </c>
       <c r="O30" t="s">
-        <v>62</v>
+        <v>216</v>
       </c>
       <c r="P30" t="s">
-        <v>63</v>
+        <v>217</v>
       </c>
       <c r="Q30" t="s">
-        <v>64</v>
+        <v>218</v>
       </c>
       <c r="R30" t="s">
-        <v>65</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H31" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="L31" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>242</v>
+        <v>215</v>
       </c>
       <c r="O31" t="s">
-        <v>243</v>
+        <v>216</v>
       </c>
       <c r="P31" t="s">
-        <v>244</v>
+        <v>217</v>
       </c>
       <c r="Q31" t="s">
-        <v>245</v>
+        <v>218</v>
       </c>
       <c r="R31" t="s">
-        <v>246</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>247</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>248</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>249</v>
       </c>
       <c r="H32" t="s">
         <v>250</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>251</v>
       </c>
       <c r="L32" t="s">
         <v>252</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
         <v>253</v>
       </c>
       <c r="O32" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="P32" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="Q32" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R32" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>254</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>255</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>256</v>
       </c>
       <c r="H33" t="s">
         <v>257</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>258</v>
       </c>
       <c r="L33" t="s">
         <v>259</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
         <v>260</v>
       </c>
       <c r="O33" t="s">
-        <v>243</v>
+        <v>28</v>
       </c>
       <c r="P33" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="Q33" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="R33" t="s">
-        <v>246</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>261</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>262</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>263</v>
       </c>
       <c r="H34" t="s">
         <v>264</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>265</v>
       </c>
       <c r="L34" t="s">
         <v>266</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="O34" t="s">
-        <v>267</v>
+        <v>80</v>
       </c>
       <c r="P34" t="s">
-        <v>268</v>
+        <v>81</v>
       </c>
       <c r="Q34" t="s">
-        <v>245</v>
+        <v>82</v>
       </c>
       <c r="R34" t="s">
-        <v>269</v>
+        <v>83</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>268</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>269</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>270</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>271</v>
-      </c>
-[...7 lines deleted...]
-        <v>273</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
+        <v>272</v>
+      </c>
+      <c r="L35" t="s">
+        <v>273</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
         <v>274</v>
       </c>
-      <c r="L35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O35" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="P35" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="Q35" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>275</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
         <v>276</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>277</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
+        <v>279</v>
+      </c>
+      <c r="L36" t="s">
         <v>280</v>
       </c>
-      <c r="L36" t="s">
+      <c r="M36" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" t="s">
+        <v>274</v>
+      </c>
+      <c r="O36" t="s">
         <v>281</v>
       </c>
-      <c r="M36" t="s">
-[...2 lines deleted...]
-      <c r="N36" t="s">
+      <c r="P36" t="s">
         <v>282</v>
       </c>
-      <c r="O36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q36" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="R36" t="s">
-        <v>86</v>
+        <v>283</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H37" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L37" t="s">
-        <v>288</v>
+        <v>122</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="O37" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P37" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q37" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R37" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H38" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L38" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="O38" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P38" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q38" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R38" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H39" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="L39" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="O39" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="P39" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q39" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R39" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H40" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="L40" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="O40" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="P40" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="Q40" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R40" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>309</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
         <v>310</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>311</v>
       </c>
       <c r="H41" t="s">
         <v>312</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>313</v>
       </c>
       <c r="L41" t="s">
         <v>314</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
         <v>315</v>
       </c>
       <c r="O41" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P41" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q41" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R41" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>316</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
         <v>317</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
         <v>318</v>
       </c>
       <c r="H42" t="s">
         <v>319</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>320</v>
       </c>
       <c r="L42" t="s">
         <v>321</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>322</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="P42" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="Q42" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R42" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>322</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
         <v>323</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>324</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>326</v>
+      </c>
+      <c r="L43" t="s">
         <v>327</v>
       </c>
-      <c r="L43" t="s">
+      <c r="M43" t="s">
+        <v>20</v>
+      </c>
+      <c r="N43" t="s">
         <v>328</v>
       </c>
-      <c r="M43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>329</v>
+        <v>102</v>
       </c>
       <c r="P43" t="s">
-        <v>330</v>
+        <v>103</v>
       </c>
       <c r="Q43" t="s">
-        <v>331</v>
+        <v>82</v>
       </c>
       <c r="R43" t="s">
-        <v>332</v>
+        <v>104</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="H44" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="L44" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>137</v>
+        <v>90</v>
       </c>
       <c r="O44" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="P44" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="Q44" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R44" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="H45" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
+        <v>339</v>
+      </c>
+      <c r="L45" t="s">
+        <v>340</v>
+      </c>
+      <c r="M45" t="s">
+        <v>20</v>
+      </c>
+      <c r="N45" t="s">
+        <v>155</v>
+      </c>
+      <c r="O45" t="s">
+        <v>341</v>
+      </c>
+      <c r="P45" t="s">
         <v>342</v>
       </c>
-      <c r="L45" t="s">
+      <c r="Q45" t="s">
         <v>343</v>
       </c>
-      <c r="M45" t="s">
-[...5 lines deleted...]
-      <c r="O45" t="s">
+      <c r="R45" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>345</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
         <v>346</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>347</v>
       </c>
       <c r="H46" t="s">
         <v>348</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>349</v>
       </c>
       <c r="L46" t="s">
         <v>350</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>137</v>
+        <v>155</v>
       </c>
       <c r="O46" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="P46" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="Q46" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R46" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>351</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
+        <v>346</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
         <v>352</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>354</v>
+      </c>
+      <c r="L47" t="s">
         <v>355</v>
       </c>
-      <c r="L47" t="s">
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
+        <v>155</v>
+      </c>
+      <c r="O47" t="s">
         <v>356</v>
       </c>
-      <c r="M47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P47" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q47" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R47" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>357</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
         <v>358</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
         <v>359</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
+        <v>361</v>
+      </c>
+      <c r="L48" t="s">
         <v>362</v>
       </c>
-      <c r="L48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>364</v>
+        <v>155</v>
       </c>
       <c r="O48" t="s">
-        <v>365</v>
+        <v>80</v>
       </c>
       <c r="P48" t="s">
-        <v>145</v>
+        <v>81</v>
       </c>
       <c r="Q48" t="s">
-        <v>146</v>
+        <v>82</v>
       </c>
       <c r="R48" t="s">
-        <v>366</v>
+        <v>83</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="H49" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="L49" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>253</v>
+        <v>369</v>
       </c>
       <c r="O49" t="s">
-        <v>373</v>
+        <v>102</v>
       </c>
       <c r="P49" t="s">
-        <v>374</v>
+        <v>103</v>
       </c>
       <c r="Q49" t="s">
-        <v>375</v>
+        <v>82</v>
       </c>
       <c r="R49" t="s">
-        <v>376</v>
+        <v>104</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="H50" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="L50" t="s">
-        <v>307</v>
+        <v>375</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>83</v>
+        <v>376</v>
       </c>
       <c r="O50" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="P50" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="Q50" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="R50" t="s">
-        <v>86</v>
+        <v>378</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="H51" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
+        <v>383</v>
+      </c>
+      <c r="L51" t="s">
+        <v>384</v>
+      </c>
+      <c r="M51" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" t="s">
+        <v>267</v>
+      </c>
+      <c r="O51" t="s">
+        <v>385</v>
+      </c>
+      <c r="P51" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q51" t="s">
         <v>387</v>
       </c>
-      <c r="L51" t="s">
+      <c r="R51" t="s">
         <v>388</v>
-      </c>
-[...16 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>389</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>390</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
         <v>391</v>
       </c>
       <c r="H52" t="s">
         <v>392</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>393</v>
       </c>
       <c r="L52" t="s">
+        <v>321</v>
+      </c>
+      <c r="M52" t="s">
+        <v>20</v>
+      </c>
+      <c r="N52" t="s">
+        <v>101</v>
+      </c>
+      <c r="O52" t="s">
         <v>394</v>
       </c>
-      <c r="M52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P52" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q52" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R52" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
+        <v>395</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
         <v>396</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
         <v>397</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
+        <v>399</v>
+      </c>
+      <c r="L53" t="s">
         <v>400</v>
       </c>
-      <c r="L53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>260</v>
+        <v>369</v>
       </c>
       <c r="O53" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P53" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q53" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R53" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
+        <v>401</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
         <v>402</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
         <v>403</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
+        <v>405</v>
+      </c>
+      <c r="L54" t="s">
         <v>406</v>
       </c>
-      <c r="L54" t="s">
+      <c r="M54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N54" t="s">
         <v>407</v>
       </c>
-      <c r="M54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O54" t="s">
-        <v>408</v>
+        <v>80</v>
       </c>
       <c r="P54" t="s">
-        <v>409</v>
+        <v>81</v>
       </c>
       <c r="Q54" t="s">
-        <v>410</v>
+        <v>82</v>
       </c>
       <c r="R54" t="s">
-        <v>411</v>
+        <v>83</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="H55" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="L55" t="s">
-        <v>218</v>
+        <v>413</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>417</v>
+        <v>274</v>
       </c>
       <c r="O55" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="P55" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q55" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R55" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="H56" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
+        <v>418</v>
+      </c>
+      <c r="L56" t="s">
+        <v>419</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
+        <v>274</v>
+      </c>
+      <c r="O56" t="s">
+        <v>420</v>
+      </c>
+      <c r="P56" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q56" t="s">
         <v>422</v>
       </c>
-      <c r="L56" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R56" t="s">
-        <v>65</v>
+        <v>423</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H57" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="L57" t="s">
-        <v>428</v>
+        <v>236</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
         <v>429</v>
       </c>
       <c r="O57" t="s">
-        <v>430</v>
+        <v>102</v>
       </c>
       <c r="P57" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
       <c r="Q57" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="R57" t="s">
-        <v>431</v>
+        <v>104</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>430</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>431</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>432</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>435</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
-        <v>436</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="L58" t="s">
-        <v>438</v>
+        <v>273</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>242</v>
+        <v>274</v>
       </c>
       <c r="O58" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="P58" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="Q58" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="R58" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="H59" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="L59" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>253</v>
+        <v>56</v>
       </c>
       <c r="O59" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="P59" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="Q59" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="R59" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="H60" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>445</v>
       </c>
       <c r="K60" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="L60" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>450</v>
+        <v>260</v>
       </c>
       <c r="O60" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="P60" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="Q60" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="R60" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>448</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>449</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>450</v>
+      </c>
+      <c r="H61" t="s">
         <v>451</v>
-      </c>
-[...16 lines deleted...]
-        <v>454</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="L61" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>429</v>
+        <v>101</v>
       </c>
       <c r="O61" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P61" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q61" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R61" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="H62" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="L62" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>463</v>
+        <v>101</v>
       </c>
       <c r="O62" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P62" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q62" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R62" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="H63" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="L63" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>470</v>
+        <v>101</v>
       </c>
       <c r="O63" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P63" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q63" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R63" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="H64" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="L64" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>477</v>
+        <v>101</v>
       </c>
       <c r="O64" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P64" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q64" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R64" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="H65" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="L65" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="O65" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P65" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q65" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R65" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="H66" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="L66" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>242</v>
+        <v>484</v>
       </c>
       <c r="O66" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="P66" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="Q66" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="R66" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="H67" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="L67" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>197</v>
+        <v>101</v>
       </c>
       <c r="O67" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="P67" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="Q67" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R67" t="s">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="H68" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="L68" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>463</v>
+        <v>260</v>
       </c>
       <c r="O68" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="P68" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="Q68" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="R68" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="H69" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="L69" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>509</v>
+        <v>215</v>
       </c>
       <c r="O69" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="P69" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="Q69" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="R69" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="H70" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="L70" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>516</v>
+        <v>101</v>
       </c>
       <c r="O70" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P70" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q70" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R70" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="H71" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="L71" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="O71" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="P71" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="Q71" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="R71" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="H72" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="L72" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>197</v>
+        <v>522</v>
       </c>
       <c r="O72" t="s">
-        <v>198</v>
+        <v>102</v>
       </c>
       <c r="P72" t="s">
-        <v>199</v>
+        <v>103</v>
       </c>
       <c r="Q72" t="s">
-        <v>200</v>
+        <v>82</v>
       </c>
       <c r="R72" t="s">
-        <v>201</v>
+        <v>104</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="H73" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="L73" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>450</v>
+        <v>101</v>
       </c>
       <c r="O73" t="s">
-        <v>536</v>
+        <v>102</v>
       </c>
       <c r="P73" t="s">
-        <v>537</v>
+        <v>103</v>
       </c>
       <c r="Q73" t="s">
-        <v>538</v>
+        <v>82</v>
       </c>
       <c r="R73" t="s">
-        <v>539</v>
+        <v>104</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="H74" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="L74" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>137</v>
+        <v>215</v>
       </c>
       <c r="O74" t="s">
-        <v>62</v>
+        <v>216</v>
       </c>
       <c r="P74" t="s">
-        <v>63</v>
+        <v>217</v>
       </c>
       <c r="Q74" t="s">
-        <v>64</v>
+        <v>218</v>
       </c>
       <c r="R74" t="s">
-        <v>65</v>
+        <v>219</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="H75" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="L75" t="s">
-        <v>314</v>
+        <v>540</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>322</v>
+        <v>101</v>
       </c>
       <c r="O75" t="s">
-        <v>267</v>
+        <v>541</v>
       </c>
       <c r="P75" t="s">
-        <v>268</v>
+        <v>542</v>
       </c>
       <c r="Q75" t="s">
-        <v>245</v>
+        <v>543</v>
       </c>
       <c r="R75" t="s">
-        <v>269</v>
+        <v>544</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="H76" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="L76" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>557</v>
+        <v>155</v>
       </c>
       <c r="O76" t="s">
-        <v>558</v>
+        <v>80</v>
       </c>
       <c r="P76" t="s">
-        <v>559</v>
+        <v>81</v>
       </c>
       <c r="Q76" t="s">
-        <v>560</v>
+        <v>82</v>
       </c>
       <c r="R76" t="s">
-        <v>561</v>
+        <v>83</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>562</v>
+        <v>551</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>564</v>
+        <v>553</v>
       </c>
       <c r="H77" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="L77" t="s">
-        <v>567</v>
+        <v>327</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>568</v>
+        <v>101</v>
       </c>
       <c r="O77" t="s">
-        <v>569</v>
+        <v>281</v>
       </c>
       <c r="P77" t="s">
-        <v>570</v>
+        <v>282</v>
       </c>
       <c r="Q77" t="s">
-        <v>571</v>
+        <v>30</v>
       </c>
       <c r="R77" t="s">
-        <v>572</v>
+        <v>283</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>574</v>
+        <v>557</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>575</v>
+        <v>558</v>
       </c>
       <c r="H78" t="s">
-        <v>576</v>
+        <v>559</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>577</v>
+        <v>560</v>
       </c>
       <c r="L78" t="s">
-        <v>476</v>
+        <v>561</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>578</v>
+        <v>515</v>
       </c>
       <c r="O78" t="s">
-        <v>84</v>
+        <v>562</v>
       </c>
       <c r="P78" t="s">
-        <v>85</v>
+        <v>563</v>
       </c>
       <c r="Q78" t="s">
-        <v>64</v>
+        <v>564</v>
       </c>
       <c r="R78" t="s">
-        <v>86</v>
+        <v>565</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>579</v>
+        <v>566</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>580</v>
+        <v>567</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>581</v>
+        <v>568</v>
       </c>
       <c r="H79" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>583</v>
+        <v>570</v>
       </c>
       <c r="L79" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>585</v>
+        <v>48</v>
       </c>
       <c r="O79" t="s">
-        <v>365</v>
+        <v>572</v>
       </c>
       <c r="P79" t="s">
-        <v>145</v>
+        <v>573</v>
       </c>
       <c r="Q79" t="s">
-        <v>146</v>
+        <v>574</v>
       </c>
       <c r="R79" t="s">
-        <v>366</v>
+        <v>575</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="H80" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="L80" t="s">
-        <v>591</v>
+        <v>483</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>197</v>
+        <v>101</v>
       </c>
       <c r="O80" t="s">
-        <v>267</v>
+        <v>102</v>
       </c>
       <c r="P80" t="s">
-        <v>268</v>
+        <v>103</v>
       </c>
       <c r="Q80" t="s">
-        <v>245</v>
+        <v>82</v>
       </c>
       <c r="R80" t="s">
-        <v>269</v>
+        <v>104</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>592</v>
+        <v>581</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>593</v>
+        <v>582</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="H81" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="L81" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>275</v>
+        <v>587</v>
       </c>
       <c r="O81" t="s">
-        <v>84</v>
+        <v>377</v>
       </c>
       <c r="P81" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="Q81" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="R81" t="s">
-        <v>86</v>
+        <v>378</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="H82" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="L82" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>395</v>
+        <v>215</v>
       </c>
       <c r="O82" t="s">
-        <v>84</v>
+        <v>281</v>
       </c>
       <c r="P82" t="s">
-        <v>85</v>
+        <v>282</v>
       </c>
       <c r="Q82" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="R82" t="s">
-        <v>86</v>
+        <v>283</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="H83" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="L83" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>463</v>
+        <v>101</v>
       </c>
       <c r="O83" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P83" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q83" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R83" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="H84" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="L84" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>616</v>
+        <v>101</v>
       </c>
       <c r="O84" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P84" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q84" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R84" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c r="H85" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="L85" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>275</v>
+        <v>101</v>
       </c>
       <c r="O85" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P85" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q85" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R85" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
       <c r="H86" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="L86" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>585</v>
+        <v>101</v>
       </c>
       <c r="O86" t="s">
-        <v>243</v>
+        <v>102</v>
       </c>
       <c r="P86" t="s">
-        <v>244</v>
+        <v>103</v>
       </c>
       <c r="Q86" t="s">
-        <v>245</v>
+        <v>82</v>
       </c>
       <c r="R86" t="s">
-        <v>246</v>
+        <v>104</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>630</v>
+        <v>619</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="H87" t="s">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="L87" t="s">
-        <v>449</v>
+        <v>623</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>585</v>
+        <v>289</v>
       </c>
       <c r="O87" t="s">
-        <v>267</v>
+        <v>102</v>
       </c>
       <c r="P87" t="s">
-        <v>268</v>
+        <v>103</v>
       </c>
       <c r="Q87" t="s">
-        <v>245</v>
+        <v>82</v>
       </c>
       <c r="R87" t="s">
-        <v>269</v>
+        <v>104</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="H88" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="L88" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>301</v>
+        <v>587</v>
       </c>
       <c r="O88" t="s">
-        <v>640</v>
+        <v>28</v>
       </c>
       <c r="P88" t="s">
         <v>29</v>
       </c>
       <c r="Q88" t="s">
         <v>30</v>
       </c>
       <c r="R88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>642</v>
+        <v>631</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>643</v>
+        <v>632</v>
       </c>
       <c r="H89" t="s">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
-        <v>436</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>645</v>
+        <v>634</v>
       </c>
       <c r="L89" t="s">
-        <v>646</v>
+        <v>458</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>417</v>
+        <v>587</v>
       </c>
       <c r="O89" t="s">
-        <v>28</v>
+        <v>281</v>
       </c>
       <c r="P89" t="s">
-        <v>29</v>
+        <v>282</v>
       </c>
       <c r="Q89" t="s">
         <v>30</v>
       </c>
       <c r="R89" t="s">
-        <v>31</v>
+        <v>283</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>647</v>
+        <v>635</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>648</v>
+        <v>636</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>649</v>
+        <v>637</v>
       </c>
       <c r="H90" t="s">
-        <v>650</v>
+        <v>638</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
       <c r="L90" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>282</v>
+        <v>522</v>
       </c>
       <c r="O90" t="s">
+        <v>38</v>
+      </c>
+      <c r="P90" t="s">
         <v>39</v>
       </c>
-      <c r="P90" t="s">
+      <c r="Q90" t="s">
         <v>40</v>
       </c>
-      <c r="Q90" t="s">
+      <c r="R90" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>654</v>
+        <v>642</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="H91" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
-        <v>24</v>
+        <v>445</v>
       </c>
       <c r="K91" t="s">
-        <v>657</v>
+        <v>645</v>
       </c>
       <c r="L91" t="s">
-        <v>314</v>
+        <v>646</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>301</v>
+        <v>429</v>
       </c>
       <c r="O91" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="P91" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="Q91" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="R91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="H92" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="L92" t="s">
-        <v>515</v>
+        <v>652</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>663</v>
+        <v>296</v>
       </c>
       <c r="O92" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="P92" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="Q92" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="R92" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>664</v>
+        <v>653</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>666</v>
+        <v>655</v>
       </c>
       <c r="H93" t="s">
-        <v>667</v>
+        <v>656</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>668</v>
+        <v>657</v>
       </c>
       <c r="L93" t="s">
-        <v>669</v>
+        <v>327</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>395</v>
+        <v>315</v>
       </c>
       <c r="O93" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="P93" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Q93" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R93" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="H94" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="L94" t="s">
-        <v>675</v>
+        <v>521</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>154</v>
+        <v>663</v>
       </c>
       <c r="O94" t="s">
-        <v>676</v>
+        <v>102</v>
       </c>
       <c r="P94" t="s">
-        <v>570</v>
+        <v>103</v>
       </c>
       <c r="Q94" t="s">
-        <v>571</v>
+        <v>82</v>
       </c>
       <c r="R94" t="s">
-        <v>572</v>
+        <v>104</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>677</v>
+        <v>664</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>679</v>
+        <v>666</v>
       </c>
       <c r="H95" t="s">
-        <v>680</v>
+        <v>667</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>681</v>
+        <v>668</v>
       </c>
       <c r="L95" t="s">
-        <v>682</v>
+        <v>669</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>357</v>
+        <v>407</v>
       </c>
       <c r="O95" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P95" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q95" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R95" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>683</v>
+        <v>670</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>685</v>
+        <v>672</v>
       </c>
       <c r="H96" t="s">
-        <v>686</v>
+        <v>673</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="L96" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>301</v>
+        <v>172</v>
       </c>
       <c r="O96" t="s">
-        <v>62</v>
+        <v>676</v>
       </c>
       <c r="P96" t="s">
-        <v>63</v>
+        <v>573</v>
       </c>
       <c r="Q96" t="s">
-        <v>64</v>
+        <v>574</v>
       </c>
       <c r="R96" t="s">
-        <v>65</v>
+        <v>575</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="H97" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="L97" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>695</v>
+        <v>369</v>
       </c>
       <c r="O97" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="P97" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="Q97" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="R97" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>698</v>
+        <v>685</v>
       </c>
       <c r="H98" t="s">
-        <v>699</v>
+        <v>686</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="L98" t="s">
-        <v>701</v>
+        <v>688</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>315</v>
+        <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>702</v>
+        <v>80</v>
       </c>
       <c r="P98" t="s">
-        <v>703</v>
+        <v>81</v>
       </c>
       <c r="Q98" t="s">
-        <v>704</v>
+        <v>82</v>
       </c>
       <c r="R98" t="s">
-        <v>705</v>
+        <v>83</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>706</v>
+        <v>689</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>707</v>
+        <v>690</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>708</v>
+        <v>691</v>
       </c>
       <c r="H99" t="s">
-        <v>709</v>
+        <v>692</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
+        <v>693</v>
+      </c>
+      <c r="L99" t="s">
+        <v>694</v>
+      </c>
+      <c r="M99" t="s">
+        <v>20</v>
+      </c>
+      <c r="N99" t="s">
+        <v>695</v>
+      </c>
+      <c r="O99" t="s">
+        <v>102</v>
+      </c>
+      <c r="P99" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>82</v>
+      </c>
+      <c r="R99" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100" t="s">
+        <v>696</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>697</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>698</v>
+      </c>
+      <c r="H100" t="s">
+        <v>699</v>
+      </c>
+      <c r="I100" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
+        <v>700</v>
+      </c>
+      <c r="L100" t="s">
+        <v>701</v>
+      </c>
+      <c r="M100" t="s">
+        <v>20</v>
+      </c>
+      <c r="N100" t="s">
+        <v>328</v>
+      </c>
+      <c r="O100" t="s">
+        <v>702</v>
+      </c>
+      <c r="P100" t="s">
+        <v>703</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>704</v>
+      </c>
+      <c r="R100" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>18</v>
+      </c>
+      <c r="B101" t="s">
+        <v>706</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>707</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>708</v>
+      </c>
+      <c r="H101" t="s">
+        <v>709</v>
+      </c>
+      <c r="I101" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
         <v>710</v>
       </c>
-      <c r="L99" t="s">
+      <c r="L101" t="s">
         <v>711</v>
       </c>
-      <c r="M99" t="s">
-[...2 lines deleted...]
-      <c r="N99" t="s">
+      <c r="M101" t="s">
+        <v>20</v>
+      </c>
+      <c r="N101" t="s">
         <v>712</v>
       </c>
-      <c r="O99" t="s">
+      <c r="O101" t="s">
         <v>713</v>
       </c>
-      <c r="P99" t="s">
+      <c r="P101" t="s">
         <v>714</v>
       </c>
-      <c r="Q99" t="s">
+      <c r="Q101" t="s">
         <v>715</v>
       </c>
-      <c r="R99" t="s">
+      <c r="R101" t="s">
         <v>716</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P216"/>
+  <dimension ref="A1:P218"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12755,13412 +12915,13512 @@
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>727</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>728</v>
       </c>
       <c r="H2" t="s">
         <v>729</v>
       </c>
       <c r="I2" t="s">
         <v>730</v>
       </c>
       <c r="J2" t="s">
         <v>731</v>
       </c>
       <c r="K2" t="s">
+        <v>218</v>
+      </c>
+      <c r="L2" t="s">
         <v>732</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>733</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>734</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>735</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>725</v>
       </c>
       <c r="B3" t="s">
+        <v>737</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>738</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>739</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>740</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>741</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>742</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>743</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>732</v>
+      </c>
+      <c r="M3" t="s">
+        <v>733</v>
+      </c>
+      <c r="N3" t="s">
         <v>744</v>
-      </c>
-[...7 lines deleted...]
-        <v>735</v>
       </c>
       <c r="O3" t="s">
         <v>745</v>
       </c>
       <c r="P3" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>725</v>
       </c>
       <c r="B4" t="s">
         <v>747</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>748</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>749</v>
       </c>
       <c r="H4" t="s">
         <v>750</v>
       </c>
       <c r="I4" t="s">
         <v>751</v>
       </c>
       <c r="J4" t="s">
         <v>752</v>
       </c>
       <c r="K4" t="s">
         <v>753</v>
       </c>
       <c r="L4" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M4" t="s">
         <v>754</v>
       </c>
       <c r="N4" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O4" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P4" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>725</v>
       </c>
       <c r="B5" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H5" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="I5" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="J5" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="K5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="L5" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M5" t="s">
         <v>754</v>
       </c>
       <c r="N5" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O5" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P5" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>725</v>
       </c>
       <c r="B6" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
+        <v>768</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>769</v>
+      </c>
+      <c r="H6" t="s">
+        <v>770</v>
+      </c>
+      <c r="I6" t="s">
+        <v>771</v>
+      </c>
+      <c r="J6" t="s">
+        <v>772</v>
+      </c>
+      <c r="K6" t="s">
+        <v>773</v>
+      </c>
+      <c r="L6" t="s">
+        <v>732</v>
+      </c>
+      <c r="M6" t="s">
+        <v>733</v>
+      </c>
+      <c r="N6" t="s">
+        <v>755</v>
+      </c>
+      <c r="O6" t="s">
         <v>765</v>
       </c>
-      <c r="F6" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>725</v>
       </c>
       <c r="B7" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H7" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="I7" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="J7" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="K7" t="s">
-        <v>245</v>
+        <v>781</v>
       </c>
       <c r="L7" t="s">
+        <v>732</v>
+      </c>
+      <c r="M7" t="s">
         <v>733</v>
       </c>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>780</v>
+        <v>755</v>
       </c>
       <c r="O7" t="s">
-        <v>781</v>
+        <v>756</v>
       </c>
       <c r="P7" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>725</v>
       </c>
       <c r="B8" t="s">
         <v>783</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>784</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>785</v>
       </c>
       <c r="H8" t="s">
         <v>786</v>
       </c>
       <c r="I8" t="s">
-        <v>743</v>
+        <v>787</v>
       </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>788</v>
       </c>
       <c r="K8" t="s">
-        <v>744</v>
+        <v>789</v>
       </c>
       <c r="L8" t="s">
+        <v>732</v>
+      </c>
+      <c r="M8" t="s">
         <v>733</v>
       </c>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="O8" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="P8" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>725</v>
       </c>
       <c r="B9" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="H9" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="I9" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="J9" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="K9" t="s">
-        <v>796</v>
+        <v>30</v>
       </c>
       <c r="L9" t="s">
+        <v>732</v>
+      </c>
+      <c r="M9" t="s">
         <v>733</v>
       </c>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="O9" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="P9" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>725</v>
       </c>
       <c r="B10" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="H10" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="I10" t="s">
-        <v>804</v>
+        <v>763</v>
       </c>
       <c r="J10" t="s">
-        <v>805</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
+        <v>764</v>
+      </c>
+      <c r="L10" t="s">
+        <v>732</v>
+      </c>
+      <c r="M10" t="s">
+        <v>733</v>
+      </c>
+      <c r="N10" t="s">
         <v>806</v>
       </c>
-      <c r="L10" t="s">
-[...5 lines deleted...]
-      <c r="N10" t="s">
+      <c r="O10" t="s">
         <v>807</v>
       </c>
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>725</v>
       </c>
       <c r="B11" t="s">
+        <v>809</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
         <v>810</v>
-      </c>
-[...7 lines deleted...]
-        <v>801</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>811</v>
       </c>
       <c r="H11" t="s">
         <v>812</v>
       </c>
       <c r="I11" t="s">
         <v>813</v>
       </c>
       <c r="J11" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="K11" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="L11" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M11" t="s">
         <v>754</v>
       </c>
       <c r="N11" t="s">
-        <v>807</v>
+        <v>744</v>
       </c>
       <c r="O11" t="s">
-        <v>814</v>
+        <v>745</v>
       </c>
       <c r="P11" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>725</v>
       </c>
       <c r="B12" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>801</v>
+        <v>818</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="H12" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="I12" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="J12" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="K12" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="L12" t="s">
+        <v>732</v>
+      </c>
+      <c r="M12" t="s">
         <v>733</v>
       </c>
-      <c r="M12" t="s">
+      <c r="N12" t="s">
         <v>734</v>
       </c>
-      <c r="N12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>798</v>
+        <v>824</v>
       </c>
       <c r="P12" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>725</v>
       </c>
       <c r="B13" t="s">
+        <v>826</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>818</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>827</v>
+      </c>
+      <c r="H13" t="s">
+        <v>828</v>
+      </c>
+      <c r="I13" t="s">
+        <v>829</v>
+      </c>
+      <c r="J13" t="s">
+        <v>822</v>
+      </c>
+      <c r="K13" t="s">
         <v>823</v>
       </c>
-      <c r="C13" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L13" t="s">
+        <v>732</v>
+      </c>
+      <c r="M13" t="s">
         <v>733</v>
       </c>
-      <c r="M13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O13" t="s">
-        <v>814</v>
+        <v>830</v>
       </c>
       <c r="P13" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>725</v>
       </c>
       <c r="B14" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>831</v>
+        <v>818</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H14" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="I14" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="J14" t="s">
-        <v>761</v>
+        <v>836</v>
       </c>
       <c r="K14" t="s">
-        <v>762</v>
+        <v>837</v>
       </c>
       <c r="L14" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M14" t="s">
-        <v>835</v>
+        <v>754</v>
       </c>
       <c r="N14" t="s">
-        <v>797</v>
+        <v>744</v>
       </c>
       <c r="O14" t="s">
-        <v>798</v>
+        <v>745</v>
       </c>
       <c r="P14" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>725</v>
       </c>
       <c r="B15" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="H15" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="I15" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="J15" t="s">
-        <v>842</v>
+        <v>731</v>
       </c>
       <c r="K15" t="s">
-        <v>843</v>
+        <v>218</v>
       </c>
       <c r="L15" t="s">
+        <v>732</v>
+      </c>
+      <c r="M15" t="s">
         <v>733</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
         <v>734</v>
       </c>
-      <c r="N15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>736</v>
+        <v>830</v>
       </c>
       <c r="P15" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>725</v>
       </c>
       <c r="B16" t="s">
         <v>845</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>846</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>847</v>
       </c>
       <c r="H16" t="s">
         <v>848</v>
       </c>
       <c r="I16" t="s">
         <v>849</v>
       </c>
       <c r="J16" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="K16" t="s">
-        <v>245</v>
+        <v>781</v>
       </c>
       <c r="L16" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M16" t="s">
-        <v>734</v>
+        <v>850</v>
       </c>
       <c r="N16" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="O16" t="s">
         <v>745</v>
       </c>
       <c r="P16" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>725</v>
       </c>
       <c r="B17" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="H17" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="I17" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="J17" t="s">
-        <v>779</v>
+        <v>857</v>
       </c>
       <c r="K17" t="s">
-        <v>245</v>
+        <v>858</v>
       </c>
       <c r="L17" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M17" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N17" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O17" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P17" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>725</v>
       </c>
       <c r="B18" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="H18" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="I18" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="J18" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
       <c r="K18" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="L18" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M18" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N18" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O18" t="s">
-        <v>745</v>
+        <v>765</v>
       </c>
       <c r="P18" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>725</v>
       </c>
       <c r="B19" t="s">
+        <v>866</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>861</v>
       </c>
-      <c r="C19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="H19" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="I19" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="J19" t="s">
-        <v>866</v>
+        <v>798</v>
       </c>
       <c r="K19" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L19" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M19" t="s">
         <v>754</v>
       </c>
       <c r="N19" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O19" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P19" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>725</v>
       </c>
       <c r="B20" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="H20" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="I20" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="J20" t="s">
-        <v>873</v>
+        <v>798</v>
       </c>
       <c r="K20" t="s">
-        <v>874</v>
+        <v>30</v>
       </c>
       <c r="L20" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M20" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N20" t="s">
-        <v>797</v>
+        <v>755</v>
       </c>
       <c r="O20" t="s">
-        <v>798</v>
+        <v>765</v>
       </c>
       <c r="P20" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>725</v>
       </c>
       <c r="B21" t="s">
         <v>876</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>877</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>878</v>
       </c>
       <c r="H21" t="s">
         <v>879</v>
       </c>
       <c r="I21" t="s">
         <v>880</v>
       </c>
       <c r="J21" t="s">
         <v>881</v>
       </c>
       <c r="K21" t="s">
+        <v>59</v>
+      </c>
+      <c r="L21" t="s">
+        <v>732</v>
+      </c>
+      <c r="M21" t="s">
+        <v>733</v>
+      </c>
+      <c r="N21" t="s">
+        <v>755</v>
+      </c>
+      <c r="O21" t="s">
+        <v>756</v>
+      </c>
+      <c r="P21" t="s">
         <v>882</v>
-      </c>
-[...13 lines deleted...]
-        <v>883</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>725</v>
       </c>
       <c r="B22" t="s">
+        <v>883</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
         <v>884</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>885</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>886</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>887</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>888</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>889</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
+        <v>732</v>
+      </c>
+      <c r="M22" t="s">
+        <v>754</v>
+      </c>
+      <c r="N22" t="s">
+        <v>744</v>
+      </c>
+      <c r="O22" t="s">
+        <v>745</v>
+      </c>
+      <c r="P22" t="s">
         <v>890</v>
-      </c>
-[...13 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>725</v>
       </c>
       <c r="B23" t="s">
+        <v>891</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>892</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>893</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>894</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>895</v>
       </c>
-      <c r="I23" t="s">
+      <c r="J23" t="s">
         <v>896</v>
       </c>
-      <c r="J23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K23" t="s">
-        <v>753</v>
+        <v>897</v>
       </c>
       <c r="L23" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M23" t="s">
         <v>754</v>
       </c>
       <c r="N23" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="O23" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="P23" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>725</v>
       </c>
       <c r="B24" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="H24" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="I24" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>904</v>
       </c>
       <c r="K24" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="L24" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M24" t="s">
         <v>754</v>
       </c>
       <c r="N24" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="O24" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="P24" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>725</v>
       </c>
       <c r="B25" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="H25" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="I25" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="J25" t="s">
-        <v>828</v>
+        <v>772</v>
       </c>
       <c r="K25" t="s">
-        <v>200</v>
+        <v>773</v>
       </c>
       <c r="L25" t="s">
+        <v>732</v>
+      </c>
+      <c r="M25" t="s">
         <v>733</v>
       </c>
-      <c r="M25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N25" t="s">
-        <v>910</v>
+        <v>755</v>
       </c>
       <c r="O25" t="s">
-        <v>911</v>
+        <v>756</v>
       </c>
       <c r="P25" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>725</v>
       </c>
       <c r="B26" t="s">
         <v>913</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
         <v>914</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
         <v>915</v>
       </c>
       <c r="H26" t="s">
         <v>916</v>
       </c>
       <c r="I26" t="s">
         <v>917</v>
       </c>
       <c r="J26" t="s">
-        <v>866</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>41</v>
+        <v>918</v>
       </c>
       <c r="L26" t="s">
+        <v>732</v>
+      </c>
+      <c r="M26" t="s">
         <v>733</v>
       </c>
-      <c r="M26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O26" t="s">
-        <v>918</v>
+        <v>756</v>
       </c>
       <c r="P26" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>725</v>
       </c>
       <c r="B27" t="s">
         <v>920</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>921</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>922</v>
       </c>
       <c r="H27" t="s">
         <v>923</v>
       </c>
       <c r="I27" t="s">
         <v>924</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>731</v>
       </c>
       <c r="K27" t="s">
+        <v>218</v>
+      </c>
+      <c r="L27" t="s">
+        <v>732</v>
+      </c>
+      <c r="M27" t="s">
+        <v>733</v>
+      </c>
+      <c r="N27" t="s">
         <v>925</v>
       </c>
-      <c r="L27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O27" t="s">
-        <v>736</v>
+        <v>926</v>
       </c>
       <c r="P27" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>725</v>
       </c>
       <c r="B28" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="H28" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="I28" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="J28" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="K28" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="L28" t="s">
+        <v>732</v>
+      </c>
+      <c r="M28" t="s">
         <v>733</v>
       </c>
-      <c r="M28" t="s">
+      <c r="N28" t="s">
         <v>734</v>
       </c>
-      <c r="N28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O28" t="s">
-        <v>736</v>
+        <v>933</v>
       </c>
       <c r="P28" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>725</v>
       </c>
       <c r="B29" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="H29" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="I29" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="J29" t="s">
         <v>20</v>
       </c>
       <c r="K29" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="L29" t="s">
+        <v>732</v>
+      </c>
+      <c r="M29" t="s">
         <v>733</v>
       </c>
-      <c r="M29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N29" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O29" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P29" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>725</v>
       </c>
       <c r="B30" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="H30" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="I30" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="J30" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="K30" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="L30" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M30" t="s">
         <v>754</v>
       </c>
       <c r="N30" t="s">
-        <v>910</v>
+        <v>755</v>
       </c>
       <c r="O30" t="s">
-        <v>911</v>
+        <v>756</v>
       </c>
       <c r="P30" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>725</v>
       </c>
       <c r="B31" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="H31" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="I31" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="J31" t="s">
-        <v>950</v>
+        <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>64</v>
+        <v>953</v>
       </c>
       <c r="L31" t="s">
+        <v>732</v>
+      </c>
+      <c r="M31" t="s">
         <v>733</v>
       </c>
-      <c r="M31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" t="s">
-        <v>951</v>
+        <v>755</v>
       </c>
       <c r="O31" t="s">
-        <v>952</v>
+        <v>756</v>
       </c>
       <c r="P31" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>725</v>
       </c>
       <c r="B32" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H32" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="I32" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="J32" t="s">
-        <v>20</v>
+        <v>960</v>
       </c>
       <c r="K32" t="s">
-        <v>375</v>
+        <v>82</v>
       </c>
       <c r="L32" t="s">
+        <v>732</v>
+      </c>
+      <c r="M32" t="s">
         <v>733</v>
       </c>
-      <c r="M32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N32" t="s">
-        <v>780</v>
+        <v>925</v>
       </c>
       <c r="O32" t="s">
-        <v>959</v>
+        <v>926</v>
       </c>
       <c r="P32" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>725</v>
       </c>
       <c r="B33" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H33" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="I33" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="J33" t="s">
         <v>965</v>
       </c>
       <c r="K33" t="s">
+        <v>82</v>
+      </c>
+      <c r="L33" t="s">
+        <v>732</v>
+      </c>
+      <c r="M33" t="s">
+        <v>733</v>
+      </c>
+      <c r="N33" t="s">
         <v>966</v>
-      </c>
-[...7 lines deleted...]
-        <v>771</v>
       </c>
       <c r="O33" t="s">
         <v>967</v>
       </c>
       <c r="P33" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>725</v>
       </c>
       <c r="B34" t="s">
         <v>969</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H34" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="I34" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>973</v>
+        <v>387</v>
       </c>
       <c r="L34" t="s">
+        <v>732</v>
+      </c>
+      <c r="M34" t="s">
         <v>733</v>
       </c>
-      <c r="M34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N34" t="s">
-        <v>771</v>
+        <v>799</v>
       </c>
       <c r="O34" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="P34" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>725</v>
       </c>
       <c r="B35" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="H35" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="I35" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="J35" t="s">
-        <v>866</v>
+        <v>980</v>
       </c>
       <c r="K35" t="s">
-        <v>41</v>
+        <v>981</v>
       </c>
       <c r="L35" t="s">
+        <v>732</v>
+      </c>
+      <c r="M35" t="s">
         <v>733</v>
       </c>
-      <c r="M35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" t="s">
-        <v>771</v>
+        <v>790</v>
       </c>
       <c r="O35" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="P35" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>725</v>
       </c>
       <c r="B36" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
+        <v>985</v>
+      </c>
+      <c r="H36" t="s">
+        <v>986</v>
+      </c>
+      <c r="I36" t="s">
+        <v>987</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>988</v>
+      </c>
+      <c r="L36" t="s">
+        <v>732</v>
+      </c>
+      <c r="M36" t="s">
+        <v>733</v>
+      </c>
+      <c r="N36" t="s">
+        <v>790</v>
+      </c>
+      <c r="O36" t="s">
         <v>982</v>
       </c>
-      <c r="H36" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>725</v>
       </c>
       <c r="B37" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>986</v>
+        <v>970</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="H37" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="I37" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="J37" t="s">
-        <v>20</v>
+        <v>881</v>
       </c>
       <c r="K37" t="s">
-        <v>990</v>
+        <v>59</v>
       </c>
       <c r="L37" t="s">
+        <v>732</v>
+      </c>
+      <c r="M37" t="s">
         <v>733</v>
       </c>
-      <c r="M37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N37" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O37" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="P37" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>725</v>
       </c>
       <c r="B38" t="s">
+        <v>996</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>970</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>997</v>
+      </c>
+      <c r="H38" t="s">
+        <v>998</v>
+      </c>
+      <c r="I38" t="s">
         <v>993</v>
       </c>
-      <c r="C38" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>998</v>
+        <v>881</v>
       </c>
       <c r="K38" t="s">
+        <v>59</v>
+      </c>
+      <c r="L38" t="s">
+        <v>732</v>
+      </c>
+      <c r="M38" t="s">
+        <v>733</v>
+      </c>
+      <c r="N38" t="s">
+        <v>790</v>
+      </c>
+      <c r="O38" t="s">
+        <v>982</v>
+      </c>
+      <c r="P38" t="s">
         <v>999</v>
-      </c>
-[...13 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>725</v>
       </c>
       <c r="B39" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
         <v>1001</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>1002</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>1003</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>1004</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
         <v>1005</v>
       </c>
-      <c r="J39" t="s">
-[...2 lines deleted...]
-      <c r="K39" t="s">
+      <c r="L39" t="s">
+        <v>732</v>
+      </c>
+      <c r="M39" t="s">
+        <v>733</v>
+      </c>
+      <c r="N39" t="s">
+        <v>734</v>
+      </c>
+      <c r="O39" t="s">
         <v>1006</v>
-      </c>
-[...10 lines deleted...]
-        <v>736</v>
       </c>
       <c r="P39" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>725</v>
       </c>
       <c r="B40" t="s">
         <v>1008</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="H40" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="I40" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>1013</v>
       </c>
       <c r="K40" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="L40" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M40" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N40" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O40" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P40" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>725</v>
       </c>
       <c r="B41" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="H41" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="I41" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="J41" t="s">
-        <v>873</v>
+        <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>874</v>
+        <v>1021</v>
       </c>
       <c r="L41" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M41" t="s">
         <v>754</v>
       </c>
       <c r="N41" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O41" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P41" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>725</v>
       </c>
       <c r="B42" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="H42" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="I42" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="J42" t="s">
-        <v>1025</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="L42" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M42" t="s">
         <v>754</v>
       </c>
       <c r="N42" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O42" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P42" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>725</v>
       </c>
       <c r="B43" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="H43" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="I43" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="J43" t="s">
-        <v>828</v>
+        <v>888</v>
       </c>
       <c r="K43" t="s">
-        <v>200</v>
+        <v>889</v>
       </c>
       <c r="L43" t="s">
+        <v>732</v>
+      </c>
+      <c r="M43" t="s">
         <v>733</v>
       </c>
-      <c r="M43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N43" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O43" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P43" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>725</v>
       </c>
       <c r="B44" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="H44" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="I44" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="J44" t="s">
-        <v>945</v>
+        <v>1040</v>
       </c>
       <c r="K44" t="s">
-        <v>64</v>
+        <v>1041</v>
       </c>
       <c r="L44" t="s">
+        <v>732</v>
+      </c>
+      <c r="M44" t="s">
         <v>733</v>
       </c>
-      <c r="M44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N44" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O44" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P44" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>725</v>
       </c>
       <c r="B45" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="H45" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="I45" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="J45" t="s">
-        <v>1044</v>
+        <v>731</v>
       </c>
       <c r="K45" t="s">
-        <v>1045</v>
+        <v>218</v>
       </c>
       <c r="L45" t="s">
+        <v>732</v>
+      </c>
+      <c r="M45" t="s">
         <v>733</v>
       </c>
-      <c r="M45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N45" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O45" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P45" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>725</v>
       </c>
       <c r="B46" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="H46" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="I46" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="J46" t="s">
-        <v>805</v>
+        <v>960</v>
       </c>
       <c r="K46" t="s">
-        <v>806</v>
+        <v>82</v>
       </c>
       <c r="L46" t="s">
+        <v>732</v>
+      </c>
+      <c r="M46" t="s">
         <v>733</v>
       </c>
-      <c r="M46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N46" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O46" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P46" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>725</v>
       </c>
       <c r="B47" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H47" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="I47" t="s">
-        <v>842</v>
+        <v>1058</v>
       </c>
       <c r="J47" t="s">
-        <v>20</v>
+        <v>1059</v>
       </c>
       <c r="K47" t="s">
-        <v>843</v>
+        <v>1060</v>
       </c>
       <c r="L47" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M47" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N47" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O47" t="s">
-        <v>745</v>
+        <v>765</v>
       </c>
       <c r="P47" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>725</v>
       </c>
       <c r="B48" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="H48" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="I48" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="J48" t="s">
-        <v>761</v>
+        <v>822</v>
       </c>
       <c r="K48" t="s">
-        <v>762</v>
+        <v>823</v>
       </c>
       <c r="L48" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M48" t="s">
         <v>754</v>
       </c>
       <c r="N48" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O48" t="s">
-        <v>814</v>
+        <v>765</v>
       </c>
       <c r="P48" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>725</v>
       </c>
       <c r="B49" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="H49" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="I49" t="s">
-        <v>1068</v>
+        <v>857</v>
       </c>
       <c r="J49" t="s">
-        <v>1069</v>
+        <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>30</v>
+        <v>858</v>
       </c>
       <c r="L49" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M49" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N49" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O49" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P49" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>725</v>
       </c>
       <c r="B50" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="H50" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="I50" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="J50" t="s">
-        <v>1076</v>
+        <v>780</v>
       </c>
       <c r="K50" t="s">
-        <v>1077</v>
+        <v>781</v>
       </c>
       <c r="L50" t="s">
+        <v>732</v>
+      </c>
+      <c r="M50" t="s">
         <v>733</v>
       </c>
-      <c r="M50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N50" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O50" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="P50" t="s">
         <v>1078</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>725</v>
       </c>
       <c r="B51" t="s">
         <v>1079</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="H51" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="I51" t="s">
-        <v>769</v>
+        <v>1083</v>
       </c>
       <c r="J51" t="s">
-        <v>20</v>
+        <v>1084</v>
       </c>
       <c r="K51" t="s">
-        <v>770</v>
+        <v>40</v>
       </c>
       <c r="L51" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M51" t="s">
         <v>754</v>
       </c>
       <c r="N51" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O51" t="s">
-        <v>1082</v>
+        <v>756</v>
       </c>
       <c r="P51" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>725</v>
       </c>
       <c r="B52" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="H52" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="I52" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="J52" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="K52" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="L52" t="s">
+        <v>732</v>
+      </c>
+      <c r="M52" t="s">
         <v>733</v>
       </c>
-      <c r="M52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N52" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O52" t="s">
-        <v>991</v>
+        <v>824</v>
       </c>
       <c r="P52" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>725</v>
       </c>
       <c r="B53" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="H53" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="I53" t="s">
-        <v>1092</v>
+        <v>788</v>
       </c>
       <c r="J53" t="s">
-        <v>1093</v>
+        <v>20</v>
       </c>
       <c r="K53" t="s">
-        <v>1094</v>
+        <v>789</v>
       </c>
       <c r="L53" t="s">
+        <v>732</v>
+      </c>
+      <c r="M53" t="s">
         <v>733</v>
       </c>
-      <c r="M53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N53" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O53" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="P53" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>725</v>
       </c>
       <c r="B54" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="H54" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="I54" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="J54" t="s">
-        <v>761</v>
+        <v>1091</v>
       </c>
       <c r="K54" t="s">
-        <v>762</v>
+        <v>1092</v>
       </c>
       <c r="L54" t="s">
+        <v>732</v>
+      </c>
+      <c r="M54" t="s">
         <v>733</v>
       </c>
-      <c r="M54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N54" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O54" t="s">
-        <v>814</v>
+        <v>1006</v>
       </c>
       <c r="P54" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>725</v>
       </c>
       <c r="B55" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="H55" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="I55" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="J55" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="K55" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="L55" t="s">
+        <v>732</v>
+      </c>
+      <c r="M55" t="s">
         <v>733</v>
       </c>
-      <c r="M55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N55" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O55" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="P55" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>725</v>
       </c>
       <c r="B56" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="H56" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="I56" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="J56" t="s">
-        <v>1114</v>
+        <v>780</v>
       </c>
       <c r="K56" t="s">
-        <v>1115</v>
+        <v>781</v>
       </c>
       <c r="L56" t="s">
+        <v>732</v>
+      </c>
+      <c r="M56" t="s">
         <v>733</v>
       </c>
-      <c r="M56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N56" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O56" t="s">
-        <v>918</v>
+        <v>830</v>
       </c>
       <c r="P56" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>725</v>
       </c>
       <c r="B57" t="s">
         <v>1117</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>1118</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>1119</v>
       </c>
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>1120</v>
       </c>
-      <c r="I57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>1106</v>
+        <v>1121</v>
       </c>
       <c r="K57" t="s">
-        <v>1107</v>
+        <v>1122</v>
       </c>
       <c r="L57" t="s">
+        <v>732</v>
+      </c>
+      <c r="M57" t="s">
         <v>733</v>
       </c>
-      <c r="M57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N57" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O57" t="s">
-        <v>1082</v>
+        <v>735</v>
       </c>
       <c r="P57" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>725</v>
       </c>
       <c r="B58" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>1123</v>
+        <v>1087</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="H58" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="I58" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J58" t="s">
-        <v>761</v>
+        <v>1128</v>
       </c>
       <c r="K58" t="s">
-        <v>762</v>
+        <v>1129</v>
       </c>
       <c r="L58" t="s">
+        <v>732</v>
+      </c>
+      <c r="M58" t="s">
         <v>733</v>
       </c>
-      <c r="M58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N58" t="s">
-        <v>1127</v>
+        <v>734</v>
       </c>
       <c r="O58" t="s">
-        <v>1128</v>
+        <v>933</v>
       </c>
       <c r="P58" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>725</v>
       </c>
       <c r="B59" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="H59" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="I59" t="s">
-        <v>1134</v>
+        <v>1120</v>
       </c>
       <c r="J59" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L59" t="s">
+        <v>732</v>
+      </c>
+      <c r="M59" t="s">
+        <v>733</v>
+      </c>
+      <c r="N59" t="s">
+        <v>734</v>
+      </c>
+      <c r="O59" t="s">
+        <v>1097</v>
+      </c>
+      <c r="P59" t="s">
         <v>1135</v>
-      </c>
-[...16 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>725</v>
       </c>
       <c r="B60" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>1138</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>1139</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>1140</v>
       </c>
-      <c r="H60" t="s">
+      <c r="J60" t="s">
+        <v>780</v>
+      </c>
+      <c r="K60" t="s">
+        <v>781</v>
+      </c>
+      <c r="L60" t="s">
+        <v>732</v>
+      </c>
+      <c r="M60" t="s">
+        <v>733</v>
+      </c>
+      <c r="N60" t="s">
         <v>1141</v>
       </c>
-      <c r="I60" t="s">
+      <c r="O60" t="s">
         <v>1142</v>
       </c>
-      <c r="J60" t="s">
-[...2 lines deleted...]
-      <c r="K60" t="s">
+      <c r="P60" t="s">
         <v>1143</v>
-      </c>
-[...13 lines deleted...]
-        <v>1144</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>725</v>
       </c>
       <c r="B61" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
         <v>1145</v>
-      </c>
-[...7 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
         <v>1146</v>
       </c>
       <c r="H61" t="s">
         <v>1147</v>
       </c>
       <c r="I61" t="s">
         <v>1148</v>
       </c>
       <c r="J61" t="s">
         <v>1149</v>
       </c>
       <c r="K61" t="s">
         <v>1150</v>
       </c>
       <c r="L61" t="s">
+        <v>732</v>
+      </c>
+      <c r="M61" t="s">
         <v>733</v>
       </c>
-      <c r="M61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N61" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O61" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P61" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>725</v>
       </c>
       <c r="B62" t="s">
         <v>1152</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
         <v>1153</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
         <v>1154</v>
       </c>
       <c r="H62" t="s">
         <v>1155</v>
       </c>
       <c r="I62" t="s">
         <v>1156</v>
       </c>
       <c r="J62" t="s">
         <v>20</v>
       </c>
       <c r="K62" t="s">
         <v>1157</v>
       </c>
       <c r="L62" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M62" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N62" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O62" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P62" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>725</v>
       </c>
       <c r="B63" t="s">
         <v>1159</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
         <v>1160</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>1161</v>
       </c>
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>1162</v>
       </c>
-      <c r="I63" t="s">
+      <c r="J63" t="s">
         <v>1163</v>
       </c>
-      <c r="J63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K63" t="s">
-        <v>762</v>
+        <v>1164</v>
       </c>
       <c r="L63" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M63" t="s">
         <v>754</v>
       </c>
       <c r="N63" t="s">
-        <v>1127</v>
+        <v>755</v>
       </c>
       <c r="O63" t="s">
-        <v>1164</v>
+        <v>756</v>
       </c>
       <c r="P63" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>725</v>
       </c>
       <c r="B64" t="s">
         <v>1166</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
         <v>1167</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
         <v>1168</v>
       </c>
       <c r="H64" t="s">
         <v>1169</v>
       </c>
       <c r="I64" t="s">
-        <v>989</v>
+        <v>1170</v>
       </c>
       <c r="J64" t="s">
         <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>990</v>
+        <v>1171</v>
       </c>
       <c r="L64" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M64" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N64" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O64" t="s">
-        <v>1108</v>
+        <v>756</v>
       </c>
       <c r="P64" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>725</v>
       </c>
       <c r="B65" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="H65" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="I65" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="J65" t="s">
-        <v>989</v>
+        <v>780</v>
       </c>
       <c r="K65" t="s">
-        <v>990</v>
+        <v>781</v>
       </c>
       <c r="L65" t="s">
+        <v>732</v>
+      </c>
+      <c r="M65" t="s">
         <v>733</v>
       </c>
-      <c r="M65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N65" t="s">
-        <v>807</v>
+        <v>1141</v>
       </c>
       <c r="O65" t="s">
-        <v>1108</v>
+        <v>1178</v>
       </c>
       <c r="P65" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>725</v>
       </c>
       <c r="B66" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>1167</v>
+        <v>1181</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="H66" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="I66" t="s">
-        <v>1179</v>
+        <v>1004</v>
       </c>
       <c r="J66" t="s">
-        <v>945</v>
+        <v>20</v>
       </c>
       <c r="K66" t="s">
-        <v>64</v>
+        <v>1005</v>
       </c>
       <c r="L66" t="s">
+        <v>732</v>
+      </c>
+      <c r="M66" t="s">
         <v>733</v>
       </c>
-      <c r="M66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N66" t="s">
-        <v>780</v>
+        <v>734</v>
       </c>
       <c r="O66" t="s">
-        <v>1180</v>
+        <v>735</v>
       </c>
       <c r="P66" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>725</v>
       </c>
       <c r="B67" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="H67" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="I67" t="s">
-        <v>1069</v>
+        <v>1188</v>
       </c>
       <c r="J67" t="s">
-        <v>20</v>
+        <v>1004</v>
       </c>
       <c r="K67" t="s">
-        <v>30</v>
+        <v>1005</v>
       </c>
       <c r="L67" t="s">
+        <v>732</v>
+      </c>
+      <c r="M67" t="s">
         <v>733</v>
       </c>
-      <c r="M67" t="s">
+      <c r="N67" t="s">
         <v>734</v>
       </c>
-      <c r="N67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O67" t="s">
-        <v>1187</v>
+        <v>735</v>
       </c>
       <c r="P67" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>725</v>
       </c>
       <c r="B68" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>1190</v>
+        <v>1181</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
         <v>1191</v>
       </c>
       <c r="H68" t="s">
         <v>1192</v>
       </c>
       <c r="I68" t="s">
         <v>1193</v>
       </c>
       <c r="J68" t="s">
+        <v>960</v>
+      </c>
+      <c r="K68" t="s">
+        <v>82</v>
+      </c>
+      <c r="L68" t="s">
+        <v>732</v>
+      </c>
+      <c r="M68" t="s">
+        <v>733</v>
+      </c>
+      <c r="N68" t="s">
+        <v>799</v>
+      </c>
+      <c r="O68" t="s">
         <v>1194</v>
       </c>
-      <c r="K68" t="s">
-[...11 lines deleted...]
-      <c r="O68" t="s">
+      <c r="P68" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>725</v>
       </c>
       <c r="B69" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
         <v>1197</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
         <v>1198</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="H69" t="s">
         <v>1199</v>
       </c>
-      <c r="H69" t="s">
+      <c r="I69" t="s">
+        <v>1084</v>
+      </c>
+      <c r="J69" t="s">
+        <v>20</v>
+      </c>
+      <c r="K69" t="s">
+        <v>40</v>
+      </c>
+      <c r="L69" t="s">
+        <v>732</v>
+      </c>
+      <c r="M69" t="s">
+        <v>754</v>
+      </c>
+      <c r="N69" t="s">
         <v>1200</v>
       </c>
-      <c r="I69" t="s">
+      <c r="O69" t="s">
         <v>1201</v>
       </c>
-      <c r="J69" t="s">
+      <c r="P69" t="s">
         <v>1202</v>
-      </c>
-[...16 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>725</v>
       </c>
       <c r="B70" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
         <v>1205</v>
       </c>
-      <c r="C70" t="s">
-[...5 lines deleted...]
-      <c r="E70" t="s">
+      <c r="H70" t="s">
         <v>1206</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>1207</v>
       </c>
-      <c r="H70" t="s">
+      <c r="J70" t="s">
         <v>1208</v>
       </c>
-      <c r="I70" t="s">
+      <c r="K70" t="s">
+        <v>30</v>
+      </c>
+      <c r="L70" t="s">
+        <v>732</v>
+      </c>
+      <c r="M70" t="s">
+        <v>733</v>
+      </c>
+      <c r="N70" t="s">
+        <v>966</v>
+      </c>
+      <c r="O70" t="s">
         <v>1209</v>
-      </c>
-[...16 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="P70" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>725</v>
       </c>
       <c r="B71" t="s">
         <v>1211</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="H71" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="I71" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="J71" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="K71" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="L71" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M71" t="s">
         <v>754</v>
       </c>
       <c r="N71" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O71" t="s">
-        <v>1082</v>
+        <v>933</v>
       </c>
       <c r="P71" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>725</v>
       </c>
       <c r="B72" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="H72" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="I72" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="J72" t="s">
-        <v>1223</v>
+        <v>987</v>
       </c>
       <c r="K72" t="s">
+        <v>988</v>
+      </c>
+      <c r="L72" t="s">
+        <v>732</v>
+      </c>
+      <c r="M72" t="s">
+        <v>733</v>
+      </c>
+      <c r="N72" t="s">
+        <v>734</v>
+      </c>
+      <c r="O72" t="s">
+        <v>735</v>
+      </c>
+      <c r="P72" t="s">
         <v>1224</v>
-      </c>
-[...13 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>725</v>
       </c>
       <c r="B73" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H73" t="s">
         <v>1227</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="I73" t="s">
         <v>1228</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="J73" t="s">
         <v>1229</v>
       </c>
-      <c r="H73" t="s">
+      <c r="K73" t="s">
         <v>1230</v>
       </c>
-      <c r="I73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L73" t="s">
+        <v>732</v>
+      </c>
+      <c r="M73" t="s">
         <v>733</v>
       </c>
-      <c r="M73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N73" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O73" t="s">
-        <v>991</v>
+        <v>1097</v>
       </c>
       <c r="P73" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>725</v>
       </c>
       <c r="B74" t="s">
         <v>1232</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
         <v>1233</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
         <v>1234</v>
       </c>
       <c r="H74" t="s">
         <v>1235</v>
       </c>
       <c r="I74" t="s">
         <v>1236</v>
       </c>
       <c r="J74" t="s">
         <v>1237</v>
       </c>
       <c r="K74" t="s">
-        <v>375</v>
+        <v>1238</v>
       </c>
       <c r="L74" t="s">
+        <v>732</v>
+      </c>
+      <c r="M74" t="s">
         <v>733</v>
       </c>
-      <c r="M74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N74" t="s">
-        <v>1127</v>
+        <v>790</v>
       </c>
       <c r="O74" t="s">
-        <v>1128</v>
+        <v>1239</v>
       </c>
       <c r="P74" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>725</v>
       </c>
       <c r="B75" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="H75" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="I75" t="s">
-        <v>1242</v>
+        <v>1223</v>
       </c>
       <c r="J75" t="s">
-        <v>1243</v>
+        <v>987</v>
       </c>
       <c r="K75" t="s">
-        <v>1244</v>
+        <v>988</v>
       </c>
       <c r="L75" t="s">
+        <v>732</v>
+      </c>
+      <c r="M75" t="s">
         <v>733</v>
       </c>
-      <c r="M75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N75" t="s">
-        <v>1127</v>
+        <v>734</v>
       </c>
       <c r="O75" t="s">
-        <v>1128</v>
+        <v>1006</v>
       </c>
       <c r="P75" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>725</v>
       </c>
       <c r="B76" t="s">
         <v>1246</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
         <v>1247</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
         <v>1248</v>
       </c>
       <c r="H76" t="s">
         <v>1249</v>
       </c>
       <c r="I76" t="s">
         <v>1250</v>
       </c>
       <c r="J76" t="s">
-        <v>972</v>
+        <v>1251</v>
       </c>
       <c r="K76" t="s">
-        <v>973</v>
+        <v>387</v>
       </c>
       <c r="L76" t="s">
+        <v>732</v>
+      </c>
+      <c r="M76" t="s">
         <v>733</v>
       </c>
-      <c r="M76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N76" t="s">
-        <v>771</v>
+        <v>1141</v>
       </c>
       <c r="O76" t="s">
-        <v>1095</v>
+        <v>1142</v>
       </c>
       <c r="P76" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>725</v>
       </c>
       <c r="B77" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
         <v>1247</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H77" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="I77" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="J77" t="s">
-        <v>972</v>
+        <v>1257</v>
       </c>
       <c r="K77" t="s">
-        <v>973</v>
+        <v>1258</v>
       </c>
       <c r="L77" t="s">
+        <v>732</v>
+      </c>
+      <c r="M77" t="s">
         <v>733</v>
       </c>
-      <c r="M77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N77" t="s">
-        <v>807</v>
+        <v>1141</v>
       </c>
       <c r="O77" t="s">
-        <v>1255</v>
+        <v>1142</v>
       </c>
       <c r="P77" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>725</v>
       </c>
       <c r="B78" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="H78" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="I78" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="J78" t="s">
-        <v>828</v>
+        <v>987</v>
       </c>
       <c r="K78" t="s">
-        <v>200</v>
+        <v>988</v>
       </c>
       <c r="L78" t="s">
+        <v>732</v>
+      </c>
+      <c r="M78" t="s">
         <v>733</v>
       </c>
-      <c r="M78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N78" t="s">
-        <v>735</v>
+        <v>790</v>
       </c>
       <c r="O78" t="s">
-        <v>736</v>
+        <v>1110</v>
       </c>
       <c r="P78" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>725</v>
       </c>
       <c r="B79" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I79" t="s">
         <v>1264</v>
       </c>
-      <c r="H79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>1267</v>
+        <v>987</v>
       </c>
       <c r="K79" t="s">
-        <v>1268</v>
+        <v>988</v>
       </c>
       <c r="L79" t="s">
+        <v>732</v>
+      </c>
+      <c r="M79" t="s">
         <v>733</v>
       </c>
-      <c r="M79" t="s">
+      <c r="N79" t="s">
         <v>734</v>
       </c>
-      <c r="N79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O79" t="s">
-        <v>736</v>
+        <v>1269</v>
       </c>
       <c r="P79" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>725</v>
       </c>
       <c r="B80" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="H80" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="I80" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="J80" t="s">
-        <v>20</v>
+        <v>731</v>
       </c>
       <c r="K80" t="s">
-        <v>1275</v>
+        <v>218</v>
       </c>
       <c r="L80" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M80" t="s">
         <v>754</v>
       </c>
       <c r="N80" t="s">
-        <v>787</v>
+        <v>755</v>
       </c>
       <c r="O80" t="s">
-        <v>788</v>
+        <v>756</v>
       </c>
       <c r="P80" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>725</v>
       </c>
       <c r="B81" t="s">
         <v>1277</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
         <v>1278</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>1279</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>1280</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>20</v>
+        <v>1281</v>
       </c>
       <c r="K81" t="s">
-        <v>966</v>
+        <v>1282</v>
       </c>
       <c r="L81" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M81" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N81" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O81" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P81" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>725</v>
       </c>
       <c r="B82" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="H82" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="I82" t="s">
-        <v>965</v>
+        <v>1288</v>
       </c>
       <c r="J82" t="s">
         <v>20</v>
       </c>
       <c r="K82" t="s">
-        <v>966</v>
+        <v>1289</v>
       </c>
       <c r="L82" t="s">
+        <v>732</v>
+      </c>
+      <c r="M82" t="s">
         <v>733</v>
       </c>
-      <c r="M82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N82" t="s">
-        <v>735</v>
+        <v>806</v>
       </c>
       <c r="O82" t="s">
-        <v>736</v>
+        <v>807</v>
       </c>
       <c r="P82" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>725</v>
       </c>
       <c r="B83" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="H83" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="I83" t="s">
-        <v>1289</v>
+        <v>980</v>
       </c>
       <c r="J83" t="s">
         <v>20</v>
       </c>
       <c r="K83" t="s">
-        <v>1290</v>
+        <v>981</v>
       </c>
       <c r="L83" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M83" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N83" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O83" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P83" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>725</v>
       </c>
       <c r="B84" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
         <v>1292</v>
       </c>
-      <c r="C84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="H84" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="I84" t="s">
-        <v>1295</v>
+        <v>980</v>
       </c>
       <c r="J84" t="s">
         <v>20</v>
       </c>
       <c r="K84" t="s">
-        <v>1296</v>
+        <v>981</v>
       </c>
       <c r="L84" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M84" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N84" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O84" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P84" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>725</v>
       </c>
       <c r="B85" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H85" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="I85" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="J85" t="s">
-        <v>1303</v>
+        <v>20</v>
       </c>
       <c r="K85" t="s">
         <v>1304</v>
       </c>
       <c r="L85" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M85" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N85" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O85" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P85" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>725</v>
       </c>
       <c r="B86" t="s">
         <v>1306</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
         <v>1307</v>
       </c>
-      <c r="F86" t="s">
-[...2 lines deleted...]
-      <c r="G86" t="s">
+      <c r="H86" t="s">
         <v>1308</v>
       </c>
-      <c r="H86" t="s">
+      <c r="I86" t="s">
         <v>1309</v>
       </c>
-      <c r="I86" t="s">
+      <c r="J86" t="s">
+        <v>20</v>
+      </c>
+      <c r="K86" t="s">
         <v>1310</v>
       </c>
-      <c r="J86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L86" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M86" t="s">
         <v>754</v>
       </c>
       <c r="N86" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="O86" t="s">
-        <v>1225</v>
+        <v>756</v>
       </c>
       <c r="P86" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>725</v>
       </c>
       <c r="B87" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
         <v>1313</v>
-      </c>
-[...7 lines deleted...]
-        <v>1307</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
         <v>1314</v>
       </c>
       <c r="H87" t="s">
         <v>1315</v>
       </c>
       <c r="I87" t="s">
-        <v>866</v>
+        <v>1316</v>
       </c>
       <c r="J87" t="s">
-        <v>20</v>
+        <v>1317</v>
       </c>
       <c r="K87" t="s">
-        <v>41</v>
+        <v>1318</v>
       </c>
       <c r="L87" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M87" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N87" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O87" t="s">
-        <v>745</v>
+        <v>765</v>
       </c>
       <c r="P87" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>725</v>
       </c>
       <c r="B88" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="H88" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="I88" t="s">
-        <v>866</v>
+        <v>1324</v>
       </c>
       <c r="J88" t="s">
-        <v>20</v>
+        <v>1325</v>
       </c>
       <c r="K88" t="s">
-        <v>41</v>
+        <v>218</v>
       </c>
       <c r="L88" t="s">
+        <v>732</v>
+      </c>
+      <c r="M88" t="s">
         <v>733</v>
       </c>
-      <c r="M88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N88" t="s">
-        <v>735</v>
+        <v>790</v>
       </c>
       <c r="O88" t="s">
-        <v>745</v>
+        <v>1239</v>
       </c>
       <c r="P88" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>725</v>
       </c>
       <c r="B89" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
         <v>1321</v>
       </c>
-      <c r="C89" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="H89" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="I89" t="s">
-        <v>1325</v>
+        <v>881</v>
       </c>
       <c r="J89" t="s">
         <v>20</v>
       </c>
       <c r="K89" t="s">
-        <v>1326</v>
+        <v>59</v>
       </c>
       <c r="L89" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M89" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N89" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O89" t="s">
-        <v>1327</v>
+        <v>765</v>
       </c>
       <c r="P89" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>725</v>
       </c>
       <c r="B90" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1330</v>
+        <v>1321</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H90" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="I90" t="s">
-        <v>1333</v>
+        <v>881</v>
       </c>
       <c r="J90" t="s">
-        <v>1334</v>
+        <v>20</v>
       </c>
       <c r="K90" t="s">
-        <v>1335</v>
+        <v>59</v>
       </c>
       <c r="L90" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M90" t="s">
         <v>754</v>
       </c>
       <c r="N90" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O90" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P90" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>725</v>
       </c>
       <c r="B91" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
         <v>1337</v>
       </c>
-      <c r="C91" t="s">
-[...5 lines deleted...]
-      <c r="E91" t="s">
+      <c r="H91" t="s">
         <v>1338</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="I91" t="s">
         <v>1339</v>
       </c>
-      <c r="H91" t="s">
+      <c r="J91" t="s">
+        <v>20</v>
+      </c>
+      <c r="K91" t="s">
         <v>1340</v>
       </c>
-      <c r="I91" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L91" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M91" t="s">
         <v>754</v>
       </c>
       <c r="N91" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O91" t="s">
-        <v>1082</v>
+        <v>1341</v>
       </c>
       <c r="P91" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>725</v>
       </c>
       <c r="B92" t="s">
         <v>1343</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="H92" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="I92" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="J92" t="s">
-        <v>972</v>
+        <v>1348</v>
       </c>
       <c r="K92" t="s">
-        <v>973</v>
+        <v>1349</v>
       </c>
       <c r="L92" t="s">
+        <v>732</v>
+      </c>
+      <c r="M92" t="s">
         <v>733</v>
       </c>
-      <c r="M92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N92" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O92" t="s">
-        <v>1108</v>
+        <v>756</v>
       </c>
       <c r="P92" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>725</v>
       </c>
       <c r="B93" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="H93" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="I93" t="s">
-        <v>1341</v>
+        <v>1355</v>
       </c>
       <c r="J93" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
       <c r="K93" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="L93" t="s">
+        <v>732</v>
+      </c>
+      <c r="M93" t="s">
         <v>733</v>
       </c>
-      <c r="M93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N93" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O93" t="s">
-        <v>808</v>
+        <v>1097</v>
       </c>
       <c r="P93" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>725</v>
       </c>
       <c r="B94" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
         <v>1352</v>
       </c>
-      <c r="C94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="H94" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I94" t="s">
         <v>1355</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>20</v>
+        <v>987</v>
       </c>
       <c r="K94" t="s">
-        <v>1326</v>
+        <v>988</v>
       </c>
       <c r="L94" t="s">
+        <v>732</v>
+      </c>
+      <c r="M94" t="s">
         <v>733</v>
       </c>
-      <c r="M94" t="s">
+      <c r="N94" t="s">
         <v>734</v>
       </c>
-      <c r="N94" t="s">
+      <c r="O94" t="s">
         <v>735</v>
       </c>
-      <c r="O94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P94" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>725</v>
       </c>
       <c r="B95" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="H95" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="I95" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
       <c r="J95" t="s">
-        <v>761</v>
+        <v>987</v>
       </c>
       <c r="K95" t="s">
-        <v>762</v>
+        <v>988</v>
       </c>
       <c r="L95" t="s">
+        <v>732</v>
+      </c>
+      <c r="M95" t="s">
         <v>733</v>
       </c>
-      <c r="M95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N95" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O95" t="s">
-        <v>1095</v>
+        <v>824</v>
       </c>
       <c r="P95" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>725</v>
       </c>
       <c r="B96" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="H96" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="I96" t="s">
-        <v>1367</v>
+        <v>1339</v>
       </c>
       <c r="J96" t="s">
-        <v>779</v>
+        <v>20</v>
       </c>
       <c r="K96" t="s">
-        <v>245</v>
+        <v>1340</v>
       </c>
       <c r="L96" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M96" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N96" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O96" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P96" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>725</v>
       </c>
       <c r="B97" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="H97" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="I97" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="J97" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="K97" t="s">
-        <v>245</v>
+        <v>781</v>
       </c>
       <c r="L97" t="s">
+        <v>732</v>
+      </c>
+      <c r="M97" t="s">
         <v>733</v>
       </c>
-      <c r="M97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N97" t="s">
-        <v>1127</v>
+        <v>790</v>
       </c>
       <c r="O97" t="s">
-        <v>1374</v>
+        <v>1110</v>
       </c>
       <c r="P97" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>725</v>
       </c>
       <c r="B98" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="H98" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I98" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J98" t="s">
-        <v>1380</v>
+        <v>798</v>
       </c>
       <c r="K98" t="s">
-        <v>1381</v>
+        <v>30</v>
       </c>
       <c r="L98" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M98" t="s">
         <v>754</v>
       </c>
       <c r="N98" t="s">
-        <v>1127</v>
+        <v>755</v>
       </c>
       <c r="O98" t="s">
-        <v>1164</v>
+        <v>756</v>
       </c>
       <c r="P98" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>725</v>
       </c>
       <c r="B99" t="s">
         <v>1383</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
         <v>1384</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
         <v>1385</v>
       </c>
       <c r="H99" t="s">
         <v>1386</v>
       </c>
       <c r="I99" t="s">
         <v>1387</v>
       </c>
       <c r="J99" t="s">
+        <v>798</v>
+      </c>
+      <c r="K99" t="s">
+        <v>30</v>
+      </c>
+      <c r="L99" t="s">
+        <v>732</v>
+      </c>
+      <c r="M99" t="s">
+        <v>733</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1141</v>
+      </c>
+      <c r="O99" t="s">
         <v>1388</v>
       </c>
-      <c r="K99" t="s">
+      <c r="P99" t="s">
         <v>1389</v>
-      </c>
-[...13 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>725</v>
       </c>
       <c r="B100" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
         <v>1384</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H100" t="s">
         <v>1392</v>
       </c>
-      <c r="H100" t="s">
+      <c r="I100" t="s">
         <v>1393</v>
       </c>
-      <c r="I100" t="s">
+      <c r="J100" t="s">
         <v>1394</v>
       </c>
-      <c r="J100" t="s">
+      <c r="K100" t="s">
         <v>1395</v>
       </c>
-      <c r="K100" t="s">
+      <c r="L100" t="s">
+        <v>732</v>
+      </c>
+      <c r="M100" t="s">
+        <v>733</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1141</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P100" t="s">
         <v>1396</v>
-      </c>
-[...13 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>725</v>
       </c>
       <c r="B101" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
         <v>1398</v>
       </c>
-      <c r="C101" t="s">
-[...5 lines deleted...]
-      <c r="E101" t="s">
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
         <v>1399</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>1400</v>
       </c>
-      <c r="H101" t="s">
+      <c r="I101" t="s">
         <v>1401</v>
       </c>
-      <c r="I101" t="s">
+      <c r="J101" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K101" t="s">
         <v>1403</v>
       </c>
       <c r="L101" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M101" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N101" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O101" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P101" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>725</v>
       </c>
       <c r="B102" t="s">
         <v>1405</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1399</v>
+        <v>1398</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
         <v>1406</v>
       </c>
       <c r="H102" t="s">
         <v>1407</v>
       </c>
       <c r="I102" t="s">
         <v>1408</v>
       </c>
       <c r="J102" t="s">
         <v>1409</v>
       </c>
       <c r="K102" t="s">
         <v>1410</v>
       </c>
       <c r="L102" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M102" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N102" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O102" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P102" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>725</v>
       </c>
       <c r="B103" t="s">
         <v>1412</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
         <v>1413</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
         <v>1414</v>
       </c>
       <c r="H103" t="s">
         <v>1415</v>
       </c>
       <c r="I103" t="s">
         <v>1416</v>
       </c>
       <c r="J103" t="s">
-        <v>1334</v>
+        <v>20</v>
       </c>
       <c r="K103" t="s">
-        <v>1335</v>
+        <v>1417</v>
       </c>
       <c r="L103" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M103" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N103" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O103" t="s">
-        <v>918</v>
+        <v>756</v>
       </c>
       <c r="P103" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>725</v>
       </c>
       <c r="B104" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
         <v>1420</v>
       </c>
       <c r="H104" t="s">
         <v>1421</v>
       </c>
       <c r="I104" t="s">
         <v>1422</v>
       </c>
       <c r="J104" t="s">
-        <v>20</v>
+        <v>1423</v>
       </c>
       <c r="K104" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="L104" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M104" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N104" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="O104" t="s">
-        <v>1424</v>
+        <v>756</v>
       </c>
       <c r="P104" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>725</v>
       </c>
       <c r="B105" t="s">
         <v>1426</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
         <v>1427</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
         <v>1428</v>
       </c>
       <c r="H105" t="s">
         <v>1429</v>
       </c>
       <c r="I105" t="s">
         <v>1430</v>
       </c>
       <c r="J105" t="s">
-        <v>1076</v>
+        <v>1348</v>
       </c>
       <c r="K105" t="s">
-        <v>1077</v>
+        <v>1349</v>
       </c>
       <c r="L105" t="s">
+        <v>732</v>
+      </c>
+      <c r="M105" t="s">
         <v>733</v>
       </c>
-      <c r="M105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N105" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O105" t="s">
-        <v>1082</v>
+        <v>933</v>
       </c>
       <c r="P105" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>725</v>
       </c>
       <c r="B106" t="s">
         <v>1432</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
         <v>1433</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
         <v>1434</v>
       </c>
       <c r="H106" t="s">
         <v>1435</v>
       </c>
       <c r="I106" t="s">
         <v>1436</v>
       </c>
       <c r="J106" t="s">
+        <v>20</v>
+      </c>
+      <c r="K106" t="s">
         <v>1437</v>
       </c>
-      <c r="K106" t="s">
+      <c r="L106" t="s">
+        <v>732</v>
+      </c>
+      <c r="M106" t="s">
+        <v>733</v>
+      </c>
+      <c r="N106" t="s">
+        <v>790</v>
+      </c>
+      <c r="O106" t="s">
         <v>1438</v>
-      </c>
-[...10 lines deleted...]
-        <v>736</v>
       </c>
       <c r="P106" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>725</v>
       </c>
       <c r="B107" t="s">
         <v>1440</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
         <v>1441</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
         <v>1442</v>
       </c>
       <c r="H107" t="s">
         <v>1443</v>
       </c>
       <c r="I107" t="s">
         <v>1444</v>
       </c>
       <c r="J107" t="s">
-        <v>972</v>
+        <v>1091</v>
       </c>
       <c r="K107" t="s">
-        <v>973</v>
+        <v>1092</v>
       </c>
       <c r="L107" t="s">
+        <v>732</v>
+      </c>
+      <c r="M107" t="s">
         <v>733</v>
       </c>
-      <c r="M107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N107" t="s">
-        <v>1127</v>
+        <v>734</v>
       </c>
       <c r="O107" t="s">
-        <v>1164</v>
+        <v>1097</v>
       </c>
       <c r="P107" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>725</v>
       </c>
       <c r="B108" t="s">
         <v>1446</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
         <v>1447</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
         <v>1448</v>
       </c>
       <c r="H108" t="s">
         <v>1449</v>
       </c>
       <c r="I108" t="s">
         <v>1450</v>
       </c>
       <c r="J108" t="s">
-        <v>828</v>
+        <v>1451</v>
       </c>
       <c r="K108" t="s">
-        <v>200</v>
+        <v>1452</v>
       </c>
       <c r="L108" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M108" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N108" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O108" t="s">
-        <v>991</v>
+        <v>756</v>
       </c>
       <c r="P108" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>725</v>
       </c>
       <c r="B109" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="H109" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="I109" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="J109" t="s">
-        <v>828</v>
+        <v>987</v>
       </c>
       <c r="K109" t="s">
-        <v>200</v>
+        <v>988</v>
       </c>
       <c r="L109" t="s">
+        <v>732</v>
+      </c>
+      <c r="M109" t="s">
         <v>733</v>
       </c>
-      <c r="M109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N109" t="s">
-        <v>807</v>
+        <v>1141</v>
       </c>
       <c r="O109" t="s">
-        <v>814</v>
+        <v>1178</v>
       </c>
       <c r="P109" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>725</v>
       </c>
       <c r="B110" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1447</v>
+        <v>1461</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="H110" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="I110" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
       <c r="J110" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="K110" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="L110" t="s">
+        <v>732</v>
+      </c>
+      <c r="M110" t="s">
         <v>733</v>
       </c>
-      <c r="M110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N110" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O110" t="s">
-        <v>808</v>
+        <v>1006</v>
       </c>
       <c r="P110" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>725</v>
       </c>
       <c r="B111" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
         <v>1461</v>
       </c>
-      <c r="C111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="H111" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="I111" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="J111" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="K111" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="L111" t="s">
+        <v>732</v>
+      </c>
+      <c r="M111" t="s">
         <v>733</v>
       </c>
-      <c r="M111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N111" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O111" t="s">
-        <v>1108</v>
+        <v>830</v>
       </c>
       <c r="P111" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>725</v>
       </c>
       <c r="B112" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1447</v>
+        <v>1461</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="H112" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="I112" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="J112" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="K112" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="L112" t="s">
+        <v>732</v>
+      </c>
+      <c r="M112" t="s">
         <v>733</v>
       </c>
-      <c r="M112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N112" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O112" t="s">
-        <v>1108</v>
+        <v>824</v>
       </c>
       <c r="P112" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>725</v>
       </c>
       <c r="B113" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1472</v>
+        <v>1461</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="H113" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="I113" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="J113" t="s">
-        <v>866</v>
+        <v>731</v>
       </c>
       <c r="K113" t="s">
-        <v>41</v>
+        <v>218</v>
       </c>
       <c r="L113" t="s">
+        <v>732</v>
+      </c>
+      <c r="M113" t="s">
         <v>733</v>
       </c>
-      <c r="M113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N113" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O113" t="s">
-        <v>1108</v>
+        <v>735</v>
       </c>
       <c r="P113" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>725</v>
       </c>
       <c r="B114" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1478</v>
+        <v>1461</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="H114" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="I114" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="J114" t="s">
-        <v>820</v>
+        <v>731</v>
       </c>
       <c r="K114" t="s">
-        <v>821</v>
+        <v>218</v>
       </c>
       <c r="L114" t="s">
+        <v>732</v>
+      </c>
+      <c r="M114" t="s">
         <v>733</v>
       </c>
-      <c r="M114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N114" t="s">
+        <v>734</v>
+      </c>
+      <c r="O114" t="s">
         <v>735</v>
       </c>
-      <c r="O114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P114" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>725</v>
       </c>
       <c r="B115" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="H115" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="I115" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="J115" t="s">
-        <v>1488</v>
+        <v>881</v>
       </c>
       <c r="K115" t="s">
-        <v>1489</v>
+        <v>59</v>
       </c>
       <c r="L115" t="s">
+        <v>732</v>
+      </c>
+      <c r="M115" t="s">
         <v>733</v>
       </c>
-      <c r="M115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N115" t="s">
+        <v>734</v>
+      </c>
+      <c r="O115" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="P115" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>725</v>
       </c>
       <c r="B116" t="s">
         <v>1491</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
         <v>1492</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
         <v>1493</v>
       </c>
       <c r="H116" t="s">
         <v>1494</v>
       </c>
       <c r="I116" t="s">
-        <v>937</v>
+        <v>1495</v>
       </c>
       <c r="J116" t="s">
-        <v>20</v>
+        <v>836</v>
       </c>
       <c r="K116" t="s">
-        <v>938</v>
+        <v>837</v>
       </c>
       <c r="L116" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M116" t="s">
-        <v>734</v>
+        <v>850</v>
       </c>
       <c r="N116" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O116" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P116" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>725</v>
       </c>
       <c r="B117" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="H117" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="I117" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="J117" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="K117" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="L117" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M117" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N117" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O117" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P117" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>725</v>
       </c>
       <c r="B118" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="H118" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="I118" t="s">
-        <v>866</v>
+        <v>952</v>
       </c>
       <c r="J118" t="s">
         <v>20</v>
       </c>
       <c r="K118" t="s">
-        <v>41</v>
+        <v>953</v>
       </c>
       <c r="L118" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M118" t="s">
-        <v>835</v>
+        <v>754</v>
       </c>
       <c r="N118" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O118" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P118" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>725</v>
       </c>
       <c r="B119" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="H119" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="I119" t="s">
-        <v>989</v>
+        <v>1514</v>
       </c>
       <c r="J119" t="s">
-        <v>20</v>
+        <v>1515</v>
       </c>
       <c r="K119" t="s">
-        <v>990</v>
+        <v>1516</v>
       </c>
       <c r="L119" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M119" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N119" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O119" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P119" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>725</v>
       </c>
       <c r="B120" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="H120" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="I120" t="s">
-        <v>1500</v>
+        <v>881</v>
       </c>
       <c r="J120" t="s">
-        <v>1501</v>
+        <v>20</v>
       </c>
       <c r="K120" t="s">
-        <v>1502</v>
+        <v>59</v>
       </c>
       <c r="L120" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M120" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N120" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O120" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P120" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>725</v>
       </c>
       <c r="B121" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="H121" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="I121" t="s">
-        <v>1521</v>
+        <v>1004</v>
       </c>
       <c r="J121" t="s">
         <v>20</v>
       </c>
       <c r="K121" t="s">
-        <v>1522</v>
+        <v>1005</v>
       </c>
       <c r="L121" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M121" t="s">
-        <v>734</v>
+        <v>850</v>
       </c>
       <c r="N121" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O121" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P121" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>725</v>
       </c>
       <c r="B122" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="H122" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="I122" t="s">
-        <v>1528</v>
+        <v>1514</v>
       </c>
       <c r="J122" t="s">
-        <v>965</v>
+        <v>1515</v>
       </c>
       <c r="K122" t="s">
-        <v>966</v>
+        <v>1516</v>
       </c>
       <c r="L122" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M122" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N122" t="s">
-        <v>797</v>
+        <v>755</v>
       </c>
       <c r="O122" t="s">
-        <v>798</v>
+        <v>756</v>
       </c>
       <c r="P122" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>725</v>
       </c>
       <c r="B123" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="H123" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="I123" t="s">
-        <v>881</v>
+        <v>1535</v>
       </c>
       <c r="J123" t="s">
         <v>20</v>
       </c>
       <c r="K123" t="s">
-        <v>882</v>
+        <v>1536</v>
       </c>
       <c r="L123" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M123" t="s">
-        <v>835</v>
+        <v>754</v>
       </c>
       <c r="N123" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O123" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P123" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>725</v>
       </c>
       <c r="B124" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="H124" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="I124" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="J124" t="s">
-        <v>1539</v>
+        <v>980</v>
       </c>
       <c r="K124" t="s">
-        <v>1540</v>
+        <v>981</v>
       </c>
       <c r="L124" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M124" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N124" t="s">
-        <v>797</v>
+        <v>744</v>
       </c>
       <c r="O124" t="s">
-        <v>798</v>
+        <v>745</v>
       </c>
       <c r="P124" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>725</v>
       </c>
       <c r="B125" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="H125" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="I125" t="s">
-        <v>1546</v>
+        <v>896</v>
       </c>
       <c r="J125" t="s">
-        <v>965</v>
+        <v>20</v>
       </c>
       <c r="K125" t="s">
-        <v>966</v>
+        <v>897</v>
       </c>
       <c r="L125" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M125" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N125" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O125" t="s">
-        <v>808</v>
+        <v>756</v>
       </c>
       <c r="P125" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>725</v>
       </c>
       <c r="B126" t="s">
         <v>1548</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
         <v>1549</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
         <v>1550</v>
       </c>
       <c r="H126" t="s">
         <v>1551</v>
       </c>
       <c r="I126" t="s">
         <v>1552</v>
       </c>
       <c r="J126" t="s">
-        <v>1501</v>
+        <v>1553</v>
       </c>
       <c r="K126" t="s">
-        <v>1502</v>
+        <v>1554</v>
       </c>
       <c r="L126" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M126" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N126" t="s">
-        <v>771</v>
+        <v>744</v>
       </c>
       <c r="O126" t="s">
-        <v>967</v>
+        <v>745</v>
       </c>
       <c r="P126" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>725</v>
       </c>
       <c r="B127" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="H127" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="I127" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="J127" t="s">
-        <v>1501</v>
+        <v>980</v>
       </c>
       <c r="K127" t="s">
-        <v>1502</v>
+        <v>981</v>
       </c>
       <c r="L127" t="s">
+        <v>732</v>
+      </c>
+      <c r="M127" t="s">
         <v>733</v>
       </c>
-      <c r="M127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N127" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O127" t="s">
-        <v>1095</v>
+        <v>824</v>
       </c>
       <c r="P127" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>725</v>
       </c>
       <c r="B128" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>1549</v>
+        <v>1563</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="H128" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="I128" t="s">
-        <v>1552</v>
+        <v>1566</v>
       </c>
       <c r="J128" t="s">
-        <v>1501</v>
+        <v>1515</v>
       </c>
       <c r="K128" t="s">
-        <v>1502</v>
+        <v>1516</v>
       </c>
       <c r="L128" t="s">
+        <v>732</v>
+      </c>
+      <c r="M128" t="s">
         <v>733</v>
       </c>
-      <c r="M128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N128" t="s">
-        <v>771</v>
+        <v>790</v>
       </c>
       <c r="O128" t="s">
-        <v>1561</v>
+        <v>982</v>
       </c>
       <c r="P128" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>725</v>
       </c>
       <c r="B129" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
         <v>1563</v>
       </c>
-      <c r="C129" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="H129" t="s">
+        <v>1570</v>
+      </c>
+      <c r="I129" t="s">
         <v>1566</v>
       </c>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J129" t="s">
-        <v>965</v>
+        <v>1515</v>
       </c>
       <c r="K129" t="s">
-        <v>966</v>
+        <v>1516</v>
       </c>
       <c r="L129" t="s">
+        <v>732</v>
+      </c>
+      <c r="M129" t="s">
         <v>733</v>
       </c>
-      <c r="M129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N129" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O129" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="P129" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>725</v>
       </c>
       <c r="B130" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1570</v>
+        <v>1563</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="H130" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="I130" t="s">
-        <v>1573</v>
+        <v>1566</v>
       </c>
       <c r="J130" t="s">
-        <v>1539</v>
+        <v>1515</v>
       </c>
       <c r="K130" t="s">
-        <v>1540</v>
+        <v>1516</v>
       </c>
       <c r="L130" t="s">
+        <v>732</v>
+      </c>
+      <c r="M130" t="s">
         <v>733</v>
       </c>
-      <c r="M130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N130" t="s">
-        <v>735</v>
+        <v>790</v>
       </c>
       <c r="O130" t="s">
-        <v>736</v>
+        <v>1575</v>
       </c>
       <c r="P130" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>725</v>
       </c>
       <c r="B131" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="H131" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="I131" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="J131" t="s">
-        <v>1579</v>
+        <v>980</v>
       </c>
       <c r="K131" t="s">
-        <v>1580</v>
+        <v>981</v>
       </c>
       <c r="L131" t="s">
+        <v>732</v>
+      </c>
+      <c r="M131" t="s">
         <v>733</v>
       </c>
-      <c r="M131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N131" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O131" t="s">
-        <v>1082</v>
+        <v>735</v>
       </c>
       <c r="P131" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>725</v>
       </c>
       <c r="B132" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>1570</v>
+        <v>1584</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="H132" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="I132" t="s">
-        <v>1567</v>
+        <v>1587</v>
       </c>
       <c r="J132" t="s">
-        <v>965</v>
+        <v>1553</v>
       </c>
       <c r="K132" t="s">
-        <v>966</v>
+        <v>1554</v>
       </c>
       <c r="L132" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M132" t="s">
         <v>754</v>
       </c>
       <c r="N132" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O132" t="s">
-        <v>1108</v>
+        <v>756</v>
       </c>
       <c r="P132" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>725</v>
       </c>
       <c r="B133" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="H133" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="I133" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="J133" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="K133" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="L133" t="s">
+        <v>732</v>
+      </c>
+      <c r="M133" t="s">
         <v>733</v>
       </c>
-      <c r="M133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N133" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="O133" t="s">
-        <v>736</v>
+        <v>1097</v>
       </c>
       <c r="P133" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>725</v>
       </c>
       <c r="B134" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>1595</v>
+        <v>1584</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="H134" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="I134" t="s">
-        <v>1598</v>
+        <v>1581</v>
       </c>
       <c r="J134" t="s">
-        <v>795</v>
+        <v>980</v>
       </c>
       <c r="K134" t="s">
-        <v>796</v>
+        <v>981</v>
       </c>
       <c r="L134" t="s">
+        <v>732</v>
+      </c>
+      <c r="M134" t="s">
         <v>733</v>
       </c>
-      <c r="M134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N134" t="s">
+        <v>734</v>
+      </c>
+      <c r="O134" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="P134" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>725</v>
       </c>
       <c r="B135" t="s">
         <v>1600</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
         <v>1601</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
         <v>1602</v>
       </c>
       <c r="H135" t="s">
         <v>1603</v>
       </c>
       <c r="I135" t="s">
-        <v>1005</v>
+        <v>1604</v>
       </c>
       <c r="J135" t="s">
-        <v>20</v>
+        <v>1605</v>
       </c>
       <c r="K135" t="s">
-        <v>1006</v>
+        <v>1606</v>
       </c>
       <c r="L135" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M135" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N135" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O135" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P135" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>725</v>
       </c>
       <c r="B136" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="H136" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="I136" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="J136" t="s">
-        <v>1106</v>
+        <v>814</v>
       </c>
       <c r="K136" t="s">
-        <v>1107</v>
+        <v>815</v>
       </c>
       <c r="L136" t="s">
+        <v>732</v>
+      </c>
+      <c r="M136" t="s">
         <v>733</v>
       </c>
-      <c r="M136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N136" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O136" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P136" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>725</v>
       </c>
       <c r="B137" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="H137" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="I137" t="s">
-        <v>1614</v>
+        <v>1020</v>
       </c>
       <c r="J137" t="s">
-        <v>1615</v>
+        <v>20</v>
       </c>
       <c r="K137" t="s">
-        <v>1616</v>
+        <v>1021</v>
       </c>
       <c r="L137" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M137" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N137" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O137" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P137" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>725</v>
       </c>
       <c r="B138" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="H138" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="I138" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="J138" t="s">
-        <v>1623</v>
+        <v>1121</v>
       </c>
       <c r="K138" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L138" t="s">
+        <v>732</v>
+      </c>
+      <c r="M138" t="s">
+        <v>733</v>
+      </c>
+      <c r="N138" t="s">
+        <v>755</v>
+      </c>
+      <c r="O138" t="s">
+        <v>765</v>
+      </c>
+      <c r="P138" t="s">
         <v>1624</v>
-      </c>
-[...13 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>725</v>
       </c>
       <c r="B139" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
         <v>1626</v>
       </c>
-      <c r="C139" t="s">
-[...11 lines deleted...]
-      <c r="G139" t="s">
+      <c r="H139" t="s">
         <v>1627</v>
       </c>
-      <c r="H139" t="s">
+      <c r="I139" t="s">
         <v>1628</v>
       </c>
-      <c r="I139" t="s">
+      <c r="J139" t="s">
         <v>1629</v>
       </c>
-      <c r="J139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K139" t="s">
-        <v>1403</v>
+        <v>1630</v>
       </c>
       <c r="L139" t="s">
+        <v>732</v>
+      </c>
+      <c r="M139" t="s">
         <v>733</v>
       </c>
-      <c r="M139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N139" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O139" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P139" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>725</v>
       </c>
       <c r="B140" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="H140" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="I140" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="J140" t="s">
-        <v>20</v>
+        <v>1637</v>
       </c>
       <c r="K140" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="L140" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M140" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="N140" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O140" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P140" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>725</v>
       </c>
       <c r="B141" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="H141" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="I141" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="J141" t="s">
-        <v>1295</v>
+        <v>1416</v>
       </c>
       <c r="K141" t="s">
-        <v>1296</v>
+        <v>1417</v>
       </c>
       <c r="L141" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M141" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N141" t="s">
-        <v>1641</v>
+        <v>755</v>
       </c>
       <c r="O141" t="s">
-        <v>1642</v>
+        <v>756</v>
       </c>
       <c r="P141" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>725</v>
       </c>
       <c r="B142" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
         <v>1646</v>
       </c>
       <c r="H142" t="s">
         <v>1647</v>
       </c>
       <c r="I142" t="s">
         <v>1648</v>
       </c>
       <c r="J142" t="s">
-        <v>972</v>
+        <v>20</v>
       </c>
       <c r="K142" t="s">
-        <v>973</v>
+        <v>1649</v>
       </c>
       <c r="L142" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M142" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N142" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O142" t="s">
-        <v>1649</v>
+        <v>756</v>
       </c>
       <c r="P142" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>725</v>
       </c>
       <c r="B143" t="s">
         <v>1651</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
         <v>1652</v>
       </c>
       <c r="H143" t="s">
         <v>1653</v>
       </c>
       <c r="I143" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="J143" t="s">
-        <v>972</v>
+        <v>1309</v>
       </c>
       <c r="K143" t="s">
-        <v>973</v>
+        <v>1310</v>
       </c>
       <c r="L143" t="s">
+        <v>732</v>
+      </c>
+      <c r="M143" t="s">
         <v>733</v>
       </c>
-      <c r="M143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N143" t="s">
-        <v>807</v>
+        <v>1655</v>
       </c>
       <c r="O143" t="s">
-        <v>1108</v>
+        <v>1656</v>
       </c>
       <c r="P143" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>725</v>
       </c>
       <c r="B144" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="H144" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="I144" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="J144" t="s">
-        <v>873</v>
+        <v>987</v>
       </c>
       <c r="K144" t="s">
-        <v>874</v>
+        <v>988</v>
       </c>
       <c r="L144" t="s">
+        <v>732</v>
+      </c>
+      <c r="M144" t="s">
         <v>733</v>
       </c>
-      <c r="M144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N144" t="s">
-        <v>951</v>
+        <v>734</v>
       </c>
       <c r="O144" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="P144" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>725</v>
       </c>
       <c r="B145" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I145" t="s">
         <v>1662</v>
       </c>
-      <c r="C145" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J145" t="s">
-        <v>965</v>
+        <v>987</v>
       </c>
       <c r="K145" t="s">
-        <v>966</v>
+        <v>988</v>
       </c>
       <c r="L145" t="s">
+        <v>732</v>
+      </c>
+      <c r="M145" t="s">
         <v>733</v>
       </c>
-      <c r="M145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N145" t="s">
+        <v>734</v>
+      </c>
+      <c r="O145" t="s">
         <v>735</v>
       </c>
-      <c r="O145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P145" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>725</v>
       </c>
       <c r="B146" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="H146" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="I146" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="J146" t="s">
-        <v>1673</v>
+        <v>888</v>
       </c>
       <c r="K146" t="s">
+        <v>889</v>
+      </c>
+      <c r="L146" t="s">
+        <v>732</v>
+      </c>
+      <c r="M146" t="s">
+        <v>733</v>
+      </c>
+      <c r="N146" t="s">
+        <v>966</v>
+      </c>
+      <c r="O146" t="s">
         <v>1674</v>
-      </c>
-[...10 lines deleted...]
-        <v>1225</v>
       </c>
       <c r="P146" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>725</v>
       </c>
       <c r="B147" t="s">
         <v>1676</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="H147" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="I147" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="J147" t="s">
-        <v>1680</v>
+        <v>980</v>
       </c>
       <c r="K147" t="s">
-        <v>375</v>
+        <v>981</v>
       </c>
       <c r="L147" t="s">
+        <v>732</v>
+      </c>
+      <c r="M147" t="s">
         <v>733</v>
       </c>
-      <c r="M147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N147" t="s">
-        <v>951</v>
+        <v>755</v>
       </c>
       <c r="O147" t="s">
+        <v>765</v>
+      </c>
+      <c r="P147" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>725</v>
       </c>
       <c r="B148" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
         <v>1683</v>
       </c>
-      <c r="C148" t="s">
-[...5 lines deleted...]
-      <c r="E148" t="s">
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
         <v>1684</v>
       </c>
-      <c r="F148" t="s">
-[...2 lines deleted...]
-      <c r="G148" t="s">
+      <c r="H148" t="s">
         <v>1685</v>
       </c>
-      <c r="H148" t="s">
+      <c r="I148" t="s">
         <v>1686</v>
       </c>
-      <c r="I148" t="s">
+      <c r="J148" t="s">
         <v>1687</v>
       </c>
-      <c r="J148" t="s">
+      <c r="K148" t="s">
         <v>1688</v>
       </c>
-      <c r="K148" t="s">
+      <c r="L148" t="s">
+        <v>732</v>
+      </c>
+      <c r="M148" t="s">
+        <v>733</v>
+      </c>
+      <c r="N148" t="s">
+        <v>790</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1239</v>
+      </c>
+      <c r="P148" t="s">
         <v>1689</v>
-      </c>
-[...13 lines deleted...]
-        <v>1690</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>725</v>
       </c>
       <c r="B149" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
         <v>1691</v>
       </c>
-      <c r="C149" t="s">
-[...5 lines deleted...]
-      <c r="E149" t="s">
+      <c r="H149" t="s">
         <v>1692</v>
       </c>
-      <c r="F149" t="s">
-[...2 lines deleted...]
-      <c r="G149" t="s">
+      <c r="I149" t="s">
         <v>1693</v>
       </c>
-      <c r="H149" t="s">
+      <c r="J149" t="s">
         <v>1694</v>
       </c>
-      <c r="I149" t="s">
+      <c r="K149" t="s">
+        <v>387</v>
+      </c>
+      <c r="L149" t="s">
+        <v>732</v>
+      </c>
+      <c r="M149" t="s">
+        <v>733</v>
+      </c>
+      <c r="N149" t="s">
+        <v>966</v>
+      </c>
+      <c r="O149" t="s">
         <v>1695</v>
-      </c>
-[...16 lines deleted...]
-        <v>745</v>
       </c>
       <c r="P149" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>725</v>
       </c>
       <c r="B150" t="s">
         <v>1697</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
         <v>1698</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
         <v>1699</v>
       </c>
       <c r="H150" t="s">
         <v>1700</v>
       </c>
       <c r="I150" t="s">
-        <v>889</v>
+        <v>1701</v>
       </c>
       <c r="J150" t="s">
-        <v>20</v>
+        <v>1702</v>
       </c>
       <c r="K150" t="s">
-        <v>890</v>
+        <v>1703</v>
       </c>
       <c r="L150" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M150" t="s">
         <v>754</v>
       </c>
       <c r="N150" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="O150" t="s">
-        <v>1225</v>
+        <v>765</v>
       </c>
       <c r="P150" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>725</v>
       </c>
       <c r="B151" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="H151" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="I151" t="s">
-        <v>889</v>
+        <v>1709</v>
       </c>
       <c r="J151" t="s">
-        <v>20</v>
+        <v>896</v>
       </c>
       <c r="K151" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="L151" t="s">
+        <v>732</v>
+      </c>
+      <c r="M151" t="s">
         <v>733</v>
       </c>
-      <c r="M151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N151" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="O151" t="s">
-        <v>1095</v>
+        <v>765</v>
       </c>
       <c r="P151" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>725</v>
       </c>
       <c r="B152" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="H152" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="I152" t="s">
-        <v>842</v>
+        <v>904</v>
       </c>
       <c r="J152" t="s">
         <v>20</v>
       </c>
       <c r="K152" t="s">
-        <v>843</v>
+        <v>905</v>
       </c>
       <c r="L152" t="s">
+        <v>732</v>
+      </c>
+      <c r="M152" t="s">
         <v>733</v>
       </c>
-      <c r="M152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N152" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O152" t="s">
-        <v>991</v>
+        <v>1239</v>
       </c>
       <c r="P152" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>725</v>
       </c>
       <c r="B153" t="s">
-        <v>1706</v>
+        <v>1716</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="H153" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="I153" t="s">
-        <v>1712</v>
+        <v>904</v>
       </c>
       <c r="J153" t="s">
-        <v>1402</v>
+        <v>20</v>
       </c>
       <c r="K153" t="s">
-        <v>1403</v>
+        <v>905</v>
       </c>
       <c r="L153" t="s">
+        <v>732</v>
+      </c>
+      <c r="M153" t="s">
         <v>733</v>
       </c>
-      <c r="M153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N153" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O153" t="s">
-        <v>991</v>
+        <v>1110</v>
       </c>
       <c r="P153" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>725</v>
       </c>
       <c r="B154" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="H154" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="I154" t="s">
-        <v>1717</v>
+        <v>857</v>
       </c>
       <c r="J154" t="s">
-        <v>1044</v>
+        <v>20</v>
       </c>
       <c r="K154" t="s">
-        <v>1045</v>
+        <v>858</v>
       </c>
       <c r="L154" t="s">
+        <v>732</v>
+      </c>
+      <c r="M154" t="s">
         <v>733</v>
       </c>
-      <c r="M154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N154" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O154" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="P154" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>725</v>
       </c>
       <c r="B155" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="H155" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="I155" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="J155" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="K155" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
       <c r="L155" t="s">
+        <v>732</v>
+      </c>
+      <c r="M155" t="s">
         <v>733</v>
       </c>
-      <c r="M155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N155" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O155" t="s">
-        <v>918</v>
+        <v>1006</v>
       </c>
       <c r="P155" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>725</v>
       </c>
       <c r="B156" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="H156" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="I156" t="s">
-        <v>1402</v>
+        <v>1731</v>
       </c>
       <c r="J156" t="s">
-        <v>20</v>
+        <v>1059</v>
       </c>
       <c r="K156" t="s">
-        <v>1403</v>
+        <v>1060</v>
       </c>
       <c r="L156" t="s">
+        <v>732</v>
+      </c>
+      <c r="M156" t="s">
         <v>733</v>
       </c>
-      <c r="M156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N156" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O156" t="s">
-        <v>1327</v>
+        <v>1006</v>
       </c>
       <c r="P156" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>725</v>
       </c>
       <c r="B157" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="H157" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="I157" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="J157" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="K157" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
       <c r="L157" t="s">
+        <v>732</v>
+      </c>
+      <c r="M157" t="s">
         <v>733</v>
       </c>
-      <c r="M157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N157" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O157" t="s">
-        <v>808</v>
+        <v>933</v>
       </c>
       <c r="P157" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>725</v>
       </c>
       <c r="B158" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="H158" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="I158" t="s">
-        <v>1731</v>
+        <v>1416</v>
       </c>
       <c r="J158" t="s">
-        <v>1402</v>
+        <v>20</v>
       </c>
       <c r="K158" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
       <c r="L158" t="s">
+        <v>732</v>
+      </c>
+      <c r="M158" t="s">
         <v>733</v>
       </c>
-      <c r="M158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N158" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O158" t="s">
-        <v>1082</v>
+        <v>1341</v>
       </c>
       <c r="P158" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>725</v>
       </c>
       <c r="B159" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="H159" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="I159" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="J159" t="s">
-        <v>1044</v>
+        <v>1416</v>
       </c>
       <c r="K159" t="s">
-        <v>1045</v>
+        <v>1417</v>
       </c>
       <c r="L159" t="s">
+        <v>732</v>
+      </c>
+      <c r="M159" t="s">
         <v>733</v>
       </c>
-      <c r="M159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N159" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O159" t="s">
-        <v>1108</v>
+        <v>824</v>
       </c>
       <c r="P159" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>725</v>
       </c>
       <c r="B160" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1743</v>
+        <v>1712</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="H160" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I160" t="s">
         <v>1745</v>
       </c>
-      <c r="I160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J160" t="s">
-        <v>842</v>
+        <v>1416</v>
       </c>
       <c r="K160" t="s">
-        <v>843</v>
+        <v>1417</v>
       </c>
       <c r="L160" t="s">
+        <v>732</v>
+      </c>
+      <c r="M160" t="s">
         <v>733</v>
       </c>
-      <c r="M160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N160" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O160" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="P160" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>725</v>
       </c>
       <c r="B161" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1749</v>
+        <v>1712</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="H161" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="I161" t="s">
-        <v>965</v>
+        <v>1754</v>
       </c>
       <c r="J161" t="s">
-        <v>20</v>
+        <v>1059</v>
       </c>
       <c r="K161" t="s">
-        <v>966</v>
+        <v>1060</v>
       </c>
       <c r="L161" t="s">
+        <v>732</v>
+      </c>
+      <c r="M161" t="s">
         <v>733</v>
       </c>
-      <c r="M161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N161" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O161" t="s">
-        <v>991</v>
+        <v>735</v>
       </c>
       <c r="P161" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>725</v>
       </c>
       <c r="B162" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="H162" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="I162" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="J162" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="K162" t="s">
-        <v>41</v>
+        <v>858</v>
       </c>
       <c r="L162" t="s">
+        <v>732</v>
+      </c>
+      <c r="M162" t="s">
         <v>733</v>
       </c>
-      <c r="M162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N162" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O162" t="s">
-        <v>1225</v>
+        <v>1097</v>
       </c>
       <c r="P162" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>725</v>
       </c>
       <c r="B163" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="H163" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="I163" t="s">
-        <v>1757</v>
+        <v>980</v>
       </c>
       <c r="J163" t="s">
-        <v>866</v>
+        <v>20</v>
       </c>
       <c r="K163" t="s">
-        <v>41</v>
+        <v>981</v>
       </c>
       <c r="L163" t="s">
+        <v>732</v>
+      </c>
+      <c r="M163" t="s">
         <v>733</v>
       </c>
-      <c r="M163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N163" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O163" t="s">
-        <v>1095</v>
+        <v>1006</v>
       </c>
       <c r="P163" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>725</v>
       </c>
       <c r="B164" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="H164" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="I164" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="J164" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="K164" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="L164" t="s">
+        <v>732</v>
+      </c>
+      <c r="M164" t="s">
         <v>733</v>
       </c>
-      <c r="M164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N164" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O164" t="s">
-        <v>918</v>
+        <v>1239</v>
       </c>
       <c r="P164" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>725</v>
       </c>
       <c r="B165" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
         <v>1768</v>
       </c>
-      <c r="C165" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="H165" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="I165" t="s">
-        <v>866</v>
+        <v>1771</v>
       </c>
       <c r="J165" t="s">
-        <v>20</v>
+        <v>881</v>
       </c>
       <c r="K165" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="L165" t="s">
+        <v>732</v>
+      </c>
+      <c r="M165" t="s">
         <v>733</v>
       </c>
-      <c r="M165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N165" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O165" t="s">
-        <v>808</v>
+        <v>1110</v>
       </c>
       <c r="P165" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>725</v>
       </c>
       <c r="B166" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="H166" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="I166" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="J166" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="K166" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="L166" t="s">
+        <v>732</v>
+      </c>
+      <c r="M166" t="s">
         <v>733</v>
       </c>
-      <c r="M166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N166" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O166" t="s">
-        <v>1108</v>
+        <v>933</v>
       </c>
       <c r="P166" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>725</v>
       </c>
       <c r="B167" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="H167" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="I167" t="s">
-        <v>1780</v>
+        <v>881</v>
       </c>
       <c r="J167" t="s">
-        <v>866</v>
+        <v>20</v>
       </c>
       <c r="K167" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="L167" t="s">
+        <v>732</v>
+      </c>
+      <c r="M167" t="s">
         <v>733</v>
       </c>
-      <c r="M167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N167" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O167" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="P167" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>725</v>
       </c>
       <c r="B168" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="H168" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="I168" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="J168" t="s">
-        <v>1539</v>
+        <v>881</v>
       </c>
       <c r="K168" t="s">
-        <v>1540</v>
+        <v>59</v>
       </c>
       <c r="L168" t="s">
+        <v>732</v>
+      </c>
+      <c r="M168" t="s">
         <v>733</v>
       </c>
-      <c r="M168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N168" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O168" t="s">
-        <v>808</v>
+        <v>735</v>
       </c>
       <c r="P168" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>725</v>
       </c>
       <c r="B169" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="H169" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="I169" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="J169" t="s">
-        <v>1539</v>
+        <v>881</v>
       </c>
       <c r="K169" t="s">
-        <v>1540</v>
+        <v>59</v>
       </c>
       <c r="L169" t="s">
+        <v>732</v>
+      </c>
+      <c r="M169" t="s">
         <v>733</v>
       </c>
-      <c r="M169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N169" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O169" t="s">
-        <v>991</v>
+        <v>830</v>
       </c>
       <c r="P169" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>725</v>
       </c>
       <c r="B170" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="H170" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="I170" t="s">
-        <v>1785</v>
+        <v>1799</v>
       </c>
       <c r="J170" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="K170" t="s">
-        <v>1540</v>
+        <v>1554</v>
       </c>
       <c r="L170" t="s">
+        <v>732</v>
+      </c>
+      <c r="M170" t="s">
         <v>733</v>
       </c>
-      <c r="M170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N170" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O170" t="s">
-        <v>1108</v>
+        <v>824</v>
       </c>
       <c r="P170" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>725</v>
       </c>
       <c r="B171" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="H171" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="I171" t="s">
-        <v>1790</v>
+        <v>1804</v>
       </c>
       <c r="J171" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="K171" t="s">
-        <v>1540</v>
+        <v>1554</v>
       </c>
       <c r="L171" t="s">
+        <v>732</v>
+      </c>
+      <c r="M171" t="s">
         <v>733</v>
       </c>
-      <c r="M171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N171" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O171" t="s">
-        <v>1082</v>
+        <v>1006</v>
       </c>
       <c r="P171" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>725</v>
       </c>
       <c r="B172" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="H172" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="I172" t="s">
-        <v>866</v>
+        <v>1799</v>
       </c>
       <c r="J172" t="s">
-        <v>20</v>
+        <v>1553</v>
       </c>
       <c r="K172" t="s">
-        <v>41</v>
+        <v>1554</v>
       </c>
       <c r="L172" t="s">
+        <v>732</v>
+      </c>
+      <c r="M172" t="s">
         <v>733</v>
       </c>
-      <c r="M172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N172" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O172" t="s">
-        <v>991</v>
+        <v>735</v>
       </c>
       <c r="P172" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>725</v>
       </c>
       <c r="B173" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I173" t="s">
         <v>1804</v>
       </c>
-      <c r="C173" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J173" t="s">
-        <v>1808</v>
+        <v>1553</v>
       </c>
       <c r="K173" t="s">
-        <v>1809</v>
+        <v>1554</v>
       </c>
       <c r="L173" t="s">
+        <v>732</v>
+      </c>
+      <c r="M173" t="s">
         <v>733</v>
       </c>
-      <c r="M173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N173" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O173" t="s">
-        <v>991</v>
+        <v>1097</v>
       </c>
       <c r="P173" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>725</v>
       </c>
       <c r="B174" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="H174" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="I174" t="s">
-        <v>1814</v>
+        <v>881</v>
       </c>
       <c r="J174" t="s">
-        <v>779</v>
+        <v>20</v>
       </c>
       <c r="K174" t="s">
-        <v>245</v>
+        <v>59</v>
       </c>
       <c r="L174" t="s">
+        <v>732</v>
+      </c>
+      <c r="M174" t="s">
         <v>733</v>
       </c>
-      <c r="M174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N174" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O174" t="s">
-        <v>979</v>
+        <v>1006</v>
       </c>
       <c r="P174" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>725</v>
       </c>
       <c r="B175" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="H175" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="I175" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="J175" t="s">
-        <v>779</v>
+        <v>1822</v>
       </c>
       <c r="K175" t="s">
-        <v>245</v>
+        <v>1823</v>
       </c>
       <c r="L175" t="s">
+        <v>732</v>
+      </c>
+      <c r="M175" t="s">
         <v>733</v>
       </c>
-      <c r="M175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N175" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O175" t="s">
-        <v>967</v>
+        <v>1006</v>
       </c>
       <c r="P175" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>725</v>
       </c>
       <c r="B176" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>1822</v>
+        <v>1768</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="H176" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="I176" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="J176" t="s">
-        <v>1826</v>
+        <v>798</v>
       </c>
       <c r="K176" t="s">
-        <v>1827</v>
+        <v>30</v>
       </c>
       <c r="L176" t="s">
+        <v>732</v>
+      </c>
+      <c r="M176" t="s">
         <v>733</v>
       </c>
-      <c r="M176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N176" t="s">
-        <v>735</v>
+        <v>790</v>
       </c>
       <c r="O176" t="s">
-        <v>745</v>
+        <v>994</v>
       </c>
       <c r="P176" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>725</v>
       </c>
       <c r="B177" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>1830</v>
+        <v>1768</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
         <v>1831</v>
       </c>
       <c r="H177" t="s">
         <v>1832</v>
       </c>
       <c r="I177" t="s">
-        <v>1163</v>
+        <v>1833</v>
       </c>
       <c r="J177" t="s">
-        <v>761</v>
+        <v>798</v>
       </c>
       <c r="K177" t="s">
-        <v>762</v>
+        <v>30</v>
       </c>
       <c r="L177" t="s">
+        <v>732</v>
+      </c>
+      <c r="M177" t="s">
         <v>733</v>
       </c>
-      <c r="M177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N177" t="s">
-        <v>951</v>
+        <v>790</v>
       </c>
       <c r="O177" t="s">
-        <v>1195</v>
+        <v>982</v>
       </c>
       <c r="P177" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>725</v>
       </c>
       <c r="B178" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="H178" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="I178" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="J178" t="s">
-        <v>761</v>
+        <v>1840</v>
       </c>
       <c r="K178" t="s">
-        <v>762</v>
+        <v>1841</v>
       </c>
       <c r="L178" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M178" t="s">
         <v>754</v>
       </c>
       <c r="N178" t="s">
-        <v>797</v>
+        <v>755</v>
       </c>
       <c r="O178" t="s">
-        <v>798</v>
+        <v>765</v>
       </c>
       <c r="P178" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>725</v>
       </c>
       <c r="B179" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
       <c r="H179" t="s">
-        <v>1842</v>
+        <v>1846</v>
       </c>
       <c r="I179" t="s">
-        <v>1843</v>
+        <v>1177</v>
       </c>
       <c r="J179" t="s">
-        <v>1844</v>
+        <v>780</v>
       </c>
       <c r="K179" t="s">
-        <v>1845</v>
+        <v>781</v>
       </c>
       <c r="L179" t="s">
+        <v>732</v>
+      </c>
+      <c r="M179" t="s">
         <v>733</v>
       </c>
-      <c r="M179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N179" t="s">
-        <v>771</v>
+        <v>966</v>
       </c>
       <c r="O179" t="s">
-        <v>1225</v>
+        <v>1209</v>
       </c>
       <c r="P179" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>725</v>
       </c>
       <c r="B180" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="H180" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="I180" t="s">
-        <v>1295</v>
+        <v>1852</v>
       </c>
       <c r="J180" t="s">
-        <v>20</v>
+        <v>780</v>
       </c>
       <c r="K180" t="s">
-        <v>1296</v>
+        <v>781</v>
       </c>
       <c r="L180" t="s">
+        <v>732</v>
+      </c>
+      <c r="M180" t="s">
         <v>733</v>
       </c>
-      <c r="M180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N180" t="s">
-        <v>807</v>
+        <v>744</v>
       </c>
       <c r="O180" t="s">
-        <v>1327</v>
+        <v>745</v>
       </c>
       <c r="P180" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>725</v>
       </c>
       <c r="B181" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>1853</v>
+        <v>1849</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="H181" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="I181" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="J181" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="K181" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="L181" t="s">
+        <v>732</v>
+      </c>
+      <c r="M181" t="s">
         <v>733</v>
       </c>
-      <c r="M181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N181" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O181" t="s">
-        <v>918</v>
+        <v>1239</v>
       </c>
       <c r="P181" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>725</v>
       </c>
       <c r="B182" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="H182" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="I182" t="s">
-        <v>1863</v>
+        <v>1309</v>
       </c>
       <c r="J182" t="s">
-        <v>828</v>
+        <v>20</v>
       </c>
       <c r="K182" t="s">
-        <v>200</v>
+        <v>1310</v>
       </c>
       <c r="L182" t="s">
+        <v>732</v>
+      </c>
+      <c r="M182" t="s">
         <v>733</v>
       </c>
-      <c r="M182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N182" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O182" t="s">
-        <v>1424</v>
+        <v>1341</v>
       </c>
       <c r="P182" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>725</v>
       </c>
       <c r="B183" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
-        <v>1853</v>
+        <v>1867</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="H183" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="I183" t="s">
-        <v>1679</v>
+        <v>1870</v>
       </c>
       <c r="J183" t="s">
-        <v>1680</v>
+        <v>1871</v>
       </c>
       <c r="K183" t="s">
-        <v>375</v>
+        <v>1872</v>
       </c>
       <c r="L183" t="s">
+        <v>732</v>
+      </c>
+      <c r="M183" t="s">
         <v>733</v>
       </c>
-      <c r="M183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N183" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O183" t="s">
-        <v>1424</v>
+        <v>933</v>
       </c>
       <c r="P183" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>725</v>
       </c>
       <c r="B184" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>1870</v>
+        <v>1867</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="H184" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="I184" t="s">
-        <v>1873</v>
+        <v>1877</v>
       </c>
       <c r="J184" t="s">
-        <v>1874</v>
+        <v>731</v>
       </c>
       <c r="K184" t="s">
-        <v>1875</v>
+        <v>218</v>
       </c>
       <c r="L184" t="s">
+        <v>732</v>
+      </c>
+      <c r="M184" t="s">
         <v>733</v>
       </c>
-      <c r="M184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N184" t="s">
-        <v>951</v>
+        <v>790</v>
       </c>
       <c r="O184" t="s">
-        <v>1195</v>
+        <v>1438</v>
       </c>
       <c r="P184" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>725</v>
       </c>
       <c r="B185" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>1878</v>
+        <v>1867</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="H185" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="I185" t="s">
-        <v>1163</v>
+        <v>1693</v>
       </c>
       <c r="J185" t="s">
-        <v>761</v>
+        <v>1694</v>
       </c>
       <c r="K185" t="s">
-        <v>762</v>
+        <v>387</v>
       </c>
       <c r="L185" t="s">
+        <v>732</v>
+      </c>
+      <c r="M185" t="s">
         <v>733</v>
       </c>
-      <c r="M185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N185" t="s">
-        <v>951</v>
+        <v>790</v>
       </c>
       <c r="O185" t="s">
-        <v>1681</v>
+        <v>1438</v>
       </c>
       <c r="P185" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>725</v>
       </c>
       <c r="B186" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="H186" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="I186" t="s">
-        <v>1402</v>
+        <v>1887</v>
       </c>
       <c r="J186" t="s">
-        <v>20</v>
+        <v>1888</v>
       </c>
       <c r="K186" t="s">
-        <v>1403</v>
+        <v>1889</v>
       </c>
       <c r="L186" t="s">
+        <v>732</v>
+      </c>
+      <c r="M186" t="s">
         <v>733</v>
       </c>
-      <c r="M186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N186" t="s">
-        <v>735</v>
+        <v>966</v>
       </c>
       <c r="O186" t="s">
-        <v>745</v>
+        <v>1209</v>
       </c>
       <c r="P186" t="s">
-        <v>1886</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>725</v>
       </c>
       <c r="B187" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>1888</v>
+        <v>1892</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="H187" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="I187" t="s">
-        <v>1891</v>
+        <v>1177</v>
       </c>
       <c r="J187" t="s">
-        <v>1044</v>
+        <v>780</v>
       </c>
       <c r="K187" t="s">
-        <v>1045</v>
+        <v>781</v>
       </c>
       <c r="L187" t="s">
+        <v>732</v>
+      </c>
+      <c r="M187" t="s">
         <v>733</v>
       </c>
-      <c r="M187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N187" t="s">
-        <v>771</v>
+        <v>966</v>
       </c>
       <c r="O187" t="s">
-        <v>1225</v>
+        <v>1695</v>
       </c>
       <c r="P187" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>725</v>
       </c>
       <c r="B188" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="H188" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="I188" t="s">
-        <v>1897</v>
+        <v>1416</v>
       </c>
       <c r="J188" t="s">
-        <v>1521</v>
+        <v>20</v>
       </c>
       <c r="K188" t="s">
-        <v>1522</v>
+        <v>1417</v>
       </c>
       <c r="L188" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M188" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="N188" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O188" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
       <c r="P188" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>725</v>
       </c>
       <c r="B189" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="H189" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="I189" t="s">
-        <v>866</v>
+        <v>1905</v>
       </c>
       <c r="J189" t="s">
-        <v>20</v>
+        <v>1059</v>
       </c>
       <c r="K189" t="s">
-        <v>41</v>
+        <v>1060</v>
       </c>
       <c r="L189" t="s">
+        <v>732</v>
+      </c>
+      <c r="M189" t="s">
         <v>733</v>
       </c>
-      <c r="M189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N189" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O189" t="s">
-        <v>1082</v>
+        <v>1239</v>
       </c>
       <c r="P189" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>725</v>
       </c>
       <c r="B190" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="H190" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="I190" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="J190" t="s">
-        <v>965</v>
+        <v>1535</v>
       </c>
       <c r="K190" t="s">
-        <v>966</v>
+        <v>1536</v>
       </c>
       <c r="L190" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M190" t="s">
         <v>754</v>
       </c>
       <c r="N190" t="s">
-        <v>807</v>
+        <v>755</v>
       </c>
       <c r="O190" t="s">
-        <v>808</v>
+        <v>756</v>
       </c>
       <c r="P190" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>725</v>
       </c>
       <c r="B191" t="s">
-        <v>1909</v>
+        <v>1913</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="H191" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="I191" t="s">
-        <v>1912</v>
+        <v>881</v>
       </c>
       <c r="J191" t="s">
-        <v>1913</v>
+        <v>20</v>
       </c>
       <c r="K191" t="s">
-        <v>1914</v>
+        <v>59</v>
       </c>
       <c r="L191" t="s">
+        <v>732</v>
+      </c>
+      <c r="M191" t="s">
         <v>733</v>
       </c>
-      <c r="M191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N191" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O191" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="P191" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>725</v>
       </c>
       <c r="B192" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="H192" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="I192" t="s">
-        <v>1907</v>
+        <v>1921</v>
       </c>
       <c r="J192" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="K192" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
       <c r="L192" t="s">
+        <v>732</v>
+      </c>
+      <c r="M192" t="s">
         <v>733</v>
       </c>
-      <c r="M192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N192" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O192" t="s">
-        <v>1108</v>
+        <v>824</v>
       </c>
       <c r="P192" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>725</v>
       </c>
       <c r="B193" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>1921</v>
+        <v>1914</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="H193" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="I193" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="J193" t="s">
-        <v>731</v>
+        <v>1927</v>
       </c>
       <c r="K193" t="s">
+        <v>1928</v>
+      </c>
+      <c r="L193" t="s">
         <v>732</v>
       </c>
-      <c r="L193" t="s">
+      <c r="M193" t="s">
         <v>733</v>
       </c>
-      <c r="M193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N193" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O193" t="s">
-        <v>1925</v>
+        <v>1097</v>
       </c>
       <c r="P193" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>725</v>
       </c>
       <c r="B194" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>1921</v>
+        <v>1914</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="H194" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="I194" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="J194" t="s">
-        <v>881</v>
+        <v>980</v>
       </c>
       <c r="K194" t="s">
-        <v>882</v>
+        <v>981</v>
       </c>
       <c r="L194" t="s">
+        <v>732</v>
+      </c>
+      <c r="M194" t="s">
         <v>733</v>
       </c>
-      <c r="M194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N194" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O194" t="s">
-        <v>808</v>
+        <v>735</v>
       </c>
       <c r="P194" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>725</v>
       </c>
       <c r="B195" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="H195" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="I195" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="J195" t="s">
-        <v>1005</v>
+        <v>752</v>
       </c>
       <c r="K195" t="s">
-        <v>1006</v>
+        <v>753</v>
       </c>
       <c r="L195" t="s">
+        <v>732</v>
+      </c>
+      <c r="M195" t="s">
         <v>733</v>
       </c>
-      <c r="M195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N195" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O195" t="s">
-        <v>979</v>
+        <v>1940</v>
       </c>
       <c r="P195" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>725</v>
       </c>
       <c r="B196" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="H196" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
       <c r="I196" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="J196" t="s">
-        <v>779</v>
+        <v>896</v>
       </c>
       <c r="K196" t="s">
-        <v>245</v>
+        <v>897</v>
       </c>
       <c r="L196" t="s">
+        <v>732</v>
+      </c>
+      <c r="M196" t="s">
         <v>733</v>
       </c>
-      <c r="M196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N196" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O196" t="s">
-        <v>1082</v>
+        <v>824</v>
       </c>
       <c r="P196" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>725</v>
       </c>
       <c r="B197" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>1939</v>
+        <v>1948</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="H197" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="I197" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="J197" t="s">
-        <v>779</v>
+        <v>1020</v>
       </c>
       <c r="K197" t="s">
-        <v>245</v>
+        <v>1021</v>
       </c>
       <c r="L197" t="s">
+        <v>732</v>
+      </c>
+      <c r="M197" t="s">
         <v>733</v>
       </c>
-      <c r="M197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N197" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O197" t="s">
-        <v>1108</v>
+        <v>994</v>
       </c>
       <c r="P197" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>725</v>
       </c>
       <c r="B198" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="H198" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="I198" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="J198" t="s">
-        <v>1303</v>
+        <v>798</v>
       </c>
       <c r="K198" t="s">
-        <v>1304</v>
+        <v>30</v>
       </c>
       <c r="L198" t="s">
+        <v>732</v>
+      </c>
+      <c r="M198" t="s">
         <v>733</v>
       </c>
-      <c r="M198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N198" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="O198" t="s">
-        <v>736</v>
+        <v>1097</v>
       </c>
       <c r="P198" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>725</v>
       </c>
       <c r="B199" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" t="s">
         <v>1954</v>
       </c>
-      <c r="C199" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="H199" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I199" t="s">
         <v>1957</v>
       </c>
-      <c r="I199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J199" t="s">
-        <v>972</v>
+        <v>798</v>
       </c>
       <c r="K199" t="s">
-        <v>973</v>
+        <v>30</v>
       </c>
       <c r="L199" t="s">
+        <v>732</v>
+      </c>
+      <c r="M199" t="s">
         <v>733</v>
       </c>
-      <c r="M199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N199" t="s">
+        <v>734</v>
+      </c>
+      <c r="O199" t="s">
         <v>735</v>
       </c>
-      <c r="O199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P199" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>725</v>
       </c>
       <c r="B200" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="H200" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="I200" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="J200" t="s">
-        <v>1521</v>
+        <v>1317</v>
       </c>
       <c r="K200" t="s">
-        <v>1522</v>
+        <v>1318</v>
       </c>
       <c r="L200" t="s">
+        <v>732</v>
+      </c>
+      <c r="M200" t="s">
         <v>733</v>
       </c>
-      <c r="M200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N200" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="O200" t="s">
-        <v>967</v>
+        <v>756</v>
       </c>
       <c r="P200" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>725</v>
       </c>
       <c r="B201" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="H201" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="I201" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="J201" t="s">
-        <v>20</v>
+        <v>987</v>
       </c>
       <c r="K201" t="s">
-        <v>1971</v>
+        <v>988</v>
       </c>
       <c r="L201" t="s">
+        <v>732</v>
+      </c>
+      <c r="M201" t="s">
         <v>733</v>
       </c>
-      <c r="M201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N201" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O201" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P201" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>725</v>
       </c>
       <c r="B202" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="H202" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="I202" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="J202" t="s">
-        <v>972</v>
+        <v>1535</v>
       </c>
       <c r="K202" t="s">
-        <v>973</v>
+        <v>1536</v>
       </c>
       <c r="L202" t="s">
+        <v>732</v>
+      </c>
+      <c r="M202" t="s">
         <v>733</v>
       </c>
-      <c r="M202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N202" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O202" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="P202" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>725</v>
       </c>
       <c r="B203" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="H203" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="I203" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="J203" t="s">
-        <v>1093</v>
+        <v>20</v>
       </c>
       <c r="K203" t="s">
-        <v>1094</v>
+        <v>1986</v>
       </c>
       <c r="L203" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M203" t="s">
-        <v>754</v>
+        <v>850</v>
       </c>
       <c r="N203" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O203" t="s">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="P203" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>725</v>
       </c>
       <c r="B204" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>1974</v>
+        <v>1989</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="H204" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="I204" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="J204" t="s">
-        <v>1025</v>
+        <v>987</v>
       </c>
       <c r="K204" t="s">
-        <v>1026</v>
+        <v>988</v>
       </c>
       <c r="L204" t="s">
+        <v>732</v>
+      </c>
+      <c r="M204" t="s">
         <v>733</v>
       </c>
-      <c r="M204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N204" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
       <c r="O204" t="s">
-        <v>1327</v>
+        <v>1006</v>
       </c>
       <c r="P204" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>725</v>
       </c>
       <c r="B205" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" t="s">
         <v>1989</v>
       </c>
-      <c r="C205" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="H205" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="I205" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="J205" t="s">
-        <v>965</v>
+        <v>1108</v>
       </c>
       <c r="K205" t="s">
-        <v>966</v>
+        <v>1109</v>
       </c>
       <c r="L205" t="s">
+        <v>732</v>
+      </c>
+      <c r="M205" t="s">
         <v>733</v>
       </c>
-      <c r="M205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N205" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="O205" t="s">
-        <v>1225</v>
+        <v>756</v>
       </c>
       <c r="P205" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>725</v>
       </c>
       <c r="B206" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="H206" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="I206" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="J206" t="s">
-        <v>779</v>
+        <v>1040</v>
       </c>
       <c r="K206" t="s">
-        <v>245</v>
+        <v>1041</v>
       </c>
       <c r="L206" t="s">
+        <v>732</v>
+      </c>
+      <c r="M206" t="s">
         <v>733</v>
       </c>
-      <c r="M206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N206" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O206" t="s">
-        <v>1225</v>
+        <v>1341</v>
       </c>
       <c r="P206" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>725</v>
       </c>
       <c r="B207" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="H207" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="I207" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="J207" t="s">
-        <v>20</v>
+        <v>980</v>
       </c>
       <c r="K207" t="s">
-        <v>2005</v>
+        <v>981</v>
       </c>
       <c r="L207" t="s">
+        <v>732</v>
+      </c>
+      <c r="M207" t="s">
         <v>733</v>
       </c>
-      <c r="M207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N207" t="s">
-        <v>951</v>
+        <v>790</v>
       </c>
       <c r="O207" t="s">
-        <v>788</v>
+        <v>1239</v>
       </c>
       <c r="P207" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>725</v>
       </c>
       <c r="B208" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="H208" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I208" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J208" t="s">
-        <v>761</v>
+        <v>798</v>
       </c>
       <c r="K208" t="s">
-        <v>762</v>
+        <v>30</v>
       </c>
       <c r="L208" t="s">
+        <v>732</v>
+      </c>
+      <c r="M208" t="s">
         <v>733</v>
       </c>
-      <c r="M208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N208" t="s">
-        <v>771</v>
+        <v>790</v>
       </c>
       <c r="O208" t="s">
-        <v>2011</v>
+        <v>1239</v>
       </c>
       <c r="P208" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>725</v>
       </c>
       <c r="B209" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="H209" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="I209" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J209" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="K209" t="s">
-        <v>882</v>
+        <v>2020</v>
       </c>
       <c r="L209" t="s">
+        <v>732</v>
+      </c>
+      <c r="M209" t="s">
         <v>733</v>
       </c>
-      <c r="M209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N209" t="s">
-        <v>771</v>
+        <v>966</v>
       </c>
       <c r="O209" t="s">
-        <v>1225</v>
+        <v>807</v>
       </c>
       <c r="P209" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>725</v>
       </c>
       <c r="B210" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H210" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="I210" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="J210" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="K210" t="s">
-        <v>245</v>
+        <v>781</v>
       </c>
       <c r="L210" t="s">
+        <v>732</v>
+      </c>
+      <c r="M210" t="s">
         <v>733</v>
       </c>
-      <c r="M210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N210" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O210" t="s">
-        <v>991</v>
+        <v>2026</v>
       </c>
       <c r="P210" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>725</v>
       </c>
       <c r="B211" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>2026</v>
+        <v>2030</v>
       </c>
       <c r="H211" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
       <c r="I211" t="s">
-        <v>965</v>
+        <v>2032</v>
       </c>
       <c r="J211" t="s">
-        <v>20</v>
+        <v>896</v>
       </c>
       <c r="K211" t="s">
-        <v>966</v>
+        <v>897</v>
       </c>
       <c r="L211" t="s">
+        <v>732</v>
+      </c>
+      <c r="M211" t="s">
         <v>733</v>
       </c>
-      <c r="M211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N211" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O211" t="s">
-        <v>991</v>
+        <v>1239</v>
       </c>
       <c r="P211" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>725</v>
       </c>
       <c r="B212" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="H212" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="I212" t="s">
-        <v>761</v>
+        <v>2038</v>
       </c>
       <c r="J212" t="s">
-        <v>20</v>
+        <v>798</v>
       </c>
       <c r="K212" t="s">
-        <v>762</v>
+        <v>30</v>
       </c>
       <c r="L212" t="s">
+        <v>732</v>
+      </c>
+      <c r="M212" t="s">
         <v>733</v>
       </c>
-      <c r="M212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N212" t="s">
-        <v>771</v>
+        <v>734</v>
       </c>
       <c r="O212" t="s">
-        <v>2033</v>
+        <v>1006</v>
       </c>
       <c r="P212" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>725</v>
       </c>
       <c r="B213" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C213" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" t="s">
+        <v>20</v>
+      </c>
+      <c r="E213" t="s">
         <v>2035</v>
       </c>
-      <c r="C213" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="H213" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="I213" t="s">
-        <v>2038</v>
+        <v>980</v>
       </c>
       <c r="J213" t="s">
-        <v>779</v>
+        <v>20</v>
       </c>
       <c r="K213" t="s">
-        <v>245</v>
+        <v>981</v>
       </c>
       <c r="L213" t="s">
+        <v>732</v>
+      </c>
+      <c r="M213" t="s">
         <v>733</v>
       </c>
-      <c r="M213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N213" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="O213" t="s">
-        <v>736</v>
+        <v>1006</v>
       </c>
       <c r="P213" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>725</v>
       </c>
       <c r="B214" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="H214" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="I214" t="s">
-        <v>1930</v>
+        <v>780</v>
       </c>
       <c r="J214" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="K214" t="s">
-        <v>882</v>
+        <v>781</v>
       </c>
       <c r="L214" t="s">
+        <v>732</v>
+      </c>
+      <c r="M214" t="s">
         <v>733</v>
       </c>
-      <c r="M214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N214" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="O214" t="s">
-        <v>1925</v>
+        <v>2048</v>
       </c>
       <c r="P214" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>725</v>
       </c>
       <c r="B215" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" t="s">
         <v>2045</v>
       </c>
-      <c r="C215" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="H215" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="I215" t="s">
-        <v>2049</v>
+        <v>2053</v>
       </c>
       <c r="J215" t="s">
-        <v>2050</v>
+        <v>798</v>
       </c>
       <c r="K215" t="s">
-        <v>2051</v>
+        <v>30</v>
       </c>
       <c r="L215" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M215" t="s">
-        <v>734</v>
+        <v>850</v>
       </c>
       <c r="N215" t="s">
-        <v>735</v>
+        <v>755</v>
       </c>
       <c r="O215" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="P215" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>725</v>
       </c>
       <c r="B216" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="H216" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="I216" t="s">
-        <v>2057</v>
+        <v>1945</v>
       </c>
       <c r="J216" t="s">
-        <v>828</v>
+        <v>896</v>
       </c>
       <c r="K216" t="s">
-        <v>200</v>
+        <v>897</v>
       </c>
       <c r="L216" t="s">
+        <v>732</v>
+      </c>
+      <c r="M216" t="s">
         <v>733</v>
       </c>
-      <c r="M216" t="s">
+      <c r="N216" t="s">
         <v>734</v>
       </c>
-      <c r="N216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O216" t="s">
-        <v>918</v>
+        <v>1940</v>
       </c>
       <c r="P216" t="s">
-        <v>2058</v>
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>725</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2063</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2064</v>
+      </c>
+      <c r="J217" t="s">
+        <v>2065</v>
+      </c>
+      <c r="K217" t="s">
+        <v>2066</v>
+      </c>
+      <c r="L217" t="s">
+        <v>732</v>
+      </c>
+      <c r="M217" t="s">
+        <v>754</v>
+      </c>
+      <c r="N217" t="s">
+        <v>755</v>
+      </c>
+      <c r="O217" t="s">
+        <v>765</v>
+      </c>
+      <c r="P217" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>725</v>
+      </c>
+      <c r="B218" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C218" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J218" t="s">
+        <v>731</v>
+      </c>
+      <c r="K218" t="s">
+        <v>218</v>
+      </c>
+      <c r="L218" t="s">
+        <v>732</v>
+      </c>
+      <c r="M218" t="s">
+        <v>754</v>
+      </c>
+      <c r="N218" t="s">
+        <v>734</v>
+      </c>
+      <c r="O218" t="s">
+        <v>933</v>
+      </c>
+      <c r="P218" t="s">
+        <v>2073</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2059</v>
+        <v>2074</v>
       </c>
       <c r="L1" t="s">
-        <v>2060</v>
+        <v>2075</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2061</v>
+        <v>2076</v>
       </c>
       <c r="B2" t="s">
-        <v>2062</v>
+        <v>2077</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2063</v>
+        <v>2078</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2064</v>
+        <v>2079</v>
       </c>
       <c r="H2" t="s">
-        <v>2065</v>
+        <v>2080</v>
       </c>
       <c r="I2" t="s">
-        <v>2066</v>
+        <v>2081</v>
       </c>
       <c r="J2" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="K2" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="L2" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="M2" t="s">
-        <v>2067</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2061</v>
+        <v>2076</v>
       </c>
       <c r="B3" t="s">
-        <v>2068</v>
+        <v>2083</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2069</v>
+        <v>2084</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2070</v>
+        <v>2085</v>
       </c>
       <c r="H3" t="s">
-        <v>2071</v>
+        <v>2086</v>
       </c>
       <c r="I3" t="s">
-        <v>2072</v>
+        <v>2087</v>
       </c>
       <c r="J3" t="s">
         <v>702</v>
       </c>
       <c r="K3" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="L3" t="s">
         <v>705</v>
       </c>
       <c r="M3" t="s">
-        <v>2073</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2061</v>
+        <v>2076</v>
       </c>
       <c r="B4" t="s">
-        <v>2074</v>
+        <v>2089</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2075</v>
+        <v>2090</v>
       </c>
       <c r="H4" t="s">
-        <v>2076</v>
+        <v>2091</v>
       </c>
       <c r="I4" t="s">
-        <v>2077</v>
+        <v>2092</v>
       </c>
       <c r="J4" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="K4" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="L4" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="M4" t="s">
-        <v>2078</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2061</v>
+        <v>2076</v>
       </c>
       <c r="B5" t="s">
-        <v>2079</v>
+        <v>2094</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2081</v>
+        <v>2096</v>
       </c>
       <c r="H5" t="s">
-        <v>2082</v>
+        <v>2097</v>
       </c>
       <c r="I5" t="s">
-        <v>2083</v>
+        <v>2098</v>
       </c>
       <c r="J5" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="K5" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="L5" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="M5" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2085</v>
+        <v>2100</v>
       </c>
       <c r="J1" t="s">
         <v>717</v>
       </c>
       <c r="K1" t="s">
-        <v>2086</v>
+        <v>2101</v>
       </c>
       <c r="L1" t="s">
         <v>719</v>
       </c>
       <c r="M1" t="s">
         <v>720</v>
       </c>
       <c r="N1" t="s">
-        <v>2087</v>
+        <v>2102</v>
       </c>
       <c r="O1" t="s">
-        <v>2088</v>
+        <v>2103</v>
       </c>
       <c r="P1" t="s">
-        <v>2089</v>
+        <v>2104</v>
       </c>
       <c r="Q1" t="s">
-        <v>2090</v>
+        <v>2105</v>
       </c>
       <c r="R1" t="s">
         <v>721</v>
       </c>
       <c r="S1" t="s">
-        <v>2091</v>
+        <v>2106</v>
       </c>
       <c r="T1" t="s">
-        <v>2092</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B2" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
       <c r="H2" t="s">
-        <v>2097</v>
+        <v>2112</v>
       </c>
       <c r="I2" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>2099</v>
+        <v>2114</v>
       </c>
       <c r="L2" t="s">
-        <v>2100</v>
+        <v>2115</v>
       </c>
       <c r="M2" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N2" t="s">
-        <v>2101</v>
+        <v>2116</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q2" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R2" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S2" t="s">
-        <v>2104</v>
+        <v>2119</v>
       </c>
       <c r="T2" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B3" t="s">
-        <v>2106</v>
+        <v>2121</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2107</v>
+        <v>2122</v>
       </c>
       <c r="H3" t="s">
-        <v>2108</v>
+        <v>2123</v>
       </c>
       <c r="I3" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>2099</v>
+        <v>2114</v>
       </c>
       <c r="L3" t="s">
-        <v>2100</v>
+        <v>2115</v>
       </c>
       <c r="M3" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N3" t="s">
-        <v>2101</v>
+        <v>2116</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q3" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="R3" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S3" t="s">
-        <v>2111</v>
+        <v>2126</v>
       </c>
       <c r="T3" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B4" t="s">
-        <v>2112</v>
+        <v>2127</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I4" t="s">
         <v>2113</v>
       </c>
-      <c r="H4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>2115</v>
+        <v>2130</v>
       </c>
       <c r="L4" t="s">
-        <v>2116</v>
+        <v>2131</v>
       </c>
       <c r="M4" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N4" t="s">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q4" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="R4" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S4" t="s">
-        <v>2118</v>
+        <v>2133</v>
       </c>
       <c r="T4" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B5" t="s">
-        <v>2119</v>
+        <v>2134</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2120</v>
+        <v>2135</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2121</v>
+        <v>2136</v>
       </c>
       <c r="H5" t="s">
-        <v>2122</v>
+        <v>2137</v>
       </c>
       <c r="I5" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J5" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="K5" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="L5" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="M5" t="s">
+        <v>732</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2138</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
         <v>733</v>
       </c>
-      <c r="N5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q5" t="s">
-        <v>2124</v>
+        <v>2139</v>
       </c>
       <c r="R5" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S5" t="s">
-        <v>2125</v>
+        <v>2140</v>
       </c>
       <c r="T5" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B6" t="s">
-        <v>2127</v>
+        <v>2142</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2128</v>
+        <v>2143</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2129</v>
+        <v>2144</v>
       </c>
       <c r="H6" t="s">
-        <v>2130</v>
+        <v>2145</v>
       </c>
       <c r="I6" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J6" t="s">
-        <v>2131</v>
+        <v>2146</v>
       </c>
       <c r="K6" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
       <c r="L6" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="M6" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N6" t="s">
-        <v>2132</v>
+        <v>2147</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q6" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R6" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S6" t="s">
-        <v>2134</v>
+        <v>2149</v>
       </c>
       <c r="T6" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B7" t="s">
-        <v>2135</v>
+        <v>2150</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2136</v>
+        <v>2151</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2137</v>
+        <v>2152</v>
       </c>
       <c r="H7" t="s">
-        <v>2138</v>
+        <v>2153</v>
       </c>
       <c r="I7" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J7" t="s">
-        <v>2139</v>
+        <v>2154</v>
       </c>
       <c r="K7" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="L7" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N7" t="s">
-        <v>2140</v>
+        <v>2155</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q7" t="s">
-        <v>2141</v>
+        <v>2156</v>
       </c>
       <c r="R7" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S7" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="T7" t="s">
-        <v>2142</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B8" t="s">
-        <v>2143</v>
+        <v>2158</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2144</v>
+        <v>2159</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2145</v>
+        <v>2160</v>
       </c>
       <c r="H8" t="s">
-        <v>2146</v>
+        <v>2161</v>
       </c>
       <c r="I8" t="s">
-        <v>2147</v>
+        <v>2162</v>
       </c>
       <c r="J8" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
       <c r="K8" t="s">
-        <v>2148</v>
+        <v>2163</v>
       </c>
       <c r="L8" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N8" t="s">
-        <v>2149</v>
+        <v>2164</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q8" t="s">
-        <v>2150</v>
+        <v>2165</v>
       </c>
       <c r="R8" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S8" t="s">
-        <v>246</v>
+        <v>31</v>
       </c>
       <c r="T8" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B9" t="s">
-        <v>2151</v>
+        <v>2166</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2152</v>
+        <v>2167</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2153</v>
+        <v>2168</v>
       </c>
       <c r="H9" t="s">
-        <v>2154</v>
+        <v>2169</v>
       </c>
       <c r="I9" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J9" t="s">
-        <v>2155</v>
+        <v>2170</v>
       </c>
       <c r="K9" t="s">
-        <v>2156</v>
+        <v>2171</v>
       </c>
       <c r="L9" t="s">
-        <v>2157</v>
+        <v>2172</v>
       </c>
       <c r="M9" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N9" t="s">
-        <v>2158</v>
+        <v>2173</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q9" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R9" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S9" t="s">
-        <v>2159</v>
+        <v>2174</v>
       </c>
       <c r="T9" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B10" t="s">
-        <v>2160</v>
+        <v>2175</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2144</v>
+        <v>2159</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2161</v>
+        <v>2176</v>
       </c>
       <c r="H10" t="s">
-        <v>2162</v>
+        <v>2177</v>
       </c>
       <c r="I10" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="J10" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
       <c r="K10" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
       <c r="L10" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="M10" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N10" t="s">
-        <v>2149</v>
+        <v>2164</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q10" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="R10" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S10" t="s">
-        <v>2163</v>
+        <v>2178</v>
       </c>
       <c r="T10" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B11" t="s">
-        <v>2151</v>
+        <v>2166</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2152</v>
+        <v>2167</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2164</v>
+        <v>2179</v>
       </c>
       <c r="H11" t="s">
-        <v>2165</v>
+        <v>2180</v>
       </c>
       <c r="I11" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J11" t="s">
-        <v>2166</v>
+        <v>2181</v>
       </c>
       <c r="K11" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
       <c r="L11" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="M11" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N11" t="s">
-        <v>2167</v>
+        <v>2182</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q11" t="s">
-        <v>2168</v>
+        <v>2183</v>
       </c>
       <c r="R11" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S11" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="T11" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B12" t="s">
-        <v>2151</v>
+        <v>2166</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2152</v>
+        <v>2167</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2169</v>
+        <v>2184</v>
       </c>
       <c r="H12" t="s">
-        <v>2170</v>
+        <v>2185</v>
       </c>
       <c r="I12" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>2115</v>
+        <v>2130</v>
       </c>
       <c r="L12" t="s">
-        <v>2116</v>
+        <v>2131</v>
       </c>
       <c r="M12" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N12" t="s">
-        <v>2171</v>
+        <v>2186</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q12" t="s">
-        <v>2172</v>
+        <v>2187</v>
       </c>
       <c r="R12" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S12" t="s">
-        <v>2173</v>
+        <v>2188</v>
       </c>
       <c r="T12" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B13" t="s">
-        <v>2174</v>
+        <v>2189</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2175</v>
+        <v>2190</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2176</v>
+        <v>2191</v>
       </c>
       <c r="H13" t="s">
-        <v>2177</v>
+        <v>2192</v>
       </c>
       <c r="I13" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>889</v>
+        <v>904</v>
       </c>
       <c r="L13" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="M13" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N13" t="s">
-        <v>2178</v>
+        <v>2193</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q13" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R13" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S13" t="s">
-        <v>2179</v>
+        <v>2194</v>
       </c>
       <c r="T13" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B14" t="s">
-        <v>2180</v>
+        <v>2195</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2181</v>
+        <v>2196</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2182</v>
+        <v>2197</v>
       </c>
       <c r="H14" t="s">
-        <v>2183</v>
+        <v>2198</v>
       </c>
       <c r="I14" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="L14" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M14" t="s">
+        <v>732</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2199</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
         <v>733</v>
       </c>
-      <c r="N14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q14" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R14" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S14" t="s">
-        <v>2185</v>
+        <v>2200</v>
       </c>
       <c r="T14" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B15" t="s">
-        <v>2186</v>
+        <v>2201</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2187</v>
+        <v>2202</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2188</v>
+        <v>2203</v>
       </c>
       <c r="H15" t="s">
-        <v>2189</v>
+        <v>2204</v>
       </c>
       <c r="I15" t="s">
-        <v>2147</v>
+        <v>2162</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="L15" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="M15" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N15" t="s">
-        <v>2190</v>
+        <v>2205</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>2191</v>
+        <v>2206</v>
       </c>
       <c r="Q15" t="s">
-        <v>2192</v>
+        <v>2207</v>
       </c>
       <c r="R15" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S15" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="T15" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B16" t="s">
-        <v>2193</v>
+        <v>2208</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2195</v>
+        <v>2210</v>
       </c>
       <c r="H16" t="s">
-        <v>2196</v>
+        <v>2211</v>
       </c>
       <c r="I16" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J16" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
       <c r="K16" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="L16" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="M16" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N16" t="s">
-        <v>2198</v>
+        <v>2213</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q16" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="R16" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S16" t="s">
-        <v>2199</v>
+        <v>2214</v>
       </c>
       <c r="T16" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B17" t="s">
-        <v>2200</v>
+        <v>2215</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2201</v>
+        <v>2216</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2202</v>
+        <v>2217</v>
       </c>
       <c r="H17" t="s">
-        <v>2203</v>
+        <v>2218</v>
       </c>
       <c r="I17" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J17" t="s">
-        <v>2204</v>
+        <v>2219</v>
       </c>
       <c r="K17" t="s">
-        <v>1680</v>
+        <v>1694</v>
       </c>
       <c r="L17" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="M17" t="s">
+        <v>732</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2220</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2221</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>2222</v>
+      </c>
+      <c r="R17" t="s">
         <v>733</v>
       </c>
-      <c r="N17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S17" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="T17" t="s">
-        <v>2208</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B18" t="s">
-        <v>2209</v>
+        <v>2223</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2211</v>
+        <v>2225</v>
       </c>
       <c r="H18" t="s">
-        <v>2212</v>
+        <v>2226</v>
       </c>
       <c r="I18" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J18" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="K18" t="s">
-        <v>2213</v>
+        <v>2227</v>
       </c>
       <c r="L18" t="s">
-        <v>2214</v>
+        <v>2228</v>
       </c>
       <c r="M18" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N18" t="s">
-        <v>2215</v>
+        <v>2229</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q18" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="R18" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S18" t="s">
-        <v>2216</v>
+        <v>2230</v>
       </c>
       <c r="T18" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B19" t="s">
-        <v>2217</v>
+        <v>2231</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2218</v>
+        <v>2232</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2219</v>
+        <v>2233</v>
       </c>
       <c r="H19" t="s">
-        <v>2220</v>
+        <v>2234</v>
       </c>
       <c r="I19" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J19" t="s">
-        <v>2221</v>
+        <v>2235</v>
       </c>
       <c r="K19" t="s">
-        <v>761</v>
+        <v>780</v>
       </c>
       <c r="L19" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="M19" t="s">
+        <v>732</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2236</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
         <v>733</v>
       </c>
-      <c r="N19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q19" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="R19" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S19" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="T19" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B20" t="s">
-        <v>2224</v>
+        <v>2238</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2225</v>
+        <v>2239</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2226</v>
+        <v>2240</v>
       </c>
       <c r="H20" t="s">
-        <v>2227</v>
+        <v>2241</v>
       </c>
       <c r="I20" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J20" t="s">
-        <v>2228</v>
+        <v>2242</v>
       </c>
       <c r="K20" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
       <c r="L20" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="M20" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N20" t="s">
-        <v>2229</v>
+        <v>2243</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q20" t="s">
-        <v>2230</v>
+        <v>2244</v>
       </c>
       <c r="R20" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S20" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="T20" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B21" t="s">
-        <v>2231</v>
+        <v>2245</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2232</v>
+        <v>2246</v>
       </c>
       <c r="H21" t="s">
-        <v>2233</v>
+        <v>2247</v>
       </c>
       <c r="I21" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J21" t="s">
-        <v>2057</v>
+        <v>2072</v>
       </c>
       <c r="K21" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="L21" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M21" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N21" t="s">
-        <v>2234</v>
+        <v>2248</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q21" t="s">
-        <v>2124</v>
+        <v>2139</v>
       </c>
       <c r="R21" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S21" t="s">
-        <v>2235</v>
+        <v>2249</v>
       </c>
       <c r="T21" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B22" t="s">
-        <v>2236</v>
+        <v>2250</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2237</v>
+        <v>2251</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2238</v>
+        <v>2252</v>
       </c>
       <c r="H22" t="s">
-        <v>2239</v>
+        <v>2253</v>
       </c>
       <c r="I22" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J22" t="s">
-        <v>2240</v>
+        <v>2254</v>
       </c>
       <c r="K22" t="s">
-        <v>2241</v>
+        <v>2255</v>
       </c>
       <c r="L22" t="s">
-        <v>2242</v>
+        <v>2256</v>
       </c>
       <c r="M22" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N22" t="s">
-        <v>2243</v>
+        <v>2257</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q22" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R22" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S22" t="s">
-        <v>2244</v>
+        <v>2258</v>
       </c>
       <c r="T22" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B23" t="s">
-        <v>2245</v>
+        <v>2259</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2187</v>
+        <v>2202</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2246</v>
+        <v>2260</v>
       </c>
       <c r="H23" t="s">
-        <v>2247</v>
+        <v>2261</v>
       </c>
       <c r="I23" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J23" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="K23" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="L23" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="M23" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N23" t="s">
-        <v>2248</v>
+        <v>2262</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>2191</v>
+        <v>2206</v>
       </c>
       <c r="Q23" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="R23" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S23" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="T23" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B24" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2187</v>
+        <v>2202</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="H24" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="I24" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="L24" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="M24" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N24" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>2191</v>
+        <v>2206</v>
       </c>
       <c r="Q24" t="s">
-        <v>2254</v>
+        <v>2268</v>
       </c>
       <c r="R24" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S24" t="s">
-        <v>431</v>
+        <v>2269</v>
       </c>
       <c r="T24" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B25" t="s">
-        <v>2255</v>
+        <v>2270</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2256</v>
+        <v>2271</v>
       </c>
       <c r="H25" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="I25" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>2258</v>
+        <v>2273</v>
       </c>
       <c r="L25" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M25" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N25" t="s">
-        <v>2259</v>
+        <v>2274</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q25" t="s">
-        <v>2260</v>
+        <v>2275</v>
       </c>
       <c r="R25" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S25" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="T25" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B26" t="s">
-        <v>2262</v>
+        <v>2277</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>2263</v>
+        <v>2278</v>
       </c>
       <c r="H26" t="s">
-        <v>2264</v>
+        <v>2279</v>
       </c>
       <c r="I26" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>2258</v>
+        <v>2273</v>
       </c>
       <c r="L26" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M26" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N26" t="s">
-        <v>2265</v>
+        <v>2280</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q26" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="R26" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S26" t="s">
-        <v>2266</v>
+        <v>2281</v>
       </c>
       <c r="T26" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B27" t="s">
-        <v>2267</v>
+        <v>2282</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2268</v>
+        <v>2283</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2269</v>
+        <v>2284</v>
       </c>
       <c r="H27" t="s">
-        <v>2270</v>
+        <v>2285</v>
       </c>
       <c r="I27" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J27" t="s">
         <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>2271</v>
+        <v>2286</v>
       </c>
       <c r="L27" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="M27" t="s">
+        <v>732</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2287</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
         <v>733</v>
       </c>
-      <c r="N27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q27" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R27" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S27" t="s">
-        <v>2273</v>
+        <v>2288</v>
       </c>
       <c r="T27" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B28" t="s">
-        <v>2274</v>
+        <v>2289</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2275</v>
+        <v>2290</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2276</v>
+        <v>2291</v>
       </c>
       <c r="H28" t="s">
-        <v>2277</v>
+        <v>2292</v>
       </c>
       <c r="I28" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J28" t="s">
-        <v>2278</v>
+        <v>2293</v>
       </c>
       <c r="K28" t="s">
-        <v>2279</v>
+        <v>2294</v>
       </c>
       <c r="L28" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="M28" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N28" t="s">
-        <v>2280</v>
+        <v>2295</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="Q28" t="s">
-        <v>2281</v>
+        <v>2296</v>
       </c>
       <c r="R28" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="S28" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="T28" t="s">
-        <v>2208</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B29" t="s">
-        <v>2282</v>
+        <v>2298</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2283</v>
+        <v>2299</v>
       </c>
       <c r="H29" t="s">
-        <v>2284</v>
+        <v>2300</v>
       </c>
       <c r="I29" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="J29" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="K29" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="L29" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="M29" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N29" t="s">
-        <v>2285</v>
+        <v>2301</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q29" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="R29" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S29" t="s">
-        <v>2286</v>
+        <v>2302</v>
       </c>
       <c r="T29" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B30" t="s">
-        <v>2287</v>
+        <v>2303</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>2288</v>
+        <v>2304</v>
       </c>
       <c r="H30" t="s">
-        <v>2289</v>
+        <v>2305</v>
       </c>
       <c r="I30" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J30" t="s">
-        <v>2290</v>
+        <v>2306</v>
       </c>
       <c r="K30" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="L30" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N30" t="s">
         <v>20</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q30" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R30" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S30" t="s">
-        <v>2291</v>
+        <v>2307</v>
       </c>
       <c r="T30" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B31" t="s">
-        <v>198</v>
+        <v>216</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>2292</v>
+        <v>2308</v>
       </c>
       <c r="H31" t="s">
-        <v>2293</v>
+        <v>2309</v>
       </c>
       <c r="I31" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J31" t="s">
-        <v>2057</v>
+        <v>2072</v>
       </c>
       <c r="K31" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="L31" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M31" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N31" t="s">
-        <v>2265</v>
+        <v>2280</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q31" t="s">
-        <v>2294</v>
+        <v>2310</v>
       </c>
       <c r="R31" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S31" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
       <c r="T31" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B32" t="s">
-        <v>2295</v>
+        <v>2311</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2296</v>
+        <v>2312</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2297</v>
+        <v>2313</v>
       </c>
       <c r="H32" t="s">
-        <v>2298</v>
+        <v>2314</v>
       </c>
       <c r="I32" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="J32" t="s">
-        <v>2299</v>
+        <v>2315</v>
       </c>
       <c r="K32" t="s">
-        <v>828</v>
+        <v>731</v>
       </c>
       <c r="L32" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="M32" t="s">
+        <v>732</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2316</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
         <v>733</v>
       </c>
-      <c r="N32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q32" t="s">
-        <v>2301</v>
+        <v>2317</v>
       </c>
       <c r="R32" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S32" t="s">
-        <v>2302</v>
+        <v>2318</v>
       </c>
       <c r="T32" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B33" t="s">
-        <v>2303</v>
+        <v>2319</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2296</v>
+        <v>2312</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2304</v>
+        <v>2320</v>
       </c>
       <c r="H33" t="s">
-        <v>2305</v>
+        <v>2321</v>
       </c>
       <c r="I33" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J33" t="s">
         <v>20</v>
       </c>
       <c r="K33" t="s">
-        <v>2306</v>
+        <v>2322</v>
       </c>
       <c r="L33" t="s">
-        <v>2100</v>
+        <v>2115</v>
       </c>
       <c r="M33" t="s">
+        <v>732</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2323</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
         <v>733</v>
       </c>
-      <c r="N33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q33" t="s">
-        <v>2301</v>
+        <v>2317</v>
       </c>
       <c r="R33" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S33" t="s">
-        <v>2308</v>
+        <v>2324</v>
       </c>
       <c r="T33" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B34" t="s">
-        <v>2309</v>
+        <v>2325</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2296</v>
+        <v>2312</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2310</v>
+        <v>2326</v>
       </c>
       <c r="H34" t="s">
-        <v>2311</v>
+        <v>2327</v>
       </c>
       <c r="I34" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J34" t="s">
-        <v>2312</v>
+        <v>2328</v>
       </c>
       <c r="K34" t="s">
-        <v>902</v>
+        <v>917</v>
       </c>
       <c r="L34" t="s">
-        <v>903</v>
+        <v>918</v>
       </c>
       <c r="M34" t="s">
+        <v>732</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2329</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
         <v>733</v>
       </c>
-      <c r="N34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q34" t="s">
-        <v>2301</v>
+        <v>2317</v>
       </c>
       <c r="R34" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S34" t="s">
-        <v>2314</v>
+        <v>2330</v>
       </c>
       <c r="T34" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B35" t="s">
-        <v>2315</v>
+        <v>2331</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2201</v>
+        <v>2216</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2316</v>
+        <v>2332</v>
       </c>
       <c r="H35" t="s">
-        <v>2317</v>
+        <v>2333</v>
       </c>
       <c r="I35" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="J35" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
       <c r="K35" t="s">
-        <v>761</v>
+        <v>780</v>
       </c>
       <c r="L35" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="M35" t="s">
+        <v>732</v>
+      </c>
+      <c r="N35" t="s">
+        <v>20</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2221</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2335</v>
+      </c>
+      <c r="R35" t="s">
         <v>733</v>
       </c>
-      <c r="N35" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S35" t="s">
-        <v>2320</v>
+        <v>2336</v>
       </c>
       <c r="T35" t="s">
-        <v>2208</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B36" t="s">
-        <v>2321</v>
+        <v>2337</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>2322</v>
+        <v>2338</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>2323</v>
+        <v>2339</v>
       </c>
       <c r="H36" t="s">
-        <v>2324</v>
+        <v>2340</v>
       </c>
       <c r="I36" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J36" t="s">
         <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="L36" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
       <c r="M36" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N36" t="s">
-        <v>2325</v>
+        <v>2341</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="Q36" t="s">
-        <v>2326</v>
+        <v>2342</v>
       </c>
       <c r="R36" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S36" t="s">
-        <v>2327</v>
+        <v>2343</v>
       </c>
       <c r="T36" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B37" t="s">
-        <v>2328</v>
+        <v>2344</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2322</v>
+        <v>2338</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2329</v>
+        <v>2345</v>
       </c>
       <c r="H37" t="s">
-        <v>2330</v>
+        <v>2346</v>
       </c>
       <c r="I37" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="L37" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
       <c r="M37" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N37" t="s">
-        <v>2325</v>
+        <v>2341</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q37" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="R37" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S37" t="s">
-        <v>2331</v>
+        <v>2347</v>
       </c>
       <c r="T37" t="s">
-        <v>2126</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B38" t="s">
-        <v>2332</v>
+        <v>2348</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2333</v>
+        <v>2349</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>2334</v>
+        <v>2350</v>
       </c>
       <c r="H38" t="s">
-        <v>2335</v>
+        <v>2351</v>
       </c>
       <c r="I38" t="s">
-        <v>2147</v>
+        <v>2162</v>
       </c>
       <c r="J38" t="s">
-        <v>2336</v>
+        <v>2352</v>
       </c>
       <c r="K38" t="s">
-        <v>2337</v>
+        <v>2353</v>
       </c>
       <c r="L38" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="M38" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="N38" t="s">
-        <v>2338</v>
+        <v>2354</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="Q38" t="s">
-        <v>2260</v>
+        <v>2275</v>
       </c>
       <c r="R38" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="S38" t="s">
-        <v>2339</v>
+        <v>2355</v>
       </c>
       <c r="T38" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="B39" t="s">
-        <v>2340</v>
+        <v>2356</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2341</v>
+        <v>2357</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="H39" t="s">
-        <v>2343</v>
+        <v>2359</v>
       </c>
       <c r="I39" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="J39" t="s">
-        <v>2344</v>
+        <v>2360</v>
       </c>
       <c r="K39" t="s">
-        <v>2271</v>
+        <v>2286</v>
       </c>
       <c r="L39" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="M39" t="s">
+        <v>732</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2361</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
         <v>733</v>
       </c>
-      <c r="N39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q39" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="R39" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="S39" t="s">
-        <v>2346</v>
+        <v>2362</v>
       </c>
       <c r="T39" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>