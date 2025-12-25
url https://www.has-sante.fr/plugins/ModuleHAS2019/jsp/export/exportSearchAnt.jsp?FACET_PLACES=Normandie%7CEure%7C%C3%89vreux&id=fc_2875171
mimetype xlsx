--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,122 +68,251 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur RAMI OUEZINI</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794091/fr/docteur-rami-ouezini</t>
+  </si>
+  <si>
+    <t>p_3794091</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>OUEZINI</t>
+  </si>
+  <si>
+    <t>RAMI</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR EVREUX</t>
+  </si>
+  <si>
+    <t>27025</t>
+  </si>
+  <si>
+    <t>EVREUX</t>
+  </si>
+  <si>
+    <t>270000326</t>
+  </si>
+  <si>
+    <t>Docteur PAUL SACQUIN</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794616/fr/docteur-paul-sacquin</t>
+  </si>
+  <si>
+    <t>p_3794616</t>
+  </si>
+  <si>
+    <t>SACQUIN</t>
+  </si>
+  <si>
+    <t>PAUL</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR EVREUX,CLINIQUE BERGOUIGNAN</t>
+  </si>
+  <si>
+    <t>27025,27025</t>
+  </si>
+  <si>
+    <t>EVREUX,EVREUX</t>
+  </si>
+  <si>
+    <t>270000326,270000862</t>
+  </si>
+  <si>
+    <t>Docteur ABDERREZAK KHADDAOUI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794618/fr/docteur-abderrezak-khaddaoui</t>
+  </si>
+  <si>
+    <t>p_3794618</t>
+  </si>
+  <si>
+    <t>KHADDAOUI</t>
+  </si>
+  <si>
+    <t>ABDERREZAK</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR EVREUX,CH EVREUX CH EURE-SEINE</t>
+  </si>
+  <si>
+    <t>27025,27015</t>
+  </si>
+  <si>
+    <t>270000326,270000359</t>
+  </si>
+  <si>
+    <t>Docteur HOUSSAM BEN KADDOUR</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794657/fr/docteur-houssam-ben-kaddour</t>
+  </si>
+  <si>
+    <t>p_3794657</t>
+  </si>
+  <si>
+    <t>BEN KADDOUR</t>
+  </si>
+  <si>
+    <t>HOUSSAM</t>
+  </si>
+  <si>
+    <t>Docteur LAURENT BELLEC</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794673/fr/docteur-laurent-bellec</t>
+  </si>
+  <si>
+    <t>p_3794673</t>
+  </si>
+  <si>
+    <t>BELLEC</t>
+  </si>
+  <si>
+    <t>LAURENT</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR</t>
+  </si>
+  <si>
+    <t>27000</t>
+  </si>
+  <si>
+    <t>Docteur NATACHA BELLEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794679/fr/docteur-natacha-bellec</t>
+  </si>
+  <si>
+    <t>p_3794679</t>
+  </si>
+  <si>
+    <t>NATACHA</t>
+  </si>
+  <si>
     <t>Docteur LEON AGBONON</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>15/11/2017 17:32:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2805489/fr/docteur-leon-agbonon</t>
   </si>
   <si>
     <t>c_2805489</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>AGBONON</t>
   </si>
   <si>
     <t>LEON</t>
   </si>
   <si>
     <t>03 February 2022</t>
   </si>
   <si>
     <t>HOPITAL PRIVE PASTEUR EVREUX,CH VERNEUIL-SUR-AVRE</t>
   </si>
   <si>
     <t>27025,27137</t>
   </si>
   <si>
     <t>EVREUX,VERNEUIL SUR AVRE</t>
   </si>
   <si>
     <t>270000326,270000441</t>
   </si>
   <si>
     <t>Docteur Abdulrahman SIRESS</t>
   </si>
   <si>
     <t>17/01/2017 17:32:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740047/fr/docteur-abdulrahman-siress</t>
   </si>
   <si>
     <t>c_2740047</t>
   </si>
   <si>
     <t>SIRESS</t>
   </si>
   <si>
     <t>Abdulrahman</t>
   </si>
   <si>
     <t>18 January 2024</t>
   </si>
   <si>
-    <t>CLINIQUE BERGOUIGNAN</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Dimitri GHOLAM</t>
   </si>
   <si>
     <t>08/11/2016 11:30:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709100/fr/docteur-dimitri-gholam</t>
   </si>
   <si>
     <t>c_2709100</t>
   </si>
   <si>
     <t>GHOLAM</t>
   </si>
   <si>
     <t>Dimitri</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>IFAS CLINIQUE PASTEUR EVREUX,CLINIQUE GEOFFROY SAINT HILAIRE,CLINIQUE SAINT GERMAIN</t>
   </si>
   <si>
     <t>27025,75005,78100</t>
@@ -194,120 +323,81 @@
   <si>
     <t>270013758,750300071,780018727</t>
   </si>
   <si>
     <t>Docteur Corinne BOEDEC LECHOWSKI</t>
   </si>
   <si>
     <t>08/11/2016 11:31:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709224/fr/docteur-corinne-boedec-lechowski</t>
   </si>
   <si>
     <t>c_2709224</t>
   </si>
   <si>
     <t>BOEDEC LECHOWSKI</t>
   </si>
   <si>
     <t>Corinne</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE PASTEUR EVREUX</t>
-[...4 lines deleted...]
-  <si>
     <t>Docteur Edouard DECRETTE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710752/fr/docteur-edouard-decrette</t>
   </si>
   <si>
     <t>c_2710752</t>
   </si>
   <si>
     <t>DECRETTE</t>
   </si>
   <si>
     <t>Edouard</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>CLINIQUE BERGOUIGNAN,SARL SERVICE INTERCLINIQUE D IMAGERIE</t>
   </si>
   <si>
     <t>27025,92160</t>
   </si>
   <si>
     <t>EVREUX,ANTONY</t>
   </si>
   <si>
     <t>270000862,920815636</t>
-  </si>
-[...31 lines deleted...]
-    <t>270000862,610006421,760780668</t>
   </si>
   <si>
     <t>Docteur Carine BERNARD</t>
   </si>
   <si>
     <t>08/11/2016 11:35:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713089/fr/docteur-carine-bernard</t>
   </si>
   <si>
     <t>c_2713089</t>
   </si>
   <si>
     <t>BERNARD</t>
   </si>
   <si>
     <t>Carine</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>CH EVREUX CH EURE-SEINE,CH VERNON CH EURE-SEINE</t>
   </si>
@@ -380,51 +470,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R9"/>
+  <dimension ref="A1:R14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -539,394 +629,674 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>38</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>39</v>
       </c>
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
         <v>40</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="R3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>47</v>
       </c>
-      <c r="L4" t="s">
+      <c r="P4" t="s">
         <v>48</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="Q4" t="s">
+        <v>40</v>
+      </c>
+      <c r="R4" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L5" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="L6" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="Q6" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="L7" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="L8" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="O8" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="Q8" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="R8" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>96</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="H9" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>83</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>85</v>
+      </c>
+      <c r="O9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>30</v>
+      </c>
+      <c r="R9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>87</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10" t="s">
+        <v>89</v>
+      </c>
+      <c r="I10" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" t="s">
+        <v>90</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>92</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>95</v>
+      </c>
+      <c r="R10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" t="s">
         <v>100</v>
       </c>
-      <c r="L9" t="s">
+      <c r="I11" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J11" t="s">
+        <v>24</v>
+      </c>
+      <c r="K11" t="s">
         <v>101</v>
       </c>
-      <c r="M9" t="s">
-[...2 lines deleted...]
-      <c r="N9" t="s">
+      <c r="L11" t="s">
         <v>102</v>
       </c>
-      <c r="O9" t="s">
+      <c r="M11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N11" t="s">
         <v>103</v>
       </c>
-      <c r="P9" t="s">
+      <c r="O11" t="s">
+        <v>28</v>
+      </c>
+      <c r="P11" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>30</v>
+      </c>
+      <c r="R11" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
         <v>104</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>105</v>
       </c>
-      <c r="R9" t="s">
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>106</v>
+      </c>
+      <c r="H12" t="s">
+        <v>107</v>
+      </c>
+      <c r="I12" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J12" t="s">
+        <v>24</v>
+      </c>
+      <c r="K12" t="s">
+        <v>108</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" t="s">
+        <v>110</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>113</v>
+      </c>
+      <c r="R12" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>116</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>117</v>
+      </c>
+      <c r="H13" t="s">
+        <v>118</v>
+      </c>
+      <c r="I13" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J13" t="s">
+        <v>24</v>
+      </c>
+      <c r="K13" t="s">
+        <v>119</v>
+      </c>
+      <c r="L13" t="s">
+        <v>120</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
+        <v>121</v>
+      </c>
+      <c r="O13" t="s">
+        <v>122</v>
+      </c>
+      <c r="P13" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>124</v>
+      </c>
+      <c r="R13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>127</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>128</v>
+      </c>
+      <c r="H14" t="s">
+        <v>129</v>
+      </c>
+      <c r="I14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J14" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" t="s">
+        <v>130</v>
+      </c>
+      <c r="L14" t="s">
+        <v>131</v>
+      </c>
+      <c r="M14" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" t="s">
+        <v>132</v>
+      </c>
+      <c r="O14" t="s">
+        <v>133</v>
+      </c>
+      <c r="P14" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>135</v>
+      </c>
+      <c r="R14" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>