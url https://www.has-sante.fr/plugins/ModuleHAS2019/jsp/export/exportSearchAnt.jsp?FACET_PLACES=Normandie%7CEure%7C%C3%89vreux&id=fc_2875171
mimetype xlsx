--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -233,84 +233,96 @@
   <si>
     <t>p_3794679</t>
   </si>
   <si>
     <t>NATACHA</t>
   </si>
   <si>
     <t>Docteur LEON AGBONON</t>
   </si>
   <si>
     <t>15/11/2017 17:32:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2805489/fr/docteur-leon-agbonon</t>
   </si>
   <si>
     <t>c_2805489</t>
   </si>
   <si>
     <t>AGBONON</t>
   </si>
   <si>
     <t>LEON</t>
   </si>
   <si>
-    <t>03 February 2022</t>
+    <t>28 January 2026</t>
   </si>
   <si>
     <t>HOPITAL PRIVE PASTEUR EVREUX,CH VERNEUIL-SUR-AVRE</t>
   </si>
   <si>
     <t>27025,27137</t>
   </si>
   <si>
     <t>EVREUX,VERNEUIL SUR AVRE</t>
   </si>
   <si>
     <t>270000326,270000441</t>
   </si>
   <si>
     <t>Docteur Abdulrahman SIRESS</t>
   </si>
   <si>
     <t>17/01/2017 17:32:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740047/fr/docteur-abdulrahman-siress</t>
   </si>
   <si>
     <t>c_2740047</t>
   </si>
   <si>
     <t>SIRESS</t>
   </si>
   <si>
     <t>Abdulrahman</t>
   </si>
   <si>
     <t>18 January 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE PASTEUR,CLINIQUE D'ALENCON</t>
+  </si>
+  <si>
+    <t>27000,61000</t>
+  </si>
+  <si>
+    <t>EVREUX,ALENCON</t>
+  </si>
+  <si>
+    <t>270000326,610006421</t>
   </si>
   <si>
     <t>Docteur Dimitri GHOLAM</t>
   </si>
   <si>
     <t>08/11/2016 11:30:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709100/fr/docteur-dimitri-gholam</t>
   </si>
   <si>
     <t>c_2709100</t>
   </si>
   <si>
     <t>GHOLAM</t>
   </si>
   <si>
     <t>Dimitri</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>IFAS CLINIQUE PASTEUR EVREUX,CLINIQUE GEOFFROY SAINT HILAIRE,CLINIQUE SAINT GERMAIN</t>
   </si>
@@ -968,335 +980,335 @@
       <c r="G9" t="s">
         <v>81</v>
       </c>
       <c r="H9" t="s">
         <v>82</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>83</v>
       </c>
       <c r="L9" t="s">
         <v>84</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>85</v>
       </c>
       <c r="O9" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="Q9" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="R9" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="H10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="Q10" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="R10" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11" t="s">
         <v>29</v>
       </c>
       <c r="Q11" t="s">
         <v>30</v>
       </c>
       <c r="R11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="P12" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="Q12" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="R12" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="L13" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="O13" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P13" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="Q13" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="R13" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H14" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="L14" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="O14" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="P14" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="Q14" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="R14" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>