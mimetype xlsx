--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="617" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="290">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -422,104 +422,86 @@
   <si>
     <t>CESSON SEVIGNE,AVRANCHES</t>
   </si>
   <si>
     <t>350005146,500000146</t>
   </si>
   <si>
     <t>Docteur Olivier COSSART</t>
   </si>
   <si>
     <t>17/01/2017 17:32:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740222/fr/docteur-olivier-cossart</t>
   </si>
   <si>
     <t>c_2740222</t>
   </si>
   <si>
     <t>COSSART</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
-    <t>17 December 2020</t>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur Denis PASERO</t>
   </si>
   <si>
     <t>08/11/2016 11:30:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709074/fr/docteur-denis-pasero</t>
   </si>
   <si>
     <t>c_2709074</t>
   </si>
   <si>
     <t>PASERO</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
-    <t>27 May 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>CLINIQUE NOTRE DAME,HOPITAL PRIVÉ DE LA BAIE</t>
   </si>
   <si>
     <t>14500,50300</t>
   </si>
   <si>
     <t>VIRE NORMANDIE,AVRANCHES</t>
   </si>
   <si>
     <t>140000290,500000146</t>
   </si>
   <si>
-    <t>Docteur Christine PIDOUX-CHALMET</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Thierry MALESPINE</t>
   </si>
   <si>
     <t>08/11/2016 11:33:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711280/fr/docteur-thierry-malespine</t>
   </si>
   <si>
     <t>c_2711280</t>
   </si>
   <si>
     <t>MALESPINE</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
     <t>Docteur Pascal REMOUÉ</t>
   </si>
   <si>
     <t>08/11/2016 11:34:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712361/fr/docteur-pascal-remoue</t>
@@ -830,51 +812,51 @@
   <si>
     <t>HOPITAUX DU SUD MANCHE SITE AVRANCHES</t>
   </si>
   <si>
     <t>10/12/2025 13:36:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1593_FicheEtablissement/fr/hopitaux-du-sud-manche-site-avranches</t>
   </si>
   <si>
     <t>1593_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>0233894000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD - SITE AVRANCHES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1614_FicheEtablissement/fr/usld-site-avranches</t>
   </si>
   <si>
     <t>1614_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>500012133</t>
   </si>
   <si>
     <t>HOPITAL PRIVE DE LA BAIE</t>
   </si>
   <si>
     <t>21/01/2025 10:18:10</t>
   </si>
@@ -903,104 +885,101 @@
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE D'AVRANCHES</t>
   </si>
   <si>
     <t>21/01/2025 10:18:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3822_FicheEtablissement/fr/centre-de-dialyse-d-avranches</t>
   </si>
   <si>
     <t>3822_FicheEtablissement</t>
   </si>
   <si>
     <t>56 Rue De La Liberte</t>
   </si>
   <si>
     <t>0299200165</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>500021316</t>
-  </si>
-[...1 lines deleted...]
-    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R20"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2011,1002 +1990,946 @@
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>155</v>
       </c>
       <c r="H19" t="s">
         <v>156</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>157</v>
       </c>
       <c r="L19" t="s">
         <v>158</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>45</v>
+        <v>159</v>
       </c>
       <c r="O19" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="P19" t="s">
-        <v>29</v>
+        <v>144</v>
       </c>
       <c r="Q19" t="s">
-        <v>30</v>
+        <v>145</v>
       </c>
       <c r="R19" t="s">
-        <v>31</v>
-[...54 lines deleted...]
-      <c r="R20" t="s">
         <v>146</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>161</v>
+      </c>
+      <c r="J1" t="s">
+        <v>162</v>
+      </c>
+      <c r="K1" t="s">
+        <v>163</v>
+      </c>
+      <c r="L1" t="s">
+        <v>164</v>
+      </c>
+      <c r="M1" t="s">
+        <v>165</v>
+      </c>
+      <c r="N1" t="s">
+        <v>166</v>
+      </c>
+      <c r="O1" t="s">
         <v>167</v>
       </c>
-      <c r="J1" t="s">
+      <c r="P1" t="s">
         <v>168</v>
-      </c>
-[...16 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="H2" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="I2" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M2" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N2" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="O2" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="P2" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B3" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="H3" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="I3" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="J3" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K3" t="s">
         <v>30</v>
       </c>
       <c r="L3" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M3" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N3" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="O3" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="P3" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B4" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="H4" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="I4" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="J4" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K4" t="s">
         <v>30</v>
       </c>
       <c r="L4" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M4" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N4" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="O4" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="P4" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B5" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="H5" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="I5" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="J5" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K5" t="s">
         <v>30</v>
       </c>
       <c r="L5" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N5" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="O5" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="P5" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B6" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="H6" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="I6" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="J6" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K6" t="s">
         <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M6" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N6" t="s">
+        <v>199</v>
+      </c>
+      <c r="O6" t="s">
         <v>205</v>
       </c>
-      <c r="O6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="H7" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="I7" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="J7" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
       <c r="L7" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M7" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N7" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="O7" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="P7" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B8" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="H8" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="I8" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="J8" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="K8" t="s">
         <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M8" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="N8" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="O8" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="P8" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B9" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="H9" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="I9" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="J9" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K9" t="s">
         <v>30</v>
       </c>
       <c r="L9" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M9" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="N9" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="O9" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="P9" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B10" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="H10" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="I10" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="J10" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K10" t="s">
         <v>30</v>
       </c>
       <c r="L10" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M10" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="N10" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="O10" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="P10" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B11" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H11" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="I11" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="J11" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K11" t="s">
         <v>30</v>
       </c>
       <c r="L11" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="M11" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="N11" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="O11" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="P11" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>248</v>
+      </c>
+      <c r="J1" t="s">
+        <v>161</v>
+      </c>
+      <c r="K1" t="s">
+        <v>249</v>
+      </c>
+      <c r="L1" t="s">
+        <v>163</v>
+      </c>
+      <c r="M1" t="s">
+        <v>164</v>
+      </c>
+      <c r="N1" t="s">
+        <v>250</v>
+      </c>
+      <c r="O1" t="s">
+        <v>251</v>
+      </c>
+      <c r="P1" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>253</v>
+      </c>
+      <c r="R1" t="s">
+        <v>165</v>
+      </c>
+      <c r="S1" t="s">
         <v>254</v>
       </c>
-      <c r="J1" t="s">
-[...2 lines deleted...]
-      <c r="K1" t="s">
+      <c r="T1" t="s">
         <v>255</v>
-      </c>
-[...25 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B2" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="H2" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="I2" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="J2" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K2" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="N2" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="Q2" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="R2" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="S2" t="s">
         <v>106</v>
       </c>
       <c r="T2" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B3" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="H3" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="I3" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="J3" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K3" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="N3" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="Q3" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="R3" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="S3" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="T3" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B4" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="H4" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="I4" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="J4" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="K4" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="L4" t="s">
         <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="N4" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="Q4" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="R4" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B5" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="H5" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I5" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="J5" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="K5" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="N5" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="Q5" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="R5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="S5" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="T5" t="s">
-        <v>296</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>