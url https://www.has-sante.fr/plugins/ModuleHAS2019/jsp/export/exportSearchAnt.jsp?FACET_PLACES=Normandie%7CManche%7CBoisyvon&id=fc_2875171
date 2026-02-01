--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -182,78 +182,75 @@
   <si>
     <t>10/12/2025 13:36:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1610_FicheEtablissement/fr/hopitaux-du-sud-manche-site-villedieu</t>
   </si>
   <si>
     <t>1610_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>0233914300</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>500000476</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HAD DU CH DE VIRE SITE DE VILLEDIEU</t>
   </si>
   <si>
     <t>21/01/2025 10:16:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1624_FicheEtablissement/fr/had-du-ch-de-vire-site-de-villedieu</t>
   </si>
   <si>
     <t>1624_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Jean Gaste</t>
   </si>
   <si>
     <t>0231674747</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>500021282</t>
-  </si>
-[...1 lines deleted...]
-    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -613,46 +610,46 @@
       <c r="L3" t="s">
         <v>24</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>62</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
         <v>53</v>
       </c>
       <c r="Q3" t="s">
         <v>63</v>
       </c>
       <c r="R3" t="s">
         <v>26</v>
       </c>
       <c r="S3" t="s">
         <v>64</v>
       </c>
       <c r="T3" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>