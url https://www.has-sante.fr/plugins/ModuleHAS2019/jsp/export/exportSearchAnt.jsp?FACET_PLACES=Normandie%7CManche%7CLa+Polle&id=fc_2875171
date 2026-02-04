--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -236,123 +236,123 @@
   <si>
     <t>Bassam</t>
   </si>
   <si>
     <t>21 October 2021</t>
   </si>
   <si>
     <t>Docteur Maxime boris ALAMOWITCH</t>
   </si>
   <si>
     <t>17/01/2017 17:31:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739291/fr/docteur-maxime-boris-alamowitch</t>
   </si>
   <si>
     <t>c_2739291</t>
   </si>
   <si>
     <t>ALAMOWITCH</t>
   </si>
   <si>
     <t>Maxime boris</t>
   </si>
   <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
     <t>Docteur Eric KALUZINSKI</t>
   </si>
   <si>
     <t>08/11/2016 11:30:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709143/fr/docteur-eric-kaluzinski</t>
   </si>
   <si>
     <t>c_2709143</t>
   </si>
   <si>
     <t>KALUZINSKI</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
-    <t>18 February 2021</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur Joel RIVIERE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710286/fr/docteur-joel-riviere</t>
   </si>
   <si>
     <t>c_2710286</t>
   </si>
   <si>
     <t>RIVIERE</t>
   </si>
   <si>
     <t>Joel</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>CHPC - SITE CHERBOURG,POLYCLINIQUE DU COTENTIN</t>
   </si>
   <si>
     <t>50102,50100</t>
   </si>
   <si>
     <t>CHERBOURG OCTEVILLE,CHERBOURG EN COTENTIN</t>
   </si>
   <si>
     <t>500000187,500002357</t>
   </si>
   <si>
     <t>Docteur Christian VUAGNAT</t>
   </si>
   <si>
     <t>08/11/2016 11:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711222/fr/docteur-christian-vuagnat</t>
   </si>
   <si>
     <t>c_2711222</t>
   </si>
   <si>
     <t>VUAGNAT</t>
   </si>
   <si>
     <t>Christian</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 September 2021</t>
   </si>
   <si>
     <t>Docteur Fabrice DUGARDIN</t>
   </si>
   <si>
     <t>08/11/2016 11:35:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712488/fr/docteur-fabrice-dugardin</t>
   </si>
   <si>
     <t>c_2712488</t>
   </si>
   <si>
     <t>DUGARDIN</t>
   </si>
   <si>
     <t>Fabrice</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Tiphaine BEILLAT</t>
   </si>
@@ -1386,219 +1386,219 @@
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
         <v>70</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>71</v>
       </c>
       <c r="L8" t="s">
         <v>72</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Q10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="R10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11" t="s">
         <v>29</v>
       </c>
       <c r="Q11" t="s">
         <v>30</v>
       </c>
       <c r="R11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
@@ -1669,60 +1669,60 @@
       <c r="G13" t="s">
         <v>107</v>
       </c>
       <c r="H13" t="s">
         <v>108</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>109</v>
       </c>
       <c r="L13" t="s">
         <v>110</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
         <v>45</v>
       </c>
       <c r="O13" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="P13" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="Q13" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>