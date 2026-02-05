--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3429" uniqueCount="1389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3481" uniqueCount="1413">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -116,50 +116,83 @@
   <si>
     <t>Docteur</t>
   </si>
   <si>
     <t>BOUCHET DOUMENQ</t>
   </si>
   <si>
     <t>Cécile</t>
   </si>
   <si>
     <t>15 May 2025</t>
   </si>
   <si>
     <t>HOPITAL PRIVÉ DE LA BAIE</t>
   </si>
   <si>
     <t>50300</t>
   </si>
   <si>
     <t>AVRANCHES</t>
   </si>
   <si>
     <t>500000146</t>
   </si>
   <si>
+    <t>Docteur Clément DUJEUX</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574607/fr/docteur-clement-dujeux</t>
+  </si>
+  <si>
+    <t>p_3574607</t>
+  </si>
+  <si>
+    <t>DUJEUX</t>
+  </si>
+  <si>
+    <t>Clément</t>
+  </si>
+  <si>
+    <t>19 December 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE ST MARTIN-CAEN,POLYCLINIQUE DE DEAUVILLE-CRICQUEBOEUF,POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>14050,14113,50008</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 4,CRICQUEBOEUF,ST LO CEDEX</t>
+  </si>
+  <si>
+    <t>140017237,140026709,500000203</t>
+  </si>
+  <si>
     <t>Docteur MEHDI AZALE</t>
   </si>
   <si>
     <t>07/06/2024 14:54:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521818/fr/docteur-mehdi-azale</t>
   </si>
   <si>
     <t>p_3521818</t>
   </si>
   <si>
     <t>AZALE</t>
   </si>
   <si>
     <t>MEHDI</t>
   </si>
   <si>
     <t>06 June 2024</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE LA MANCHE - SAINT-LO</t>
   </si>
   <si>
     <t>50008</t>
@@ -680,197 +713,173 @@
   <si>
     <t>Bassam</t>
   </si>
   <si>
     <t>21 October 2021</t>
   </si>
   <si>
     <t>Docteur Maxime boris ALAMOWITCH</t>
   </si>
   <si>
     <t>17/01/2017 17:31:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739291/fr/docteur-maxime-boris-alamowitch</t>
   </si>
   <si>
     <t>c_2739291</t>
   </si>
   <si>
     <t>ALAMOWITCH</t>
   </si>
   <si>
     <t>Maxime boris</t>
   </si>
   <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
     <t>Docteur Olivier COSSART</t>
   </si>
   <si>
     <t>17/01/2017 17:32:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740222/fr/docteur-olivier-cossart</t>
   </si>
   <si>
     <t>c_2740222</t>
   </si>
   <si>
     <t>COSSART</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
-    <t>17 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Denis PASERO</t>
   </si>
   <si>
     <t>08/11/2016 11:30:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709074/fr/docteur-denis-pasero</t>
   </si>
   <si>
     <t>c_2709074</t>
   </si>
   <si>
     <t>PASERO</t>
   </si>
   <si>
     <t>Denis</t>
   </si>
   <si>
-    <t>27 May 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE NOTRE DAME,HOPITAL PRIVÉ DE LA BAIE</t>
   </si>
   <si>
     <t>14500,50300</t>
   </si>
   <si>
     <t>VIRE NORMANDIE,AVRANCHES</t>
   </si>
   <si>
     <t>140000290,500000146</t>
   </si>
   <si>
     <t>Docteur Eric KALUZINSKI</t>
   </si>
   <si>
     <t>08/11/2016 11:30:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709143/fr/docteur-eric-kaluzinski</t>
   </si>
   <si>
     <t>c_2709143</t>
   </si>
   <si>
     <t>KALUZINSKI</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
-    <t>18 February 2021</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur Joel RIVIERE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710286/fr/docteur-joel-riviere</t>
   </si>
   <si>
     <t>c_2710286</t>
   </si>
   <si>
     <t>RIVIERE</t>
   </si>
   <si>
     <t>Joel</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>CHPC - SITE CHERBOURG,POLYCLINIQUE DU COTENTIN</t>
   </si>
   <si>
     <t>50102,50100</t>
   </si>
   <si>
     <t>CHERBOURG OCTEVILLE,CHERBOURG EN COTENTIN</t>
   </si>
   <si>
     <t>500000187,500002357</t>
   </si>
   <si>
-    <t>Docteur Christine PIDOUX-CHALMET</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Christian VUAGNAT</t>
   </si>
   <si>
     <t>08/11/2016 11:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711222/fr/docteur-christian-vuagnat</t>
   </si>
   <si>
     <t>c_2711222</t>
   </si>
   <si>
     <t>VUAGNAT</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
-    <t>23 September 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Thierry MALESPINE</t>
   </si>
   <si>
     <t>08/11/2016 11:33:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711280/fr/docteur-thierry-malespine</t>
   </si>
   <si>
     <t>c_2711280</t>
   </si>
   <si>
     <t>MALESPINE</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
     <t>Docteur Pascal REMOUÉ</t>
   </si>
   <si>
     <t>08/11/2016 11:34:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712361/fr/docteur-pascal-remoue</t>
@@ -965,74 +974,131 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>RESIDENCE AUTONOMIE GÉNÉRAL GRAINDORGE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15451_FicheESSMS/fr/residence-autonomie-general-graindorge</t>
+  </si>
+  <si>
+    <t>15451_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50670 ST POIS</t>
+  </si>
+  <si>
+    <t>ST POIS</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>500016522</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH - SOURDEVAL</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15572_FicheESSMS/fr/ehpad-saint-joseph-sourdeval</t>
+  </si>
+  <si>
+    <t>15572_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue Maréchal Foch</t>
+  </si>
+  <si>
+    <t>50150 SOURDEVAL</t>
+  </si>
+  <si>
+    <t>SOURDEVAL</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>500002332</t>
+  </si>
+  <si>
     <t>SAVS APEI - ST LO</t>
   </si>
   <si>
     <t>05/12/2025 05:10:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15033_FicheESSMS/fr/savs-apei-st-lo</t>
   </si>
   <si>
     <t>15033_FicheESSMS</t>
   </si>
   <si>
     <t>40 Rue De La Poterne</t>
   </si>
   <si>
     <t>50000 ST LO</t>
   </si>
   <si>
-    <t>50</t>
-[...4 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>500022298</t>
   </si>
   <si>
     <t>CPH SAINT-LO ASS FTDA</t>
   </si>
   <si>
     <t>25/11/2025 16:17:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14867_FicheESSMS/fr/cph-saint-lo-ass-ftda</t>
   </si>
   <si>
     <t>14867_FicheESSMS</t>
   </si>
   <si>
     <t>3 Place Du Champ De Mars</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion</t>
@@ -1133,83 +1199,74 @@
   <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>500021126</t>
   </si>
   <si>
     <t>CHRS VILLA MYRIAM CCAS SAINT-LO</t>
   </si>
   <si>
     <t>07/11/2025 16:20:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14259_FicheESSMS/fr/chrs-villa-myriam-ccas-saint-lo</t>
   </si>
   <si>
     <t>14259_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue Des Courtils</t>
   </si>
   <si>
-    <t>Public</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
   </si>
   <si>
     <t>500005277</t>
   </si>
   <si>
     <t>RESIDENCE DU DOCTEUR ELIARD MONTEBOURG</t>
   </si>
   <si>
     <t>07/11/2025 16:25:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14330_FicheESSMS/fr/residence-du-docteur-eliard-montebourg</t>
   </si>
   <si>
     <t>14330_FicheESSMS</t>
   </si>
   <si>
     <t>50310 MONTEBOURG</t>
   </si>
   <si>
     <t>MONTEBOURG</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>500014618</t>
   </si>
   <si>
     <t>RESIDENCE LA MAUTELIERE - CONDE</t>
   </si>
   <si>
     <t>07/11/2025 16:26:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14386_FicheESSMS/fr/residence-la-mauteliere-conde</t>
   </si>
   <si>
     <t>14386_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Du Focq</t>
   </si>
   <si>
     <t>50890 CONDE SUR VIRE</t>
   </si>
   <si>
     <t>CONDE SUR VIRE</t>
   </si>
   <si>
     <t>500019674</t>
@@ -1256,53 +1313,50 @@
   <si>
     <t>EHPA percevant des crédits d'assurance maladie</t>
   </si>
   <si>
     <t>500014097</t>
   </si>
   <si>
     <t>EHPAD - CH SAINT HILAIRE DU HARCOUET</t>
   </si>
   <si>
     <t>05/10/2025 16:16:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13889_FicheESSMS/fr/ehpad-ch-saint-hilaire-du-harcouet</t>
   </si>
   <si>
     <t>13889_FicheESSMS</t>
   </si>
   <si>
     <t>50600 ST HILAIRE DU HARCOUET</t>
   </si>
   <si>
     <t>ST HILAIRE DU HARCOUET</t>
   </si>
   <si>
-    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
-[...1 lines deleted...]
-  <si>
     <t>500004270</t>
   </si>
   <si>
     <t>EHPAD - CH ST-JAMES</t>
   </si>
   <si>
     <t>02/10/2025 16:15:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13857_FicheESSMS/fr/ehpad-ch-st-james</t>
   </si>
   <si>
     <t>13857_FicheESSMS</t>
   </si>
   <si>
     <t>2 Route De Pontorson</t>
   </si>
   <si>
     <t>50240 ST JAMES</t>
   </si>
   <si>
     <t>ST JAMES</t>
   </si>
   <si>
     <t>500012240</t>
@@ -3476,218 +3530,221 @@
   <si>
     <t>HOPITAUX DU SUD MANCHE SITE AVRANCHES</t>
   </si>
   <si>
     <t>10/12/2025 13:36:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1593_FicheEtablissement/fr/hopitaux-du-sud-manche-site-avranches</t>
   </si>
   <si>
     <t>1593_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>0233894000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAUX DU SUD MANCHE SITE GRANVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1601_FicheEtablissement/fr/hopitaux-du-sud-manche-site-granville</t>
+  </si>
+  <si>
+    <t>1601_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>849 Rue Des Menneries</t>
+  </si>
+  <si>
+    <t>0233915000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500000260</t>
+  </si>
+  <si>
+    <t>CH  MORTAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1603_FicheEtablissement/fr/ch-mortain</t>
+  </si>
+  <si>
+    <t>1603_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue De La 30Eme Div Americaine</t>
+  </si>
+  <si>
+    <t>0233692100</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500000302</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT JAMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1607_FicheEtablissement/fr/hopital-saint-james</t>
+  </si>
+  <si>
+    <t>1607_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0233898900</t>
+  </si>
+  <si>
+    <t>500000435</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAINT HILAIRE DU HARCOUET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1606_FicheEtablissement/fr/ch-de-saint-hilaire-du-harcouet</t>
+  </si>
+  <si>
+    <t>1606_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0233794444</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500000427</t>
+  </si>
+  <si>
+    <t>HOPITAUX DU SUD MANCHE SITE VILLEDIEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1610_FicheEtablissement/fr/hopitaux-du-sud-manche-site-villedieu</t>
+  </si>
+  <si>
+    <t>1610_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0233914300</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500000476</t>
+  </si>
+  <si>
+    <t>USLD - SITE AVRANCHES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1614_FicheEtablissement/fr/usld-site-avranches</t>
+  </si>
+  <si>
+    <t>1614_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>500012133</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION CARDIO VASCULAIRE  "WILLIAM HARVEY"</t>
+  </si>
+  <si>
+    <t>24/09/2025 08:55:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1617_FicheEtablissement/fr/clinique-w-harvey</t>
+  </si>
+  <si>
+    <t>1617_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>50190 ST MARTIN D AUBIGNY</t>
+  </si>
+  <si>
+    <t>ST MARTIN D AUBIGNY</t>
+  </si>
+  <si>
+    <t>0233474747</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>500012687</t>
+  </si>
+  <si>
+    <t>FONDATION BON SAUVEUR DE LA MANCHE - SAINT-LO</t>
+  </si>
+  <si>
+    <t>18/07/2025 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1600_FicheEtablissement/fr/fondation-bon-sauveur-de-la-manche</t>
+  </si>
+  <si>
+    <t>1600_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>66 Rue De Baltimore</t>
+  </si>
+  <si>
+    <t>0233777777</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>500000252</t>
+  </si>
+  <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
-    <t>HOPITAUX DU SUD MANCHE SITE GRANVILLE</t>
-[...163 lines deleted...]
-  <si>
     <t>FONDATION LE BON SAUVEUR DE LA MANCHE - PICAUVILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1599_FicheEtablissement/fr/fondation-le-bon-sauveur-de-la-manche</t>
   </si>
   <si>
     <t>1599_FicheEtablissement</t>
   </si>
   <si>
     <t>50360 PICAUVILLE</t>
   </si>
   <si>
     <t>PICAUVILLE</t>
   </si>
   <si>
     <t>0233218400</t>
   </si>
   <si>
     <t>500000237</t>
   </si>
   <si>
     <t>SMR BEAUREGARD LA GLACERIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1602_FicheEtablissement/fr/smr-beauregard-la-glacerie</t>
@@ -3755,224 +3812,221 @@
   <si>
     <t>18/06/2025 14:55:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1618_FicheEtablissement/fr/mecs-gouville-sur-mer</t>
   </si>
   <si>
     <t>1618_FicheEtablissement</t>
   </si>
   <si>
     <t>39 Route Du Littoral</t>
   </si>
   <si>
     <t>50560 GOUVILLE SUR MER</t>
   </si>
   <si>
     <t>GOUVILLE SUR MER</t>
   </si>
   <si>
     <t>0233479929</t>
   </si>
   <si>
     <t>500012968</t>
   </si>
   <si>
+    <t>24/01/2025 08:53:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1613_FicheEtablissement/fr/polyclinique-du-cotentin</t>
+  </si>
+  <si>
+    <t>1613_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0233785050</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1594_FicheEtablissement/fr/hopital-prive-de-la-baie</t>
+  </si>
+  <si>
+    <t>1594_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Du Quesnoy</t>
+  </si>
+  <si>
+    <t>0233686061</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER PUBLIC DU COTENTIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1595_FicheEtablissement/fr/chpc-site-cherbourg</t>
+  </si>
+  <si>
+    <t>1595_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Rue Du Val De Saire</t>
+  </si>
+  <si>
+    <t>50102 CHERBOURG OCTEVILLE</t>
+  </si>
+  <si>
+    <t>0233207000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CH CARENTAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1596_FicheEtablissement/fr/ch-carentan</t>
+  </si>
+  <si>
+    <t>1596_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0233425050</t>
+  </si>
+  <si>
+    <t>500000195</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE LE NORMANDY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1598_FicheEtablissement/fr/crf-le-normandy</t>
+  </si>
+  <si>
+    <t>1598_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Jules Michelet</t>
+  </si>
+  <si>
+    <t>0233903333</t>
+  </si>
+  <si>
+    <t>500000229</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION FONCTIONNELLE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1605_FicheEtablissement/fr/crf-siouville</t>
+  </si>
+  <si>
+    <t>1605_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Rue Marcel Grillard</t>
+  </si>
+  <si>
+    <t>50340 SIOUVILLE HAGUE</t>
+  </si>
+  <si>
+    <t>SIOUVILLE HAGUE</t>
+  </si>
+  <si>
+    <t>0233874400</t>
+  </si>
+  <si>
+    <t>500000419</t>
+  </si>
+  <si>
     <t>A</t>
   </si>
   <si>
-    <t>24/01/2025 08:53:38</t>
-[...127 lines deleted...]
-  <si>
     <t>CENTRE HOSPITALIER DE L'ESTRAN</t>
   </si>
   <si>
     <t>21/01/2025 10:17:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1611_FicheEtablissement/fr/ch-de-l-estran</t>
   </si>
   <si>
     <t>1611_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue De Villecherel</t>
   </si>
   <si>
     <t>0233607200</t>
   </si>
   <si>
     <t>Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>500000575</t>
   </si>
   <si>
     <t>CHPC - SITE VALOGNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1609_FicheEtablissement/fr/chpc-site-valognes</t>
   </si>
   <si>
     <t>1609_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Du 8 Mai 1945</t>
   </si>
   <si>
     <t>0233957000</t>
   </si>
   <si>
-    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
-[...1 lines deleted...]
-  <si>
     <t>500000468</t>
   </si>
   <si>
     <t>HAD DU CH DE VIRE SITE DE MORTAIN</t>
   </si>
   <si>
     <t>21/01/2025 10:16:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1623_FicheEtablissement/fr/had-du-ch-de-vire-site-de-mortain</t>
   </si>
   <si>
     <t>1623_FicheEtablissement</t>
   </si>
   <si>
     <t>0231674747</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>500021274</t>
   </si>
   <si>
     <t>ECALGRAIN - GÉRONTOPSY</t>
@@ -4185,50 +4239,68 @@
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins de longue durée, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>500000450</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE COUTANCES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1612_FicheEtablissement/fr/centre-hospitalier-de-coutances</t>
   </si>
   <si>
     <t>1612_FicheEtablissement</t>
   </si>
   <si>
     <t>50208 COUTANCES</t>
   </si>
   <si>
     <t>0233474000</t>
   </si>
   <si>
     <t>Médecine, Soins de longue durée, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>500000591</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE DE LA MANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7769_FicheEtablissement/fr/hopital-prive-de-la-manche</t>
+  </si>
+  <si>
+    <t>7769_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Rue General Koenig</t>
+  </si>
+  <si>
+    <t>0233067878</t>
+  </si>
+  <si>
+    <t>500026307</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -4453,1180 +4525,1180 @@
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q4" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R4" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="Q5" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
       <c r="Q8" t="s">
         <v>30</v>
       </c>
       <c r="R8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="H9" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H10" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10" t="s">
         <v>29</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H11" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="L11" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="Q11" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>97</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>98</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>99</v>
       </c>
       <c r="H12" t="s">
         <v>100</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>101</v>
       </c>
       <c r="L12" t="s">
         <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
         <v>103</v>
       </c>
       <c r="O12" t="s">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="Q12" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="R12" t="s">
-        <v>42</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="L13" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="O13" t="s">
-        <v>93</v>
+        <v>50</v>
       </c>
       <c r="P13" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="Q13" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="R13" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H14" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="L14" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="Q14" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="R14" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>122</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="Q15" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="R15" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H16" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
+        <v>136</v>
+      </c>
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>128</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q16" t="s">
         <v>131</v>
       </c>
-      <c r="L16" t="s">
+      <c r="R16" t="s">
         <v>132</v>
-      </c>
-[...16 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>138</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>139</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>140</v>
       </c>
       <c r="H17" t="s">
         <v>141</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>142</v>
       </c>
       <c r="L17" t="s">
         <v>143</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="Q17" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="R17" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H18" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="L18" t="s">
-        <v>62</v>
+        <v>154</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="Q18" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="R18" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="H19" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="L19" t="s">
+        <v>73</v>
+      </c>
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
+        <v>144</v>
+      </c>
+      <c r="O19" t="s">
         <v>155</v>
       </c>
-      <c r="M19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="Q19" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="R19" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H20" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="L20" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>56</v>
+        <v>144</v>
       </c>
       <c r="O20" t="s">
-        <v>93</v>
+        <v>155</v>
       </c>
       <c r="P20" t="s">
-        <v>94</v>
+        <v>146</v>
       </c>
       <c r="Q20" t="s">
-        <v>95</v>
+        <v>147</v>
       </c>
       <c r="R20" t="s">
-        <v>96</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="H21" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="L21" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>167</v>
+        <v>67</v>
       </c>
       <c r="O21" t="s">
-        <v>168</v>
+        <v>104</v>
       </c>
       <c r="P21" t="s">
-        <v>169</v>
+        <v>105</v>
       </c>
       <c r="Q21" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="R21" t="s">
-        <v>170</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H22" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="L22" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="O22" t="s">
-        <v>93</v>
+        <v>179</v>
       </c>
       <c r="P22" t="s">
-        <v>94</v>
+        <v>180</v>
       </c>
       <c r="Q22" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="R22" t="s">
-        <v>96</v>
+        <v>181</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="H23" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="L23" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="O23" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="P23" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="Q23" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="R23" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="H24" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="L24" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="O24" t="s">
-        <v>192</v>
+        <v>104</v>
       </c>
       <c r="P24" t="s">
-        <v>193</v>
+        <v>105</v>
       </c>
       <c r="Q24" t="s">
-        <v>194</v>
+        <v>106</v>
       </c>
       <c r="R24" t="s">
-        <v>195</v>
+        <v>107</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>196</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>197</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>198</v>
       </c>
       <c r="H25" t="s">
@@ -5685,9445 +5757,9607 @@
       <c r="G26" t="s">
         <v>209</v>
       </c>
       <c r="H26" t="s">
         <v>210</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>211</v>
       </c>
       <c r="L26" t="s">
         <v>212</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
         <v>213</v>
       </c>
       <c r="O26" t="s">
-        <v>93</v>
+        <v>214</v>
       </c>
       <c r="P26" t="s">
-        <v>94</v>
+        <v>215</v>
       </c>
       <c r="Q26" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="R26" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="H27" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="L27" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="O27" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="P27" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="Q27" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="R27" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H28" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="L28" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="O28" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="P28" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="Q28" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="R28" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H29" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="L29" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>233</v>
+        <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>234</v>
+        <v>28</v>
       </c>
       <c r="P29" t="s">
-        <v>235</v>
+        <v>29</v>
       </c>
       <c r="Q29" t="s">
-        <v>236</v>
+        <v>30</v>
       </c>
       <c r="R29" t="s">
-        <v>237</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>238</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
         <v>239</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>240</v>
       </c>
       <c r="H30" t="s">
         <v>241</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>242</v>
       </c>
       <c r="L30" t="s">
         <v>243</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
+        <v>231</v>
+      </c>
+      <c r="O30" t="s">
         <v>244</v>
       </c>
-      <c r="O30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P30" t="s">
-        <v>94</v>
+        <v>245</v>
       </c>
       <c r="Q30" t="s">
-        <v>95</v>
+        <v>246</v>
       </c>
       <c r="R30" t="s">
-        <v>96</v>
+        <v>247</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H31" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="L31" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="O31" t="s">
-        <v>252</v>
+        <v>104</v>
       </c>
       <c r="P31" t="s">
-        <v>253</v>
+        <v>105</v>
       </c>
       <c r="Q31" t="s">
-        <v>254</v>
+        <v>106</v>
       </c>
       <c r="R31" t="s">
-        <v>255</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>255</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
         <v>256</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>257</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>259</v>
+      </c>
+      <c r="L32" t="s">
         <v>260</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" t="s">
+        <v>20</v>
+      </c>
+      <c r="N32" t="s">
         <v>261</v>
       </c>
-      <c r="M32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O32" t="s">
-        <v>28</v>
+        <v>262</v>
       </c>
       <c r="P32" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
       <c r="Q32" t="s">
-        <v>30</v>
+        <v>264</v>
       </c>
       <c r="R32" t="s">
-        <v>31</v>
+        <v>265</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="H33" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="L33" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>268</v>
+        <v>231</v>
       </c>
       <c r="O33" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="P33" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="Q33" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="R33" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="H34" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="L34" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34" t="s">
         <v>29</v>
       </c>
       <c r="Q34" t="s">
         <v>30</v>
       </c>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="H35" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L35" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="O35" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="P35" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="Q35" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="R35" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H36" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="L36" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="O36" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="P36" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="Q36" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="R36" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="H37" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L37" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="O37" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="P37" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="Q37" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="R37" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="H38" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="L38" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="O38" t="s">
-        <v>252</v>
+        <v>104</v>
       </c>
       <c r="P38" t="s">
-        <v>253</v>
+        <v>105</v>
       </c>
       <c r="Q38" t="s">
-        <v>254</v>
+        <v>106</v>
       </c>
       <c r="R38" t="s">
-        <v>255</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P126"/>
+  <dimension ref="A1:P128"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="J1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="K1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="L1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="M1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="N1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="O1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="P1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="H2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="I2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="J2" t="s">
-        <v>320</v>
+        <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>41</v>
+        <v>323</v>
       </c>
       <c r="L2" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M2" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N2" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="P2" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>331</v>
+      </c>
+      <c r="H3" t="s">
+        <v>332</v>
+      </c>
+      <c r="I3" t="s">
+        <v>333</v>
+      </c>
+      <c r="J3" t="s">
+        <v>334</v>
+      </c>
+      <c r="K3" t="s">
+        <v>335</v>
+      </c>
+      <c r="L3" t="s">
+        <v>324</v>
+      </c>
+      <c r="M3" t="s">
+        <v>336</v>
+      </c>
+      <c r="N3" t="s">
         <v>326</v>
       </c>
-      <c r="C3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="P3" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B4" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
+        <v>341</v>
+      </c>
+      <c r="H4" t="s">
+        <v>342</v>
+      </c>
+      <c r="I4" t="s">
+        <v>343</v>
+      </c>
+      <c r="J4" t="s">
+        <v>344</v>
+      </c>
+      <c r="K4" t="s">
+        <v>52</v>
+      </c>
+      <c r="L4" t="s">
+        <v>324</v>
+      </c>
+      <c r="M4" t="s">
         <v>336</v>
       </c>
-      <c r="H4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="O4" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="P4" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
+        <v>350</v>
+      </c>
+      <c r="H5" t="s">
+        <v>351</v>
+      </c>
+      <c r="I5" t="s">
+        <v>352</v>
+      </c>
+      <c r="J5" t="s">
         <v>344</v>
       </c>
-      <c r="H5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>348</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M5" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N5" t="s">
-        <v>323</v>
+        <v>353</v>
       </c>
       <c r="O5" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="P5" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B6" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="H6" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="I6" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="J6" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="K6" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M6" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N6" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="O6" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="P6" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B7" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="H7" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="I7" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="J7" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="K7" t="s">
-        <v>41</v>
+        <v>370</v>
       </c>
       <c r="L7" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M7" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N7" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="O7" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="P7" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B8" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="H8" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="I8" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="J8" t="s">
-        <v>320</v>
+        <v>378</v>
       </c>
       <c r="K8" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M8" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N8" t="s">
-        <v>331</v>
+        <v>379</v>
       </c>
       <c r="O8" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="P8" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B9" t="s">
+        <v>382</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>374</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="H9" t="s">
+        <v>384</v>
+      </c>
+      <c r="I9" t="s">
         <v>377</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>378</v>
       </c>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>379</v>
+        <v>52</v>
       </c>
       <c r="L9" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M9" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N9" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="O9" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="P9" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B10" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H10" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="I10" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="J10" t="s">
-        <v>388</v>
+        <v>344</v>
       </c>
       <c r="K10" t="s">
-        <v>389</v>
+        <v>52</v>
       </c>
       <c r="L10" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M10" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N10" t="s">
-        <v>380</v>
+        <v>353</v>
       </c>
       <c r="O10" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="P10" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B11" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="H11" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="I11" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="J11" t="s">
-        <v>320</v>
+        <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>41</v>
+        <v>400</v>
       </c>
       <c r="L11" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M11" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N11" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="O11" t="s">
-        <v>396</v>
+        <v>327</v>
       </c>
       <c r="P11" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B12" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="H12" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="I12" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="J12" t="s">
-        <v>20</v>
+        <v>407</v>
       </c>
       <c r="K12" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="L12" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M12" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N12" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O12" t="s">
-        <v>404</v>
+        <v>327</v>
       </c>
       <c r="P12" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B13" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="H13" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="I13" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="J13" t="s">
-        <v>20</v>
+        <v>344</v>
       </c>
       <c r="K13" t="s">
-        <v>411</v>
+        <v>52</v>
       </c>
       <c r="L13" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M13" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N13" t="s">
-        <v>380</v>
+        <v>353</v>
       </c>
       <c r="O13" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="P13" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B14" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="H14" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="J14" t="s">
-        <v>419</v>
+        <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="L14" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M14" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N14" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O14" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="P14" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B15" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="H15" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="I15" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="J15" t="s">
-        <v>427</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="L15" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M15" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N15" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O15" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P15" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B16" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H16" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="I16" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>437</v>
       </c>
       <c r="K16" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="L16" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M16" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N16" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O16" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P16" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B17" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H17" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="I17" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="J17" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="K17" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L17" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M17" t="s">
-        <v>444</v>
+        <v>325</v>
       </c>
       <c r="N17" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O17" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B18" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="H18" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="I18" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="J18" t="s">
-        <v>451</v>
+        <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="L18" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M18" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N18" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="O18" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="P18" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B19" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H19" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="I19" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J19" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="K19" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="L19" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M19" t="s">
-        <v>322</v>
+        <v>462</v>
       </c>
       <c r="N19" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O19" t="s">
-        <v>460</v>
+        <v>337</v>
       </c>
       <c r="P19" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B20" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="H20" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="I20" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="J20" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="K20" t="s">
-        <v>452</v>
+        <v>470</v>
       </c>
       <c r="L20" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M20" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N20" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="O20" t="s">
-        <v>465</v>
+        <v>363</v>
       </c>
       <c r="P20" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B21" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>455</v>
+        <v>473</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="H21" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="I21" t="s">
+        <v>476</v>
+      </c>
+      <c r="J21" t="s">
+        <v>477</v>
+      </c>
+      <c r="K21" t="s">
         <v>470</v>
       </c>
-      <c r="J21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M21" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N21" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O21" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="P21" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B22" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
+        <v>481</v>
+      </c>
+      <c r="H22" t="s">
+        <v>482</v>
+      </c>
+      <c r="I22" t="s">
         <v>476</v>
       </c>
-      <c r="H22" t="s">
+      <c r="J22" t="s">
         <v>477</v>
       </c>
-      <c r="I22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="L22" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M22" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N22" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O22" t="s">
-        <v>465</v>
+        <v>483</v>
       </c>
       <c r="P22" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B23" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="H23" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="I23" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="J23" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="K23" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="L23" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M23" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N23" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O23" t="s">
-        <v>324</v>
+        <v>490</v>
       </c>
       <c r="P23" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B24" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="H24" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="I24" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="K24" t="s">
-        <v>30</v>
+        <v>498</v>
       </c>
       <c r="L24" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M24" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N24" t="s">
-        <v>492</v>
+        <v>345</v>
       </c>
       <c r="O24" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="P24" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B25" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="H25" t="s">
+        <v>502</v>
+      </c>
+      <c r="I25" t="s">
+        <v>503</v>
+      </c>
+      <c r="J25" t="s">
         <v>497</v>
       </c>
-      <c r="I25" t="s">
+      <c r="K25" t="s">
         <v>498</v>
       </c>
-      <c r="J25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L25" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M25" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N25" t="s">
-        <v>492</v>
+        <v>345</v>
       </c>
       <c r="O25" t="s">
-        <v>499</v>
+        <v>346</v>
       </c>
       <c r="P25" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B26" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="H26" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="I26" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="J26" t="s">
-        <v>506</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="L26" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M26" t="s">
-        <v>444</v>
+        <v>336</v>
       </c>
       <c r="N26" t="s">
-        <v>380</v>
+        <v>510</v>
       </c>
       <c r="O26" t="s">
-        <v>412</v>
+        <v>511</v>
       </c>
       <c r="P26" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B27" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
+        <v>506</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>514</v>
+      </c>
+      <c r="H27" t="s">
+        <v>515</v>
+      </c>
+      <c r="I27" t="s">
+        <v>516</v>
+      </c>
+      <c r="J27" t="s">
         <v>509</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="K27" t="s">
+        <v>30</v>
+      </c>
+      <c r="L27" t="s">
+        <v>324</v>
+      </c>
+      <c r="M27" t="s">
+        <v>336</v>
+      </c>
+      <c r="N27" t="s">
         <v>510</v>
       </c>
-      <c r="H27" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O27" t="s">
-        <v>412</v>
+        <v>517</v>
       </c>
       <c r="P27" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B28" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="H28" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="I28" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="J28" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="K28" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="L28" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M28" t="s">
-        <v>371</v>
+        <v>462</v>
       </c>
       <c r="N28" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O28" t="s">
-        <v>522</v>
+        <v>337</v>
       </c>
       <c r="P28" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B29" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="H29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="I29" t="s">
-        <v>506</v>
+        <v>530</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>531</v>
       </c>
       <c r="K29" t="s">
-        <v>95</v>
+        <v>532</v>
       </c>
       <c r="L29" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M29" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N29" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O29" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P29" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B30" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="H30" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="I30" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="J30" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="K30" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="L30" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M30" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N30" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O30" t="s">
-        <v>412</v>
+        <v>540</v>
       </c>
       <c r="P30" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B31" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>525</v>
+        <v>543</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="H31" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="I31" t="s">
-        <v>538</v>
+        <v>524</v>
       </c>
       <c r="J31" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="L31" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M31" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N31" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O31" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P31" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B32" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="H32" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="I32" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="J32" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="K32" t="s">
-        <v>547</v>
+        <v>106</v>
       </c>
       <c r="L32" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M32" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N32" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O32" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P32" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B33" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="H33" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="I33" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="J33" t="s">
-        <v>427</v>
+        <v>557</v>
       </c>
       <c r="K33" t="s">
-        <v>428</v>
+        <v>106</v>
       </c>
       <c r="L33" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M33" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N33" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O33" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P33" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B34" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="H34" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="I34" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="J34" t="s">
-        <v>20</v>
+        <v>564</v>
       </c>
       <c r="K34" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="L34" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M34" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N34" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O34" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P34" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B35" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="H35" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="I35" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="J35" t="s">
-        <v>471</v>
+        <v>445</v>
       </c>
       <c r="K35" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="L35" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M35" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N35" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O35" t="s">
-        <v>381</v>
+        <v>327</v>
       </c>
       <c r="P35" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B36" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="H36" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="I36" t="s">
-        <v>434</v>
+        <v>577</v>
       </c>
       <c r="J36" t="s">
         <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>435</v>
+        <v>578</v>
       </c>
       <c r="L36" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M36" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N36" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O36" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P36" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B37" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="H37" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="I37" t="s">
-        <v>419</v>
+        <v>584</v>
       </c>
       <c r="J37" t="s">
-        <v>20</v>
+        <v>489</v>
       </c>
       <c r="K37" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="L37" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M37" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N37" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O37" t="s">
-        <v>460</v>
+        <v>327</v>
       </c>
       <c r="P37" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B38" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="H38" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="I38" t="s">
-        <v>582</v>
+        <v>452</v>
       </c>
       <c r="J38" t="s">
-        <v>320</v>
+        <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>41</v>
+        <v>453</v>
       </c>
       <c r="L38" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M38" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N38" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="O38" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="P38" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B39" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="H39" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="I39" t="s">
-        <v>589</v>
+        <v>437</v>
       </c>
       <c r="J39" t="s">
-        <v>590</v>
+        <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>591</v>
+        <v>438</v>
       </c>
       <c r="L39" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M39" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N39" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="O39" t="s">
-        <v>412</v>
+        <v>478</v>
       </c>
       <c r="P39" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B40" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="H40" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="I40" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="J40" t="s">
-        <v>539</v>
+        <v>344</v>
       </c>
       <c r="K40" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="L40" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M40" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N40" t="s">
-        <v>492</v>
+        <v>362</v>
       </c>
       <c r="O40" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="P40" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B41" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="H41" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="I41" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="J41" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="K41" t="s">
-        <v>120</v>
+        <v>609</v>
       </c>
       <c r="L41" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M41" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N41" t="s">
-        <v>492</v>
+        <v>326</v>
       </c>
       <c r="O41" t="s">
-        <v>605</v>
+        <v>337</v>
       </c>
       <c r="P41" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B42" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="H42" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="I42" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="J42" t="s">
-        <v>612</v>
+        <v>557</v>
       </c>
       <c r="K42" t="s">
-        <v>613</v>
+        <v>106</v>
       </c>
       <c r="L42" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M42" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N42" t="s">
-        <v>380</v>
+        <v>510</v>
       </c>
       <c r="O42" t="s">
-        <v>412</v>
+        <v>616</v>
       </c>
       <c r="P42" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B43" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="H43" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="I43" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="J43" t="s">
-        <v>20</v>
+        <v>622</v>
       </c>
       <c r="K43" t="s">
-        <v>620</v>
+        <v>131</v>
       </c>
       <c r="L43" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M43" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N43" t="s">
-        <v>380</v>
+        <v>510</v>
       </c>
       <c r="O43" t="s">
-        <v>381</v>
+        <v>623</v>
       </c>
       <c r="P43" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B44" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="H44" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="I44" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="J44" t="s">
-        <v>539</v>
+        <v>630</v>
       </c>
       <c r="K44" t="s">
-        <v>95</v>
+        <v>631</v>
       </c>
       <c r="L44" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M44" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N44" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O44" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P44" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B45" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="H45" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="I45" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="J45" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="K45" t="s">
-        <v>95</v>
+        <v>638</v>
       </c>
       <c r="L45" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M45" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N45" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O45" t="s">
-        <v>381</v>
+        <v>327</v>
       </c>
       <c r="P45" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B46" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="H46" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="I46" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="J46" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="K46" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="L46" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M46" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N46" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O46" t="s">
-        <v>381</v>
+        <v>327</v>
       </c>
       <c r="P46" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B47" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="H47" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="I47" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="J47" t="s">
-        <v>491</v>
+        <v>557</v>
       </c>
       <c r="K47" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="L47" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M47" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N47" t="s">
-        <v>357</v>
+        <v>326</v>
       </c>
       <c r="O47" t="s">
-        <v>643</v>
+        <v>327</v>
       </c>
       <c r="P47" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B48" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="H48" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="I48" t="s">
-        <v>539</v>
+        <v>654</v>
       </c>
       <c r="J48" t="s">
-        <v>20</v>
+        <v>557</v>
       </c>
       <c r="K48" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="L48" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M48" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N48" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O48" t="s">
-        <v>381</v>
+        <v>327</v>
       </c>
       <c r="P48" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B49" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="H49" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="I49" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="J49" t="s">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="K49" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="L49" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M49" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N49" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="O49" t="s">
-        <v>381</v>
+        <v>661</v>
       </c>
       <c r="P49" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B50" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="H50" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="I50" t="s">
-        <v>659</v>
+        <v>557</v>
       </c>
       <c r="J50" t="s">
-        <v>660</v>
+        <v>20</v>
       </c>
       <c r="K50" t="s">
-        <v>661</v>
+        <v>106</v>
       </c>
       <c r="L50" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M50" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N50" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O50" t="s">
-        <v>412</v>
+        <v>327</v>
       </c>
       <c r="P50" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B51" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
         <v>664</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H51" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I51" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J51" t="s">
-        <v>320</v>
+        <v>539</v>
       </c>
       <c r="K51" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="L51" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M51" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N51" t="s">
-        <v>357</v>
+        <v>326</v>
       </c>
       <c r="O51" t="s">
-        <v>643</v>
+        <v>327</v>
       </c>
       <c r="P51" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B52" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="H52" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="I52" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="J52" t="s">
-        <v>539</v>
+        <v>678</v>
       </c>
       <c r="K52" t="s">
-        <v>95</v>
+        <v>679</v>
       </c>
       <c r="L52" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M52" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N52" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O52" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P52" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B53" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>670</v>
+        <v>682</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="H53" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="I53" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="J53" t="s">
-        <v>679</v>
+        <v>344</v>
       </c>
       <c r="K53" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="L53" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M53" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N53" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="O53" t="s">
-        <v>412</v>
+        <v>661</v>
       </c>
       <c r="P53" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B54" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="H54" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="I54" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="J54" t="s">
-        <v>686</v>
+        <v>557</v>
       </c>
       <c r="K54" t="s">
-        <v>687</v>
+        <v>106</v>
       </c>
       <c r="L54" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M54" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N54" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O54" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P54" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B55" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="H55" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="I55" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="J55" t="s">
-        <v>521</v>
+        <v>697</v>
       </c>
       <c r="K55" t="s">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="L55" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M55" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N55" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O55" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P55" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B56" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="H56" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="I56" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="J56" t="s">
-        <v>20</v>
+        <v>704</v>
       </c>
       <c r="K56" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="L56" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M56" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N56" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O56" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P56" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B57" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="H57" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="I57" t="s">
-        <v>418</v>
+        <v>711</v>
       </c>
       <c r="J57" t="s">
-        <v>419</v>
+        <v>539</v>
       </c>
       <c r="K57" t="s">
-        <v>420</v>
+        <v>106</v>
       </c>
       <c r="L57" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M57" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N57" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O57" t="s">
-        <v>465</v>
+        <v>337</v>
       </c>
       <c r="P57" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B58" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="H58" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="I58" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="J58" t="s">
-        <v>419</v>
+        <v>20</v>
       </c>
       <c r="K58" t="s">
-        <v>420</v>
+        <v>717</v>
       </c>
       <c r="L58" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M58" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N58" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O58" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="P58" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B59" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="H59" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="I59" t="s">
-        <v>715</v>
+        <v>436</v>
       </c>
       <c r="J59" t="s">
-        <v>539</v>
+        <v>437</v>
       </c>
       <c r="K59" t="s">
-        <v>95</v>
+        <v>438</v>
       </c>
       <c r="L59" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M59" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N59" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="O59" t="s">
-        <v>643</v>
+        <v>483</v>
       </c>
       <c r="P59" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B60" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="H60" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="I60" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="J60" t="s">
-        <v>491</v>
+        <v>437</v>
       </c>
       <c r="K60" t="s">
-        <v>30</v>
+        <v>438</v>
       </c>
       <c r="L60" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M60" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N60" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O60" t="s">
-        <v>460</v>
+        <v>371</v>
       </c>
       <c r="P60" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>718</v>
+        <v>730</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="H61" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="I61" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="J61" t="s">
-        <v>491</v>
+        <v>557</v>
       </c>
       <c r="K61" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="L61" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M61" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N61" t="s">
-        <v>323</v>
+        <v>379</v>
       </c>
       <c r="O61" t="s">
-        <v>726</v>
+        <v>661</v>
       </c>
       <c r="P61" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B62" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="H62" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="I62" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="J62" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="K62" t="s">
         <v>30</v>
       </c>
       <c r="L62" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M62" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N62" t="s">
-        <v>492</v>
+        <v>345</v>
       </c>
       <c r="O62" t="s">
-        <v>598</v>
+        <v>478</v>
       </c>
       <c r="P62" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B63" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="H63" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="I63" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="J63" t="s">
-        <v>739</v>
+        <v>509</v>
       </c>
       <c r="K63" t="s">
         <v>30</v>
       </c>
       <c r="L63" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M63" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N63" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="O63" t="s">
-        <v>412</v>
+        <v>744</v>
       </c>
       <c r="P63" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B64" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="H64" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="I64" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="J64" t="s">
-        <v>746</v>
+        <v>509</v>
       </c>
       <c r="K64" t="s">
-        <v>747</v>
+        <v>30</v>
       </c>
       <c r="L64" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M64" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N64" t="s">
-        <v>323</v>
+        <v>510</v>
       </c>
       <c r="O64" t="s">
-        <v>460</v>
+        <v>616</v>
       </c>
       <c r="P64" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B65" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>742</v>
+        <v>753</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="H65" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="I65" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="J65" t="s">
-        <v>533</v>
+        <v>757</v>
       </c>
       <c r="K65" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="L65" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M65" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N65" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O65" t="s">
-        <v>460</v>
+        <v>337</v>
       </c>
       <c r="P65" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B66" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="H66" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="I66" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="J66" t="s">
-        <v>746</v>
+        <v>764</v>
       </c>
       <c r="K66" t="s">
-        <v>747</v>
+        <v>765</v>
       </c>
       <c r="L66" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M66" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N66" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O66" t="s">
-        <v>726</v>
+        <v>478</v>
       </c>
       <c r="P66" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B67" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
         <v>760</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="H67" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="I67" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="J67" t="s">
-        <v>764</v>
+        <v>551</v>
       </c>
       <c r="K67" t="s">
-        <v>765</v>
+        <v>106</v>
       </c>
       <c r="L67" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M67" t="s">
-        <v>444</v>
+        <v>336</v>
       </c>
       <c r="N67" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="O67" t="s">
-        <v>412</v>
+        <v>478</v>
       </c>
       <c r="P67" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B68" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
         <v>760</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="H68" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="I68" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="J68" t="s">
-        <v>20</v>
+        <v>764</v>
       </c>
       <c r="K68" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="L68" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M68" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N68" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="O68" t="s">
-        <v>772</v>
+        <v>744</v>
       </c>
       <c r="P68" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B69" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="H69" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="I69" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="J69" t="s">
-        <v>20</v>
+        <v>782</v>
       </c>
       <c r="K69" t="s">
-        <v>452</v>
+        <v>783</v>
       </c>
       <c r="L69" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M69" t="s">
-        <v>371</v>
+        <v>462</v>
       </c>
       <c r="N69" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O69" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P69" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B70" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="H70" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="I70" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="J70" t="s">
-        <v>785</v>
+        <v>20</v>
       </c>
       <c r="K70" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="L70" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M70" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N70" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="O70" t="s">
-        <v>412</v>
+        <v>790</v>
       </c>
       <c r="P70" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B71" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="H71" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="I71" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="J71" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="K71" t="s">
-        <v>95</v>
+        <v>470</v>
       </c>
       <c r="L71" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M71" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N71" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O71" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P71" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B72" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="H72" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="I72" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="J72" t="s">
-        <v>686</v>
+        <v>803</v>
       </c>
       <c r="K72" t="s">
-        <v>687</v>
+        <v>804</v>
       </c>
       <c r="L72" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M72" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N72" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O72" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P72" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B73" t="s">
+        <v>806</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
         <v>799</v>
       </c>
-      <c r="C73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="H73" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="I73" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="J73" t="s">
-        <v>746</v>
+        <v>557</v>
       </c>
       <c r="K73" t="s">
-        <v>747</v>
+        <v>106</v>
       </c>
       <c r="L73" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M73" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N73" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O73" t="s">
-        <v>412</v>
+        <v>327</v>
       </c>
       <c r="P73" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B74" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="H74" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="I74" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="J74" t="s">
-        <v>810</v>
+        <v>704</v>
       </c>
       <c r="K74" t="s">
-        <v>811</v>
+        <v>705</v>
       </c>
       <c r="L74" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M74" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N74" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O74" t="s">
-        <v>412</v>
+        <v>327</v>
       </c>
       <c r="P74" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B75" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="H75" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="I75" t="s">
-        <v>347</v>
+        <v>821</v>
       </c>
       <c r="J75" t="s">
-        <v>20</v>
+        <v>764</v>
       </c>
       <c r="K75" t="s">
-        <v>348</v>
+        <v>765</v>
       </c>
       <c r="L75" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M75" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N75" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O75" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P75" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B76" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="H76" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="I76" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="J76" t="s">
-        <v>320</v>
+        <v>828</v>
       </c>
       <c r="K76" t="s">
-        <v>41</v>
+        <v>829</v>
       </c>
       <c r="L76" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M76" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N76" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O76" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P76" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>814</v>
+        <v>832</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="H77" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="I77" t="s">
-        <v>347</v>
+        <v>369</v>
       </c>
       <c r="J77" t="s">
         <v>20</v>
       </c>
       <c r="K77" t="s">
-        <v>348</v>
+        <v>370</v>
       </c>
       <c r="L77" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M77" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N77" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O77" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P77" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B78" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>814</v>
+        <v>832</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="H78" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="I78" t="s">
-        <v>347</v>
+        <v>839</v>
       </c>
       <c r="J78" t="s">
-        <v>20</v>
+        <v>344</v>
       </c>
       <c r="K78" t="s">
-        <v>348</v>
+        <v>52</v>
       </c>
       <c r="L78" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M78" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N78" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O78" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P78" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B79" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>814</v>
+        <v>832</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="H79" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="I79" t="s">
-        <v>347</v>
+        <v>369</v>
       </c>
       <c r="J79" t="s">
         <v>20</v>
       </c>
       <c r="K79" t="s">
-        <v>348</v>
+        <v>370</v>
       </c>
       <c r="L79" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M79" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N79" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O79" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P79" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B80" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="H80" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="I80" t="s">
-        <v>839</v>
+        <v>369</v>
       </c>
       <c r="J80" t="s">
-        <v>320</v>
+        <v>20</v>
       </c>
       <c r="K80" t="s">
-        <v>41</v>
+        <v>370</v>
       </c>
       <c r="L80" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M80" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N80" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="O80" t="s">
-        <v>840</v>
+        <v>337</v>
       </c>
       <c r="P80" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="H81" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="I81" t="s">
-        <v>845</v>
+        <v>369</v>
       </c>
       <c r="J81" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="K81" t="s">
-        <v>95</v>
+        <v>370</v>
       </c>
       <c r="L81" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M81" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N81" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="O81" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="P81" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B82" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="H82" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="I82" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="J82" t="s">
-        <v>852</v>
+        <v>344</v>
       </c>
       <c r="K82" t="s">
-        <v>853</v>
+        <v>52</v>
       </c>
       <c r="L82" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M82" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N82" t="s">
-        <v>854</v>
+        <v>362</v>
       </c>
       <c r="O82" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="P82" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B83" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="H83" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="I83" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="J83" t="s">
-        <v>320</v>
+        <v>557</v>
       </c>
       <c r="K83" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="L83" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M83" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N83" t="s">
-        <v>492</v>
+        <v>362</v>
       </c>
       <c r="O83" t="s">
-        <v>493</v>
+        <v>601</v>
       </c>
       <c r="P83" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B84" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="H84" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="I84" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="J84" t="s">
-        <v>320</v>
+        <v>870</v>
       </c>
       <c r="K84" t="s">
-        <v>41</v>
+        <v>871</v>
       </c>
       <c r="L84" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M84" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N84" t="s">
-        <v>323</v>
+        <v>872</v>
       </c>
       <c r="O84" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="P84" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B85" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="H85" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="I85" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="J85" t="s">
-        <v>746</v>
+        <v>344</v>
       </c>
       <c r="K85" t="s">
-        <v>747</v>
+        <v>52</v>
       </c>
       <c r="L85" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M85" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N85" t="s">
-        <v>323</v>
+        <v>510</v>
       </c>
       <c r="O85" t="s">
-        <v>465</v>
+        <v>511</v>
       </c>
       <c r="P85" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B86" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
         <v>876</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="H86" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="I86" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="J86" t="s">
-        <v>539</v>
+        <v>344</v>
       </c>
       <c r="K86" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="L86" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M86" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N86" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O86" t="s">
-        <v>324</v>
+        <v>885</v>
       </c>
       <c r="P86" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B87" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>876</v>
+        <v>888</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="H87" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="I87" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="J87" t="s">
-        <v>539</v>
+        <v>764</v>
       </c>
       <c r="K87" t="s">
-        <v>95</v>
+        <v>765</v>
       </c>
       <c r="L87" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M87" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N87" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O87" t="s">
-        <v>867</v>
+        <v>483</v>
       </c>
       <c r="P87" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B88" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="H88" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="I88" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="J88" t="s">
-        <v>471</v>
+        <v>557</v>
       </c>
       <c r="K88" t="s">
-        <v>452</v>
+        <v>106</v>
       </c>
       <c r="L88" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M88" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N88" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="O88" t="s">
-        <v>890</v>
+        <v>346</v>
       </c>
       <c r="P88" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B89" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="H89" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="I89" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="J89" t="s">
-        <v>471</v>
+        <v>557</v>
       </c>
       <c r="K89" t="s">
-        <v>452</v>
+        <v>106</v>
       </c>
       <c r="L89" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M89" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N89" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="O89" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="P89" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B90" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>886</v>
+        <v>904</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="H90" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="I90" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="J90" t="s">
-        <v>901</v>
+        <v>489</v>
       </c>
       <c r="K90" t="s">
-        <v>902</v>
+        <v>470</v>
       </c>
       <c r="L90" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M90" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N90" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="O90" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="P90" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B91" t="s">
+        <v>910</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
         <v>904</v>
       </c>
-      <c r="C91" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="H91" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="I91" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="J91" t="s">
+        <v>489</v>
+      </c>
+      <c r="K91" t="s">
+        <v>470</v>
+      </c>
+      <c r="L91" t="s">
+        <v>324</v>
+      </c>
+      <c r="M91" t="s">
+        <v>325</v>
+      </c>
+      <c r="N91" t="s">
+        <v>353</v>
+      </c>
+      <c r="O91" t="s">
         <v>908</v>
       </c>
-      <c r="K91" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P91" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B92" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>886</v>
+        <v>904</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="H92" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="I92" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="J92" t="s">
-        <v>785</v>
+        <v>919</v>
       </c>
       <c r="K92" t="s">
-        <v>786</v>
+        <v>920</v>
       </c>
       <c r="L92" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M92" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N92" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="O92" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="P92" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B93" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>917</v>
+        <v>904</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="H93" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="I93" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="J93" t="s">
-        <v>539</v>
+        <v>926</v>
       </c>
       <c r="K93" t="s">
-        <v>95</v>
+        <v>927</v>
       </c>
       <c r="L93" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M93" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N93" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="O93" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="P93" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B94" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>917</v>
+        <v>904</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="H94" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="I94" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="J94" t="s">
-        <v>410</v>
+        <v>803</v>
       </c>
       <c r="K94" t="s">
-        <v>411</v>
+        <v>804</v>
       </c>
       <c r="L94" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M94" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N94" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="O94" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="P94" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B95" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="H95" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="I95" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="J95" t="s">
-        <v>491</v>
+        <v>557</v>
       </c>
       <c r="K95" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="L95" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M95" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N95" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="O95" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="P95" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B96" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="H96" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="I96" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="J96" t="s">
-        <v>20</v>
+        <v>429</v>
       </c>
       <c r="K96" t="s">
-        <v>937</v>
+        <v>430</v>
       </c>
       <c r="L96" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M96" t="s">
-        <v>444</v>
+        <v>325</v>
       </c>
       <c r="N96" t="s">
-        <v>380</v>
+        <v>353</v>
       </c>
       <c r="O96" t="s">
-        <v>412</v>
+        <v>908</v>
       </c>
       <c r="P96" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B97" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="H97" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="I97" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="J97" t="s">
-        <v>20</v>
+        <v>509</v>
       </c>
       <c r="K97" t="s">
-        <v>943</v>
+        <v>30</v>
       </c>
       <c r="L97" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M97" t="s">
-        <v>444</v>
+        <v>325</v>
       </c>
       <c r="N97" t="s">
-        <v>380</v>
+        <v>353</v>
       </c>
       <c r="O97" t="s">
-        <v>412</v>
+        <v>908</v>
       </c>
       <c r="P97" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B98" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="H98" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="I98" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="J98" t="s">
-        <v>471</v>
+        <v>20</v>
       </c>
       <c r="K98" t="s">
-        <v>452</v>
+        <v>955</v>
       </c>
       <c r="L98" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M98" t="s">
-        <v>444</v>
+        <v>462</v>
       </c>
       <c r="N98" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O98" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P98" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B99" t="s">
+        <v>957</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
         <v>951</v>
       </c>
-      <c r="C99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="H99" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="I99" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="J99" t="s">
-        <v>956</v>
+        <v>20</v>
       </c>
       <c r="K99" t="s">
-        <v>41</v>
+        <v>961</v>
       </c>
       <c r="L99" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M99" t="s">
-        <v>371</v>
+        <v>462</v>
       </c>
       <c r="N99" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="O99" t="s">
-        <v>890</v>
+        <v>337</v>
       </c>
       <c r="P99" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B100" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="H100" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="I100" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="J100" t="s">
-        <v>347</v>
+        <v>489</v>
       </c>
       <c r="K100" t="s">
-        <v>348</v>
+        <v>470</v>
       </c>
       <c r="L100" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M100" t="s">
-        <v>371</v>
+        <v>462</v>
       </c>
       <c r="N100" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="O100" t="s">
-        <v>890</v>
+        <v>337</v>
       </c>
       <c r="P100" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B101" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="H101" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="I101" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="J101" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="K101" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="L101" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M101" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N101" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="O101" t="s">
-        <v>364</v>
+        <v>908</v>
       </c>
       <c r="P101" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B102" t="s">
+        <v>976</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
         <v>970</v>
       </c>
-      <c r="C102" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="H102" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="I102" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="J102" t="s">
-        <v>546</v>
+        <v>369</v>
       </c>
       <c r="K102" t="s">
-        <v>547</v>
+        <v>370</v>
       </c>
       <c r="L102" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M102" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N102" t="s">
-        <v>323</v>
+        <v>353</v>
       </c>
       <c r="O102" t="s">
-        <v>975</v>
+        <v>908</v>
       </c>
       <c r="P102" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B103" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="H103" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="I103" t="s">
-        <v>559</v>
+        <v>985</v>
       </c>
       <c r="J103" t="s">
-        <v>20</v>
+        <v>986</v>
       </c>
       <c r="K103" t="s">
-        <v>560</v>
+        <v>52</v>
       </c>
       <c r="L103" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M103" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N103" t="s">
-        <v>323</v>
+        <v>385</v>
       </c>
       <c r="O103" t="s">
-        <v>349</v>
+        <v>386</v>
       </c>
       <c r="P103" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B104" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="H104" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="I104" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="J104" t="s">
-        <v>986</v>
+        <v>564</v>
       </c>
       <c r="K104" t="s">
-        <v>987</v>
+        <v>565</v>
       </c>
       <c r="L104" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M104" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N104" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="O104" t="s">
-        <v>349</v>
+        <v>993</v>
       </c>
       <c r="P104" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B105" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>978</v>
+        <v>996</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="H105" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="I105" t="s">
-        <v>992</v>
+        <v>577</v>
       </c>
       <c r="J105" t="s">
-        <v>491</v>
+        <v>20</v>
       </c>
       <c r="K105" t="s">
-        <v>30</v>
+        <v>578</v>
       </c>
       <c r="L105" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M105" t="s">
+        <v>325</v>
+      </c>
+      <c r="N105" t="s">
+        <v>345</v>
+      </c>
+      <c r="O105" t="s">
         <v>371</v>
       </c>
-      <c r="N105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P105" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B106" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="H106" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="I106" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="J106" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="K106" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="L106" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M106" t="s">
-        <v>444</v>
+        <v>325</v>
       </c>
       <c r="N106" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="O106" t="s">
-        <v>412</v>
+        <v>371</v>
       </c>
       <c r="P106" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B107" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="H107" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="I107" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="J107" t="s">
-        <v>956</v>
+        <v>509</v>
       </c>
       <c r="K107" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L107" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M107" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N107" t="s">
-        <v>340</v>
+        <v>362</v>
       </c>
       <c r="O107" t="s">
-        <v>1007</v>
+        <v>858</v>
       </c>
       <c r="P107" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B108" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="H108" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="I108" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="J108" t="s">
-        <v>320</v>
+        <v>1017</v>
       </c>
       <c r="K108" t="s">
-        <v>41</v>
+        <v>1018</v>
       </c>
       <c r="L108" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M108" t="s">
-        <v>322</v>
+        <v>462</v>
       </c>
       <c r="N108" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="O108" t="s">
-        <v>840</v>
+        <v>337</v>
       </c>
       <c r="P108" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B109" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1003</v>
+        <v>1021</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="H109" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="I109" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="J109" t="s">
-        <v>410</v>
+        <v>974</v>
       </c>
       <c r="K109" t="s">
-        <v>411</v>
+        <v>52</v>
       </c>
       <c r="L109" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M109" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N109" t="s">
-        <v>340</v>
+        <v>362</v>
       </c>
       <c r="O109" t="s">
-        <v>1007</v>
+        <v>1025</v>
       </c>
       <c r="P109" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B110" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="H110" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="I110" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="J110" t="s">
-        <v>378</v>
+        <v>344</v>
       </c>
       <c r="K110" t="s">
-        <v>379</v>
+        <v>52</v>
       </c>
       <c r="L110" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M110" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N110" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="O110" t="s">
-        <v>726</v>
+        <v>858</v>
       </c>
       <c r="P110" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B111" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1035</v>
+      </c>
+      <c r="J111" t="s">
+        <v>429</v>
+      </c>
+      <c r="K111" t="s">
+        <v>430</v>
+      </c>
+      <c r="L111" t="s">
+        <v>324</v>
+      </c>
+      <c r="M111" t="s">
+        <v>336</v>
+      </c>
+      <c r="N111" t="s">
+        <v>362</v>
+      </c>
+      <c r="O111" t="s">
         <v>1025</v>
       </c>
-      <c r="C111" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P111" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B112" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="H112" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="I112" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="J112" t="s">
-        <v>320</v>
+        <v>399</v>
       </c>
       <c r="K112" t="s">
-        <v>41</v>
+        <v>400</v>
       </c>
       <c r="L112" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M112" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N112" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="O112" t="s">
-        <v>412</v>
+        <v>744</v>
       </c>
       <c r="P112" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B113" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="H113" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="I113" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="J113" t="s">
-        <v>1040</v>
+        <v>399</v>
       </c>
       <c r="K113" t="s">
-        <v>1041</v>
+        <v>400</v>
       </c>
       <c r="L113" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M113" t="s">
-        <v>371</v>
+        <v>336</v>
       </c>
       <c r="N113" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="O113" t="s">
-        <v>412</v>
+        <v>478</v>
       </c>
       <c r="P113" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B114" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="H114" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="I114" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="J114" t="s">
-        <v>764</v>
+        <v>344</v>
       </c>
       <c r="K114" t="s">
-        <v>765</v>
+        <v>52</v>
       </c>
       <c r="L114" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M114" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N114" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O114" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P114" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B115" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="H115" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="I115" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="J115" t="s">
-        <v>378</v>
+        <v>1058</v>
       </c>
       <c r="K115" t="s">
-        <v>379</v>
+        <v>1059</v>
       </c>
       <c r="L115" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M115" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N115" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O115" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P115" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B116" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="H116" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="I116" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="J116" t="s">
-        <v>20</v>
+        <v>782</v>
       </c>
       <c r="K116" t="s">
-        <v>1060</v>
+        <v>783</v>
       </c>
       <c r="L116" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M116" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N116" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O116" t="s">
-        <v>412</v>
+        <v>327</v>
       </c>
       <c r="P116" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B117" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="H117" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="I117" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="J117" t="s">
-        <v>471</v>
+        <v>399</v>
       </c>
       <c r="K117" t="s">
-        <v>452</v>
+        <v>400</v>
       </c>
       <c r="L117" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M117" t="s">
-        <v>444</v>
+        <v>325</v>
       </c>
       <c r="N117" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O117" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
       <c r="P117" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B118" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="H118" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="I118" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="J118" t="s">
-        <v>1072</v>
+        <v>20</v>
       </c>
       <c r="K118" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="L118" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M118" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="N118" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O118" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P118" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B119" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="H119" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="I119" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="J119" t="s">
-        <v>1080</v>
+        <v>489</v>
       </c>
       <c r="K119" t="s">
-        <v>1081</v>
+        <v>470</v>
       </c>
       <c r="L119" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M119" t="s">
-        <v>371</v>
+        <v>462</v>
       </c>
       <c r="N119" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="O119" t="s">
-        <v>381</v>
+        <v>337</v>
       </c>
       <c r="P119" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B120" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="H120" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="I120" t="s">
-        <v>597</v>
+        <v>1089</v>
       </c>
       <c r="J120" t="s">
-        <v>539</v>
+        <v>1090</v>
       </c>
       <c r="K120" t="s">
-        <v>95</v>
+        <v>1091</v>
       </c>
       <c r="L120" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M120" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N120" t="s">
-        <v>357</v>
+        <v>326</v>
       </c>
       <c r="O120" t="s">
-        <v>1087</v>
+        <v>327</v>
       </c>
       <c r="P120" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B121" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="H121" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="I121" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="J121" t="s">
-        <v>491</v>
+        <v>1098</v>
       </c>
       <c r="K121" t="s">
-        <v>30</v>
+        <v>1099</v>
       </c>
       <c r="L121" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M121" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N121" t="s">
-        <v>1094</v>
+        <v>326</v>
       </c>
       <c r="O121" t="s">
-        <v>1095</v>
+        <v>327</v>
       </c>
       <c r="P121" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B122" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="H122" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="I122" t="s">
-        <v>1100</v>
+        <v>615</v>
       </c>
       <c r="J122" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="K122" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="L122" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M122" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N122" t="s">
-        <v>340</v>
+        <v>379</v>
       </c>
       <c r="O122" t="s">
-        <v>1007</v>
+        <v>1105</v>
       </c>
       <c r="P122" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B123" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1090</v>
+        <v>1108</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="H123" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="I123" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="J123" t="s">
-        <v>1106</v>
+        <v>509</v>
       </c>
       <c r="K123" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L123" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M123" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N123" t="s">
-        <v>1094</v>
+        <v>1112</v>
       </c>
       <c r="O123" t="s">
-        <v>1095</v>
+        <v>1113</v>
       </c>
       <c r="P123" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B124" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
         <v>1108</v>
       </c>
-      <c r="C124" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="H124" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="I124" t="s">
-        <v>410</v>
+        <v>1118</v>
       </c>
       <c r="J124" t="s">
-        <v>20</v>
+        <v>557</v>
       </c>
       <c r="K124" t="s">
-        <v>411</v>
+        <v>106</v>
       </c>
       <c r="L124" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M124" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N124" t="s">
-        <v>380</v>
+        <v>362</v>
       </c>
       <c r="O124" t="s">
-        <v>381</v>
+        <v>1025</v>
       </c>
       <c r="P124" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B125" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1123</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1124</v>
+      </c>
+      <c r="K125" t="s">
+        <v>52</v>
+      </c>
+      <c r="L125" t="s">
+        <v>324</v>
+      </c>
+      <c r="M125" t="s">
+        <v>336</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1112</v>
+      </c>
+      <c r="O125" t="s">
         <v>1113</v>
       </c>
-      <c r="C125" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P125" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B126" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="H126" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="I126" t="s">
-        <v>1100</v>
+        <v>429</v>
       </c>
       <c r="J126" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="K126" t="s">
-        <v>95</v>
+        <v>430</v>
       </c>
       <c r="L126" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M126" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="N126" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="O126" t="s">
-        <v>840</v>
+        <v>327</v>
       </c>
       <c r="P126" t="s">
-        <v>1124</v>
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>317</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1135</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L127" t="s">
+        <v>324</v>
+      </c>
+      <c r="M127" t="s">
+        <v>336</v>
+      </c>
+      <c r="N127" t="s">
+        <v>326</v>
+      </c>
+      <c r="O127" t="s">
+        <v>327</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>317</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1118</v>
+      </c>
+      <c r="J128" t="s">
+        <v>557</v>
+      </c>
+      <c r="K128" t="s">
+        <v>106</v>
+      </c>
+      <c r="L128" t="s">
+        <v>324</v>
+      </c>
+      <c r="M128" t="s">
+        <v>336</v>
+      </c>
+      <c r="N128" t="s">
+        <v>362</v>
+      </c>
+      <c r="O128" t="s">
+        <v>858</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="L1" t="s">
-        <v>1126</v>
+        <v>1144</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1127</v>
+        <v>1145</v>
       </c>
       <c r="B2" t="s">
-        <v>1128</v>
+        <v>1146</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1129</v>
+        <v>1147</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1130</v>
+        <v>1148</v>
       </c>
       <c r="H2" t="s">
-        <v>1131</v>
+        <v>1149</v>
       </c>
       <c r="I2" t="s">
-        <v>1132</v>
+        <v>1150</v>
       </c>
       <c r="J2" t="s">
-        <v>1133</v>
+        <v>1151</v>
       </c>
       <c r="K2" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>1134</v>
+        <v>1152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T37"/>
+  <dimension ref="A1:T38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1135</v>
+        <v>1153</v>
       </c>
       <c r="J1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="K1" t="s">
-        <v>1136</v>
+        <v>1154</v>
       </c>
       <c r="L1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="M1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="N1" t="s">
-        <v>1137</v>
+        <v>1155</v>
       </c>
       <c r="O1" t="s">
-        <v>1138</v>
+        <v>1156</v>
       </c>
       <c r="P1" t="s">
-        <v>1139</v>
+        <v>1157</v>
       </c>
       <c r="Q1" t="s">
-        <v>1140</v>
+        <v>1158</v>
       </c>
       <c r="R1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="S1" t="s">
-        <v>1141</v>
+        <v>1159</v>
       </c>
       <c r="T1" t="s">
-        <v>1142</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B2" t="s">
-        <v>1144</v>
+        <v>1162</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1146</v>
+        <v>1164</v>
       </c>
       <c r="H2" t="s">
-        <v>1147</v>
+        <v>1165</v>
       </c>
       <c r="I2" t="s">
-        <v>1148</v>
+        <v>1166</v>
       </c>
       <c r="J2" t="s">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="K2" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N2" t="s">
-        <v>1149</v>
+        <v>1167</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q2" t="s">
-        <v>1151</v>
+        <v>1169</v>
       </c>
       <c r="R2" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S2" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="T2" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B3" t="s">
-        <v>1153</v>
+        <v>1171</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1154</v>
+        <v>1172</v>
       </c>
       <c r="H3" t="s">
-        <v>1155</v>
+        <v>1173</v>
       </c>
       <c r="I3" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J3" t="s">
-        <v>1157</v>
+        <v>1175</v>
       </c>
       <c r="K3" t="s">
-        <v>778</v>
+        <v>796</v>
       </c>
       <c r="L3" t="s">
-        <v>452</v>
+        <v>470</v>
       </c>
       <c r="M3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N3" t="s">
-        <v>1158</v>
+        <v>1176</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q3" t="s">
-        <v>1159</v>
+        <v>1177</v>
       </c>
       <c r="R3" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S3" t="s">
-        <v>1160</v>
+        <v>1178</v>
       </c>
       <c r="T3" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B4" t="s">
-        <v>1161</v>
+        <v>1179</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1162</v>
+        <v>1180</v>
       </c>
       <c r="H4" t="s">
-        <v>1163</v>
+        <v>1181</v>
       </c>
       <c r="I4" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J4" t="s">
-        <v>1164</v>
+        <v>1182</v>
       </c>
       <c r="K4" t="s">
-        <v>770</v>
+        <v>788</v>
       </c>
       <c r="L4" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
       <c r="M4" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N4" t="s">
-        <v>1165</v>
+        <v>1183</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q4" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R4" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S4" t="s">
-        <v>1167</v>
+        <v>1185</v>
       </c>
       <c r="T4" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J5" t="s">
+        <v>436</v>
+      </c>
+      <c r="K5" t="s">
+        <v>437</v>
+      </c>
+      <c r="L5" t="s">
+        <v>438</v>
+      </c>
+      <c r="M5" t="s">
+        <v>324</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
         <v>1168</v>
       </c>
-      <c r="C5" t="s">
-[...14 lines deleted...]
-      <c r="H5" t="s">
+      <c r="Q5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="R5" t="s">
+        <v>325</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="T5" t="s">
         <v>1170</v>
-      </c>
-[...34 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B6" t="s">
-        <v>1173</v>
+        <v>1191</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I6" t="s">
         <v>1174</v>
       </c>
-      <c r="H6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>410</v>
+        <v>429</v>
       </c>
       <c r="L6" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
       <c r="M6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N6" t="s">
-        <v>1176</v>
+        <v>1194</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q6" t="s">
-        <v>1177</v>
+        <v>1195</v>
       </c>
       <c r="R6" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S6" t="s">
-        <v>1178</v>
+        <v>1196</v>
       </c>
       <c r="T6" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B7" t="s">
-        <v>1179</v>
+        <v>1197</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1180</v>
+        <v>1198</v>
       </c>
       <c r="H7" t="s">
-        <v>1181</v>
+        <v>1199</v>
       </c>
       <c r="I7" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J7" t="s">
-        <v>784</v>
+        <v>802</v>
       </c>
       <c r="K7" t="s">
-        <v>785</v>
+        <v>803</v>
       </c>
       <c r="L7" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
       <c r="M7" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N7" t="s">
-        <v>1182</v>
+        <v>1200</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q7" t="s">
-        <v>1177</v>
+        <v>1201</v>
       </c>
       <c r="R7" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S7" t="s">
-        <v>1183</v>
+        <v>1202</v>
       </c>
       <c r="T7" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B8" t="s">
-        <v>1184</v>
+        <v>1203</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1145</v>
+        <v>1163</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1185</v>
+        <v>1204</v>
       </c>
       <c r="H8" t="s">
-        <v>1186</v>
+        <v>1205</v>
       </c>
       <c r="I8" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J8" t="s">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="K8" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N8" t="s">
-        <v>1149</v>
+        <v>1167</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="Q8" t="s">
-        <v>1188</v>
+        <v>1207</v>
       </c>
       <c r="R8" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S8" t="s">
-        <v>1189</v>
+        <v>1208</v>
       </c>
       <c r="T8" t="s">
-        <v>1152</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B9" t="s">
-        <v>1190</v>
+        <v>1209</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1191</v>
+        <v>1210</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1192</v>
+        <v>1211</v>
       </c>
       <c r="H9" t="s">
-        <v>1193</v>
+        <v>1212</v>
       </c>
       <c r="I9" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>1194</v>
+        <v>1213</v>
       </c>
       <c r="L9" t="s">
-        <v>1195</v>
+        <v>1214</v>
       </c>
       <c r="M9" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N9" t="s">
-        <v>1196</v>
+        <v>1215</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="Q9" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R9" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="S9" t="s">
-        <v>1198</v>
+        <v>1217</v>
       </c>
       <c r="T9" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B10" t="s">
-        <v>1200</v>
+        <v>1218</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1201</v>
+        <v>1219</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1202</v>
+        <v>1220</v>
       </c>
       <c r="H10" t="s">
-        <v>1203</v>
+        <v>1221</v>
       </c>
       <c r="I10" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J10" t="s">
-        <v>1204</v>
+        <v>1222</v>
       </c>
       <c r="K10" t="s">
-        <v>1106</v>
+        <v>1124</v>
       </c>
       <c r="L10" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="M10" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N10" t="s">
-        <v>1205</v>
+        <v>1223</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q10" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="R10" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S10" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="T10" t="s">
-        <v>1152</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B11" t="s">
-        <v>1208</v>
+        <v>1227</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1201</v>
+        <v>1219</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1209</v>
+        <v>1228</v>
       </c>
       <c r="H11" t="s">
-        <v>1210</v>
+        <v>1229</v>
       </c>
       <c r="I11" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>1211</v>
+        <v>1230</v>
       </c>
       <c r="L11" t="s">
-        <v>1212</v>
+        <v>1231</v>
       </c>
       <c r="M11" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N11" t="s">
-        <v>1213</v>
+        <v>1232</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q11" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="R11" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S11" t="s">
-        <v>1214</v>
+        <v>1233</v>
       </c>
       <c r="T11" t="s">
-        <v>1152</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B12" t="s">
-        <v>1215</v>
+        <v>1234</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1201</v>
+        <v>1219</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1216</v>
+        <v>1235</v>
       </c>
       <c r="H12" t="s">
-        <v>1217</v>
+        <v>1236</v>
       </c>
       <c r="I12" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J12" t="s">
-        <v>1218</v>
+        <v>1237</v>
       </c>
       <c r="K12" t="s">
-        <v>1219</v>
+        <v>1238</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N12" t="s">
-        <v>1220</v>
+        <v>1239</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q12" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R12" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S12" t="s">
-        <v>1221</v>
+        <v>1240</v>
       </c>
       <c r="T12" t="s">
-        <v>1152</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B13" t="s">
-        <v>1222</v>
+        <v>1241</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1201</v>
+        <v>1219</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1223</v>
+        <v>1242</v>
       </c>
       <c r="H13" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>344</v>
+      </c>
+      <c r="L13" t="s">
+        <v>52</v>
+      </c>
+      <c r="M13" t="s">
+        <v>324</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1244</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>336</v>
+      </c>
+      <c r="Q13" t="s">
         <v>1224</v>
       </c>
-      <c r="I13" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S13" t="s">
+        <v>1245</v>
+      </c>
+      <c r="T13" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B14" t="s">
-        <v>1227</v>
+        <v>1246</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1201</v>
+        <v>1219</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
       <c r="H14" t="s">
-        <v>1229</v>
+        <v>1248</v>
       </c>
       <c r="I14" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>533</v>
+        <v>551</v>
       </c>
       <c r="L14" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N14" t="s">
-        <v>1230</v>
+        <v>1249</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q14" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="R14" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S14" t="s">
-        <v>1231</v>
+        <v>1250</v>
       </c>
       <c r="T14" t="s">
-        <v>1152</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B15" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1253</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>551</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>324</v>
+      </c>
+      <c r="N15" t="s">
         <v>1232</v>
       </c>
-      <c r="C15" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q15" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="R15" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S15" t="s">
-        <v>1235</v>
+        <v>1254</v>
       </c>
       <c r="T15" t="s">
-        <v>1152</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B16" t="s">
-        <v>1236</v>
+        <v>1255</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1237</v>
+        <v>1256</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="H16" t="s">
-        <v>1239</v>
+        <v>1258</v>
       </c>
       <c r="I16" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J16" t="s">
-        <v>1240</v>
+        <v>1259</v>
       </c>
       <c r="K16" t="s">
-        <v>1241</v>
+        <v>1260</v>
       </c>
       <c r="L16" t="s">
-        <v>1242</v>
+        <v>1261</v>
       </c>
       <c r="M16" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N16" t="s">
-        <v>1243</v>
+        <v>1262</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q16" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R16" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S16" t="s">
-        <v>1244</v>
+        <v>1263</v>
       </c>
       <c r="T16" t="s">
-        <v>1245</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1247</v>
+        <v>1265</v>
       </c>
       <c r="H17" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
       <c r="I17" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="L17" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="M17" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N17" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="Q17" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="R17" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="S17" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="T17" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B18" t="s">
-        <v>1133</v>
+        <v>1151</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1251</v>
+        <v>1269</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1252</v>
+        <v>1270</v>
       </c>
       <c r="H18" t="s">
-        <v>1253</v>
+        <v>1271</v>
       </c>
       <c r="I18" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J18" t="s">
-        <v>1254</v>
+        <v>1272</v>
       </c>
       <c r="K18" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="L18" t="s">
         <v>30</v>
       </c>
       <c r="M18" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N18" t="s">
-        <v>1255</v>
+        <v>1273</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="Q18" t="s">
-        <v>1256</v>
+        <v>1274</v>
       </c>
       <c r="R18" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="S18" t="s">
         <v>31</v>
       </c>
       <c r="T18" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B19" t="s">
-        <v>1258</v>
+        <v>1276</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1259</v>
+        <v>1277</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1260</v>
+        <v>1278</v>
       </c>
       <c r="H19" t="s">
-        <v>1261</v>
+        <v>1279</v>
       </c>
       <c r="I19" t="s">
-        <v>1148</v>
+        <v>1166</v>
       </c>
       <c r="J19" t="s">
-        <v>1262</v>
+        <v>1280</v>
       </c>
       <c r="K19" t="s">
-        <v>1263</v>
+        <v>1281</v>
       </c>
       <c r="L19" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="M19" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N19" t="s">
-        <v>1264</v>
+        <v>1282</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q19" t="s">
-        <v>1265</v>
+        <v>1283</v>
       </c>
       <c r="R19" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S19" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="T19" t="s">
-        <v>1266</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B20" t="s">
-        <v>1267</v>
+        <v>1285</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1268</v>
+        <v>1286</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1269</v>
+        <v>1287</v>
       </c>
       <c r="H20" t="s">
-        <v>1270</v>
+        <v>1288</v>
       </c>
       <c r="I20" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J20" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="K20" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="L20" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="M20" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N20" t="s">
-        <v>1271</v>
+        <v>1289</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q20" t="s">
-        <v>1177</v>
+        <v>1201</v>
       </c>
       <c r="R20" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S20" t="s">
-        <v>1272</v>
+        <v>1290</v>
       </c>
       <c r="T20" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B21" t="s">
-        <v>1273</v>
+        <v>1291</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1274</v>
+        <v>1292</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K21" t="s">
+        <v>796</v>
+      </c>
+      <c r="L21" t="s">
+        <v>470</v>
+      </c>
+      <c r="M21" t="s">
+        <v>324</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1216</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1184</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1216</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1297</v>
+      </c>
+      <c r="T21" t="s">
         <v>1275</v>
-      </c>
-[...37 lines deleted...]
-        <v>1257</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B22" t="s">
-        <v>1280</v>
+        <v>1298</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1281</v>
+        <v>1299</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1282</v>
+        <v>1300</v>
       </c>
       <c r="H22" t="s">
-        <v>1283</v>
+        <v>1301</v>
       </c>
       <c r="I22" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J22" t="s">
-        <v>1284</v>
+        <v>1302</v>
       </c>
       <c r="K22" t="s">
-        <v>1285</v>
+        <v>1303</v>
       </c>
       <c r="L22" t="s">
-        <v>1286</v>
+        <v>1304</v>
       </c>
       <c r="M22" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N22" t="s">
-        <v>1287</v>
+        <v>1305</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="Q22" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R22" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="S22" t="s">
-        <v>1288</v>
+        <v>1306</v>
       </c>
       <c r="T22" t="s">
-        <v>1245</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B23" t="s">
-        <v>1289</v>
+        <v>1308</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
       <c r="H23" t="s">
-        <v>1292</v>
+        <v>1311</v>
       </c>
       <c r="I23" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J23" t="s">
-        <v>1293</v>
+        <v>1312</v>
       </c>
       <c r="K23" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
       <c r="L23" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="M23" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N23" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="Q23" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="R23" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S23" t="s">
-        <v>1296</v>
+        <v>1315</v>
       </c>
       <c r="T23" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B24" t="s">
-        <v>1297</v>
+        <v>1316</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1259</v>
+        <v>1277</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1298</v>
+        <v>1317</v>
       </c>
       <c r="H24" t="s">
-        <v>1299</v>
+        <v>1318</v>
       </c>
       <c r="I24" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J24" t="s">
-        <v>1300</v>
+        <v>1319</v>
       </c>
       <c r="K24" t="s">
-        <v>698</v>
+        <v>716</v>
       </c>
       <c r="L24" t="s">
-        <v>699</v>
+        <v>717</v>
       </c>
       <c r="M24" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N24" t="s">
-        <v>1301</v>
+        <v>1320</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q24" t="s">
-        <v>1302</v>
+        <v>1195</v>
       </c>
       <c r="R24" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S24" t="s">
-        <v>1303</v>
+        <v>1321</v>
       </c>
       <c r="T24" t="s">
-        <v>1266</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B25" t="s">
-        <v>1304</v>
+        <v>1322</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1305</v>
+        <v>1323</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1306</v>
+        <v>1324</v>
       </c>
       <c r="H25" t="s">
-        <v>1307</v>
+        <v>1325</v>
       </c>
       <c r="I25" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J25" t="s">
-        <v>1164</v>
+        <v>1182</v>
       </c>
       <c r="K25" t="s">
-        <v>770</v>
+        <v>788</v>
       </c>
       <c r="L25" t="s">
-        <v>771</v>
+        <v>789</v>
       </c>
       <c r="M25" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N25" t="s">
-        <v>1308</v>
+        <v>1326</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q25" t="s">
-        <v>1309</v>
+        <v>1327</v>
       </c>
       <c r="R25" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S25" t="s">
-        <v>1310</v>
+        <v>1328</v>
       </c>
       <c r="T25" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B26" t="s">
-        <v>1311</v>
+        <v>1329</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1313</v>
+        <v>1331</v>
       </c>
       <c r="H26" t="s">
-        <v>1314</v>
+        <v>1332</v>
       </c>
       <c r="I26" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J26" t="s">
-        <v>1300</v>
+        <v>1319</v>
       </c>
       <c r="K26" t="s">
-        <v>698</v>
+        <v>716</v>
       </c>
       <c r="L26" t="s">
-        <v>699</v>
+        <v>717</v>
       </c>
       <c r="M26" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N26" t="s">
-        <v>1315</v>
+        <v>1333</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q26" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="R26" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S26" t="s">
-        <v>1316</v>
+        <v>1334</v>
       </c>
       <c r="T26" t="s">
-        <v>1266</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B27" t="s">
-        <v>1317</v>
+        <v>1335</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1318</v>
+        <v>1336</v>
       </c>
       <c r="H27" t="s">
-        <v>1319</v>
+        <v>1337</v>
       </c>
       <c r="I27" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J27" t="s">
-        <v>1320</v>
+        <v>1338</v>
       </c>
       <c r="K27" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
       <c r="L27" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="M27" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N27" t="s">
-        <v>1321</v>
+        <v>1339</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="Q27" t="s">
-        <v>1206</v>
+        <v>1224</v>
       </c>
       <c r="R27" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S27" t="s">
-        <v>1322</v>
+        <v>1340</v>
       </c>
       <c r="T27" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B28" t="s">
-        <v>1323</v>
+        <v>1341</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1274</v>
+        <v>1292</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1324</v>
+        <v>1342</v>
       </c>
       <c r="H28" t="s">
-        <v>1325</v>
+        <v>1343</v>
       </c>
       <c r="I28" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J28" t="s">
-        <v>1326</v>
+        <v>1344</v>
       </c>
       <c r="K28" t="s">
-        <v>471</v>
+        <v>489</v>
       </c>
       <c r="L28" t="s">
-        <v>452</v>
+        <v>470</v>
       </c>
       <c r="M28" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N28" t="s">
-        <v>1278</v>
+        <v>1296</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="Q28" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R28" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="S28" t="s">
-        <v>1327</v>
+        <v>1345</v>
       </c>
       <c r="T28" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B29" t="s">
-        <v>1328</v>
+        <v>1346</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1305</v>
+        <v>1323</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1329</v>
+        <v>1347</v>
       </c>
       <c r="H29" t="s">
-        <v>1330</v>
+        <v>1348</v>
       </c>
       <c r="I29" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J29" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="K29" t="s">
-        <v>785</v>
+        <v>803</v>
       </c>
       <c r="L29" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
       <c r="M29" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N29" t="s">
-        <v>1308</v>
+        <v>1326</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q29" t="s">
-        <v>1309</v>
+        <v>1327</v>
       </c>
       <c r="R29" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S29" t="s">
-        <v>1332</v>
+        <v>1350</v>
       </c>
       <c r="T29" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B30" t="s">
-        <v>1333</v>
+        <v>1351</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1335</v>
+        <v>1353</v>
       </c>
       <c r="H30" t="s">
-        <v>1336</v>
+        <v>1354</v>
       </c>
       <c r="I30" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J30" t="s">
-        <v>1337</v>
+        <v>1355</v>
       </c>
       <c r="K30" t="s">
-        <v>1338</v>
+        <v>1356</v>
       </c>
       <c r="L30" t="s">
-        <v>1339</v>
+        <v>1357</v>
       </c>
       <c r="M30" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N30" t="s">
-        <v>1340</v>
+        <v>1358</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q30" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="R30" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S30" t="s">
-        <v>1342</v>
+        <v>1360</v>
       </c>
       <c r="T30" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B31" t="s">
-        <v>1343</v>
+        <v>1361</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1344</v>
+        <v>1362</v>
       </c>
       <c r="H31" t="s">
-        <v>1345</v>
+        <v>1363</v>
       </c>
       <c r="I31" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J31" t="s">
-        <v>1346</v>
+        <v>1364</v>
       </c>
       <c r="K31" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="L31" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="M31" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N31" t="s">
-        <v>1347</v>
+        <v>1365</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q31" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="R31" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S31" t="s">
-        <v>1348</v>
+        <v>1366</v>
       </c>
       <c r="T31" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B32" t="s">
-        <v>1349</v>
+        <v>1367</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1350</v>
+        <v>1368</v>
       </c>
       <c r="H32" t="s">
-        <v>1351</v>
+        <v>1369</v>
       </c>
       <c r="I32" t="s">
-        <v>1187</v>
+        <v>1206</v>
       </c>
       <c r="J32" t="s">
-        <v>1352</v>
+        <v>1370</v>
       </c>
       <c r="K32" t="s">
-        <v>810</v>
+        <v>828</v>
       </c>
       <c r="L32" t="s">
-        <v>811</v>
+        <v>829</v>
       </c>
       <c r="M32" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N32" t="s">
-        <v>1353</v>
+        <v>1371</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q32" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="R32" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S32" t="s">
-        <v>1354</v>
+        <v>1372</v>
       </c>
       <c r="T32" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B33" t="s">
-        <v>1355</v>
+        <v>1373</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1356</v>
+        <v>1374</v>
       </c>
       <c r="H33" t="s">
-        <v>1357</v>
+        <v>1375</v>
       </c>
       <c r="I33" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J33" t="s">
-        <v>1358</v>
+        <v>1376</v>
       </c>
       <c r="K33" t="s">
+        <v>1377</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1378</v>
+      </c>
+      <c r="M33" t="s">
+        <v>324</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1379</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>336</v>
+      </c>
+      <c r="Q33" t="s">
         <v>1359</v>
       </c>
-      <c r="L33" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R33" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S33" t="s">
-        <v>1362</v>
+        <v>1380</v>
       </c>
       <c r="T33" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B34" t="s">
-        <v>1363</v>
+        <v>1381</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1364</v>
+        <v>1382</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1365</v>
+        <v>1383</v>
       </c>
       <c r="H34" t="s">
-        <v>1366</v>
+        <v>1384</v>
       </c>
       <c r="I34" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J34" t="s">
-        <v>1367</v>
+        <v>1385</v>
       </c>
       <c r="K34" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="L34" t="s">
         <v>30</v>
       </c>
       <c r="M34" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N34" t="s">
-        <v>1368</v>
+        <v>1386</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q34" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="R34" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="S34" t="s">
-        <v>1369</v>
+        <v>1387</v>
       </c>
       <c r="T34" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B35" t="s">
-        <v>1370</v>
+        <v>1388</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1371</v>
+        <v>1389</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1372</v>
+        <v>1390</v>
       </c>
       <c r="H35" t="s">
-        <v>1373</v>
+        <v>1391</v>
       </c>
       <c r="I35" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J35" t="s">
-        <v>1262</v>
+        <v>1280</v>
       </c>
       <c r="K35" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="L35" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="M35" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N35" t="s">
         <v>20</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="Q35" t="s">
-        <v>1166</v>
+        <v>1184</v>
       </c>
       <c r="R35" t="s">
-        <v>1197</v>
+        <v>1216</v>
       </c>
       <c r="S35" t="s">
-        <v>1374</v>
+        <v>1392</v>
       </c>
       <c r="T35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B36" t="s">
-        <v>1375</v>
+        <v>1393</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1376</v>
+        <v>1394</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1377</v>
+        <v>1395</v>
       </c>
       <c r="H36" t="s">
-        <v>1378</v>
+        <v>1396</v>
       </c>
       <c r="I36" t="s">
-        <v>1148</v>
+        <v>1166</v>
       </c>
       <c r="J36" t="s">
-        <v>821</v>
+        <v>839</v>
       </c>
       <c r="K36" t="s">
-        <v>356</v>
+        <v>378</v>
       </c>
       <c r="L36" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="M36" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N36" t="s">
-        <v>1379</v>
+        <v>1397</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q36" t="s">
-        <v>1380</v>
+        <v>1398</v>
       </c>
       <c r="R36" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S36" t="s">
-        <v>1381</v>
+        <v>1399</v>
       </c>
       <c r="T36" t="s">
-        <v>1199</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1143</v>
+        <v>1161</v>
       </c>
       <c r="B37" t="s">
-        <v>1382</v>
+        <v>1400</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>1376</v>
+        <v>1394</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>1383</v>
+        <v>1401</v>
       </c>
       <c r="H37" t="s">
-        <v>1384</v>
+        <v>1402</v>
       </c>
       <c r="I37" t="s">
-        <v>1156</v>
+        <v>1174</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>1385</v>
+        <v>1403</v>
       </c>
       <c r="L37" t="s">
-        <v>348</v>
+        <v>370</v>
       </c>
       <c r="M37" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="N37" t="s">
-        <v>1386</v>
+        <v>1404</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
       <c r="Q37" t="s">
-        <v>1387</v>
+        <v>1405</v>
       </c>
       <c r="R37" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="S37" t="s">
-        <v>1388</v>
+        <v>1406</v>
       </c>
       <c r="T37" t="s">
-        <v>1199</v>
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K38" t="s">
+        <v>344</v>
+      </c>
+      <c r="L38" t="s">
+        <v>52</v>
+      </c>
+      <c r="M38" t="s">
+        <v>324</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1411</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1216</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>1274</v>
+      </c>
+      <c r="R38" t="s">
+        <v>1216</v>
+      </c>
+      <c r="S38" t="s">
+        <v>1412</v>
+      </c>
+      <c r="T38" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>