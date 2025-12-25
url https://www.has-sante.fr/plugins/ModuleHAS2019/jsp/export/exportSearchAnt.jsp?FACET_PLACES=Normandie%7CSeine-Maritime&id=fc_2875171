--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -1,65 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5846" uniqueCount="2298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8895" uniqueCount="3355">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,68 +77,332 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Christophe MOURE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793970/fr/docteur-christophe-moure</t>
+  </si>
+  <si>
+    <t>p_3793970</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>MOURE</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORMEAUX-VAUBAN LE HAVRE</t>
+  </si>
+  <si>
+    <t>76600</t>
+  </si>
+  <si>
+    <t>LE HAVRE</t>
+  </si>
+  <si>
+    <t>760780791</t>
+  </si>
+  <si>
+    <t>Docteur BERTIN NJINOU-NGNINKEU</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794087/fr/docteur-bertin-njinou-ngninkeu</t>
+  </si>
+  <si>
+    <t>p_3794087</t>
+  </si>
+  <si>
+    <t>NJINOU-NGNINKEU</t>
+  </si>
+  <si>
+    <t>BERTIN</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur MARIE GILLES-BARAY</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794119/fr/docteur-marie-gilles-baray</t>
+  </si>
+  <si>
+    <t>p_3794119</t>
+  </si>
+  <si>
+    <t>GILLES-BARAY</t>
+  </si>
+  <si>
+    <t>MARIE</t>
+  </si>
+  <si>
+    <t>CLCC H BECQUEREL</t>
+  </si>
+  <si>
+    <t>76038</t>
+  </si>
+  <si>
+    <t>ROUEN</t>
+  </si>
+  <si>
+    <t>760000166</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN BOTTET</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794312/fr/docteur-benjamin-bottet</t>
+  </si>
+  <si>
+    <t>p_3794312</t>
+  </si>
+  <si>
+    <t>BOTTET</t>
+  </si>
+  <si>
+    <t>BENJAMIN</t>
+  </si>
+  <si>
+    <t>HOPITAL CHARLES NICOLLE CHU ROUEN</t>
+  </si>
+  <si>
+    <t>760000158</t>
+  </si>
+  <si>
+    <t>Docteur Aude BLANCHON DE FOURMESTRAUX</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794404/fr/docteur-aude-blanchon-de-fourmestraux</t>
+  </si>
+  <si>
+    <t>p_3794404</t>
+  </si>
+  <si>
+    <t>BLANCHON DE FOURMESTRAUX</t>
+  </si>
+  <si>
+    <t>Aude</t>
+  </si>
+  <si>
+    <t>Docteur BAPTISTE ALBOUY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794408/fr/docteur-baptiste-albouy</t>
+  </si>
+  <si>
+    <t>p_3794408</t>
+  </si>
+  <si>
+    <t>ALBOUY</t>
+  </si>
+  <si>
+    <t>BAPTISTE</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE LENORMAND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794410/fr/docteur-claire-lenormand</t>
+  </si>
+  <si>
+    <t>p_3794410</t>
+  </si>
+  <si>
+    <t>LENORMAND</t>
+  </si>
+  <si>
+    <t>CLAIRE</t>
+  </si>
+  <si>
+    <t>Docteur Benoit MALVAL</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794432/fr/docteur-benoit-malval</t>
+  </si>
+  <si>
+    <t>p_3794432</t>
+  </si>
+  <si>
+    <t>MALVAL</t>
+  </si>
+  <si>
+    <t>Benoit</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-HILAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>76044</t>
+  </si>
+  <si>
+    <t>760780619</t>
+  </si>
+  <si>
+    <t>Docteur ERWANN LE LONG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794440/fr/docteur-erwann-le-long</t>
+  </si>
+  <si>
+    <t>p_3794440</t>
+  </si>
+  <si>
+    <t>LE LONG</t>
+  </si>
+  <si>
+    <t>ERWANN</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEGIVAL,CLINIQUE SAINT-HILAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>76550,76044</t>
+  </si>
+  <si>
+    <t>ST AUBIN SUR SCIE,ROUEN</t>
+  </si>
+  <si>
+    <t>760027292,760780619</t>
+  </si>
+  <si>
+    <t>Docteur ISMAEL GALLIOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794442/fr/docteur-ismael-galliot</t>
+  </si>
+  <si>
+    <t>p_3794442</t>
+  </si>
+  <si>
+    <t>GALLIOT</t>
+  </si>
+  <si>
+    <t>ISMAEL</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu SARSAM</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794471/fr/docteur-matthieu-sarsam</t>
+  </si>
+  <si>
+    <t>p_3794471</t>
+  </si>
+  <si>
+    <t>SARSAM</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Docteur Arthur RENAULT</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794569/fr/docteur-arthur-renault</t>
+  </si>
+  <si>
+    <t>p_3794569</t>
+  </si>
+  <si>
+    <t>RENAULT</t>
+  </si>
+  <si>
+    <t>Arthur</t>
+  </si>
+  <si>
     <t>Docteur ALEXIS GROMEZ</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:17:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638820/fr/docteur-alexis-gromez</t>
   </si>
   <si>
     <t>p_3638820</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>GROMEZ</t>
   </si>
   <si>
     <t>ALEXIS</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>CLINIQUE DU CEDRE</t>
   </si>
   <si>
     <t>76230</t>
   </si>
   <si>
     <t>BOIS GUILLAUME</t>
   </si>
   <si>
     <t>760780510</t>
   </si>
   <si>
     <t>Docteur Jérome ADNOT</t>
   </si>
   <si>
     <t>19/05/2025 12:31:53</t>
@@ -158,62 +425,50 @@
   <si>
     <t>CLINIQUE ST ANTOINE BOIS GUILLAUME</t>
   </si>
   <si>
     <t>760780205</t>
   </si>
   <si>
     <t>Docteur Adelya CURADO</t>
   </si>
   <si>
     <t>19/05/2025 12:33:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606578/fr/docteur-adelya-curado</t>
   </si>
   <si>
     <t>p_3606578</t>
   </si>
   <si>
     <t>CURADO</t>
   </si>
   <si>
     <t>Adelya</t>
   </si>
   <si>
-    <t>HOPITAL CHARLES NICOLLE CHU ROUEN</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur CHRYSANTHI PAPAGIANNAKI</t>
   </si>
   <si>
     <t>19/05/2025 12:33:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606626/fr/docteur-chrysanthi-papagiannaki</t>
   </si>
   <si>
     <t>p_3606626</t>
   </si>
   <si>
     <t>PAPAGIANNAKI</t>
   </si>
   <si>
     <t>CHRYSANTHI</t>
   </si>
   <si>
     <t>Docteur Margaux LEFEBVRE</t>
   </si>
   <si>
     <t>19/05/2025 12:33:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606628/fr/docteur-margaux-lefebvre</t>
@@ -311,53 +566,50 @@
   <si>
     <t>19/12/2024 15:30:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574325/fr/docteur-cyrille-eustratiades-paillard</t>
   </si>
   <si>
     <t>p_3574325</t>
   </si>
   <si>
     <t>EUSTRATIADES-PAILLARD</t>
   </si>
   <si>
     <t>Cyrille</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>HOPITAL PRIVE DE L'ESTUAIRE</t>
   </si>
   <si>
     <t>76620</t>
   </si>
   <si>
-    <t>LE HAVRE</t>
-[...1 lines deleted...]
-  <si>
     <t>760021329</t>
   </si>
   <si>
     <t>Docteur Eléonore PAVLOVITCH</t>
   </si>
   <si>
     <t>19/12/2024 15:30:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574343/fr/docteur-eleonore-pavlovitch</t>
   </si>
   <si>
     <t>p_3574343</t>
   </si>
   <si>
     <t>PAVLOVITCH</t>
   </si>
   <si>
     <t>Eléonore</t>
   </si>
   <si>
     <t>Docteur Richard PLAT</t>
   </si>
   <si>
     <t>19/12/2024 15:30:50</t>
@@ -494,53 +746,50 @@
   <si>
     <t>CLINIQUE MATHILDE ROUEN</t>
   </si>
   <si>
     <t>76175</t>
   </si>
   <si>
     <t>760025312</t>
   </si>
   <si>
     <t>Docteur Arthur LECONTE</t>
   </si>
   <si>
     <t>19/12/2024 15:32:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574621/fr/docteur-arthur-leconte</t>
   </si>
   <si>
     <t>p_3574621</t>
   </si>
   <si>
     <t>LECONTE</t>
   </si>
   <si>
-    <t>Arthur</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur PHILIPPE STELL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574626/fr/docteur-philippe-stell</t>
   </si>
   <si>
     <t>p_3574626</t>
   </si>
   <si>
     <t>STELL</t>
   </si>
   <si>
     <t>PHILIPPE</t>
   </si>
   <si>
     <t>Docteur ARGHAD TIT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574628/fr/docteur-arghad-tit</t>
   </si>
   <si>
     <t>p_3574628</t>
   </si>
   <si>
     <t>TIT</t>
@@ -563,68 +812,50 @@
   <si>
     <t>PAUL</t>
   </si>
   <si>
     <t>Docteur Jean-francois LEGRAND</t>
   </si>
   <si>
     <t>21/11/2024 10:30:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3558414/fr/docteur-jean-francois-legrand</t>
   </si>
   <si>
     <t>p_3558414</t>
   </si>
   <si>
     <t>LEGRAND</t>
   </si>
   <si>
     <t>Jean-francois</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
-    <t>Docteur Morgane FINOCHI</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Sonia AGUIR</t>
   </si>
   <si>
     <t>18/10/2024 10:33:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550423/fr/docteur-sonia-aguir</t>
   </si>
   <si>
     <t>p_3550423</t>
   </si>
   <si>
     <t>AGUIR</t>
   </si>
   <si>
     <t>Sonia</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>Docteur PIERRE-FRANCOIS LESAULT</t>
   </si>
   <si>
     <t>18/10/2024 10:33:45</t>
@@ -653,59 +884,50 @@
   <si>
     <t>140017237,760021329</t>
   </si>
   <si>
     <t>Docteur Nicolas BARDOUX</t>
   </si>
   <si>
     <t>22/04/2024 17:31:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3510311/fr/docteur-nicolas-bardoux</t>
   </si>
   <si>
     <t>p_3510311</t>
   </si>
   <si>
     <t>BARDOUX</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT-HILAIRE ROUEN</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur PAUL BASILE</t>
   </si>
   <si>
     <t>22/04/2024 17:34:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511127/fr/docteur-paul-basile</t>
   </si>
   <si>
     <t>p_3511127</t>
   </si>
   <si>
     <t>BASILE</t>
   </si>
   <si>
     <t>Docteur Vincent DEWAILLY</t>
   </si>
   <si>
     <t>28/03/2024 16:30:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503445/fr/docteur-vincent-dewailly</t>
   </si>
   <si>
     <t>p_3503445</t>
@@ -911,50 +1133,80 @@
   <si>
     <t>ALEXANDRE</t>
   </si>
   <si>
     <t>Docteur Julien BEAL</t>
   </si>
   <si>
     <t>26/12/2023 15:33:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485399/fr/docteur-julien-beal</t>
   </si>
   <si>
     <t>p_3485399</t>
   </si>
   <si>
     <t>BEAL</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
+    <t>Docteur YOUSRI FARHAT</t>
+  </si>
+  <si>
+    <t>26/12/2023 15:33:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485623/fr/docteur-yousri-farhat</t>
+  </si>
+  <si>
+    <t>p_3485623</t>
+  </si>
+  <si>
+    <t>FARHAT</t>
+  </si>
+  <si>
+    <t>YOUSRI</t>
+  </si>
+  <si>
+    <t>CENTRE MCO COTE D'OPALE,CH LILLEBONNE CHI CAUX VALLEE DE SEINE</t>
+  </si>
+  <si>
+    <t>62280,76170</t>
+  </si>
+  <si>
+    <t>ST MARTIN BOULOGNE,LILLEBONNE</t>
+  </si>
+  <si>
+    <t>620118513,760000372</t>
+  </si>
+  <si>
     <t>Docteur Jean-edern OLLIVIER</t>
   </si>
   <si>
     <t>15/12/2023 10:33:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480200/fr/docteur-jean-edern-ollivier</t>
   </si>
   <si>
     <t>p_3480200</t>
   </si>
   <si>
     <t>OLLIVIER</t>
   </si>
   <si>
     <t>Jean-edern</t>
   </si>
   <si>
     <t>14 December 2023</t>
   </si>
   <si>
     <t>CHI DU PAYS DES HAUTES FALAISES FECAMP,HOPITAL PRIVE DE L'ESTUAIRE</t>
   </si>
   <si>
     <t>76405,76620</t>
@@ -1010,2204 +1262,2108 @@
   <si>
     <t>76175,76040</t>
   </si>
   <si>
     <t>760025312,760921809</t>
   </si>
   <si>
     <t>Docteur PAUL MICHELIN</t>
   </si>
   <si>
     <t>20/10/2023 15:37:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3469854/fr/docteur-paul-michelin</t>
   </si>
   <si>
     <t>p_3469854</t>
   </si>
   <si>
     <t>MICHELIN</t>
   </si>
   <si>
     <t>19 October 2023</t>
   </si>
   <si>
-    <t>Docteur MAHAMADOU FOFANA</t>
-[...14 lines deleted...]
-    <t>MAHAMADOU</t>
+    <t>Docteur ANTOINE SENIORIS</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447208/fr/docteur-antoine-senioris</t>
+  </si>
+  <si>
+    <t>p_3447208</t>
+  </si>
+  <si>
+    <t>SENIORIS</t>
+  </si>
+  <si>
+    <t>ANTOINE</t>
+  </si>
+  <si>
+    <t>15 June 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEGIVAL</t>
+  </si>
+  <si>
+    <t>76550</t>
+  </si>
+  <si>
+    <t>ST AUBIN SUR SCIE</t>
+  </si>
+  <si>
+    <t>760027292</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN CAHAIS</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447319/fr/docteur-julien-cahais</t>
+  </si>
+  <si>
+    <t>p_3447319</t>
+  </si>
+  <si>
+    <t>CAHAIS</t>
+  </si>
+  <si>
+    <t>JULIEN</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE HANNEQUIN</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428966/fr/docteur-pierre-hannequin</t>
+  </si>
+  <si>
+    <t>p_3428966</t>
+  </si>
+  <si>
+    <t>HANNEQUIN</t>
+  </si>
+  <si>
+    <t>PIERRE</t>
+  </si>
+  <si>
+    <t>30 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur LAURA BRIL</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429143/fr/docteur-laura-bril</t>
+  </si>
+  <si>
+    <t>p_3429143</t>
+  </si>
+  <si>
+    <t>BRIL</t>
+  </si>
+  <si>
+    <t>LAURA</t>
+  </si>
+  <si>
+    <t>Docteur Flore DELAUNAY</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:33:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429405/fr/docteur-flore-delaunay</t>
+  </si>
+  <si>
+    <t>p_3429405</t>
+  </si>
+  <si>
+    <t>DELAUNAY</t>
+  </si>
+  <si>
+    <t>Flore</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA COTE D'EMERAUDE,CH DU BELVEDERE MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>35400,76131</t>
+  </si>
+  <si>
+    <t>ST MALO,MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>350000196,760000182</t>
+  </si>
+  <si>
+    <t>Docteur BENOIT RIMBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429411/fr/docteur-benoit-rimbert</t>
+  </si>
+  <si>
+    <t>p_3429411</t>
+  </si>
+  <si>
+    <t>RIMBERT</t>
+  </si>
+  <si>
+    <t>BENOIT</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS BON-MARDION</t>
+  </si>
+  <si>
+    <t>20/01/2023 09:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407015/fr/docteur-nicolas-bon-mardion</t>
+  </si>
+  <si>
+    <t>p_3407015</t>
+  </si>
+  <si>
+    <t>BON-MARDION</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Benoit RESCH</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:31:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401292/fr/docteur-benoit-resch</t>
+  </si>
+  <si>
+    <t>p_3401292</t>
+  </si>
+  <si>
+    <t>RESCH</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE SANGUIN</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:33:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401822/fr/docteur-sophie-sanguin</t>
+  </si>
+  <si>
+    <t>p_3401822</t>
+  </si>
+  <si>
+    <t>SANGUIN</t>
+  </si>
+  <si>
+    <t>SOPHIE</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE ROUEN,CLINIQUE MEGIVAL</t>
+  </si>
+  <si>
+    <t>76175,76550</t>
+  </si>
+  <si>
+    <t>ROUEN,ST AUBIN SUR SCIE</t>
+  </si>
+  <si>
+    <t>760025312,760027292</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTOPHE LAIGLE</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:32:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393446/fr/docteur-christophe-laigle</t>
+  </si>
+  <si>
+    <t>p_3393446</t>
+  </si>
+  <si>
+    <t>LAIGLE</t>
+  </si>
+  <si>
+    <t>CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur ESTELLE ROUSSEL</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393624/fr/docteur-estelle-roussel</t>
+  </si>
+  <si>
+    <t>p_3393624</t>
+  </si>
+  <si>
+    <t>ROUSSEL</t>
+  </si>
+  <si>
+    <t>ESTELLE</t>
+  </si>
+  <si>
+    <t>Docteur HAITHAM KHALIL</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378302/fr/docteur-haitham-khalil</t>
+  </si>
+  <si>
+    <t>p_3378302</t>
+  </si>
+  <si>
+    <t>KHALIL</t>
+  </si>
+  <si>
+    <t>HAITHAM</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur BLANDINE TAMARELLE</t>
+  </si>
+  <si>
+    <t>22/09/2022 18:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369692/fr/docteur-blandine-tamarelle</t>
+  </si>
+  <si>
+    <t>p_3369692</t>
+  </si>
+  <si>
+    <t>TAMARELLE</t>
+  </si>
+  <si>
+    <t>BLANDINE</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE</t>
+  </si>
+  <si>
+    <t>Docteur STEPHANE NAVARRA</t>
+  </si>
+  <si>
+    <t>22/09/2022 18:33:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369994/fr/docteur-stephane-navarra</t>
+  </si>
+  <si>
+    <t>p_3369994</t>
+  </si>
+  <si>
+    <t>NAVARRA</t>
+  </si>
+  <si>
+    <t>STEPHANE</t>
+  </si>
+  <si>
+    <t>Docteur REMI GAUTHE</t>
+  </si>
+  <si>
+    <t>21/07/2022 16:34:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3354929/fr/docteur-remi-gauthe</t>
+  </si>
+  <si>
+    <t>p_3354929</t>
+  </si>
+  <si>
+    <t>GAUTHE</t>
+  </si>
+  <si>
+    <t>REMI</t>
+  </si>
+  <si>
+    <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>Docteur VIANNEY GILARD</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347230/fr/docteur-vianney-gilard</t>
+  </si>
+  <si>
+    <t>p_3347230</t>
+  </si>
+  <si>
+    <t>GILARD</t>
+  </si>
+  <si>
+    <t>VIANNEY</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur ANTOINE MARTIN</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328173/fr/docteur-antoine-martin</t>
+  </si>
+  <si>
+    <t>p_3328173</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>CLINIQUE ST ANTOINE BOIS GUILLAUME,CLINIQUE DE L'EUROPE ROUEN</t>
+  </si>
+  <si>
+    <t>Docteur MATTHIEU DEMEYERE</t>
+  </si>
+  <si>
+    <t>31/03/2022 12:33:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328831/fr/docteur-matthieu-demeyere</t>
+  </si>
+  <si>
+    <t>p_3328831</t>
+  </si>
+  <si>
+    <t>DEMEYERE</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN CARTIER</t>
+  </si>
+  <si>
+    <t>03/02/2022 14:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314125/fr/docteur-sebastien-cartier</t>
+  </si>
+  <si>
+    <t>p_3314125</t>
+  </si>
+  <si>
+    <t>CARTIER</t>
+  </si>
+  <si>
+    <t>SEBASTIEN</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur SANDRINE CROUZET</t>
+  </si>
+  <si>
+    <t>03/02/2022 14:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314126/fr/docteur-sandrine-crouzet</t>
+  </si>
+  <si>
+    <t>p_3314126</t>
+  </si>
+  <si>
+    <t>CROUZET</t>
+  </si>
+  <si>
+    <t>SANDRINE</t>
+  </si>
+  <si>
+    <t>Docteur CAROLINE ABRIOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314127/fr/docteur-caroline-abriou</t>
+  </si>
+  <si>
+    <t>p_3314127</t>
+  </si>
+  <si>
+    <t>ABRIOU</t>
+  </si>
+  <si>
+    <t>Docteur EDOUARD BEIGNOT DEVALMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314128/fr/docteur-edouard-beignot-devalmont</t>
+  </si>
+  <si>
+    <t>p_3314128</t>
+  </si>
+  <si>
+    <t>BEIGNOT DEVALMONT</t>
+  </si>
+  <si>
+    <t>EDOUARD</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT LELEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314129/fr/docteur-vincent-leleu</t>
+  </si>
+  <si>
+    <t>p_3314129</t>
+  </si>
+  <si>
+    <t>LELEU</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN LAGOUCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314130/fr/docteur-sebastien-lagouche</t>
+  </si>
+  <si>
+    <t>p_3314130</t>
+  </si>
+  <si>
+    <t>LAGOUCHE</t>
+  </si>
+  <si>
+    <t>Docteur FABIEN TOURREL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314131/fr/docteur-fabien-tourrel</t>
+  </si>
+  <si>
+    <t>p_3314131</t>
+  </si>
+  <si>
+    <t>TOURREL</t>
+  </si>
+  <si>
+    <t>FABIEN</t>
+  </si>
+  <si>
+    <t>Docteur QUENTIN ROBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314134/fr/docteur-quentin-robert</t>
+  </si>
+  <si>
+    <t>p_3314134</t>
+  </si>
+  <si>
+    <t>ROBERT</t>
+  </si>
+  <si>
+    <t>QUENTIN</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL FOULONGNE</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294494/fr/docteur-emmanuel-foulongne</t>
+  </si>
+  <si>
+    <t>p_3294494</t>
+  </si>
+  <si>
+    <t>FOULONGNE</t>
+  </si>
+  <si>
+    <t>EMMANUEL</t>
+  </si>
+  <si>
+    <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur Valérie RIQUIER</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275588/fr/docteur-valerie-riquier</t>
+  </si>
+  <si>
+    <t>p_3275588</t>
+  </si>
+  <si>
+    <t>RIQUIER</t>
+  </si>
+  <si>
+    <t>Valérie</t>
+  </si>
+  <si>
+    <t>01 July 2021</t>
+  </si>
+  <si>
+    <t>Professeur STEPHANE DERREY</t>
+  </si>
+  <si>
+    <t>28/05/2021 09:31:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268604/fr/professeur-stephane-derrey</t>
+  </si>
+  <si>
+    <t>p_3268604</t>
+  </si>
+  <si>
+    <t>Professeur</t>
+  </si>
+  <si>
+    <t>DERREY</t>
+  </si>
+  <si>
+    <t>27 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur CORALIE BENARD</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265233/fr/docteur-coralie-benard</t>
+  </si>
+  <si>
+    <t>p_3265233</t>
+  </si>
+  <si>
+    <t>BENARD</t>
+  </si>
+  <si>
+    <t>CORALIE</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-NICOLAS DACHER</t>
+  </si>
+  <si>
+    <t>02/04/2021 15:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259582/fr/docteur-jean-nicolas-dacher</t>
+  </si>
+  <si>
+    <t>p_3259582</t>
+  </si>
+  <si>
+    <t>DACHER</t>
+  </si>
+  <si>
+    <t>JEAN-NICOLAS</t>
+  </si>
+  <si>
+    <t>21 January 2021</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL GERARDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259583/fr/docteur-emmanuel-gerardin</t>
+  </si>
+  <si>
+    <t>p_3259583</t>
+  </si>
+  <si>
+    <t>GERARDIN</t>
+  </si>
+  <si>
+    <t>Docteur ADNAN HASSANI</t>
+  </si>
+  <si>
+    <t>02/04/2021 15:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259589/fr/docteur-adnan-hassani</t>
+  </si>
+  <si>
+    <t>p_3259589</t>
+  </si>
+  <si>
+    <t>HASSANI</t>
+  </si>
+  <si>
+    <t>ADNAN</t>
+  </si>
+  <si>
+    <t>Docteur CELINE DELPIERRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259591/fr/docteur-celine-delpierre</t>
+  </si>
+  <si>
+    <t>p_3259591</t>
+  </si>
+  <si>
+    <t>DELPIERRE</t>
+  </si>
+  <si>
+    <t>CELINE</t>
+  </si>
+  <si>
+    <t>Professeur CELINE SAVOYE-COLLET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259593/fr/professeur-celine-savoye-collet</t>
+  </si>
+  <si>
+    <t>p_3259593</t>
+  </si>
+  <si>
+    <t>SAVOYE-COLLET</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS LE DEM</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228303/fr/docteur-nicolas-le-dem</t>
+  </si>
+  <si>
+    <t>p_3228303</t>
+  </si>
+  <si>
+    <t>LE DEM</t>
+  </si>
+  <si>
+    <t>29 December 2020</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE ROUEN,CLINIQUE HEMERA PAYS DE CAUX</t>
+  </si>
+  <si>
+    <t>76175,76190</t>
+  </si>
+  <si>
+    <t>ROUEN,YVETOT</t>
+  </si>
+  <si>
+    <t>760025312,760780668</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS MATHIEU</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220940/fr/docteur-nicolas-mathieu</t>
+  </si>
+  <si>
+    <t>p_3220940</t>
+  </si>
+  <si>
+    <t>MATHIEU</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE EVENO-SAUNIER</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203876/fr/docteur-claire-eveno-saunier</t>
+  </si>
+  <si>
+    <t>p_3203876</t>
+  </si>
+  <si>
+    <t>EVENO-SAUNIER</t>
+  </si>
+  <si>
+    <t>Docteur FERAS DALATI</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194545/fr/docteur-feras-dalati</t>
+  </si>
+  <si>
+    <t>p_3194545</t>
+  </si>
+  <si>
+    <t>DALATI</t>
+  </si>
+  <si>
+    <t>FERAS</t>
+  </si>
+  <si>
+    <t>18 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN LEROUX</t>
+  </si>
+  <si>
+    <t>23/01/2020 10:31:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147808/fr/docteur-julien-leroux</t>
+  </si>
+  <si>
+    <t>p_3147808</t>
+  </si>
+  <si>
+    <t>LEROUX</t>
+  </si>
+  <si>
+    <t>Docteur SABRI DEMMANE</t>
+  </si>
+  <si>
+    <t>19/12/2019 15:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3142804/fr/docteur-sabri-demmane</t>
+  </si>
+  <si>
+    <t>p_3142804</t>
+  </si>
+  <si>
+    <t>DEMMANE</t>
+  </si>
+  <si>
+    <t>SABRI</t>
+  </si>
+  <si>
+    <t>18 December 2019</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE,CLINIQUE HEMERA</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN LEFEBVRE</t>
+  </si>
+  <si>
+    <t>17/07/2019 17:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080117/fr/docteur-benjamin-lefebvre</t>
+  </si>
+  <si>
+    <t>p_3080117</t>
+  </si>
+  <si>
+    <t>Docteur Caroline CHAMOND</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913337/fr/docteur-caroline-chamond</t>
+  </si>
+  <si>
+    <t>c_2913337</t>
+  </si>
+  <si>
+    <t>CHAMOND</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>11 May 2023</t>
+  </si>
+  <si>
+    <t>Docteur LESLIE SUAUD</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:32:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913373/fr/docteur-leslie-suaud</t>
+  </si>
+  <si>
+    <t>c_2913373</t>
+  </si>
+  <si>
+    <t>SUAUD</t>
+  </si>
+  <si>
+    <t>LESLIE</t>
+  </si>
+  <si>
+    <t>Docteur Joseph ARAYA</t>
+  </si>
+  <si>
+    <t>15/12/2017 11:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812997/fr/docteur-joseph-araya</t>
+  </si>
+  <si>
+    <t>c_2812997</t>
+  </si>
+  <si>
+    <t>ARAYA</t>
+  </si>
+  <si>
+    <t>Joseph</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME LEMAITRE</t>
+  </si>
+  <si>
+    <t>15/11/2017 17:32:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805488/fr/docteur-guillaume-lemaitre</t>
+  </si>
+  <si>
+    <t>c_2805488</t>
+  </si>
+  <si>
+    <t>LEMAITRE</t>
+  </si>
+  <si>
+    <t>25 November 2021</t>
+  </si>
+  <si>
+    <t>Docteur Olivier COURAGE</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:37:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2766497/fr/docteur-olivier-courage</t>
+  </si>
+  <si>
+    <t>c_2766497</t>
+  </si>
+  <si>
+    <t>COURAGE</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Docteur Samuel POULAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738481/fr/docteur-samuel-poulain</t>
+  </si>
+  <si>
+    <t>c_2738481</t>
+  </si>
+  <si>
+    <t>POULAIN</t>
+  </si>
+  <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>17 December 2020</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEGIVAL,POLYCLINIQUE DU PLATEAU</t>
+  </si>
+  <si>
+    <t>76550,95870</t>
+  </si>
+  <si>
+    <t>ST AUBIN SUR SCIE,BEZONS</t>
+  </si>
+  <si>
+    <t>760027292,950300095</t>
+  </si>
+  <si>
+    <t>Professeur Xavier ROUSSIGNOL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738518/fr/professeur-xavier-roussignol</t>
+  </si>
+  <si>
+    <t>c_2738518</t>
+  </si>
+  <si>
+    <t>ROUSSIGNOL</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Docteur Sylvie CAPELLA-ALLOUC</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739368/fr/docteur-sylvie-capella-allouc</t>
+  </si>
+  <si>
+    <t>c_2739368</t>
+  </si>
+  <si>
+    <t>CAPELLA-ALLOUC</t>
+  </si>
+  <si>
+    <t>Sylvie</t>
+  </si>
+  <si>
+    <t>Docteur Geoffroy PASQUIER</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739590/fr/docteur-geoffroy-pasquier</t>
+  </si>
+  <si>
+    <t>c_2739590</t>
+  </si>
+  <si>
+    <t>PASQUIER</t>
+  </si>
+  <si>
+    <t>Geoffroy</t>
+  </si>
+  <si>
+    <t>Docteur Roberto BECCARI</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739635/fr/docteur-roberto-beccari</t>
+  </si>
+  <si>
+    <t>c_2739635</t>
+  </si>
+  <si>
+    <t>BECCARI</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>Docteur Xavier DE KERANGAL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739734/fr/docteur-xavier-de-kerangal</t>
+  </si>
+  <si>
+    <t>c_2739734</t>
+  </si>
+  <si>
+    <t>DE KERANGAL</t>
+  </si>
+  <si>
+    <t>12 September 2024</t>
+  </si>
+  <si>
+    <t>HOPITAL JACQUES MONOD CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>76290</t>
+  </si>
+  <si>
+    <t>MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>760805770</t>
+  </si>
+  <si>
+    <t>Docteur Tony VAN OVERSTRAETEN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739827/fr/docteur-tony-van-overstraeten</t>
+  </si>
+  <si>
+    <t>c_2739827</t>
+  </si>
+  <si>
+    <t>VAN OVERSTRAETEN</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>Docteur Alberto ZALAR</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740043/fr/docteur-alberto-zalar</t>
+  </si>
+  <si>
+    <t>c_2740043</t>
+  </si>
+  <si>
+    <t>ZALAR</t>
+  </si>
+  <si>
+    <t>Alberto</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'EUROPE</t>
+  </si>
+  <si>
+    <t>Docteur Grégoire DEREUDRE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740196/fr/docteur-gregoire-dereudre</t>
+  </si>
+  <si>
+    <t>c_2740196</t>
+  </si>
+  <si>
+    <t>DEREUDRE</t>
+  </si>
+  <si>
+    <t>Grégoire</t>
+  </si>
+  <si>
+    <t>01 April 2021</t>
+  </si>
+  <si>
+    <t>Docteur Bérénice DEPONT-HAZELZET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740223/fr/docteur-berenice-depont-hazelzet</t>
+  </si>
+  <si>
+    <t>c_2740223</t>
+  </si>
+  <si>
+    <t>DEPONT-HAZELZET</t>
+  </si>
+  <si>
+    <t>Bérénice</t>
+  </si>
+  <si>
+    <t>Docteur Marion BAILLEUX MOISANT</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740262/fr/docteur-marion-bailleux-moisant</t>
+  </si>
+  <si>
+    <t>c_2740262</t>
+  </si>
+  <si>
+    <t>BAILLEUX MOISANT</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume PIERRARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708491/fr/docteur-guillaume-pierrard</t>
+  </si>
+  <si>
+    <t>c_2708491</t>
+  </si>
+  <si>
+    <t>PIERRARD</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur Philippe MATRON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708520/fr/docteur-philippe-matron</t>
+  </si>
+  <si>
+    <t>c_2708520</t>
+  </si>
+  <si>
+    <t>MATRON</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Jean-marie TOUPIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708532/fr/docteur-jean-marie-toupin</t>
+  </si>
+  <si>
+    <t>c_2708532</t>
+  </si>
+  <si>
+    <t>TOUPIN</t>
+  </si>
+  <si>
+    <t>Jean-marie</t>
+  </si>
+  <si>
+    <t>Docteur Yves JABY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708557/fr/docteur-yves-jaby</t>
+  </si>
+  <si>
+    <t>c_2708557</t>
+  </si>
+  <si>
+    <t>JABY</t>
+  </si>
+  <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>CLINIQUE TOUS VENTS LILLEBONNE</t>
+  </si>
+  <si>
+    <t>76170</t>
+  </si>
+  <si>
+    <t>LILLEBONNE</t>
+  </si>
+  <si>
+    <t>760780783</t>
+  </si>
+  <si>
+    <t>Docteur Mathieu MICHAUT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708676/fr/docteur-mathieu-michaut</t>
+  </si>
+  <si>
+    <t>c_2708676</t>
+  </si>
+  <si>
+    <t>MICHAUT</t>
+  </si>
+  <si>
+    <t>Mathieu</t>
+  </si>
+  <si>
+    <t>06 May 2021</t>
+  </si>
+  <si>
+    <t>GCS PÔLE DE SANTE CHIRURGICAL,CLINIQUE LES ORMEAUX</t>
+  </si>
+  <si>
+    <t>76400,76600</t>
+  </si>
+  <si>
+    <t>760041368,760780791</t>
+  </si>
+  <si>
+    <t>Docteur Christophe JARDIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708775/fr/docteur-christophe-jardin</t>
+  </si>
+  <si>
+    <t>c_2708775</t>
+  </si>
+  <si>
+    <t>JARDIN</t>
+  </si>
+  <si>
+    <t>CH PONT-AUDEMER,CLINIQUE LES ORMEAUX-VAUBAN LE HAVRE</t>
+  </si>
+  <si>
+    <t>27504,76600</t>
+  </si>
+  <si>
+    <t>PONT AUDEMER,LE HAVRE</t>
+  </si>
+  <si>
+    <t>270000425,760780791</t>
+  </si>
+  <si>
+    <t>Docteur Michel KONTER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709121/fr/docteur-michel-konter</t>
+  </si>
+  <si>
+    <t>c_2709121</t>
+  </si>
+  <si>
+    <t>KONTER</t>
+  </si>
+  <si>
+    <t>Michel</t>
+  </si>
+  <si>
+    <t>Docteur Michel AUGUSTI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709320/fr/docteur-michel-augusti</t>
+  </si>
+  <si>
+    <t>c_2709320</t>
+  </si>
+  <si>
+    <t>AUGUSTI</t>
+  </si>
+  <si>
+    <t>Docteur Marc DURAND-RÉVILLE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709429/fr/docteur-marc-durand-reville</t>
+  </si>
+  <si>
+    <t>c_2709429</t>
+  </si>
+  <si>
+    <t>DURAND-RÉVILLE</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Docteur Pascal VIÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709432/fr/docteur-pascal-vie</t>
+  </si>
+  <si>
+    <t>c_2709432</t>
+  </si>
+  <si>
+    <t>VIÉ</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>Docteur Denis ADRIAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709457/fr/docteur-denis-adrian</t>
+  </si>
+  <si>
+    <t>c_2709457</t>
+  </si>
+  <si>
+    <t>ADRIAN</t>
+  </si>
+  <si>
+    <t>Denis</t>
+  </si>
+  <si>
+    <t>Docteur Jean SABATIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709970/fr/docteur-jean-sabatier</t>
+  </si>
+  <si>
+    <t>c_2709970</t>
+  </si>
+  <si>
+    <t>SABATIER</t>
+  </si>
+  <si>
+    <t>Jean</t>
+  </si>
+  <si>
+    <t>Docteur Romain GAILLARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710049/fr/docteur-romain-gaillard</t>
+  </si>
+  <si>
+    <t>c_2710049</t>
+  </si>
+  <si>
+    <t>GAILLARD</t>
+  </si>
+  <si>
+    <t>Romain</t>
+  </si>
+  <si>
+    <t>Docteur Jean-christophe GALLOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710135/fr/docteur-jean-christophe-gallot</t>
+  </si>
+  <si>
+    <t>c_2710135</t>
+  </si>
+  <si>
+    <t>GALLOT</t>
+  </si>
+  <si>
+    <t>Jean-christophe</t>
+  </si>
+  <si>
+    <t>Docteur Nathalie KAEFFER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710161/fr/docteur-nathalie-kaeffer</t>
+  </si>
+  <si>
+    <t>c_2710161</t>
+  </si>
+  <si>
+    <t>KAEFFER</t>
+  </si>
+  <si>
+    <t>Nathalie</t>
+  </si>
+  <si>
+    <t>Docteur Armand BOURRIEZ</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710197/fr/docteur-armand-bourriez</t>
+  </si>
+  <si>
+    <t>c_2710197</t>
+  </si>
+  <si>
+    <t>BOURRIEZ</t>
+  </si>
+  <si>
+    <t>Armand</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEGIVAL,CLINIQUE ST ANTOINE BOIS GUILLAUME,CLINIQUE DE L'EUROPE ROUEN</t>
+  </si>
+  <si>
+    <t>76550,76230,76040</t>
+  </si>
+  <si>
+    <t>ST AUBIN SUR SCIE,BOIS GUILLAUME,ROUEN</t>
+  </si>
+  <si>
+    <t>760027292,760780205,760921809</t>
+  </si>
+  <si>
+    <t>Docteur Stéphane ROSSI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710423/fr/docteur-stephane-rossi</t>
+  </si>
+  <si>
+    <t>c_2710423</t>
+  </si>
+  <si>
+    <t>ROSSI</t>
+  </si>
+  <si>
+    <t>Stéphane</t>
+  </si>
+  <si>
+    <t>23 September 2021</t>
+  </si>
+  <si>
+    <t>Docteur Eric BLEZEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710482/fr/docteur-eric-blezel</t>
+  </si>
+  <si>
+    <t>c_2710482</t>
+  </si>
+  <si>
+    <t>BLEZEL</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>Docteur Frédéric WIKTOR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710505/fr/docteur-frederic-wiktor</t>
+  </si>
+  <si>
+    <t>c_2710505</t>
+  </si>
+  <si>
+    <t>WIKTOR</t>
+  </si>
+  <si>
+    <t>Frédéric</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>CLINIQUE HEMERA PAYS DE CAUX,CLINIQUE DE L'EUROPE ROUEN</t>
+  </si>
+  <si>
+    <t>76190,76040</t>
+  </si>
+  <si>
+    <t>YVETOT,ROUEN</t>
+  </si>
+  <si>
+    <t>760780668,760921809</t>
+  </si>
+  <si>
+    <t>Docteur Jean LABAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710516/fr/docteur-jean-labat</t>
+  </si>
+  <si>
+    <t>c_2710516</t>
+  </si>
+  <si>
+    <t>LABAT</t>
+  </si>
+  <si>
+    <t>Docteur Gerard POLLE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710697/fr/docteur-gerard-polle</t>
+  </si>
+  <si>
+    <t>c_2710697</t>
+  </si>
+  <si>
+    <t>POLLE</t>
+  </si>
+  <si>
+    <t>Gerard</t>
+  </si>
+  <si>
+    <t>Docteur Jean hugues MAILLOCHAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710699/fr/docteur-jean-hugues-maillochaud</t>
+  </si>
+  <si>
+    <t>c_2710699</t>
+  </si>
+  <si>
+    <t>MAILLOCHAUD</t>
+  </si>
+  <si>
+    <t>Jean hugues</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Juan BERROCAL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710765/fr/docteur-juan-berrocal</t>
+  </si>
+  <si>
+    <t>c_2710765</t>
+  </si>
+  <si>
+    <t>BERROCAL</t>
+  </si>
+  <si>
+    <t>Juan</t>
+  </si>
+  <si>
+    <t>Docteur Christophe MAS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710892/fr/docteur-christophe-mas</t>
+  </si>
+  <si>
+    <t>c_2710892</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>Docteur Yasser RIFAI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710930/fr/docteur-yasser-rifai</t>
+  </si>
+  <si>
+    <t>c_2710930</t>
+  </si>
+  <si>
+    <t>RIFAI</t>
+  </si>
+  <si>
+    <t>Yasser</t>
+  </si>
+  <si>
+    <t>Docteur Vianney ROGER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710940/fr/docteur-vianney-roger</t>
+  </si>
+  <si>
+    <t>c_2710940</t>
+  </si>
+  <si>
+    <t>ROGER</t>
+  </si>
+  <si>
+    <t>Vianney</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas ROULLÉE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711116/fr/docteur-nicolas-roullee</t>
+  </si>
+  <si>
+    <t>c_2711116</t>
+  </si>
+  <si>
+    <t>ROULLÉE</t>
+  </si>
+  <si>
+    <t>CHI DU PAYS DES HAUTES FALAISES FECAMP</t>
+  </si>
+  <si>
+    <t>76405</t>
+  </si>
+  <si>
+    <t>FECAMP</t>
+  </si>
+  <si>
+    <t>760000364</t>
+  </si>
+  <si>
+    <t>Docteur Willy SCHMIDT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711117/fr/docteur-willy-schmidt</t>
+  </si>
+  <si>
+    <t>c_2711117</t>
+  </si>
+  <si>
+    <t>SCHMIDT</t>
+  </si>
+  <si>
+    <t>Willy</t>
+  </si>
+  <si>
+    <t>Docteur Pierre BATISTE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711149/fr/docteur-pierre-batiste</t>
+  </si>
+  <si>
+    <t>c_2711149</t>
+  </si>
+  <si>
+    <t>BATISTE</t>
+  </si>
+  <si>
+    <t>Pierre</t>
+  </si>
+  <si>
+    <t>Docteur Louay EL AYOUBI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711335/fr/docteur-louay-el-ayoubi</t>
+  </si>
+  <si>
+    <t>c_2711335</t>
+  </si>
+  <si>
+    <t>EL AYOUBI</t>
+  </si>
+  <si>
+    <t>Louay</t>
+  </si>
+  <si>
+    <t>CLINIQUE D'ALENCON,CLINIQUE HEMERA PAYS DE CAUX</t>
+  </si>
+  <si>
+    <t>61000,76190</t>
+  </si>
+  <si>
+    <t>ALENCON,YVETOT</t>
+  </si>
+  <si>
+    <t>610006421,760780668</t>
+  </si>
+  <si>
+    <t>Docteur Alan BERNARD-CUISINIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711562/fr/docteur-alan-bernard-cuisinier</t>
+  </si>
+  <si>
+    <t>c_2711562</t>
+  </si>
+  <si>
+    <t>BERNARD-CUISINIER</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>Docteur Isabelle DUCLAUT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711603/fr/docteur-isabelle-duclaut</t>
+  </si>
+  <si>
+    <t>c_2711603</t>
+  </si>
+  <si>
+    <t>DUCLAUT</t>
+  </si>
+  <si>
+    <t>Docteur Jean-noël MARTIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711703/fr/docteur-jean-noel-martin</t>
+  </si>
+  <si>
+    <t>c_2711703</t>
+  </si>
+  <si>
+    <t>Jean-noël</t>
+  </si>
+  <si>
+    <t>16 February 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-HILAIRE ROUEN,CLINIQUE HEMERA PAYS DE CAUX</t>
+  </si>
+  <si>
+    <t>76044,76190</t>
+  </si>
+  <si>
+    <t>760780619,760780668</t>
+  </si>
+  <si>
+    <t>Docteur Jean-francois LE DIGABEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712103/fr/docteur-jean-francois-le-digabel</t>
+  </si>
+  <si>
+    <t>c_2712103</t>
+  </si>
+  <si>
+    <t>LE DIGABEL</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur Rémy SCHMIED</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712251/fr/docteur-remy-schmied</t>
+  </si>
+  <si>
+    <t>c_2712251</t>
+  </si>
+  <si>
+    <t>SCHMIED</t>
+  </si>
+  <si>
+    <t>Rémy</t>
+  </si>
+  <si>
+    <t>Docteur Saad ABU AMARA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712418/fr/docteur-saad-abu-amara</t>
+  </si>
+  <si>
+    <t>c_2712418</t>
+  </si>
+  <si>
+    <t>ABU AMARA</t>
+  </si>
+  <si>
+    <t>Saad</t>
+  </si>
+  <si>
+    <t>Docteur Jean-marc BASTE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712446/fr/docteur-jean-marc-baste</t>
+  </si>
+  <si>
+    <t>c_2712446</t>
+  </si>
+  <si>
+    <t>BASTE</t>
+  </si>
+  <si>
+    <t>Jean-marc</t>
+  </si>
+  <si>
+    <t>Docteur Frédéric MOUILHADE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712484/fr/docteur-frederic-mouilhade</t>
+  </si>
+  <si>
+    <t>c_2712484</t>
+  </si>
+  <si>
+    <t>MOUILHADE</t>
+  </si>
+  <si>
+    <t>22 October 2020</t>
+  </si>
+  <si>
+    <t>Docteur Yann KALISZCZAK</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712555/fr/docteur-yann-kaliszczak</t>
+  </si>
+  <si>
+    <t>c_2712555</t>
+  </si>
+  <si>
+    <t>KALISZCZAK</t>
+  </si>
+  <si>
+    <t>Yann</t>
+  </si>
+  <si>
+    <t>CLINIQUE ST ANTOINE BOIS GUILLAUME,CLINIQUE HEMERA PAYS DE CAUX,CLINIQUE DE L'EUROPE</t>
+  </si>
+  <si>
+    <t>76230,76190,76040</t>
+  </si>
+  <si>
+    <t>BOIS GUILLAUME,YVETOT,ROUEN</t>
+  </si>
+  <si>
+    <t>760780205,760780668,760921809</t>
+  </si>
+  <si>
+    <t>Docteur Djedji HOUNFODJI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712714/fr/docteur-djedji-hounfodji</t>
+  </si>
+  <si>
+    <t>c_2712714</t>
+  </si>
+  <si>
+    <t>HOUNFODJI</t>
+  </si>
+  <si>
+    <t>Djedji</t>
+  </si>
+  <si>
+    <t>Docteur Sylvie POTTIER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712791/fr/docteur-sylvie-pottier</t>
+  </si>
+  <si>
+    <t>c_2712791</t>
+  </si>
+  <si>
+    <t>POTTIER</t>
+  </si>
+  <si>
+    <t>Docteur Jacques-marie ADAM</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712897/fr/docteur-jacques-marie-adam</t>
+  </si>
+  <si>
+    <t>c_2712897</t>
+  </si>
+  <si>
+    <t>ADAM</t>
+  </si>
+  <si>
+    <t>Jacques-marie</t>
+  </si>
+  <si>
+    <t>Docteur Magalie JULIEN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713047/fr/docteur-magalie-julien</t>
+  </si>
+  <si>
+    <t>c_2713047</t>
+  </si>
+  <si>
+    <t>Magalie</t>
+  </si>
+  <si>
+    <t>Docteur Marc BARON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713061/fr/docteur-marc-baron</t>
+  </si>
+  <si>
+    <t>c_2713061</t>
+  </si>
+  <si>
+    <t>BARON</t>
+  </si>
+  <si>
+    <t>Docteur Cécile LOISEL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713065/fr/docteur-cecile-loisel</t>
+  </si>
+  <si>
+    <t>c_2713065</t>
+  </si>
+  <si>
+    <t>LOISEL</t>
+  </si>
+  <si>
+    <t>Cécile</t>
+  </si>
+  <si>
+    <t>01 April 2020</t>
+  </si>
+  <si>
+    <t>Docteur Elise VANDER EECKEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713067/fr/docteur-elise-vander-eecken</t>
+  </si>
+  <si>
+    <t>c_2713067</t>
+  </si>
+  <si>
+    <t>VANDER EECKEN</t>
+  </si>
+  <si>
+    <t>Elise</t>
+  </si>
+  <si>
+    <t>Docteur Isabelle IWANICKI-CARON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713105/fr/docteur-isabelle-iwanicki-caron</t>
+  </si>
+  <si>
+    <t>c_2713105</t>
+  </si>
+  <si>
+    <t>IWANICKI-CARON</t>
+  </si>
+  <si>
+    <t>Docteur Alain GHANNEME</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713163/fr/docteur-alain-ghanneme</t>
+  </si>
+  <si>
+    <t>c_2713163</t>
+  </si>
+  <si>
+    <t>GHANNEME</t>
+  </si>
+  <si>
+    <t>Alain</t>
+  </si>
+  <si>
+    <t>20 July 2023</t>
   </si>
   <si>
     <t>CLINIQUE LES ORMEAUX</t>
   </si>
   <si>
-    <t>76600</t>
-[...2131 lines deleted...]
-  <si>
     <t>Docteur Simon BERTIAUX</t>
   </si>
   <si>
     <t>08/11/2016 11:36:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713249/fr/docteur-simon-bertiaux</t>
   </si>
   <si>
     <t>c_2713249</t>
   </si>
   <si>
     <t>BERTIAUX</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Docteur Philippe RINIERI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713255/fr/docteur-philippe-rinieri</t>
   </si>
   <si>
     <t>c_2713255</t>
@@ -3248,110 +3404,233 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD LE TRAIT D'UNION DU CAILLY</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15139_FicheESSMS/fr/ehpad-le-trait-d-union-du-cailly</t>
+  </si>
+  <si>
+    <t>15139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De La Republique</t>
+  </si>
+  <si>
+    <t>76150 MAROMME</t>
+  </si>
+  <si>
+    <t>MAROMME</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>760782359</t>
+  </si>
+  <si>
+    <t>RESIDENCE SAINT JEAN</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14661_FicheESSMS/fr/residence-saint-jean</t>
+  </si>
+  <si>
+    <t>14661_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76850 BOSC LE HARD</t>
+  </si>
+  <si>
+    <t>BOSC LE HARD</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>760801852</t>
+  </si>
+  <si>
+    <t>EHPAD LA BELLE ETOILE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14430_FicheESSMS/fr/ehpad-la-belle-etoile</t>
+  </si>
+  <si>
+    <t>14430_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Jacques Prevert</t>
+  </si>
+  <si>
+    <t>76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>760782367</t>
+  </si>
+  <si>
+    <t>CER LES MARRONNIERS BOLBEC</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14441_FicheESSMS/fr/cer-les-marronniers-bolbec</t>
+  </si>
+  <si>
+    <t>14441_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Boulevard Jules Passas</t>
+  </si>
+  <si>
+    <t>76210 BOLBEC</t>
+  </si>
+  <si>
+    <t>BOLBEC</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>760029819</t>
+  </si>
+  <si>
+    <t>SESSAD</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:29:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14602_FicheESSMS/fr/sessad</t>
+  </si>
+  <si>
+    <t>14602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76350 OISSEL</t>
+  </si>
+  <si>
+    <t>OISSEL</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>760039479</t>
+  </si>
+  <si>
     <t>RESIDENCE MAURICE LADAM</t>
   </si>
   <si>
     <t>22/10/2025 16:16:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14189_FicheESSMS/fr/residence-maurice-ladam</t>
   </si>
   <si>
     <t>14189_FicheESSMS</t>
   </si>
   <si>
     <t>76320 CAUDEBEC LES ELBEUF</t>
   </si>
   <si>
     <t>CAUDEBEC LES ELBEUF</t>
   </si>
   <si>
-    <t>76</t>
-[...10 lines deleted...]
-  <si>
     <t>760801969</t>
   </si>
   <si>
     <t>SESSAD IME CCAS YVETOT</t>
   </si>
   <si>
     <t>20/10/2025 16:17:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14170_FicheESSMS/fr/sessad-ime-ccas-yvetot</t>
   </si>
   <si>
     <t>14170_FicheESSMS</t>
   </si>
   <si>
     <t>58 Rue Joseph Coddeville</t>
   </si>
   <si>
     <t>76190 YVETOT</t>
   </si>
   <si>
     <t>YVETOT</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>760030858</t>
   </si>
   <si>
     <t>IME AUTISTES LEO KANNER CCAS YVETOT</t>
   </si>
   <si>
     <t>20/10/2025 16:17:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14172_FicheESSMS/fr/ime-autistes-leo-kanner-ccas-yvetot</t>
   </si>
   <si>
     <t>14172_FicheESSMS</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>760012831</t>
   </si>
   <si>
     <t>IME D'YVETOT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14171_FicheESSMS/fr/ime-d-yvetot</t>
@@ -3455,56 +3734,50 @@
   <si>
     <t>13542_FicheESSMS</t>
   </si>
   <si>
     <t>760791962</t>
   </si>
   <si>
     <t>SAMNA JEAN BOSCO LE HAVRE FOND AUTEUIL</t>
   </si>
   <si>
     <t>18/09/2025 16:16:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13430_FicheESSMS/fr/samna-jean-bosco-le-havre-fond-auteuil</t>
   </si>
   <si>
     <t>13430_FicheESSMS</t>
   </si>
   <si>
     <t>122 Rue De La Cavee Verte</t>
   </si>
   <si>
     <t>76600 LE HAVRE</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...4 lines deleted...]
-  <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>760037549</t>
   </si>
   <si>
     <t>ACT ASS LA PASSERELLE ELBEUF</t>
   </si>
   <si>
     <t>10/09/2025 12:15:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/383_FicheESSMS/fr/act-ass-la-passerelle-elbeuf</t>
   </si>
   <si>
     <t>383_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Jean Jaures</t>
   </si>
   <si>
     <t>76503 ELBEUF</t>
   </si>
   <si>
     <t>ELBEUF</t>
@@ -3530,80 +3803,92 @@
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>760921825</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE D'EAWY</t>
   </si>
   <si>
     <t>10/09/2025 12:15:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/449_FicheESSMS/fr/ehpad-residence-d-eawy</t>
   </si>
   <si>
     <t>449_FicheESSMS</t>
   </si>
   <si>
     <t>76680 ST SAENS</t>
   </si>
   <si>
     <t>ST SAENS</t>
   </si>
   <si>
-    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
-[...1 lines deleted...]
-  <si>
     <t>760782417</t>
   </si>
   <si>
+    <t>CMPP ALFRED BINET  DARNETAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/492_FicheESSMS/fr/cmpp-alfred-binet-darnetal</t>
+  </si>
+  <si>
+    <t>492_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>760010918</t>
+  </si>
+  <si>
     <t>CMPP ALFRED BINET GOURNAY</t>
   </si>
   <si>
     <t>10/09/2025 12:15:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/494_FicheESSMS/fr/cmpp-alfred-binet-gournay</t>
   </si>
   <si>
     <t>494_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De Hailsham</t>
   </si>
   <si>
     <t>76220 GOURNAY EN BRAY</t>
   </si>
   <si>
     <t>GOURNAY EN BRAY</t>
   </si>
   <si>
-    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
-[...1 lines deleted...]
-  <si>
     <t>760010959</t>
   </si>
   <si>
     <t>CMPP ALFRED BINET DE ROUEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/493_FicheESSMS/fr/cmpp-alfred-binet-de-rouen</t>
   </si>
   <si>
     <t>493_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Jean Lecanuet</t>
   </si>
   <si>
     <t>76000 ROUEN</t>
   </si>
   <si>
     <t>760780486</t>
   </si>
   <si>
     <t>EHPAD LES HAUTES BRUYERES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:26</t>
@@ -3632,92 +3917,140 @@
   <si>
     <t>https://www.has-sante.fr/jcms/549_FicheESSMS/fr/savs-l-essor</t>
   </si>
   <si>
     <t>549_FicheESSMS</t>
   </si>
   <si>
     <t>12 Impasse F. Couffon</t>
   </si>
   <si>
     <t>76580 LE TRAIT</t>
   </si>
   <si>
     <t>LE TRAIT</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>760920850</t>
   </si>
   <si>
+    <t>EHPAD CH SAINT-ROMAIN-DE-COLBOSC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/643_FicheESSMS/fr/ehpad-ch-saint-romain-de-colbosc</t>
+  </si>
+  <si>
+    <t>643_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue General De Gaulle</t>
+  </si>
+  <si>
+    <t>76430 ST ROMAIN DE COLBOSC</t>
+  </si>
+  <si>
+    <t>ST ROMAIN DE COLBOSC</t>
+  </si>
+  <si>
+    <t>760802975</t>
+  </si>
+  <si>
     <t>RESIDENCE LE CLOS FLEURI</t>
   </si>
   <si>
     <t>10/09/2025 12:15:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/700_FicheESSMS/fr/residence-le-clos-fleuri</t>
   </si>
   <si>
     <t>700_FicheESSMS</t>
   </si>
   <si>
     <t>76700 GONFREVILLE L ORCHER</t>
   </si>
   <si>
     <t>GONFREVILLE L ORCHER</t>
   </si>
   <si>
     <t>760791608</t>
   </si>
   <si>
     <t>RESIDENCE L'ESTUAIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/697_FicheESSMS/fr/residence-l-estuaire</t>
   </si>
   <si>
     <t>697_FicheESSMS</t>
   </si>
   <si>
     <t>125 Route D'Orcher</t>
   </si>
   <si>
     <t>760791590</t>
   </si>
   <si>
+    <t>EEAP LES MYOSOTIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/743_FicheESSMS/fr/eeap-les-myosotis</t>
+  </si>
+  <si>
+    <t>743_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Gaiete</t>
+  </si>
+  <si>
+    <t>76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>HARFLEUR</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>760780932</t>
+  </si>
+  <si>
     <t>EHPAD LA SOURCE</t>
   </si>
   <si>
-    <t>10/09/2025 12:15:38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/738_FicheESSMS/fr/ehpad-la-source</t>
   </si>
   <si>
     <t>738_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Du 8 Mai 1945</t>
   </si>
   <si>
     <t>76770 LE HOULME</t>
   </si>
   <si>
     <t>LE HOULME</t>
   </si>
   <si>
     <t>760919282</t>
   </si>
   <si>
     <t>ESAT L'ESSOR</t>
   </si>
   <si>
     <t>10/09/2025 12:15:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/768_FicheESSMS/fr/esat-l-essor</t>
@@ -3821,56 +4154,50 @@
   <si>
     <t>906_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue Jehan Veron</t>
   </si>
   <si>
     <t>Services AEMO et AED</t>
   </si>
   <si>
     <t>760920249</t>
   </si>
   <si>
     <t>SAAD AMAPA SERVICE AUX FAMILLES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/973_FicheESSMS/fr/saad-amapa-service-aux-familles</t>
   </si>
   <si>
     <t>973_FicheESSMS</t>
   </si>
   <si>
-    <t>76700 HARFLEUR</t>
-[...4 lines deleted...]
-  <si>
     <t>Service d'aide et d'accompagnement à domicile aux familles</t>
   </si>
   <si>
     <t>760041202</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/972_FicheESSMS/fr/saad-amapa-service-aux-familles</t>
   </si>
   <si>
     <t>972_FicheESSMS</t>
   </si>
   <si>
     <t>55 Quai Du Havre</t>
   </si>
   <si>
     <t>760041194</t>
   </si>
   <si>
     <t>EHPAD LES DAMES BLANCHES</t>
   </si>
   <si>
     <t>10/09/2025 12:16:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1063_FicheESSMS/fr/ehpad-les-dames-blanches</t>
@@ -3887,89 +4214,134 @@
   <si>
     <t>EHPAD ALBERT JEAN DE LUNERAY</t>
   </si>
   <si>
     <t>10/09/2025 12:16:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1167_FicheESSMS/fr/ehpad-albert-jean-de-luneray</t>
   </si>
   <si>
     <t>1167_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Du Val Midrac</t>
   </si>
   <si>
     <t>76810 LUNERAY</t>
   </si>
   <si>
     <t>LUNERAY</t>
   </si>
   <si>
     <t>760782342</t>
   </si>
   <si>
+    <t>EHPAD LE TELHUET DE PORT JEROME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1283_FicheESSMS/fr/ehpad-le-telhuet-de-port-jerome</t>
+  </si>
+  <si>
+    <t>1283_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76330 PORT JEROME SUR SEINE</t>
+  </si>
+  <si>
+    <t>PORT JEROME SUR SEINE</t>
+  </si>
+  <si>
+    <t>760913590</t>
+  </si>
+  <si>
     <t>EHPAD L'ARCHIPEL DE DUCLAIR</t>
   </si>
   <si>
     <t>10/09/2025 12:16:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1286_FicheESSMS/fr/ehpad-l-archipel-de-duclair</t>
   </si>
   <si>
     <t>1286_FicheESSMS</t>
   </si>
   <si>
     <t>89 Chemin Clarin Mustad</t>
   </si>
   <si>
     <t>760028894</t>
   </si>
   <si>
     <t>EHPAD LA MARE AU CLERC</t>
   </si>
   <si>
     <t>10/09/2025 12:16:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1586_FicheESSMS/fr/ehpad-la-mare-au-clerc</t>
   </si>
   <si>
     <t>1586_FicheESSMS</t>
   </si>
   <si>
     <t>35 Rue Sarah Bernhardt</t>
   </si>
   <si>
     <t>76620 LE HAVRE</t>
   </si>
   <si>
     <t>760915397</t>
   </si>
   <si>
+    <t>RESIDENCE LES CAMELIAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1910_FicheESSMS/fr/residence-les-camelias</t>
+  </si>
+  <si>
+    <t>1910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Route Du Havre</t>
+  </si>
+  <si>
+    <t>76460 ST VALERY EN CAUX</t>
+  </si>
+  <si>
+    <t>ST VALERY EN CAUX</t>
+  </si>
+  <si>
+    <t>760801951</t>
+  </si>
+  <si>
     <t>EHPAD MAISON SAINT JOSEPH</t>
   </si>
   <si>
     <t>10/09/2025 12:17:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1994_FicheESSMS/fr/ehpad-maison-saint-joseph</t>
   </si>
   <si>
     <t>1994_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Du Pere Arson</t>
   </si>
   <si>
     <t>76700 ROGERVILLE</t>
   </si>
   <si>
     <t>ROGERVILLE</t>
   </si>
   <si>
     <t>760782755</t>
   </si>
   <si>
     <t>CSAPA APPARTS THERAPEUTIQUES BOUSSOLLE</t>
@@ -4115,50 +4487,188 @@
   <si>
     <t>76100 ROUEN</t>
   </si>
   <si>
     <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
   </si>
   <si>
     <t>760790741</t>
   </si>
   <si>
     <t>RESIDENCE DOMAINE DE LA SOURCE</t>
   </si>
   <si>
     <t>10/09/2025 12:18:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2817_FicheESSMS/fr/residence-domaine-de-la-source</t>
   </si>
   <si>
     <t>2817_FicheESSMS</t>
   </si>
   <si>
     <t>760791343</t>
   </si>
   <si>
+    <t>RESIDENCE LES SAPINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2909_FicheESSMS/fr/residence-les-sapins</t>
+  </si>
+  <si>
+    <t>2909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Place Virmontois</t>
+  </si>
+  <si>
+    <t>760791426</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES MYOSOTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2908_FicheESSMS/fr/residence-les-myosotis</t>
+  </si>
+  <si>
+    <t>2908_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76510 ST NICOLAS D ALIERMONT</t>
+  </si>
+  <si>
+    <t>ST NICOLAS D ALIERMONT</t>
+  </si>
+  <si>
+    <t>760791509</t>
+  </si>
+  <si>
+    <t>RESIDENCE EDMOND MICHELET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2907_FicheESSMS/fr/residence-edmond-michelet</t>
+  </si>
+  <si>
+    <t>2907_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76260 EU</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>760791277</t>
+  </si>
+  <si>
+    <t>RESIDENCE BEL HORIZON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2906_FicheESSMS/fr/residence-bel-horizon</t>
+  </si>
+  <si>
+    <t>2906_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76740 FONTAINE LE DUN</t>
+  </si>
+  <si>
+    <t>FONTAINE LE DUN</t>
+  </si>
+  <si>
+    <t>760791293</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2905_FicheESSMS/fr/residence-les-tilleuls</t>
+  </si>
+  <si>
+    <t>2905_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760792101</t>
+  </si>
+  <si>
+    <t>RESIDENCE GUY DE MAUPASSANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2912_FicheESSMS/fr/residence-guy-de-maupassant</t>
+  </si>
+  <si>
+    <t>2912_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Docteur Gernez</t>
+  </si>
+  <si>
+    <t>76210 GRUCHET LE VALASSE</t>
+  </si>
+  <si>
+    <t>GRUCHET LE VALASSE</t>
+  </si>
+  <si>
+    <t>760805903</t>
+  </si>
+  <si>
+    <t>RESIDENCE ROLAND LE GALLAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2911_FicheESSMS/fr/residence-roland-le-gallais</t>
+  </si>
+  <si>
+    <t>2911_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76133 EPOUVILLE</t>
+  </si>
+  <si>
+    <t>EPOUVILLE</t>
+  </si>
+  <si>
+    <t>760802835</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE JEAN PELLOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2910_FicheESSMS/fr/residence-autonomie-jean-pellot</t>
+  </si>
+  <si>
+    <t>2910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760802074</t>
+  </si>
+  <si>
     <t>SESSAD CANTELEU EPLSMS IDEFHI</t>
   </si>
   <si>
     <t>10/09/2025 12:18:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2968_FicheESSMS/fr/sessad-canteleu-eplsms-idefhi</t>
   </si>
   <si>
     <t>2968_FicheESSMS</t>
   </si>
   <si>
     <t>76380 CANTELEU</t>
   </si>
   <si>
     <t>CANTELEU</t>
   </si>
   <si>
     <t>760027987</t>
   </si>
   <si>
     <t>SAMSAH BOIS GUILLAUME - IDEFHI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2967_FicheESSMS/fr/samsah-bois-guillaume-idefhi</t>
@@ -4193,98 +4703,311 @@
   <si>
     <t>https://www.has-sante.fr/jcms/2964_FicheESSMS/fr/unite-enfants-dyslexiques-dysphasiques</t>
   </si>
   <si>
     <t>2964_FicheESSMS</t>
   </si>
   <si>
     <t>760013029</t>
   </si>
   <si>
     <t>ESAT FRANCOIS TRUFFAUT IDEFHI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2963_FicheESSMS/fr/esat-francois-truffaut-idefhi</t>
   </si>
   <si>
     <t>2963_FicheESSMS</t>
   </si>
   <si>
     <t>38 Route De Sahurs</t>
   </si>
   <si>
     <t>760920983</t>
   </si>
   <si>
+    <t>EANM IDEFHI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2962_FicheESSMS/fr/eanm-idefhi</t>
+  </si>
+  <si>
+    <t>2962_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Crevier</t>
+  </si>
+  <si>
+    <t>760919233</t>
+  </si>
+  <si>
     <t>EHPAD LA POMMERAIE</t>
   </si>
   <si>
     <t>10/09/2025 12:18:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3087_FicheESSMS/fr/ehpad-la-pommeraie</t>
   </si>
   <si>
     <t>3087_FicheESSMS</t>
   </si>
   <si>
     <t>4 Route De Turretot</t>
   </si>
   <si>
     <t>76280 CRIQUETOT L ESNEVAL</t>
   </si>
   <si>
     <t>CRIQUETOT L ESNEVAL</t>
   </si>
   <si>
     <t>760782904</t>
   </si>
   <si>
+    <t>EHPAD CH DU BOIS PETIT - SOTTEVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3278_FicheESSMS/fr/ehpad-ch-du-bois-petit-sotteville</t>
+  </si>
+  <si>
+    <t>3278_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue De La Liberation</t>
+  </si>
+  <si>
+    <t>76301 SOTTEVILLE LES ROUEN</t>
+  </si>
+  <si>
+    <t>760803023</t>
+  </si>
+  <si>
+    <t>EHPAD LA PLEIADE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3277_FicheESSMS/fr/ehpad-la-pleiade</t>
+  </si>
+  <si>
+    <t>3277_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Jacques Fouray</t>
+  </si>
+  <si>
+    <t>760915702</t>
+  </si>
+  <si>
+    <t>EHPAD LES 4 SAISONS PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3276_FicheESSMS/fr/ehpad-les-4-saisons-petit-quevilly</t>
+  </si>
+  <si>
+    <t>3276_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Danton</t>
+  </si>
+  <si>
+    <t>76141 LE PETIT QUEVILLY</t>
+  </si>
+  <si>
+    <t>LE PETIT QUEVILLY</t>
+  </si>
+  <si>
+    <t>760802876</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE DE LA SCIE</t>
   </si>
   <si>
     <t>10/09/2025 12:19:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3355_FicheESSMS/fr/ehpad-residence-de-la-scie</t>
   </si>
   <si>
     <t>3355_FicheESSMS</t>
   </si>
   <si>
     <t>2 Route Des Vergers</t>
   </si>
   <si>
     <t>76590 ST CRESPIN</t>
   </si>
   <si>
     <t>ST CRESPIN</t>
   </si>
   <si>
     <t>760782409</t>
   </si>
   <si>
+    <t>SAMNA ADMI AAE ROUEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3406_FicheESSMS/fr/samna-admi-aae-rouen</t>
+  </si>
+  <si>
+    <t>3406_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Malherbe</t>
+  </si>
+  <si>
+    <t>760037986</t>
+  </si>
+  <si>
+    <t>RESIDENCE VAL FLEURI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3468_FicheESSMS/fr/residence-val-fleuri</t>
+  </si>
+  <si>
+    <t>3468_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Jacques Fauquet</t>
+  </si>
+  <si>
+    <t>760802066</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE CENTRE JEAN VANIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3482_FicheESSMS/fr/foyer-de-vie-centre-jean-vanier</t>
+  </si>
+  <si>
+    <t>3482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>76133 ROLLEVILLE</t>
+  </si>
+  <si>
+    <t>ROLLEVILLE</t>
+  </si>
+  <si>
+    <t>760781112</t>
+  </si>
+  <si>
+    <t>FAM ANDRE MARTIN EPD GRUGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3518_FicheESSMS/fr/fam-andre-martin-epd-grugny</t>
+  </si>
+  <si>
+    <t>3518_FicheESSMS</t>
+  </si>
+  <si>
+    <t>634 Rue Andre Martin</t>
+  </si>
+  <si>
+    <t>76690 GRUGNY</t>
+  </si>
+  <si>
+    <t>GRUGNY</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>760010017</t>
+  </si>
+  <si>
+    <t>MAS DE GRUGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3517_FicheESSMS/fr/mas-de-grugny</t>
+  </si>
+  <si>
+    <t>3517_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>760025924</t>
+  </si>
+  <si>
+    <t>EHPAD ETS PUB DEP GRUGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3516_FicheESSMS/fr/ehpad-ets-pub-dep-grugny</t>
+  </si>
+  <si>
+    <t>3516_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760781633</t>
+  </si>
+  <si>
+    <t>EAM GÉRARD DE NERVAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3515_FicheESSMS/fr/eam-gerard-de-nerval</t>
+  </si>
+  <si>
+    <t>3515_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>760918565</t>
+  </si>
+  <si>
+    <t>FV ANDRE MARTIN - EPD GRUGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3514_FicheESSMS/fr/fv-andre-martin-epd-grugny</t>
+  </si>
+  <si>
+    <t>3514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760920165</t>
+  </si>
+  <si>
     <t>FAE ET SAMNA ELBEUF</t>
   </si>
   <si>
     <t>10/09/2025 12:19:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3626_FicheESSMS/fr/fae-et-samna-elbeuf</t>
   </si>
   <si>
     <t>3626_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue D'Alsace</t>
   </si>
   <si>
     <t>76500 ELBEUF</t>
   </si>
   <si>
     <t>760783050</t>
   </si>
   <si>
     <t>RESIDENCE LA ROSE DES SABLES</t>
   </si>
   <si>
     <t>10/09/2025 12:19:41</t>
@@ -4298,50 +5021,71 @@
   <si>
     <t>15 Rue De La Maladrerie</t>
   </si>
   <si>
     <t>760033449</t>
   </si>
   <si>
     <t>EHPAD FOYER SAINT JOSEPH</t>
   </si>
   <si>
     <t>10/09/2025 12:19:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3705_FicheESSMS/fr/ehpad-foyer-saint-joseph</t>
   </si>
   <si>
     <t>3705_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue De La Cage</t>
   </si>
   <si>
     <t>760790923</t>
   </si>
   <si>
+    <t>CLIC DES AINES CCAS ROUEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3732_FicheESSMS/fr/clic-des-aines-ccas-rouen</t>
+  </si>
+  <si>
+    <t>3732_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Arsins</t>
+  </si>
+  <si>
+    <t>Centres Locaux Information Coordination P.A .(C.L.I.C.)</t>
+  </si>
+  <si>
+    <t>760017319</t>
+  </si>
+  <si>
     <t>RESIDENCE ST-FILLEUL</t>
   </si>
   <si>
     <t>10/09/2025 12:19:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3735_FicheESSMS/fr/residence-st-filleul</t>
   </si>
   <si>
     <t>3735_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Du Framboisier</t>
   </si>
   <si>
     <t>760792010</t>
   </si>
   <si>
     <t>RESIDENCE JANINE BONVOISIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3734_FicheESSMS/fr/residence-janine-bonvoisin</t>
   </si>
   <si>
     <t>3734_FicheESSMS</t>
@@ -4361,152 +5105,437 @@
   <si>
     <t>3733_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue De Trianon</t>
   </si>
   <si>
     <t>760791996</t>
   </si>
   <si>
     <t>CLIC DU PAYS DE CAUX ASS GINCAUX</t>
   </si>
   <si>
     <t>10/09/2025 12:20:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4037_FicheESSMS/fr/clic-du-pays-de-caux-ass-gincaux</t>
   </si>
   <si>
     <t>4037_FicheESSMS</t>
   </si>
   <si>
     <t>20 Avenue Georges Clemenceau</t>
   </si>
   <si>
-    <t>Centres Locaux Information Coordination P.A .(C.L.I.C.)</t>
-[...1 lines deleted...]
-  <si>
     <t>760017558</t>
   </si>
   <si>
+    <t>CENTRE D'ACCUEIL DE JOUR MEDICALISE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4353_FicheESSMS/fr/centre-d-accueil-de-jour-medicalise</t>
+  </si>
+  <si>
+    <t>4353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue D'Anjou</t>
+  </si>
+  <si>
+    <t>76240 LE MESNIL ESNARD</t>
+  </si>
+  <si>
+    <t>LE MESNIL ESNARD</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Temporaire pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>760031674</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH ASSELIN HEDELIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4420_FicheESSMS/fr/ehpad-du-ch-asselin-hedelin</t>
+  </si>
+  <si>
+    <t>4420_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Champ De Courses</t>
+  </si>
+  <si>
+    <t>760802967</t>
+  </si>
+  <si>
+    <t>MECS ASS LES NIDS LONGUEVILLE SUR SCIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4648_FicheESSMS/fr/mecs-ass-les-nids-longueville-sur-scie</t>
+  </si>
+  <si>
+    <t>4648_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76590 LONGUEVILLE SUR SCIE</t>
+  </si>
+  <si>
+    <t>LONGUEVILLE SUR SCIE</t>
+  </si>
+  <si>
+    <t>760783415</t>
+  </si>
+  <si>
+    <t>MECS ASS LES NIDS MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4647_FicheESSMS/fr/mecs-ass-les-nids-mont-saint-aignan</t>
+  </si>
+  <si>
+    <t>4647_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Marechal Juin</t>
+  </si>
+  <si>
+    <t>76135 MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>760920017</t>
+  </si>
+  <si>
+    <t>EHPAD LA RUCHE D'ELBEUF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4687_FicheESSMS/fr/ehpad-la-ruche-d-elbeuf</t>
+  </si>
+  <si>
+    <t>4687_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Lazare Hoche</t>
+  </si>
+  <si>
+    <t>760802686</t>
+  </si>
+  <si>
+    <t>MECS ASS LES NIDS MONTVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5143_FicheESSMS/fr/mecs-ass-les-nids-montville</t>
+  </si>
+  <si>
+    <t>5143_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76710 MONTVILLE</t>
+  </si>
+  <si>
+    <t>MONTVILLE</t>
+  </si>
+  <si>
+    <t>760919985</t>
+  </si>
+  <si>
+    <t>EHPAD CHG LA FILANDIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5536_FicheESSMS/fr/ehpad-chg-la-filandiere</t>
+  </si>
+  <si>
+    <t>5536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Georges Hebert</t>
+  </si>
+  <si>
+    <t>76250 DEVILLE LES ROUEN</t>
+  </si>
+  <si>
+    <t>DEVILLE LES ROUEN</t>
+  </si>
+  <si>
+    <t>760920413</t>
+  </si>
+  <si>
+    <t>EHPAD BETHEL BOUCICAUT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5535_FicheESSMS/fr/ehpad-bethel-boucicaut</t>
+  </si>
+  <si>
+    <t>5535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Boucicaut</t>
+  </si>
+  <si>
+    <t>76130 MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>760790873</t>
+  </si>
+  <si>
+    <t>LHSS - ONM TERRITOIRE D'ELBEUF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5617_FicheESSMS/fr/lhss-onm-territoire-d-elbeuf</t>
+  </si>
+  <si>
+    <t>5617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Rue Des Martyrs</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>760030569</t>
+  </si>
+  <si>
     <t>SAMSAH DE DIEPPE</t>
   </si>
   <si>
     <t>10/09/2025 12:22:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5843_FicheESSMS/fr/samsah-de-dieppe</t>
   </si>
   <si>
     <t>5843_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Thiers</t>
   </si>
   <si>
     <t>760035097</t>
   </si>
   <si>
+    <t>EHPAD MAURICE COLLET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5917_FicheESSMS/fr/ehpad-maurice-collet</t>
+  </si>
+  <si>
+    <t>5917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Winston Churchill</t>
+  </si>
+  <si>
+    <t>76490 RIVES EN SEINE</t>
+  </si>
+  <si>
+    <t>RIVES EN SEINE</t>
+  </si>
+  <si>
+    <t>760782128</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE MÉRIDIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5929_FicheESSMS/fr/residence-meridienne</t>
+  </si>
+  <si>
+    <t>5929_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue Méridienne</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>760038778</t>
+  </si>
+  <si>
     <t>LHSS DIEPPE ASS OEUVRE NORMANDE MERES</t>
   </si>
   <si>
     <t>10/09/2025 12:22:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5957_FicheESSMS/fr/lhss-dieppe-ass-oeuvre-normande-meres</t>
   </si>
   <si>
     <t>5957_FicheESSMS</t>
   </si>
   <si>
-    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>760031351</t>
   </si>
   <si>
     <t>CSAPA DIEPPE ASS ONM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5956_FicheESSMS/fr/csapa-dieppe-ass-onm</t>
   </si>
   <si>
     <t>5956_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue De Caen</t>
   </si>
   <si>
     <t>760026351</t>
   </si>
   <si>
+    <t>CAARUD DIEPPE ASS. OEUVRE NORMANDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5959_FicheESSMS/fr/caarud-dieppe-ass-oeuvre-normande</t>
+  </si>
+  <si>
+    <t>5959_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue General Leclerc</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>760034918</t>
+  </si>
+  <si>
     <t>ACT ASS OEUVRE NORMANDE DES MERES</t>
   </si>
   <si>
-    <t>10/09/2025 12:22:47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/5958_FicheESSMS/fr/act-ass-oeuvre-normande-des-meres</t>
   </si>
   <si>
     <t>5958_FicheESSMS</t>
   </si>
   <si>
     <t>45 Avenue Vauban</t>
   </si>
   <si>
     <t>760031575</t>
   </si>
   <si>
     <t>VILLAGE D'ENFANTS DUCLAIR ASS LES NIDS</t>
   </si>
   <si>
     <t>10/09/2025 12:22:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5976_FicheESSMS/fr/village-d-enfants-duclair-ass-les-nids</t>
   </si>
   <si>
     <t>5976_FicheESSMS</t>
   </si>
   <si>
     <t>11 Allée Des Peupliers</t>
   </si>
   <si>
     <t>Village d'Enfants</t>
   </si>
   <si>
     <t>760783118</t>
   </si>
   <si>
+    <t>EHPAD RESIDENCE DU DUC D'AUMALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6019_FicheESSMS/fr/ehpad-residence-du-duc-d-aumale</t>
+  </si>
+  <si>
+    <t>6019_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Soeur Badiou</t>
+  </si>
+  <si>
+    <t>76390 AUMALE</t>
+  </si>
+  <si>
+    <t>AUMALE</t>
+  </si>
+  <si>
+    <t>760782185</t>
+  </si>
+  <si>
+    <t>EHPAD LEFEBVRE-BLONDEL-DUBUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6018_FicheESSMS/fr/ehpad-lefebvre-blondel-dubus</t>
+  </si>
+  <si>
+    <t>6018_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76870 GAILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>GAILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>760782318</t>
+  </si>
+  <si>
     <t>ETABLISSEMENT ABA V/B BF SKINNER</t>
   </si>
   <si>
-    <t>10/09/2025 12:22:51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/6016_FicheESSMS/fr/etablissement-aba-v/b-bf-skinner</t>
   </si>
   <si>
     <t>6016_FicheESSMS</t>
   </si>
   <si>
     <t>431 Rue Des Faubourgs</t>
   </si>
   <si>
     <t>76760 YERVILLE</t>
   </si>
   <si>
     <t>YERVILLE</t>
   </si>
   <si>
     <t>760030494</t>
   </si>
   <si>
     <t>EHPAD JEAN FERRAT</t>
   </si>
   <si>
     <t>10/09/2025 12:22:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6036_FicheESSMS/fr/ehpad-jean-ferrat</t>
@@ -4553,62 +5582,95 @@
   <si>
     <t>760921015</t>
   </si>
   <si>
     <t>IME LE CHANT DU LOUP DE CANTELEU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6121_FicheESSMS/fr/ime-le-chant-du-loup-de-canteleu</t>
   </si>
   <si>
     <t>6121_FicheESSMS</t>
   </si>
   <si>
     <t>760915009</t>
   </si>
   <si>
     <t>ESAT MESNIL-ESNARD LADAPT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6120_FicheESSMS/fr/esat-mesnil-esnard-ladapt</t>
   </si>
   <si>
     <t>6120_FicheESSMS</t>
   </si>
   <si>
-    <t>18 Rue D'Anjou</t>
-[...7 lines deleted...]
-  <si>
     <t>760783027</t>
   </si>
   <si>
+    <t>EHPAD CH DE L'AUSTREBERTHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6234_FicheESSMS/fr/ehpad-ch-de-l-austreberthe</t>
+  </si>
+  <si>
+    <t>6234_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>76360 BARENTIN</t>
+  </si>
+  <si>
+    <t>BARENTIN</t>
+  </si>
+  <si>
+    <t>760802868</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6235_FicheESSMS/fr/ehpad-ch-de-l-austreberthe</t>
+  </si>
+  <si>
+    <t>6235_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76570 PAVILLY</t>
+  </si>
+  <si>
+    <t>PAVILLY</t>
+  </si>
+  <si>
+    <t>760782391</t>
+  </si>
+  <si>
     <t>RESIDENCE EUGENIE COTTON</t>
   </si>
   <si>
     <t>10/09/2025 12:23:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6517_FicheESSMS/fr/residence-eugenie-cotton</t>
   </si>
   <si>
     <t>6517_FicheESSMS</t>
   </si>
   <si>
     <t>17 Rue Pasteur</t>
   </si>
   <si>
     <t>760791616</t>
   </si>
   <si>
     <t>SESSAD LOGIS SAINT-FRANCOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6647_FicheESSMS/fr/sessad-logis-saint-francois</t>
@@ -4700,59 +5762,68 @@
   <si>
     <t>304 Route De La Mer</t>
   </si>
   <si>
     <t>76890 VAL DE SAANE</t>
   </si>
   <si>
     <t>VAL DE SAANE</t>
   </si>
   <si>
     <t>760792085</t>
   </si>
   <si>
     <t>ATJ  LES FOUGERES</t>
   </si>
   <si>
     <t>10/09/2025 12:24:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7152_FicheESSMS/fr/atj-les-fougeres</t>
   </si>
   <si>
     <t>7152_FicheESSMS</t>
   </si>
   <si>
-    <t>76150 MAROMME</t>
-[...4 lines deleted...]
-  <si>
     <t>760910885</t>
   </si>
   <si>
+    <t>FH LES FOUGERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7151_FicheESSMS/fr/fh-les-fougeres</t>
+  </si>
+  <si>
+    <t>7151_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>760918573</t>
+  </si>
+  <si>
     <t>EHPAD LA ROSERAIE</t>
   </si>
   <si>
     <t>10/09/2025 12:24:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7308_FicheESSMS/fr/ehpad-la-roseraie</t>
   </si>
   <si>
     <t>7308_FicheESSMS</t>
   </si>
   <si>
     <t>27 Rue Albert Dubosc</t>
   </si>
   <si>
     <t>76310 STE ADRESSE</t>
   </si>
   <si>
     <t>STE ADRESSE</t>
   </si>
   <si>
     <t>760913731</t>
   </si>
   <si>
     <t>SESSAD APAPSH</t>
@@ -4838,74 +5909,65 @@
   <si>
     <t>76062 LE HAVRE</t>
   </si>
   <si>
     <t>Service d'Investigation Educative</t>
   </si>
   <si>
     <t>760921320</t>
   </si>
   <si>
     <t>RESIDENCE IRENEE BOURGOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8621_FicheESSMS/fr/residence-irenee-bourgois</t>
   </si>
   <si>
     <t>8621_FicheESSMS</t>
   </si>
   <si>
     <t>85 Rue De La Barre</t>
   </si>
   <si>
-    <t>Privé commercial</t>
-[...1 lines deleted...]
-  <si>
     <t>760917856</t>
   </si>
   <si>
     <t>RESIDENCE LES HORTENSIAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8620_FicheESSMS/fr/residence-les-hortensias</t>
   </si>
   <si>
     <t>8620_FicheESSMS</t>
   </si>
   <si>
     <t>1 Place François Mitterand</t>
   </si>
   <si>
-    <t>76250 DEVILLE LES ROUEN</t>
-[...4 lines deleted...]
-  <si>
     <t>760791202</t>
   </si>
   <si>
     <t>SAVS AXED</t>
   </si>
   <si>
     <t>10/09/2025 12:25:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8731_FicheESSMS/fr/savs-axed</t>
   </si>
   <si>
     <t>8731_FicheESSMS</t>
   </si>
   <si>
     <t>227 Rue Du Renard</t>
   </si>
   <si>
     <t>760919076</t>
   </si>
   <si>
     <t>FV LE CERISIER</t>
   </si>
   <si>
     <t>10/09/2025 12:25:30</t>
@@ -4925,110 +5987,98 @@
   <si>
     <t>ST AUBIN LES ELBEUF</t>
   </si>
   <si>
     <t>760781047</t>
   </si>
   <si>
     <t>MAS BEAU SITE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8739_FicheESSMS/fr/mas-beau-site</t>
   </si>
   <si>
     <t>8739_FicheESSMS</t>
   </si>
   <si>
     <t>100 Rue Du Beau Site</t>
   </si>
   <si>
     <t>76410 FRENEUSE</t>
   </si>
   <si>
     <t>FRENEUSE</t>
   </si>
   <si>
-    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>760024711</t>
   </si>
   <si>
     <t>EAM RESIDENCE BRUHNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8738_FicheESSMS/fr/eam-residence-bruhnes</t>
   </si>
   <si>
     <t>8738_FicheESSMS</t>
   </si>
   <si>
     <t>79 Rue De Freneuse</t>
   </si>
   <si>
-    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
-[...1 lines deleted...]
-  <si>
     <t>760012989</t>
   </si>
   <si>
     <t>SECTION POLYHANDICAP IME ENVOL ST-JEAN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8737_FicheESSMS/fr/section-polyhandicap-ime-envol-st-jean</t>
   </si>
   <si>
     <t>8737_FicheESSMS</t>
   </si>
   <si>
     <t>549 Rue Herbeuse</t>
   </si>
   <si>
     <t>76230 BOIS GUILLAUME</t>
   </si>
   <si>
-    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>760920884</t>
   </si>
   <si>
     <t>FH L'ETAPE -  AXED</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8736_FicheESSMS/fr/fh-l-etape-axed</t>
   </si>
   <si>
     <t>8736_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Manchon Freres</t>
   </si>
   <si>
-    <t>Foyer Hébergement Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>760792408</t>
   </si>
   <si>
     <t>ESAT LES ATELIERS DU CAILLY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8735_FicheESSMS/fr/esat-les-ateliers-du-cailly</t>
   </si>
   <si>
     <t>8735_FicheESSMS</t>
   </si>
   <si>
     <t>14 Rue Du Canal</t>
   </si>
   <si>
     <t>760802330</t>
   </si>
   <si>
     <t>SAVS DUMONT D'URVILLE DE ROUEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8734_FicheESSMS/fr/savs-dumont-d-urville-de-rouen</t>
   </si>
   <si>
     <t>8734_FicheESSMS</t>
@@ -5045,149 +6095,257 @@
   <si>
     <t>https://www.has-sante.fr/jcms/8733_FicheESSMS/fr/mas-bois-guillaume-axed</t>
   </si>
   <si>
     <t>8733_FicheESSMS</t>
   </si>
   <si>
     <t>600 Rue Herbeuse</t>
   </si>
   <si>
     <t>760028027</t>
   </si>
   <si>
     <t>IME L'ENVOL SAINT JEAN BOIS-GUILLAUME</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8732_FicheESSMS/fr/ime-l-envol-saint-jean-bois-guillaume</t>
   </si>
   <si>
     <t>8732_FicheESSMS</t>
   </si>
   <si>
     <t>760780304</t>
   </si>
   <si>
+    <t>SSIAD CHI ELBEUF-LOUVIERS-VAL DE REUIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8840_FicheESSMS/fr/ssiad-chi-elbeuf-louviers-val-de-reuil</t>
+  </si>
+  <si>
+    <t>8840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Route De Rouen</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>760802504</t>
+  </si>
+  <si>
+    <t>ESAT LIGUE HAVRAISE - LE HAVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8915_FicheESSMS/fr/esat-ligue-havraise-le-havre</t>
+  </si>
+  <si>
+    <t>8915_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Gabriel Monmert</t>
+  </si>
+  <si>
+    <t>760791897</t>
+  </si>
+  <si>
+    <t>CLIC CANTON DE BOOS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9047_FicheESSMS/fr/clic-canton-de-boos</t>
+  </si>
+  <si>
+    <t>9047_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76520 BOOS</t>
+  </si>
+  <si>
+    <t>BOOS</t>
+  </si>
+  <si>
+    <t>760028373</t>
+  </si>
+  <si>
     <t>RESIDENCE  BELLEVUE BONSECOURS</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9046_FicheESSMS/fr/residence-bellevue-bonsecours</t>
   </si>
   <si>
     <t>9046_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Leon Devaux</t>
   </si>
   <si>
     <t>760791129</t>
   </si>
   <si>
+    <t>RESIDENCE LES PERRETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9045_FicheESSMS/fr/residence-les-perrets</t>
+  </si>
+  <si>
+    <t>9045_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760791400</t>
+  </si>
+  <si>
     <t>SAAD ASS ADEO LE HAVRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9044_FicheESSMS/fr/saad-ass-adeo-le-havre</t>
   </si>
   <si>
     <t>9044_FicheESSMS</t>
   </si>
   <si>
     <t>101 Rue Dicquemare</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>760025031</t>
   </si>
   <si>
     <t>RESIDENCE GERMAINE COTY</t>
   </si>
   <si>
     <t>10/09/2025 12:25:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9084_FicheESSMS/fr/residence-germaine-coty</t>
   </si>
   <si>
     <t>9084_FicheESSMS</t>
   </si>
   <si>
     <t>760791236</t>
   </si>
   <si>
+    <t>IME DOMINIQUE LEFORT - MONT-CAUVAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9083_FicheESSMS/fr/ime-dominique-lefort-mont-cauvaire</t>
+  </si>
+  <si>
+    <t>9083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76690 MONT CAUVAIRE</t>
+  </si>
+  <si>
+    <t>MONT CAUVAIRE</t>
+  </si>
+  <si>
+    <t>760786020</t>
+  </si>
+  <si>
     <t>FV - AJ- LES LAURIERS - AMER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9082_FicheESSMS/fr/fv-aj-les-lauriers-amer</t>
   </si>
   <si>
     <t>9082_FicheESSMS</t>
   </si>
   <si>
-    <t>76850 BOSC LE HARD</t>
-[...4 lines deleted...]
-  <si>
     <t>760920751</t>
   </si>
   <si>
     <t>EAM LES LAURIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9081_FicheESSMS/fr/eam-les-lauriers</t>
   </si>
   <si>
     <t>9081_FicheESSMS</t>
   </si>
   <si>
     <t>760034124</t>
   </si>
   <si>
     <t>ATJ LES LIERRES -  AMER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9080_FicheESSMS/fr/atj-les-lierres-amer</t>
   </si>
   <si>
     <t>9080_FicheESSMS</t>
   </si>
   <si>
     <t>17 Rue Émile Zola</t>
   </si>
   <si>
     <t>760921338</t>
   </si>
   <si>
+    <t>FH LES POMMIERS  - AMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9079_FicheESSMS/fr/fh-les-pommiers-amer</t>
+  </si>
+  <si>
+    <t>9079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760915603</t>
+  </si>
+  <si>
+    <t>ATJ LES POMMIERS - AMER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9078_FicheESSMS/fr/atj-les-pommiers-amer</t>
+  </si>
+  <si>
+    <t>9078_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760803056</t>
+  </si>
+  <si>
     <t>ATJ LES COURLIS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9113_FicheESSMS/fr/atj-les-courlis</t>
   </si>
   <si>
     <t>9113_FicheESSMS</t>
   </si>
   <si>
     <t>170 Rue De La Lande Saint-Jacques</t>
   </si>
   <si>
     <t>76400 FECAMP</t>
   </si>
   <si>
     <t>760917401</t>
   </si>
   <si>
     <t>FV LES GOELANDS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9112_FicheESSMS/fr/fv-les-goelands</t>
@@ -5261,53 +6419,50 @@
   <si>
     <t>76410 CLEON</t>
   </si>
   <si>
     <t>CLEON</t>
   </si>
   <si>
     <t>760010066</t>
   </si>
   <si>
     <t>SESSAD DU PETIT QUEVILLY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9107_FicheESSMS/fr/sessad-du-petit-quevilly</t>
   </si>
   <si>
     <t>9107_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue D'Alembert</t>
   </si>
   <si>
     <t>76140 LE PETIT QUEVILLY</t>
   </si>
   <si>
-    <t>LE PETIT QUEVILLY</t>
-[...1 lines deleted...]
-  <si>
     <t>760025551</t>
   </si>
   <si>
     <t>ESAT DU CHAMP FLEURI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9106_FicheESSMS/fr/esat-du-champ-fleuri</t>
   </si>
   <si>
     <t>9106_FicheESSMS</t>
   </si>
   <si>
     <t>112 Rue Du Chateau</t>
   </si>
   <si>
     <t>760018838</t>
   </si>
   <si>
     <t>C.A.J CENTRE D'ACTIVITÉS DE JOUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9105_FicheESSMS/fr/c-a-j-centre-d-activites-de-jour</t>
   </si>
   <si>
     <t>9105_FicheESSMS</t>
@@ -5333,944 +6488,329 @@
   <si>
     <t>FAM LES ALBATROS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9103_FicheESSMS/fr/fam-les-albatros</t>
   </si>
   <si>
     <t>9103_FicheESSMS</t>
   </si>
   <si>
     <t>760919845</t>
   </si>
   <si>
     <t>MAS LES ALBATROS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9102_FicheESSMS/fr/mas-les-albatros</t>
   </si>
   <si>
     <t>9102_FicheESSMS</t>
   </si>
   <si>
     <t>760037903</t>
   </si>
   <si>
+    <t>FV LES  MOUETTES - P.BL.ROUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9101_FicheESSMS/fr/fv-les-mouettes-p-bl-rouen</t>
+  </si>
+  <si>
+    <t>9101_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>760801092</t>
+  </si>
+  <si>
     <t>EAM LE LOGIS DE ROUEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9100_FicheESSMS/fr/eam-le-logis-de-rouen</t>
   </si>
   <si>
     <t>9100_FicheESSMS</t>
   </si>
   <si>
     <t>255 Rue Louis Blanc</t>
   </si>
   <si>
     <t>760025536</t>
   </si>
   <si>
     <t>FAM LA BASTIDE DE LE PETIT QUEVILLY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9099_FicheESSMS/fr/fam-la-bastide-de-le-petit-quevilly</t>
   </si>
   <si>
     <t>9099_FicheESSMS</t>
   </si>
   <si>
     <t>69 Rue Pierre Semard</t>
   </si>
   <si>
-    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
-[...1 lines deleted...]
-  <si>
     <t>760011478</t>
   </si>
   <si>
-    <t>CMPP ALFRED BINET  DARNETAL</t>
-[...760 lines deleted...]
-  <si>
     <t>MAS LES CONSTELLATIONS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9256_FicheESSMS/fr/mas-les-constellations</t>
   </si>
   <si>
     <t>9256_FicheESSMS</t>
   </si>
   <si>
     <t>51 Rue Rene Duvauchelle</t>
   </si>
   <si>
     <t>760030817</t>
   </si>
   <si>
+    <t>EHPAD ETOILE DU MATIN D'ÉTRETAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9282_FicheESSMS/fr/ehpad-etoile-du-matin-d-etretat</t>
+  </si>
+  <si>
+    <t>9282_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76790 ETRETAT</t>
+  </si>
+  <si>
+    <t>ETRETAT</t>
+  </si>
+  <si>
+    <t>760915405</t>
+  </si>
+  <si>
+    <t>EHPAD BOUIC MANOURY DE FAUVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9333_FicheESSMS/fr/ehpad-bouic-manoury-de-fauville</t>
+  </si>
+  <si>
+    <t>9333_FicheESSMS</t>
+  </si>
+  <si>
+    <t>373 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>76640 TERRES DE CAUX</t>
+  </si>
+  <si>
+    <t>TERRES DE CAUX</t>
+  </si>
+  <si>
+    <t>760782284</t>
+  </si>
+  <si>
+    <t>SSIAD EHPAD FAUVILLE EN CAUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9340_FicheESSMS/fr/ssiad-ehpad-fauville-en-caux</t>
+  </si>
+  <si>
+    <t>9340_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760914168</t>
+  </si>
+  <si>
     <t>SAMSAH LE HAVRE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9378_FicheESSMS/fr/samsah-le-havre</t>
   </si>
   <si>
     <t>9378_FicheESSMS</t>
   </si>
   <si>
     <t>58 Rue General Chanzy</t>
   </si>
   <si>
     <t>760016568</t>
   </si>
   <si>
     <t>EANM CAJ DE LA LIGUE HAVRAISE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9423_FicheESSMS/fr/eanm-caj-de-la-ligue-havraise</t>
   </si>
   <si>
     <t>9423_FicheESSMS</t>
   </si>
   <si>
     <t>17 Rue Jean Dausset</t>
   </si>
   <si>
     <t>760786004</t>
   </si>
   <si>
+    <t>RESIDENCE BEGUINAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9506_FicheESSMS/fr/residence-beguinage</t>
+  </si>
+  <si>
+    <t>9506_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76720 VAL DE SCIE</t>
+  </si>
+  <si>
+    <t>VAL DE SCIE</t>
+  </si>
+  <si>
+    <t>760791046</t>
+  </si>
+  <si>
+    <t>EHPAD  LECALLIER LERICHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9490_FicheESSMS/fr/ehpad-lecallier-leriche</t>
+  </si>
+  <si>
+    <t>9490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>168 Rue General Giraud</t>
+  </si>
+  <si>
+    <t>760803031</t>
+  </si>
+  <si>
     <t>EHPAD YVON LAMOUR - FECAMP</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9489_FicheESSMS/fr/ehpad-yvon-lamour-fecamp</t>
   </si>
   <si>
     <t>9489_FicheESSMS</t>
   </si>
   <si>
     <t>760028290</t>
   </si>
   <si>
+    <t>SPASAD LAJOSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9540_FicheESSMS/fr/spasad-lajosa</t>
+  </si>
+  <si>
+    <t>9540_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Andrei Sakharov</t>
+  </si>
+  <si>
+    <t>Service autonomie aide et soins (SAAS)</t>
+  </si>
+  <si>
+    <t>760028043</t>
+  </si>
+  <si>
     <t>FH EDMOND DEBRAIZE LIGUE HAVRAISE</t>
   </si>
   <si>
-    <t>10/09/2025 12:25:56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9537_FicheESSMS/fr/fh-edmond-debraize-ligue-havraise</t>
   </si>
   <si>
     <t>9537_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Lamotte En Santerre</t>
   </si>
   <si>
     <t>760786012</t>
   </si>
   <si>
     <t>SAVS LIGUE HAVRAISE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9536_FicheESSMS/fr/savs-ligue-havraise</t>
   </si>
   <si>
     <t>9536_FicheESSMS</t>
   </si>
   <si>
     <t>760913681</t>
   </si>
   <si>
+    <t>MECS LOGIS SAINT-FRANCOIS THIETREVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9575_FicheESSMS/fr/mecs-logis-saint-francois-thietreville</t>
+  </si>
+  <si>
+    <t>9575_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Chene Saint Martin</t>
+  </si>
+  <si>
+    <t>76540 THIETREVILLE</t>
+  </si>
+  <si>
+    <t>THIETREVILLE</t>
+  </si>
+  <si>
+    <t>760033522</t>
+  </si>
+  <si>
     <t>IMP L'ESPERANCE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9638_FicheESSMS/fr/imp-l-esperance</t>
   </si>
   <si>
     <t>9638_FicheESSMS</t>
   </si>
   <si>
     <t>11 Rue Arquis</t>
   </si>
   <si>
     <t>760780924</t>
   </si>
   <si>
     <t>IME L'ARBRE A PAPILLONS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9637_FicheESSMS/fr/ime-l-arbre-a-papillons</t>
   </si>
   <si>
     <t>9637_FicheESSMS</t>
@@ -6308,104 +6848,509 @@
   <si>
     <t>76340 HODENG AU BOSC</t>
   </si>
   <si>
     <t>HODENG AU BOSC</t>
   </si>
   <si>
     <t>760782896</t>
   </si>
   <si>
     <t>MAS LE MANOIR - EPREMESNIL - LE HAVRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9648_FicheESSMS/fr/mas-le-manoir-epremesnil-le-havre</t>
   </si>
   <si>
     <t>9648_FicheESSMS</t>
   </si>
   <si>
     <t>76610 LE HAVRE</t>
   </si>
   <si>
     <t>760915207</t>
   </si>
   <si>
+    <t>EHPAD SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9682_FicheESSMS/fr/ehpad-sainte-anne</t>
+  </si>
+  <si>
+    <t>9682_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Joyeuse</t>
+  </si>
+  <si>
+    <t>760792978</t>
+  </si>
+  <si>
+    <t>MAS "MAGDALA"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9694_FicheESSMS/fr/mas-magdala</t>
+  </si>
+  <si>
+    <t>9694_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue John Bost</t>
+  </si>
+  <si>
+    <t>760026690</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9735_FicheESSMS/fr/ehpad-jean-ferrat</t>
+  </si>
+  <si>
+    <t>9735_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760028639</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JUST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9734_FicheESSMS/fr/ehpad-saint-just</t>
+  </si>
+  <si>
+    <t>9734_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Rue Saint Just</t>
+  </si>
+  <si>
+    <t>760791681</t>
+  </si>
+  <si>
+    <t>EHPAD  RESIDENCE DES SAPINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9731_FicheESSMS/fr/ehpad-residence-des-sapins</t>
+  </si>
+  <si>
+    <t>9731_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Allée Charles Cros</t>
+  </si>
+  <si>
+    <t>760790949</t>
+  </si>
+  <si>
     <t>EHPAD RESIDENCE ST JOSEPH</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:03</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9719_FicheESSMS/fr/ehpad-residence-st-joseph</t>
   </si>
   <si>
     <t>9719_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue De Paris</t>
   </si>
   <si>
     <t>76308 SOTTEVILLE LES ROUEN</t>
   </si>
   <si>
     <t>760790675</t>
   </si>
   <si>
+    <t>SPASAD ASS UNA SOLIDARITE NORMANDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9718_FicheESSMS/fr/spasad-ass-una-solidarite-normande</t>
+  </si>
+  <si>
+    <t>9718_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160 Rue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>76060 LE HAVRE</t>
+  </si>
+  <si>
+    <t>760796367</t>
+  </si>
+  <si>
+    <t>SESSAD CANY-BARVILLE ASS GEST ET DIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9767_FicheESSMS/fr/sessad-cany-barville-ass-gest-et-dim</t>
+  </si>
+  <si>
+    <t>9767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76450 CANY BARVILLE</t>
+  </si>
+  <si>
+    <t>CANY BARVILLE</t>
+  </si>
+  <si>
+    <t>760026286</t>
+  </si>
+  <si>
     <t>EAM SAREPTA  DE ROUMARE</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:04</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9750_FicheESSMS/fr/eam-sarepta-de-roumare</t>
   </si>
   <si>
     <t>9750_FicheESSMS</t>
   </si>
   <si>
     <t>76480 ROUMARE</t>
   </si>
   <si>
     <t>ROUMARE</t>
   </si>
   <si>
     <t>760011197</t>
   </si>
   <si>
     <t>MAS SAREPTA DE ROUMARE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9749_FicheESSMS/fr/mas-sarepta-de-roumare</t>
   </si>
   <si>
     <t>9749_FicheESSMS</t>
   </si>
   <si>
     <t>760034454</t>
   </si>
   <si>
+    <t>SERVICE MERCURE FOND STE ELISABETH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9802_FicheESSMS/fr/service-mercure-fond-ste-elisabeth</t>
+  </si>
+  <si>
+    <t>9802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue De L'Argiliere</t>
+  </si>
+  <si>
+    <t>76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>BIHOREL</t>
+  </si>
+  <si>
+    <t>760031724</t>
+  </si>
+  <si>
+    <t>FOYER SIVOM REGION FREVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9818_FicheESSMS/fr/foyer-sivom-region-freville</t>
+  </si>
+  <si>
+    <t>9818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76190 ST MARTIN DE L IF</t>
+  </si>
+  <si>
+    <t>ST MARTIN DE L IF</t>
+  </si>
+  <si>
+    <t>760801761</t>
+  </si>
+  <si>
+    <t>EHPAD SHAMROCK - FECAMP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9873_FicheESSMS/fr/ehpad-shamrock-fecamp</t>
+  </si>
+  <si>
+    <t>9873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760920637</t>
+  </si>
+  <si>
+    <t>EHPAD  BOIS MARTEL - FECAMP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9872_FicheESSMS/fr/ehpad-bois-martel-fecamp</t>
+  </si>
+  <si>
+    <t>9872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>181 Rue Charles Hue</t>
+  </si>
+  <si>
+    <t>76405 FECAMP</t>
+  </si>
+  <si>
+    <t>760922625</t>
+  </si>
+  <si>
+    <t>EHPAD LE MOULIN AU ROY - FECAMP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9871_FicheESSMS/fr/ehpad-le-moulin-au-roy-fecamp</t>
+  </si>
+  <si>
+    <t>9871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760920629</t>
+  </si>
+  <si>
+    <t>SAVS LES QUATRE SAISONS - FOUCARMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9938_FicheESSMS/fr/savs-les-quatre-saisons-foucarmont</t>
+  </si>
+  <si>
+    <t>9938_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Fond Du Buc</t>
+  </si>
+  <si>
+    <t>76340 FOUCARMONT</t>
+  </si>
+  <si>
+    <t>FOUCARMONT</t>
+  </si>
+  <si>
+    <t>760027771</t>
+  </si>
+  <si>
+    <t>CSAPA FOUQUET CHI FECAMP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9966_FicheESSMS/fr/csapa-fouquet-chi-fecamp</t>
+  </si>
+  <si>
+    <t>9966_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Henri Dunant</t>
+  </si>
+  <si>
+    <t>760027227</t>
+  </si>
+  <si>
+    <t>RESIDENCE PAUL BRECHOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9965_FicheESSMS/fr/residence-paul-brechot</t>
+  </si>
+  <si>
+    <t>9965_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760914515</t>
+  </si>
+  <si>
+    <t>RESIDENCE MICHELE PIERROT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10025_FicheESSMS/fr/residence-michele-pierrot</t>
+  </si>
+  <si>
+    <t>10025_FicheESSMS</t>
+  </si>
+  <si>
+    <t>164 Rue Des Jardins</t>
+  </si>
+  <si>
+    <t>760791285</t>
+  </si>
+  <si>
+    <t>RESIDENCE COUR SOUVERAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10024_FicheESSMS/fr/residence-cour-souveraine</t>
+  </si>
+  <si>
+    <t>10024_FicheESSMS</t>
+  </si>
+  <si>
+    <t>75 Rue De La Cour Souveraine</t>
+  </si>
+  <si>
+    <t>760914507</t>
+  </si>
+  <si>
+    <t>SAAD SARL ADHEO SERVICES ROUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10014_FicheESSMS/fr/saad-sarl-adheo-services-rouen</t>
+  </si>
+  <si>
+    <t>10014_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Route De Lyons La Foret</t>
+  </si>
+  <si>
+    <t>760031849</t>
+  </si>
+  <si>
+    <t>MECS SAINT-SAIRE ASS LES NIDS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10058_FicheESSMS/fr/mecs-saint-saire-ass-les-nids</t>
+  </si>
+  <si>
+    <t>10058_FicheESSMS</t>
+  </si>
+  <si>
+    <t>345 Route Des Sablons</t>
+  </si>
+  <si>
+    <t>76270 ST SAIRE</t>
+  </si>
+  <si>
+    <t>ST SAIRE</t>
+  </si>
+  <si>
+    <t>760024141</t>
+  </si>
+  <si>
+    <t>MECS ENFANTS ASS LES NIDS YVETOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10057_FicheESSMS/fr/mecs-enfants-ass-les-nids-yvetot</t>
+  </si>
+  <si>
+    <t>10057_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Gustave Pries</t>
+  </si>
+  <si>
+    <t>760806794</t>
+  </si>
+  <si>
+    <t>MECS ADOS ASS LES NIDS YVETOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10056_FicheESSMS/fr/mecs-ados-ass-les-nids-yvetot</t>
+  </si>
+  <si>
+    <t>10056_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>760915827</t>
+  </si>
+  <si>
+    <t>SAEMO ANTENNE YVETOT CEH ASS LES NIDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10055_FicheESSMS/fr/saemo-antenne-yvetot-ceh-ass-les-nids</t>
+  </si>
+  <si>
+    <t>10055_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Place Victor Hugo</t>
+  </si>
+  <si>
+    <t>760016279</t>
+  </si>
+  <si>
+    <t>SPASAD DOMUSVI ROUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10040_FicheESSMS/fr/spasad-domusvi-rouen</t>
+  </si>
+  <si>
+    <t>10040_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Quai Jacques Anquetil</t>
+  </si>
+  <si>
+    <t>760018788</t>
+  </si>
+  <si>
+    <t>EHPAD BOIS DE BLEVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10111_FicheESSMS/fr/ehpad-bois-de-bleville</t>
+  </si>
+  <si>
+    <t>10111_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Avenue Du Bois De Bleville</t>
+  </si>
+  <si>
+    <t>760791673</t>
+  </si>
+  <si>
     <t>FOYER LE CHALET - P.BLANCS ROUEN</t>
   </si>
   <si>
     <t>10/09/2025 12:26:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10134_FicheESSMS/fr/foyer-le-chalet-p-blancs-rouen</t>
   </si>
   <si>
     <t>10134_FicheESSMS</t>
   </si>
   <si>
     <t>67 Rue Pierre Semard</t>
   </si>
   <si>
     <t>760914036</t>
   </si>
   <si>
     <t>EAM LE PERREY</t>
   </si>
   <si>
     <t>10/09/2025 12:26:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10262_FicheESSMS/fr/eam-le-perrey</t>
@@ -6413,146 +7358,698 @@
   <si>
     <t>10262_FicheESSMS</t>
   </si>
   <si>
     <t>158 Rue Augustin Normand</t>
   </si>
   <si>
     <t>760014258</t>
   </si>
   <si>
     <t>FOYER D'HEBERG. MEDIC. LA SALAMANDRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10261_FicheESSMS/fr/foyer-d-heberg-medic-la-salamandre</t>
   </si>
   <si>
     <t>10261_FicheESSMS</t>
   </si>
   <si>
     <t>10 Rue General Chanzy</t>
   </si>
   <si>
     <t>760918599</t>
   </si>
   <si>
+    <t>EHPAD TIERS TEMPS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10260_FicheESSMS/fr/ehpad-tiers-temps</t>
+  </si>
+  <si>
+    <t>10260_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Rue Des Bons Enfants</t>
+  </si>
+  <si>
+    <t>760919829</t>
+  </si>
+  <si>
+    <t>S.A.T.V.A (SECT. ACC.TEMP.VACAN.ADAPT)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10507_FicheESSMS/fr/s-a-t-v-a-sect-acc-temp-vacan-adapt</t>
+  </si>
+  <si>
+    <t>10507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Route De Croismare</t>
+  </si>
+  <si>
+    <t>76133 ST MARTIN DU BEC</t>
+  </si>
+  <si>
+    <t>ST MARTIN DU BEC</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>760801647</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10531_FicheESSMS/fr/residence-les-hortensias</t>
+  </si>
+  <si>
+    <t>10531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76440 FORGES LES EAUX</t>
+  </si>
+  <si>
+    <t>FORGES LES EAUX</t>
+  </si>
+  <si>
+    <t>760801324</t>
+  </si>
+  <si>
+    <t>DITEP L'OREE DU BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10634_FicheESSMS/fr/ditep-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>10634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Du Marechal Juin</t>
+  </si>
+  <si>
+    <t>760780346</t>
+  </si>
+  <si>
+    <t>MECS LE HAVRE ASS LES NIDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10633_FicheESSMS/fr/mecs-le-havre-ass-les-nids</t>
+  </si>
+  <si>
+    <t>10633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Georges-Robert Vallee</t>
+  </si>
+  <si>
+    <t>76058 LE HAVRE</t>
+  </si>
+  <si>
+    <t>760784835</t>
+  </si>
+  <si>
+    <t>EHPAD MISHKANE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10630_FicheESSMS/fr/ehpad-mishkane</t>
+  </si>
+  <si>
+    <t>10630_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Le Carouge</t>
+  </si>
+  <si>
+    <t>76160 BOIS L EVEQUE</t>
+  </si>
+  <si>
+    <t>BOIS L EVEQUE</t>
+  </si>
+  <si>
+    <t>760920298</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT ADAGIO APF F. HANDIC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10719_FicheESSMS/fr/foyer-hebergement-adagio-apf-f-handic</t>
+  </si>
+  <si>
+    <t>10719_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Rue Jean Maridor</t>
+  </si>
+  <si>
+    <t>760802579</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10718_FicheESSMS/fr/accueil-de-jour-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>10718_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760916262</t>
+  </si>
+  <si>
+    <t>SVC SOINS EXTERNALISE FAM APF LE HAVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10717_FicheESSMS/fr/svc-soins-externalise-fam-apf-le-havre</t>
+  </si>
+  <si>
+    <t>10717_FicheESSMS</t>
+  </si>
+  <si>
+    <t>106 Rue Denis Cordonnier</t>
+  </si>
+  <si>
+    <t>760013839</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10716_FicheESSMS/fr/residence-les-marronniers</t>
+  </si>
+  <si>
+    <t>10716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760914531</t>
+  </si>
+  <si>
     <t>RESIDENCE MONTMORENCY</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/10691_FicheESSMS/fr/residence-montmorency</t>
   </si>
   <si>
     <t>10691_FicheESSMS</t>
   </si>
   <si>
     <t>760914432</t>
   </si>
   <si>
+    <t>ESAT APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10720_FicheESSMS/fr/esat-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>10720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Camille Saint-Saens</t>
+  </si>
+  <si>
+    <t>760010488</t>
+  </si>
+  <si>
+    <t>SESSAD APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10754_FicheESSMS/fr/sessad-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>10754_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Des Quatres Saisons</t>
+  </si>
+  <si>
+    <t>760012823</t>
+  </si>
+  <si>
     <t>RESIDENCE L'EPTE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10787_FicheESSMS/fr/residence-l-epte</t>
   </si>
   <si>
     <t>10787_FicheESSMS</t>
   </si>
   <si>
     <t>760791319</t>
   </si>
   <si>
+    <t>SAAD ELBEUF ASS AID76</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10817_FicheESSMS/fr/saad-elbeuf-ass-aid76</t>
+  </si>
+  <si>
+    <t>10817_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Jean  Gaument</t>
+  </si>
+  <si>
+    <t>760011205</t>
+  </si>
+  <si>
+    <t>RESIDENCE MADELEINE RIOT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10894_FicheESSMS/fr/residence-madeleine-riot</t>
+  </si>
+  <si>
+    <t>10894_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760802108</t>
+  </si>
+  <si>
+    <t>RESIDENCE SAMPIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10893_FicheESSMS/fr/residence-sampic</t>
+  </si>
+  <si>
+    <t>10893_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760791525</t>
+  </si>
+  <si>
+    <t>EHPAD FONDATION LAMAUVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10975_FicheESSMS/fr/ehpad-fondation-lamauve</t>
+  </si>
+  <si>
+    <t>10975_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Rue Du Renard</t>
+  </si>
+  <si>
+    <t>760790659</t>
+  </si>
+  <si>
+    <t>EHPAD LE QUESNOT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10974_FicheESSMS/fr/ehpad-le-quesnot</t>
+  </si>
+  <si>
+    <t>10974_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Quesnot</t>
+  </si>
+  <si>
+    <t>760915579</t>
+  </si>
+  <si>
+    <t>EHPAD LES PAQUERETTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11095_FicheESSMS/fr/ehpad-les-paquerettes</t>
+  </si>
+  <si>
+    <t>11095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>76540 SASSETOT LE MAUCONDUIT</t>
+  </si>
+  <si>
+    <t>SASSETOT LE MAUCONDUIT</t>
+  </si>
+  <si>
+    <t>760792044</t>
+  </si>
+  <si>
     <t>ESRP JEAN L'HERMINIER</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11078_FicheESSMS/fr/esrp-jean-l-herminier</t>
   </si>
   <si>
     <t>11078_FicheESSMS</t>
   </si>
   <si>
-    <t>76350 OISSEL</t>
-[...4 lines deleted...]
-  <si>
     <t>Etablissement et Service de Réadaptation Professionnelle</t>
   </si>
   <si>
     <t>760780718</t>
   </si>
   <si>
+    <t>FV L'ARCHE D'ECORCHEBEUF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11115_FicheESSMS/fr/fv-l-arche-d-ecorchebeuf</t>
+  </si>
+  <si>
+    <t>11115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Chemin Du Chateau</t>
+  </si>
+  <si>
+    <t>76590 ANNEVILLE SUR SCIE</t>
+  </si>
+  <si>
+    <t>ANNEVILLE SUR SCIE</t>
+  </si>
+  <si>
+    <t>760804765</t>
+  </si>
+  <si>
+    <t>EHPAD HL SAINT-VALERY-EN-CAUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11120_FicheESSMS/fr/ehpad-hl-saint-valery-en-caux</t>
+  </si>
+  <si>
+    <t>11120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Jeanne Armand Colin</t>
+  </si>
+  <si>
+    <t>760802934</t>
+  </si>
+  <si>
+    <t>IMP D'ETENNEMARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11307_FicheESSMS/fr/imp-d-etennemare</t>
+  </si>
+  <si>
+    <t>11307_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1144 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>76570 LIMESY</t>
+  </si>
+  <si>
+    <t>LIMESY</t>
+  </si>
+  <si>
+    <t>760780379</t>
+  </si>
+  <si>
+    <t>SESSAD D'ETENNEMARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11306_FicheESSMS/fr/sessad-d-etennemare</t>
+  </si>
+  <si>
+    <t>11306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Pierre Et Marie Curie</t>
+  </si>
+  <si>
+    <t>760012815</t>
+  </si>
+  <si>
+    <t>SAVS LA BRECHE - AARPB</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11380_FicheESSMS/fr/savs-la-breche-aarpb</t>
+  </si>
+  <si>
+    <t>11380_FicheESSMS</t>
+  </si>
+  <si>
+    <t>358 Route De Paris</t>
+  </si>
+  <si>
+    <t>76440 SAUMONT LA POTERIE</t>
+  </si>
+  <si>
+    <t>SAUMONT LA POTERIE</t>
+  </si>
+  <si>
+    <t>760916254</t>
+  </si>
+  <si>
+    <t>RESIDENCE ANDRE DELALANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11400_FicheESSMS/fr/residence-andre-delalandre</t>
+  </si>
+  <si>
+    <t>11400_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760791517</t>
+  </si>
+  <si>
+    <t>FAM COTE D'ALBATRE DE ST VALERY EN CAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11398_FicheESSMS/fr/fam-cote-d-albatre-de-st-valery-en-cau</t>
+  </si>
+  <si>
+    <t>11398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Eric Tabarly</t>
+  </si>
+  <si>
+    <t>760028217</t>
+  </si>
+  <si>
+    <t>ESAT LA BRECHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11381_FicheESSMS/fr/esat-la-breche</t>
+  </si>
+  <si>
+    <t>11381_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760802090</t>
+  </si>
+  <si>
     <t>EAM LA BRECHE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11478_FicheESSMS/fr/eam-la-breche</t>
   </si>
   <si>
     <t>11478_FicheESSMS</t>
   </si>
   <si>
     <t>15 Boulevard Nicolas Thiesse</t>
   </si>
   <si>
-    <t>76440 FORGES LES EAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>760035907</t>
   </si>
   <si>
+    <t>EANM "LA BRECHE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11509_FicheESSMS/fr/eanm-la-breche</t>
+  </si>
+  <si>
+    <t>11509_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760802231</t>
+  </si>
+  <si>
+    <t>SAAD DYNAMIK'76 LE HAVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11541_FicheESSMS/fr/saad-dynamik-76-le-havre</t>
+  </si>
+  <si>
+    <t>11541_FicheESSMS</t>
+  </si>
+  <si>
+    <t>171 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>760032201</t>
+  </si>
+  <si>
     <t>FV JEAN-MARIE BARBIER - APF</t>
   </si>
   <si>
     <t>10/09/2025 12:27:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11707_FicheESSMS/fr/fv-jean-marie-barbier-apf</t>
   </si>
   <si>
     <t>11707_FicheESSMS</t>
   </si>
   <si>
-    <t>106 Rue Denis Cordonnier</t>
-[...1 lines deleted...]
-  <si>
     <t>760792358</t>
   </si>
   <si>
+    <t>FAM JEAN-MARIE BARBIER DU HAVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11706_FicheESSMS/fr/fam-jean-marie-barbier-du-havre</t>
+  </si>
+  <si>
+    <t>11706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760026310</t>
+  </si>
+  <si>
+    <t>SAAD OPAER ELBEUF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11730_FicheESSMS/fr/saad-opaer-elbeuf</t>
+  </si>
+  <si>
+    <t>11730_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Paul Fraenckel</t>
+  </si>
+  <si>
+    <t>760024950</t>
+  </si>
+  <si>
+    <t>EANM CANTELEU - APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11751_FicheESSMS/fr/eanm-canteleu-apf</t>
+  </si>
+  <si>
+    <t>11751_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Des Bas Jardins</t>
+  </si>
+  <si>
+    <t>760913616</t>
+  </si>
+  <si>
+    <t>SAMSAH APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11750_FicheESSMS/fr/samsah-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>11750_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Allée Théodore Monod</t>
+  </si>
+  <si>
+    <t>76160 ST MARTIN DU VIVIER</t>
+  </si>
+  <si>
+    <t>ST MARTIN DU VIVIER</t>
+  </si>
+  <si>
+    <t>760018218</t>
+  </si>
+  <si>
+    <t>SAVS  APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11749_FicheESSMS/fr/savs-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>11749_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760027193</t>
+  </si>
+  <si>
     <t>CSAPA SMPR MAISON ARRET ROUEN</t>
   </si>
   <si>
     <t>10/09/2025 12:27:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11776_FicheESSMS/fr/csapa-smpr-maison-arret-rouen</t>
   </si>
   <si>
     <t>11776_FicheESSMS</t>
   </si>
   <si>
     <t>169 Boulevard De L'Europe</t>
   </si>
   <si>
     <t>76038 ROUEN</t>
   </si>
   <si>
     <t>760916387</t>
   </si>
   <si>
     <t>CRANSE - CHS DU ROUVRAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11775_FicheESSMS/fr/cranse-chs-du-rouvray</t>
@@ -6602,65 +8099,305 @@
   <si>
     <t>11820_FicheESSMS</t>
   </si>
   <si>
     <t>365 Rue Lechaptois</t>
   </si>
   <si>
     <t>760802660</t>
   </si>
   <si>
     <t>CSAPA LILLEBONNE CHI CAUX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11819_FicheESSMS/fr/csapa-lillebonne-chi-caux</t>
   </si>
   <si>
     <t>11819_FicheESSMS</t>
   </si>
   <si>
     <t>19 Avenue Du President Rene Coty</t>
   </si>
   <si>
     <t>760012708</t>
   </si>
   <si>
+    <t>EHPAD FONTENELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11934_FicheESSMS/fr/ehpad-fontenelle</t>
+  </si>
+  <si>
+    <t>11934_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Simone Signoret</t>
+  </si>
+  <si>
+    <t>76410 TOURVILLE LA RIVIERE</t>
+  </si>
+  <si>
+    <t>TOURVILLE LA RIVIERE</t>
+  </si>
+  <si>
+    <t>760023697</t>
+  </si>
+  <si>
+    <t>RESIDENCE JEAN-JACQUES MORIAUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12086_FicheESSMS/fr/residence-jean-jacques-moriaux</t>
+  </si>
+  <si>
+    <t>12086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76550 HAUTOT SUR MER</t>
+  </si>
+  <si>
+    <t>HAUTOT SUR MER</t>
+  </si>
+  <si>
+    <t>760801803</t>
+  </si>
+  <si>
+    <t>CLIC CAUX MARITIME ASS ADMR DES CLIC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12101_FicheESSMS/fr/clic-caux-maritime-ass-admr-des-clic</t>
+  </si>
+  <si>
+    <t>12101_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760019059</t>
+  </si>
+  <si>
+    <t>CLIC BUCHY CLERES DARNETAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12100_FicheESSMS/fr/clic-buchy-cleres-darnetal</t>
+  </si>
+  <si>
+    <t>12100_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Rue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>760027797</t>
+  </si>
+  <si>
+    <t>IEM PAUL DURAND VIEL ST MARTIN APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12113_FicheESSMS/fr/iem-paul-durand-viel-st-martin-apf</t>
+  </si>
+  <si>
+    <t>12113_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760780957</t>
+  </si>
+  <si>
+    <t>CLIC COM DE COM CAUX VALLEE DE SEINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12179_FicheESSMS/fr/clic-com-de-com-caux-vallee-de-seine</t>
+  </si>
+  <si>
+    <t>12179_FicheESSMS</t>
+  </si>
+  <si>
+    <t>760028860</t>
+  </si>
+  <si>
     <t>CSAPA CH BARENTIN</t>
   </si>
   <si>
     <t>10/09/2025 12:27:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12196_FicheESSMS/fr/csapa-ch-barentin</t>
   </si>
   <si>
     <t>12196_FicheESSMS</t>
   </si>
   <si>
     <t>760025940</t>
   </si>
   <si>
+    <t>EHPAD MASSE DE CORMEILLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12268_FicheESSMS/fr/ehpad-masse-de-cormeilles</t>
+  </si>
+  <si>
+    <t>12268_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Petit Fontaine</t>
+  </si>
+  <si>
+    <t>76340 BLANGY SUR BRESLE</t>
+  </si>
+  <si>
+    <t>BLANGY SUR BRESLE</t>
+  </si>
+  <si>
+    <t>760782193</t>
+  </si>
+  <si>
+    <t>IME LE CLOS SAMSON GRAND-COURONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12249_FicheESSMS/fr/ime-le-clos-samson-grand-couronne</t>
+  </si>
+  <si>
+    <t>12249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Rue Du Pavillon</t>
+  </si>
+  <si>
+    <t>760780353</t>
+  </si>
+  <si>
+    <t>DITEP LOGIS SAINT FRANÇOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12344_FicheESSMS/fr/ditep-logis-saint-francois</t>
+  </si>
+  <si>
+    <t>12344_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Chêne Saint Martin</t>
+  </si>
+  <si>
+    <t>760780965</t>
+  </si>
+  <si>
+    <t>MAS MALAUNAY ADEF RESIDENCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12416_FicheESSMS/fr/mas-malaunay-adef-residences</t>
+  </si>
+  <si>
+    <t>12416_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Route D'Eslettes</t>
+  </si>
+  <si>
+    <t>76770 MALAUNAY</t>
+  </si>
+  <si>
+    <t>MALAUNAY</t>
+  </si>
+  <si>
+    <t>760028019</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES CHARDONNERETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12436_FicheESSMS/fr/residence-les-chardonnerets</t>
+  </si>
+  <si>
+    <t>12436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76150 ST JEAN DU CARDONNAY</t>
+  </si>
+  <si>
+    <t>ST JEAN DU CARDONNAY</t>
+  </si>
+  <si>
+    <t>760802132</t>
+  </si>
+  <si>
+    <t>CSAPA LAMARTINE LE HAVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12471_FicheESSMS/fr/csapa-lamartine-le-havre</t>
+  </si>
+  <si>
+    <t>12471_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Lamartine</t>
+  </si>
+  <si>
+    <t>760013888</t>
+  </si>
+  <si>
+    <t>LHSS LE PHARE FONDATION ARMEE DU SALUT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12470_FicheESSMS/fr/lhss-le-phare-fondation-armee-du-salut</t>
+  </si>
+  <si>
+    <t>12470_FicheESSMS</t>
+  </si>
+  <si>
+    <t>191 Rue De La Vallee</t>
+  </si>
+  <si>
+    <t>760028795</t>
+  </si>
+  <si>
     <t>EHPAD GILLES MARTIN</t>
   </si>
   <si>
     <t>10/09/2025 12:28:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12721_FicheESSMS/fr/ehpad-gilles-martin</t>
   </si>
   <si>
     <t>12721_FicheESSMS</t>
   </si>
   <si>
     <t>397 Route De Rocquemont</t>
   </si>
   <si>
     <t>76750 BUCHY</t>
   </si>
   <si>
     <t>BUCHY</t>
   </si>
   <si>
     <t>760782201</t>
   </si>
   <si>
     <t>EANM EPMS FECAMP</t>
@@ -6791,66 +8528,81 @@
   <si>
     <t>10/09/2025 12:28:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13093_FicheESSMS/fr/csapa-bois-guillaume-chu-rouen</t>
   </si>
   <si>
     <t>13093_FicheESSMS</t>
   </si>
   <si>
     <t>147 Avenue Marechal Juin</t>
   </si>
   <si>
     <t>760921742</t>
   </si>
   <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe de Chirurgie urologique CLINIQUE LES ORMEAUX  (76)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794088/fr/equipe-de-chirurgie-urologique-clinique-les-ormeaux-76</t>
+  </si>
+  <si>
+    <t>p_3794088</t>
+  </si>
+  <si>
+    <t>16 October 2025</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE LENORMAND, Docteur BERTIN NJINOU-NGNINKEU, Docteur MARINA-AGATHE RUGGIERO, Docteur BAPTISTE ALBOUY, Docteur Aude BLANCHON DE FOURMESTRAUX</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie thoracique et cardio-vasculaire HOPITAL CHARLES NICOLLE CHU ROUEN  (76)</t>
   </si>
   <si>
     <t>24/07/2025 11:15:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638097/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-hopital-charles-nicolle-chu-rouen-76</t>
   </si>
   <si>
     <t>p_3638097</t>
   </si>
   <si>
     <t>08 July 2025</t>
   </si>
   <si>
-    <t>Docteur Jean-marc BASTE, Docteur Sonia AGUIR</t>
+    <t>Docteur BENJAMIN BOTTET, Docteur Matthieu SARSAM, Docteur Jean-marc BASTE, Docteur Sonia AGUIR</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation HOPITAL PRIVE DE L'ESTUAIRE  (76)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574326/fr/equipe-d-anesthesie-reanimation-hopital-prive-de-l-estuaire-76</t>
   </si>
   <si>
     <t>p_3574326</t>
   </si>
   <si>
     <t>03 October 2024</t>
   </si>
   <si>
     <t>Docteur ARGHAD TIT, Docteur KEVIN GUERNON, Docteur Richard PLAT, Docteur PHILIPPE STELL, Docteur CHRISTINE MARESCAL, Docteur Cyrille EUSTRATIADES-PAILLARD, Docteur Arthur LECONTE, Docteur PIERRE-EDOUARD LE CHOISMIER, Docteur VICTORIA LEBLANC</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT-HILAIRE ROUEN  (76)</t>
   </si>
   <si>
     <t>05/01/2024 11:30:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486302/fr/equipe-d-anesthesie-reanimation-clinique-saint-hilaire-rouen-76</t>
   </si>
@@ -6909,101 +8661,1523 @@
     <t>p_3319429</t>
   </si>
   <si>
     <t>19 February 2024</t>
   </si>
   <si>
     <t>Docteur Isabelle IWANICKI-CARON, Docteur CORALIE BENARD, Docteur BENOIT RIMBERT, Docteur LAURA BRIL, Docteur PAUL BASILE, Docteur Elise VANDER EECKEN</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale HOPITAL CHARLES NICOLLE CHU ROUEN  (76)</t>
   </si>
   <si>
     <t>24/02/2022 08:36:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3320013/fr/equipe-de-radiologie-et-imagerie-medicale-hopital-charles-nicolle-chu-rouen-76</t>
   </si>
   <si>
     <t>p_3320013</t>
   </si>
   <si>
     <t>27 April 2025</t>
   </si>
   <si>
     <t>Docteur MATTHIEU DEMEYERE, Docteur ADNAN HASSANI, Docteur CHRYSANTHI PAPAGIANNAKI, Docteur Margaux LEFEBVRE, Professeur CELINE SAVOYE-COLLET, Docteur JEAN-NICOLAS DACHER, Docteur PAUL MICHELIN, Docteur EMMANUEL GERARDIN, Docteur CELINE DELPIERRE, Docteur MATTHIEU GARNIER, Docteur Adelya CURADO</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES ESSARTS</t>
+  </si>
+  <si>
+    <t>25/09/2025 19:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2766_FicheEtablissement/fr/clinique-des-essarts</t>
+  </si>
+  <si>
+    <t>2766_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0232114900</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760783159</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE SAINT-ROMAIN-DE-COLBOSC</t>
+  </si>
+  <si>
+    <t>30/06/2025 14:13:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2734_FicheEtablissement/fr/hl-saint-romain-de-colbosc</t>
+  </si>
+  <si>
+    <t>2734_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232795151</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760000380</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH SAINT-ROMAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2775_FicheEtablissement/fr/usld-ch-saint-romain-de-colbosc</t>
+  </si>
+  <si>
+    <t>2775_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>8 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>760919019</t>
+  </si>
+  <si>
+    <t>CLINIQUE OCEANE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:52:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2745_FicheEtablissement/fr/clinique-oceane</t>
+  </si>
+  <si>
+    <t>2745_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>514 Rue Irene Joliot Curie</t>
+  </si>
+  <si>
+    <t>0624334217</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>760026674</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE SOINS DE SUITE DE BOIS-GUILLAUME</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2747_FicheEtablissement/fr/clinique-guillaume</t>
+  </si>
+  <si>
+    <t>2747_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0826282811</t>
+  </si>
+  <si>
+    <t>760029017</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-HILAIRE</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2755_FicheEtablissement/fr/clinique-saint-hilaire</t>
+  </si>
+  <si>
+    <t>2755_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Place Saint-Hilaire</t>
+  </si>
+  <si>
+    <t>76044 ROUEN</t>
+  </si>
+  <si>
+    <t>0235086600</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>MECS LES HELLANDES</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2769_FicheEtablissement/fr/mecs-les-hellandes</t>
+  </si>
+  <si>
+    <t>2769_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>76280 ANGERVILLE L ORCHER</t>
+  </si>
+  <si>
+    <t>ANGERVILLE L ORCHER</t>
+  </si>
+  <si>
+    <t>0144168989</t>
+  </si>
+  <si>
+    <t>760802439</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>CRF LA HEVE</t>
+  </si>
+  <si>
+    <t>04/06/2025 07:34:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2739_FicheEtablissement/fr/crf-la-heve</t>
+  </si>
+  <si>
+    <t>2739_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>234 Rue Stendhal</t>
+  </si>
+  <si>
+    <t>0235547700</t>
+  </si>
+  <si>
+    <t>760017079</t>
+  </si>
+  <si>
+    <t>CLINIQUE HEMERA</t>
+  </si>
+  <si>
+    <t>04/06/2025 07:43:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2756_FicheEtablissement/fr/clinique-hemera</t>
+  </si>
+  <si>
+    <t>2756_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Avenue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>0235959500</t>
+  </si>
+  <si>
+    <t>Chirurgie, Néphrologie</t>
+  </si>
+  <si>
+    <t>760780668</t>
+  </si>
+  <si>
+    <t>HAD DU CEDRE</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:33:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2740_FicheEtablissement/fr/had-du-cedre</t>
+  </si>
+  <si>
+    <t>2740_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>950 Rue De La Haie</t>
+  </si>
+  <si>
+    <t>0235595964</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>760020529</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2754_FicheEtablissement/fr/clinique-du-cedre</t>
+  </si>
+  <si>
+    <t>2754_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235595959</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>HAD CAUX-ROUEN</t>
+  </si>
+  <si>
+    <t>27/03/2025 18:59:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2751_FicheEtablissement/fr/had-caux-rouen</t>
+  </si>
+  <si>
+    <t>2751_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Jean Redele</t>
+  </si>
+  <si>
+    <t>76370 MARTIN EGLISE</t>
+  </si>
+  <si>
+    <t>MARTIN EGLISE</t>
+  </si>
+  <si>
+    <t>0232909390</t>
+  </si>
+  <si>
+    <t>760035709</t>
+  </si>
+  <si>
+    <t>CH LILLEBONNE CHI CAUX VALLEE DE SEINE</t>
+  </si>
+  <si>
+    <t>17/03/2025 18:07:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2733_FicheEtablissement/fr/ch-lillebonne-chi-caux-vallee-de-seine</t>
+  </si>
+  <si>
+    <t>2733_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235393636</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>760000372</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE BOLBEC CHIC CAUX VALLEE SEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2735_FicheEtablissement/fr/hopital-local-bolbec-chic-caux-vallee</t>
+  </si>
+  <si>
+    <t>2735_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235396950</t>
+  </si>
+  <si>
+    <t>760000398</t>
+  </si>
+  <si>
+    <t>CLINIQUE TOUS VENTS</t>
+  </si>
+  <si>
+    <t>31/01/2025 09:34:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2759_FicheEtablissement/fr/clinique-tous-vents</t>
+  </si>
+  <si>
+    <t>2759_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Avenue Rene  Coty</t>
+  </si>
+  <si>
+    <t>0235396767</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>23/01/2025 15:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2760_FicheEtablissement/fr/clinique-les-ormeaux</t>
+  </si>
+  <si>
+    <t>2760_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>36 Rue Marceau</t>
+  </si>
+  <si>
+    <t>0232743274</t>
+  </si>
+  <si>
+    <t>CH DIEPPE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2719_FicheEtablissement/fr/ch-dieppe</t>
+  </si>
+  <si>
+    <t>2719_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0232147676</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760000018</t>
+  </si>
+  <si>
+    <t>CH NEUFCHATEL-EN-BRAY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2723_FicheEtablissement/fr/ch-neufchatel-en-bray</t>
+  </si>
+  <si>
+    <t>2723_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Route De Gaillefontaine</t>
+  </si>
+  <si>
+    <t>76270 NEUFCHATEL EN BRAY</t>
+  </si>
+  <si>
+    <t>NEUFCHATEL EN BRAY</t>
+  </si>
+  <si>
+    <t>0232975656</t>
+  </si>
+  <si>
+    <t>760000059</t>
+  </si>
+  <si>
+    <t>CH EU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2722_FicheEtablissement/fr/ch-eu</t>
+  </si>
+  <si>
+    <t>2722_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue De Cleves</t>
+  </si>
+  <si>
+    <t>0227272222</t>
+  </si>
+  <si>
+    <t>760000042</t>
+  </si>
+  <si>
+    <t>CH GOURNAY EN BRAY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2721_FicheEtablissement/fr/ch-gournay-en-bray</t>
+  </si>
+  <si>
+    <t>2721_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Avenue 1Ere Armee Francaise</t>
+  </si>
+  <si>
+    <t>0232899060</t>
+  </si>
+  <si>
+    <t>760000034</t>
+  </si>
+  <si>
+    <t>CH SAINT VALERY EN CAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2720_FicheEtablissement/fr/ch-saint-valery-en-caux</t>
+  </si>
+  <si>
+    <t>2720_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235970011</t>
+  </si>
+  <si>
+    <t>760000026</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2726_FicheEtablissement/fr/hopital-charles-nicolle-chu-rouen</t>
+  </si>
+  <si>
+    <t>2726_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue De Germont</t>
+  </si>
+  <si>
+    <t>0232888990</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINT JULIEN PETIT QUEVILLY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2725_FicheEtablissement/fr/hopital-saint-julien-chu-rouen</t>
+  </si>
+  <si>
+    <t>2725_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760000141</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE BARENTIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2724_FicheEtablissement/fr/ch-hopital-pasteur-vallery-radot</t>
+  </si>
+  <si>
+    <t>2724_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235928282</t>
+  </si>
+  <si>
+    <t>760000133</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL LUTTE CONTRE CANCER HENRI BECQUEREL ROUEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2727_FicheEtablissement/fr/clcc-h-becquerel</t>
+  </si>
+  <si>
+    <t>2727_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232082222</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>CH DU BELVEDERE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2729_FicheEtablissement/fr/ch-du-belvedere</t>
+  </si>
+  <si>
+    <t>2729_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>72 Rue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>76131 MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>0235156464</t>
+  </si>
+  <si>
+    <t>Chirurgie, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760000182</t>
+  </si>
+  <si>
+    <t>CH YVETOT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2728_FicheEtablissement/fr/ch-yvetot</t>
+  </si>
+  <si>
+    <t>2728_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235957300</t>
+  </si>
+  <si>
+    <t>760000174</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2732_FicheEtablissement/fr/chi-du-pays-des-hautes-falaises-fecamp</t>
+  </si>
+  <si>
+    <t>2732_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235106262</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE DU ROUVRAY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2730_FicheEtablissement/fr/chs-du-rouvray-sotteville-les-rouen</t>
+  </si>
+  <si>
+    <t>2730_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232951234</t>
+  </si>
+  <si>
+    <t>760000190</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'ELBEUF LES FEUGRAIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2736_FicheEtablissement/fr/ch-les-feugrais-chi-elbeuf</t>
+  </si>
+  <si>
+    <t>2736_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232963535</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760000463</t>
+  </si>
+  <si>
+    <t>CENTRE SSR PA CH SOTTEVILLE/ROUEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2738_FicheEtablissement/fr/centre-ssr-pa-ch-sotteville/rouen</t>
+  </si>
+  <si>
+    <t>2738_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235586300</t>
+  </si>
+  <si>
+    <t>760000802</t>
+  </si>
+  <si>
+    <t>CENTRE SSR PA CH DARNETAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2737_FicheEtablissement/fr/centre-ssr-pa-ch-darnetal</t>
+  </si>
+  <si>
+    <t>2737_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>76161 DARNETAL</t>
+  </si>
+  <si>
+    <t>0232123232</t>
+  </si>
+  <si>
+    <t>760000620</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2741_FicheEtablissement/fr/hopital-prive-de-l-estuaire</t>
+  </si>
+  <si>
+    <t>2741_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>505 Rue Irene Joliot-Curie</t>
+  </si>
+  <si>
+    <t>0252680202</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2743_FicheEtablissement/fr/clinique-mathilde</t>
+  </si>
+  <si>
+    <t>2743_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Boulevard De L'Europe</t>
+  </si>
+  <si>
+    <t>76175 ROUEN</t>
+  </si>
+  <si>
+    <t>0232811010</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>USLD BOUCICAUT MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2742_FicheEtablissement/fr/usld-arcadie-boucicaut-chu-rouen</t>
+  </si>
+  <si>
+    <t>2742_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232889251</t>
+  </si>
+  <si>
+    <t>760023671</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2746_FicheEtablissement/fr/clinique-megival</t>
+  </si>
+  <si>
+    <t>2746_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1328 Avenue De La Maison Blanche</t>
+  </si>
+  <si>
+    <t>76550 ST AUBIN SUR SCIE</t>
+  </si>
+  <si>
+    <t>0276203040</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>SSR PETIT COLMOULINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2750_FicheEtablissement/fr/ssr-petit-colmoulins</t>
+  </si>
+  <si>
+    <t>2750_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760034637</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2748_FicheEtablissement/fr/usld-ch-de-l-austreberthe</t>
+  </si>
+  <si>
+    <t>2748_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760033803</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT ANTOINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2753_FicheEtablissement/fr/clinique-saint-antoine</t>
+  </si>
+  <si>
+    <t>2753_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>696 Rue Robert Pinchon</t>
+  </si>
+  <si>
+    <t>0235126000</t>
+  </si>
+  <si>
+    <t>SSR DU CAUX LITTORAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2752_FicheEtablissement/fr/ssr-du-caux-littoral</t>
+  </si>
+  <si>
+    <t>2752_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Rue De La Poste</t>
+  </si>
+  <si>
+    <t>76460 NEVILLE</t>
+  </si>
+  <si>
+    <t>NEVILLE</t>
+  </si>
+  <si>
+    <t>0235970850</t>
+  </si>
+  <si>
+    <t>760780130</t>
+  </si>
+  <si>
+    <t>RESIDENCE CHATEAU BLANC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2757_FicheEtablissement/fr/residence-chateau-blanc</t>
+  </si>
+  <si>
+    <t>2757_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>87 Rue Du Madrillet</t>
+  </si>
+  <si>
+    <t>76800 ST ETIENNE DU ROUVRAY</t>
+  </si>
+  <si>
+    <t>ST ETIENNE DU ROUVRAY</t>
+  </si>
+  <si>
+    <t>0786623343</t>
+  </si>
+  <si>
+    <t>760780676</t>
+  </si>
+  <si>
+    <t>CTRE  MEDECINE PHYSIQUE ET READAPT. LES HERBIERS BOIS-GUILL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2758_FicheEtablissement/fr/cmpr-les-herbiers</t>
+  </si>
+  <si>
+    <t>2758_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>111 Rue Herbeuse</t>
+  </si>
+  <si>
+    <t>0235595200</t>
+  </si>
+  <si>
+    <t>760780692</t>
+  </si>
+  <si>
+    <t>CENTRE SSR ET READAPTATION ET RF PEDIATRIQUE ASS LADAPT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2763_FicheEtablissement/fr/ladapt-seine-maritime</t>
+  </si>
+  <si>
+    <t>2763_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>624 Rue Faidherbe</t>
+  </si>
+  <si>
+    <t>0235771317</t>
+  </si>
+  <si>
+    <t>760781054</t>
+  </si>
+  <si>
+    <t>CSMR LES JONQUILLES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2762_FicheEtablissement/fr/csmr-les-jonquilles</t>
+  </si>
+  <si>
+    <t>2762_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Jacqueline Auriol</t>
+  </si>
+  <si>
+    <t>0232796030</t>
+  </si>
+  <si>
+    <t>760780981</t>
+  </si>
+  <si>
+    <t>HOPITAL CROIX ROUGE BOIS-GUILLAUME</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2765_FicheEtablissement/fr/hopital-croix-rouge-bois-guillaume</t>
+  </si>
+  <si>
+    <t>2765_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235594040</t>
+  </si>
+  <si>
+    <t>Médecine, Néphrologie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760783035</t>
+  </si>
+  <si>
+    <t>CTRE HOSPITALIER UNIVERSITAIRE - HOPITAL DE BOISGUILLAUME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2767_FicheEtablissement/fr/hopital-de-bois-guillaume-chu-rouen</t>
+  </si>
+  <si>
+    <t>2767_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>147 Avenue Du Marechal Juin</t>
+  </si>
+  <si>
+    <t>0232889054</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760783522</t>
+  </si>
+  <si>
+    <t>HOPITAL DE OISSEL CHU ROUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2768_FicheEtablissement/fr/hopital-de-oissel-chu-rouen</t>
+  </si>
+  <si>
+    <t>2768_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232886519</t>
+  </si>
+  <si>
+    <t>760783530</t>
+  </si>
+  <si>
+    <t>USLD RÉSIDENCE DU CHÂTEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2774_FicheEtablissement/fr/usld-residence-du-chateau</t>
+  </si>
+  <si>
+    <t>2774_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232147588</t>
+  </si>
+  <si>
+    <t>760914275</t>
+  </si>
+  <si>
+    <t>CHI COM PAYS HAUTES FALAISES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2772_FicheEtablissement/fr/usld-de-l-ehpad-yvon-lamour-fecamp</t>
+  </si>
+  <si>
+    <t>2772_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Rue Du Professeur Yvon Lamour</t>
+  </si>
+  <si>
+    <t>0235101560</t>
+  </si>
+  <si>
+    <t>760806950</t>
+  </si>
+  <si>
+    <t>USLD PETIT-QUEVILLY CHU ROUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2771_FicheEtablissement/fr/usld-petit-quevilly-chu-rouen</t>
+  </si>
+  <si>
+    <t>2771_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760806943</t>
+  </si>
+  <si>
+    <t>USLD OISSEL CHU ROUEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2778_FicheEtablissement/fr/usld-oissel-chu-rouen</t>
+  </si>
+  <si>
+    <t>2778_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760921247</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION MERIDIENNE ROUEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2777_FicheEtablissement/fr/centre-de-reeducation-meridienne-rouen</t>
+  </si>
+  <si>
+    <t>2777_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Rue Meridienne</t>
+  </si>
+  <si>
+    <t>0232183000</t>
+  </si>
+  <si>
+    <t>760920918</t>
+  </si>
+  <si>
+    <t>CSMR LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2776_FicheEtablissement/fr/csmr-la-roseraie</t>
+  </si>
+  <si>
+    <t>2776_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Charles Dalencour</t>
+  </si>
+  <si>
+    <t>0235547400</t>
+  </si>
+  <si>
+    <t>760920603</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2779_FicheEtablissement/fr/clinique-de-l-europe</t>
+  </si>
+  <si>
+    <t>2779_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>73 Boulevard De L ' Europe</t>
+  </si>
+  <si>
+    <t>76040 ROUEN</t>
+  </si>
+  <si>
+    <t>0232181000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Médecine, Néphrologie</t>
+  </si>
+  <si>
+    <t>ANIDER - FECAMP</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3997_FicheEtablissement/fr/anider-fecamp</t>
+  </si>
+  <si>
+    <t>3997_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Chemin Du Bois De Bosclon</t>
+  </si>
+  <si>
+    <t>0235286023</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>760025809</t>
+  </si>
+  <si>
+    <t>ANIDER - EU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3996_FicheEtablissement/fr/anider-eu</t>
+  </si>
+  <si>
+    <t>3996_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235509693</t>
+  </si>
+  <si>
+    <t>760025718</t>
+  </si>
+  <si>
+    <t>ANIDER - CLEON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3995_FicheEtablissement/fr/anider-cleon</t>
+  </si>
+  <si>
+    <t>3995_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>648 Rue Des Martyrs</t>
+  </si>
+  <si>
+    <t>0235786015</t>
+  </si>
+  <si>
+    <t>760025668</t>
+  </si>
+  <si>
+    <t>ANIDER - ROUEN INNOVATION SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4003_FicheEtablissement/fr/anider-rouen-innovation-sante</t>
+  </si>
+  <si>
+    <t>4003_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Marie Curie</t>
+  </si>
+  <si>
+    <t>0235183245</t>
+  </si>
+  <si>
+    <t>760917773</t>
+  </si>
+  <si>
+    <t>ANIDER - LE HAVRE PLATEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4002_FicheEtablissement/fr/anider-le-havre-plateau</t>
+  </si>
+  <si>
+    <t>4002_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>49 Rue Aveorres</t>
+  </si>
+  <si>
+    <t>0232854346</t>
+  </si>
+  <si>
+    <t>760035592</t>
+  </si>
+  <si>
+    <t>ANIDER - DIEPPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4000_FicheEtablissement/fr/anider-dieppe</t>
+  </si>
+  <si>
+    <t>4000_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0235509810</t>
+  </si>
+  <si>
+    <t>760026088</t>
+  </si>
+  <si>
+    <t>ANIDER - LE HAVRE MASSILLON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3999_FicheEtablissement/fr/anider-le-havre-massillon</t>
+  </si>
+  <si>
+    <t>3999_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>54 Rue Massillon</t>
+  </si>
+  <si>
+    <t>0235251207</t>
+  </si>
+  <si>
+    <t>760025908</t>
+  </si>
+  <si>
+    <t>ANIDER - FONTAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3998_FicheEtablissement/fr/anider-fontaine</t>
+  </si>
+  <si>
+    <t>3998_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>76290 FONTAINE LA MALLET</t>
+  </si>
+  <si>
+    <t>FONTAINE LA MALLET</t>
+  </si>
+  <si>
+    <t>0235308866</t>
+  </si>
+  <si>
+    <t>760025858</t>
+  </si>
+  <si>
+    <t>VYV3 NORMANDIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7618_FicheEtablissement/fr/vyv3-normandie</t>
+  </si>
+  <si>
+    <t>7618_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Rue Saint-Maur</t>
+  </si>
+  <si>
+    <t>0232081740</t>
+  </si>
+  <si>
+    <t>760780288</t>
+  </si>
+  <si>
+    <t>INSTITUT DE JOUR ALFRED BINET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7619_FicheEtablissement/fr/institut-de-jour-alfred-binet</t>
+  </si>
+  <si>
+    <t>7619_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>66 Rue Des Preaux</t>
+  </si>
+  <si>
+    <t>0232121317</t>
+  </si>
+  <si>
+    <t>760783563</t>
+  </si>
+  <si>
+    <t>GCS PÔLE DE SANTE CHIRURGICAL DE FECAMP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7727_FicheEtablissement/fr/gcs-pole-de-sante-chirurgical</t>
+  </si>
+  <si>
+    <t>7727_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>100 Avenue Du President F. Mitterand</t>
+  </si>
+  <si>
+    <t>760041368</t>
+  </si>
+  <si>
+    <t>HOPITAL GUSTAVE FLAUBERT CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>30/05/2024 16:08:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2731_FicheEtablissement/fr/hopital-gustave-flaubert-ch-le-havre</t>
+  </si>
+  <si>
+    <t>2731_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>55 Rue Gustave Flaubert</t>
+  </si>
+  <si>
+    <t>76083 LE HAVRE</t>
+  </si>
+  <si>
+    <t>0232733232</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>760000356</t>
+  </si>
+  <si>
+    <t>CENTRE DE CRISE ET D'ACCUEIL HOPITAL JANET CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2744_FicheEtablissement/fr/ccap-cmp-pierre-janet-ch-le-havre</t>
+  </si>
+  <si>
+    <t>2744_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>47 Rue De Tourneville</t>
+  </si>
+  <si>
+    <t>0232737297</t>
+  </si>
+  <si>
+    <t>760026484</t>
+  </si>
+  <si>
+    <t>HOSP.SANTE MENTALE ADULTES FLAUBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2749_FicheEtablissement/fr/hosp-sante-mentale-adultes-flaubert</t>
+  </si>
+  <si>
+    <t>2749_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760034165</t>
+  </si>
+  <si>
+    <t>CENTRE PIERRE JANET CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2764_FicheEtablissement/fr/centre-pierre-janet-ch-le-havre</t>
+  </si>
+  <si>
+    <t>2764_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0232733940</t>
+  </si>
+  <si>
+    <t>760781070</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2770_FicheEtablissement/fr/hopital-jacques-monod-ch-le-havre</t>
+  </si>
+  <si>
+    <t>2770_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue P Mendes France</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>USLD LES TERRASSES DE FLAUBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2773_FicheEtablissement/fr/usld-les-terrasses-de-flaubert</t>
+  </si>
+  <si>
+    <t>2773_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>760806984</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES BOUCLES DE LA SEINE</t>
+  </si>
+  <si>
+    <t>31/03/2023 15:56:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6664_FicheEtablissement/fr/clinique-des-boucles-de-la-seine</t>
+  </si>
+  <si>
+    <t>6664_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Rue Champ De Courses</t>
+  </si>
+  <si>
+    <t>760035147</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R157"/>
+  <dimension ref="A1:R165"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7121,18635 +10295,28164 @@
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
       <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q4" t="s">
         <v>47</v>
       </c>
-      <c r="P4" t="s">
+      <c r="R4" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>51</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
         <v>55</v>
       </c>
-      <c r="L5" t="s">
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>47</v>
+      </c>
+      <c r="R5" t="s">
         <v>56</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>58</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>64</v>
       </c>
       <c r="H7" t="s">
         <v>65</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>66</v>
       </c>
       <c r="L7" t="s">
         <v>67</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>69</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" t="s">
         <v>72</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="Q8" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="H9" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="Q9" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="R9" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="L10" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="O10" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="Q10" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="R10" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="Q11" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R11" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="H12" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="L12" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q12" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R12" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="H13" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="L13" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>28</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>29</v>
       </c>
       <c r="Q13" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="H14" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="L14" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="Q14" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="R14" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="H15" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="L15" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="O15" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="Q15" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="R15" t="s">
-        <v>99</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="H16" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="L16" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="O16" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P16" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q16" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R16" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="H17" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="L17" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="O17" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P17" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q17" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R17" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="H18" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="O18" t="s">
-        <v>151</v>
+        <v>55</v>
       </c>
       <c r="P18" t="s">
-        <v>152</v>
+        <v>46</v>
       </c>
       <c r="Q18" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R18" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="H19" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="L19" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="O19" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P19" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q19" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R19" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
+        <v>153</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>154</v>
+      </c>
+      <c r="H20" t="s">
         <v>155</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="L20" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="O20" t="s">
-        <v>96</v>
+        <v>159</v>
       </c>
       <c r="P20" t="s">
-        <v>97</v>
+        <v>160</v>
       </c>
       <c r="Q20" t="s">
-        <v>98</v>
+        <v>161</v>
       </c>
       <c r="R20" t="s">
-        <v>99</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>164</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>165</v>
       </c>
-      <c r="C21" t="s">
-[...11 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
+        <v>167</v>
+      </c>
+      <c r="L21" t="s">
         <v>168</v>
       </c>
-      <c r="L21" t="s">
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
+        <v>158</v>
+      </c>
+      <c r="O21" t="s">
         <v>169</v>
       </c>
-      <c r="M21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P21" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="Q21" t="s">
-        <v>98</v>
+        <v>171</v>
       </c>
       <c r="R21" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="H22" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="L22" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>95</v>
+        <v>179</v>
       </c>
       <c r="O22" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="P22" t="s">
-        <v>97</v>
+        <v>181</v>
       </c>
       <c r="Q22" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="R22" t="s">
-        <v>99</v>
+        <v>182</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="H23" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
+        <v>187</v>
+      </c>
+      <c r="L23" t="s">
+        <v>188</v>
+      </c>
+      <c r="M23" t="s">
+        <v>20</v>
+      </c>
+      <c r="N23" t="s">
         <v>179</v>
       </c>
-      <c r="L23" t="s">
+      <c r="O23" t="s">
         <v>180</v>
       </c>
-      <c r="M23" t="s">
-[...2 lines deleted...]
-      <c r="N23" t="s">
+      <c r="P23" t="s">
         <v>181</v>
       </c>
-      <c r="O23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q23" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="R23" t="s">
-        <v>99</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="H24" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="L24" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
+        <v>179</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
         <v>181</v>
       </c>
-      <c r="O24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q24" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="R24" t="s">
-        <v>99</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="H25" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="L25" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="O25" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>48</v>
+        <v>181</v>
       </c>
       <c r="Q25" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R25" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="H26" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="L26" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="O26" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="P26" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="Q26" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="R26" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="H27" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="L27" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>211</v>
+        <v>179</v>
       </c>
       <c r="O27" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P27" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q27" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R27" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H28" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="L28" t="s">
-        <v>174</v>
+        <v>222</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>211</v>
+        <v>179</v>
       </c>
       <c r="O28" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P28" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q28" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R28" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="H29" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="L29" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>211</v>
+        <v>179</v>
       </c>
       <c r="O29" t="s">
-        <v>226</v>
+        <v>180</v>
       </c>
       <c r="P29" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="Q29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R29" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>229</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
+        <v>224</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>230</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>232</v>
+      </c>
+      <c r="L30" t="s">
         <v>233</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>20</v>
+      </c>
+      <c r="N30" t="s">
+        <v>179</v>
+      </c>
+      <c r="O30" t="s">
         <v>234</v>
       </c>
-      <c r="M30" t="s">
-[...2 lines deleted...]
-      <c r="N30" t="s">
+      <c r="P30" t="s">
         <v>235</v>
       </c>
-      <c r="O30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q30" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R30" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H31" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L31" t="s">
-        <v>241</v>
+        <v>108</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>235</v>
+        <v>179</v>
       </c>
       <c r="O31" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P31" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q31" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R31" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>242</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
+        <v>238</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>243</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>245</v>
+      </c>
+      <c r="L32" t="s">
         <v>246</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>235</v>
+        <v>179</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P32" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q32" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R32" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>247</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>238</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>248</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="L33" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>235</v>
+        <v>179</v>
       </c>
       <c r="O33" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P33" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q33" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R33" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>252</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>238</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>253</v>
+      </c>
+      <c r="H34" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="L34" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>235</v>
+        <v>179</v>
       </c>
       <c r="O34" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P34" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q34" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R34" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>257</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>258</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>259</v>
+      </c>
+      <c r="H35" t="s">
         <v>260</v>
-      </c>
-[...16 lines deleted...]
-        <v>262</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
+        <v>261</v>
+      </c>
+      <c r="L35" t="s">
+        <v>262</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
         <v>263</v>
       </c>
-      <c r="L35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O35" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P35" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q35" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>264</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
         <v>265</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>266</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
+        <v>268</v>
+      </c>
+      <c r="L36" t="s">
         <v>269</v>
       </c>
-      <c r="L36" t="s">
+      <c r="M36" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" t="s">
         <v>270</v>
       </c>
-      <c r="M36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O36" t="s">
-        <v>271</v>
+        <v>55</v>
       </c>
       <c r="P36" t="s">
-        <v>272</v>
+        <v>46</v>
       </c>
       <c r="Q36" t="s">
-        <v>273</v>
+        <v>47</v>
       </c>
       <c r="R36" t="s">
-        <v>274</v>
+        <v>56</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="H37" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>275</v>
+      </c>
+      <c r="L37" t="s">
+        <v>276</v>
+      </c>
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
+        <v>270</v>
+      </c>
+      <c r="O37" t="s">
+        <v>277</v>
+      </c>
+      <c r="P37" t="s">
         <v>278</v>
       </c>
-      <c r="L37" t="s">
+      <c r="Q37" t="s">
         <v>279</v>
       </c>
-      <c r="M37" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R37" t="s">
-        <v>214</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H38" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="L38" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>235</v>
+        <v>287</v>
       </c>
       <c r="O38" t="s">
-        <v>212</v>
+        <v>80</v>
       </c>
       <c r="P38" t="s">
-        <v>213</v>
+        <v>81</v>
       </c>
       <c r="Q38" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R38" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="H39" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="L39" t="s">
-        <v>290</v>
+        <v>256</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>235</v>
+        <v>287</v>
       </c>
       <c r="O39" t="s">
-        <v>212</v>
+        <v>80</v>
       </c>
       <c r="P39" t="s">
-        <v>213</v>
+        <v>81</v>
       </c>
       <c r="Q39" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R39" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H40" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="L40" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="O40" t="s">
-        <v>96</v>
+        <v>299</v>
       </c>
       <c r="P40" t="s">
-        <v>97</v>
+        <v>300</v>
       </c>
       <c r="Q40" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R40" t="s">
-        <v>99</v>
+        <v>301</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H41" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="L41" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="O41" t="s">
-        <v>305</v>
+        <v>80</v>
       </c>
       <c r="P41" t="s">
-        <v>306</v>
+        <v>81</v>
       </c>
       <c r="Q41" t="s">
-        <v>307</v>
+        <v>47</v>
       </c>
       <c r="R41" t="s">
-        <v>308</v>
+        <v>82</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>309</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
         <v>310</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
         <v>311</v>
       </c>
       <c r="H42" t="s">
         <v>312</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>313</v>
       </c>
       <c r="L42" t="s">
         <v>314</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="O42" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="P42" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="Q42" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R42" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>315</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
         <v>316</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>317</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>319</v>
+      </c>
+      <c r="L43" t="s">
         <v>320</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="O43" t="s">
-        <v>322</v>
+        <v>80</v>
       </c>
       <c r="P43" t="s">
-        <v>323</v>
+        <v>81</v>
       </c>
       <c r="Q43" t="s">
-        <v>273</v>
+        <v>47</v>
       </c>
       <c r="R43" t="s">
-        <v>324</v>
+        <v>82</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="H44" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="L44" t="s">
-        <v>174</v>
+        <v>326</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>330</v>
+        <v>308</v>
       </c>
       <c r="O44" t="s">
+        <v>80</v>
+      </c>
+      <c r="P44" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q44" t="s">
         <v>47</v>
       </c>
-      <c r="P44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R44" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="H45" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="L45" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>330</v>
+        <v>308</v>
       </c>
       <c r="O45" t="s">
-        <v>337</v>
+        <v>80</v>
       </c>
       <c r="P45" t="s">
-        <v>338</v>
+        <v>81</v>
       </c>
       <c r="Q45" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R45" t="s">
-        <v>339</v>
+        <v>82</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="H46" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="L46" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>346</v>
+        <v>308</v>
       </c>
       <c r="O46" t="s">
-        <v>347</v>
+        <v>80</v>
       </c>
       <c r="P46" t="s">
-        <v>348</v>
+        <v>81</v>
       </c>
       <c r="Q46" t="s">
-        <v>349</v>
+        <v>47</v>
       </c>
       <c r="R46" t="s">
-        <v>350</v>
+        <v>82</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="H47" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="L47" t="s">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
+        <v>308</v>
+      </c>
+      <c r="O47" t="s">
+        <v>344</v>
+      </c>
+      <c r="P47" t="s">
+        <v>345</v>
+      </c>
+      <c r="Q47" t="s">
         <v>346</v>
       </c>
-      <c r="O47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R47" t="s">
-        <v>214</v>
+        <v>347</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>358</v>
+        <v>339</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="H48" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="L48" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>363</v>
+        <v>308</v>
       </c>
       <c r="O48" t="s">
-        <v>212</v>
+        <v>80</v>
       </c>
       <c r="P48" t="s">
-        <v>213</v>
+        <v>81</v>
       </c>
       <c r="Q48" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R48" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>365</v>
+        <v>339</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="H49" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="L49" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>211</v>
+        <v>308</v>
       </c>
       <c r="O49" t="s">
-        <v>212</v>
+        <v>80</v>
       </c>
       <c r="P49" t="s">
-        <v>213</v>
+        <v>81</v>
       </c>
       <c r="Q49" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R49" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
       <c r="H50" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>374</v>
+        <v>362</v>
       </c>
       <c r="L50" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>363</v>
+        <v>308</v>
       </c>
       <c r="O50" t="s">
-        <v>376</v>
+        <v>80</v>
       </c>
       <c r="P50" t="s">
-        <v>377</v>
+        <v>81</v>
       </c>
       <c r="Q50" t="s">
-        <v>378</v>
+        <v>47</v>
       </c>
       <c r="R50" t="s">
-        <v>379</v>
+        <v>82</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="H51" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="L51" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>211</v>
+        <v>370</v>
       </c>
       <c r="O51" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P51" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q51" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R51" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>385</v>
+        <v>371</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>387</v>
+        <v>373</v>
       </c>
       <c r="H52" t="s">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="L52" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
       <c r="O52" t="s">
-        <v>151</v>
+        <v>377</v>
       </c>
       <c r="P52" t="s">
-        <v>152</v>
+        <v>378</v>
       </c>
       <c r="Q52" t="s">
-        <v>49</v>
+        <v>379</v>
       </c>
       <c r="R52" t="s">
-        <v>153</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>392</v>
+        <v>381</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>393</v>
+        <v>382</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>394</v>
+        <v>383</v>
       </c>
       <c r="H53" t="s">
-        <v>395</v>
+        <v>384</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>396</v>
+        <v>385</v>
       </c>
       <c r="L53" t="s">
-        <v>397</v>
+        <v>386</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>398</v>
+        <v>387</v>
       </c>
       <c r="O53" t="s">
-        <v>47</v>
+        <v>388</v>
       </c>
       <c r="P53" t="s">
-        <v>48</v>
+        <v>389</v>
       </c>
       <c r="Q53" t="s">
-        <v>49</v>
+        <v>390</v>
       </c>
       <c r="R53" t="s">
-        <v>50</v>
+        <v>391</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H54" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="L54" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
         <v>398</v>
       </c>
       <c r="O54" t="s">
-        <v>405</v>
+        <v>180</v>
       </c>
       <c r="P54" t="s">
-        <v>406</v>
+        <v>181</v>
       </c>
       <c r="Q54" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="R54" t="s">
-        <v>407</v>
+        <v>182</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
       <c r="H55" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="L55" t="s">
-        <v>384</v>
+        <v>404</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="O55" t="s">
-        <v>226</v>
+        <v>405</v>
       </c>
       <c r="P55" t="s">
-        <v>227</v>
+        <v>406</v>
       </c>
       <c r="Q55" t="s">
-        <v>49</v>
+        <v>346</v>
       </c>
       <c r="R55" t="s">
-        <v>228</v>
+        <v>407</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="H56" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="L56" t="s">
-        <v>419</v>
+        <v>256</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="O56" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P56" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q56" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R56" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="H57" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="L57" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
         <v>420</v>
       </c>
       <c r="O57" t="s">
-        <v>151</v>
+        <v>421</v>
       </c>
       <c r="P57" t="s">
-        <v>152</v>
+        <v>422</v>
       </c>
       <c r="Q57" t="s">
-        <v>49</v>
+        <v>423</v>
       </c>
       <c r="R57" t="s">
-        <v>153</v>
+        <v>424</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>425</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>426</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>427</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>428</v>
-      </c>
-[...7 lines deleted...]
-        <v>430</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="L58" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="O58" t="s">
+        <v>80</v>
+      </c>
+      <c r="P58" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q58" t="s">
         <v>47</v>
       </c>
-      <c r="P58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R58" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
+        <v>431</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>432</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>433</v>
+      </c>
+      <c r="H59" t="s">
         <v>434</v>
-      </c>
-[...16 lines deleted...]
-        <v>437</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="L59" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="O59" t="s">
-        <v>441</v>
+        <v>80</v>
       </c>
       <c r="P59" t="s">
-        <v>152</v>
+        <v>81</v>
       </c>
       <c r="Q59" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R59" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="H60" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="L60" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>440</v>
+        <v>287</v>
       </c>
       <c r="O60" t="s">
-        <v>151</v>
+        <v>80</v>
       </c>
       <c r="P60" t="s">
-        <v>152</v>
+        <v>81</v>
       </c>
       <c r="Q60" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R60" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H61" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
+        <v>448</v>
+      </c>
+      <c r="L61" t="s">
+        <v>449</v>
+      </c>
+      <c r="M61" t="s">
+        <v>20</v>
+      </c>
+      <c r="N61" t="s">
+        <v>437</v>
+      </c>
+      <c r="O61" t="s">
+        <v>450</v>
+      </c>
+      <c r="P61" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q61" t="s">
         <v>452</v>
       </c>
-      <c r="L61" t="s">
+      <c r="R61" t="s">
         <v>453</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
+        <v>454</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>445</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
         <v>455</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="H62" t="s">
         <v>456</v>
-      </c>
-[...7 lines deleted...]
-        <v>458</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="L62" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>461</v>
+        <v>287</v>
       </c>
       <c r="O62" t="s">
-        <v>212</v>
+        <v>80</v>
       </c>
       <c r="P62" t="s">
-        <v>213</v>
+        <v>81</v>
       </c>
       <c r="Q62" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R62" t="s">
-        <v>214</v>
+        <v>82</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>459</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>460</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>461</v>
+      </c>
+      <c r="H63" t="s">
         <v>462</v>
-      </c>
-[...16 lines deleted...]
-        <v>465</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="L63" t="s">
-        <v>345</v>
+        <v>464</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="O63" t="s">
-        <v>468</v>
+        <v>234</v>
       </c>
       <c r="P63" t="s">
-        <v>76</v>
+        <v>235</v>
       </c>
       <c r="Q63" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="R63" t="s">
-        <v>78</v>
+        <v>236</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
+        <v>466</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>467</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>468</v>
+      </c>
+      <c r="H64" t="s">
         <v>469</v>
-      </c>
-[...16 lines deleted...]
-        <v>472</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="L64" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="O64" t="s">
+        <v>55</v>
+      </c>
+      <c r="P64" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q64" t="s">
         <v>47</v>
       </c>
-      <c r="P64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R64" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
+        <v>472</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>473</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
         <v>474</v>
       </c>
-      <c r="C65" t="s">
-[...5 lines deleted...]
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
+        <v>476</v>
+      </c>
+      <c r="L65" t="s">
+        <v>477</v>
+      </c>
+      <c r="M65" t="s">
+        <v>20</v>
+      </c>
+      <c r="N65" t="s">
+        <v>471</v>
+      </c>
+      <c r="O65" t="s">
         <v>478</v>
       </c>
-      <c r="L65" t="s">
+      <c r="P65" t="s">
         <v>479</v>
       </c>
-      <c r="M65" t="s">
-[...2 lines deleted...]
-      <c r="N65" t="s">
+      <c r="Q65" t="s">
         <v>480</v>
       </c>
-      <c r="O65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R65" t="s">
-        <v>78</v>
+        <v>481</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H66" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="L66" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="O66" t="s">
-        <v>468</v>
+        <v>180</v>
       </c>
       <c r="P66" t="s">
-        <v>76</v>
+        <v>181</v>
       </c>
       <c r="Q66" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="R66" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H67" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="L67" t="s">
-        <v>253</v>
+        <v>494</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="O67" t="s">
-        <v>468</v>
+        <v>234</v>
       </c>
       <c r="P67" t="s">
-        <v>76</v>
+        <v>235</v>
       </c>
       <c r="Q67" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="R67" t="s">
-        <v>78</v>
+        <v>236</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H68" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="L68" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>480</v>
+        <v>501</v>
       </c>
       <c r="O68" t="s">
-        <v>468</v>
+        <v>55</v>
       </c>
       <c r="P68" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="Q68" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="R68" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="H69" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="L69" t="s">
-        <v>234</v>
+        <v>507</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="O69" t="s">
-        <v>468</v>
+        <v>509</v>
       </c>
       <c r="P69" t="s">
-        <v>76</v>
+        <v>235</v>
       </c>
       <c r="Q69" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="R69" t="s">
-        <v>78</v>
+        <v>236</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>482</v>
+        <v>511</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="H70" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="L70" t="s">
-        <v>479</v>
+        <v>515</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="O70" t="s">
-        <v>468</v>
+        <v>234</v>
       </c>
       <c r="P70" t="s">
-        <v>76</v>
+        <v>235</v>
       </c>
       <c r="Q70" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="R70" t="s">
-        <v>78</v>
+        <v>236</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>482</v>
+        <v>517</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>505</v>
+        <v>518</v>
       </c>
       <c r="H71" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="L71" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>480</v>
+        <v>522</v>
       </c>
       <c r="O71" t="s">
-        <v>226</v>
+        <v>80</v>
       </c>
       <c r="P71" t="s">
-        <v>227</v>
+        <v>81</v>
       </c>
       <c r="Q71" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R71" t="s">
-        <v>228</v>
+        <v>82</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>482</v>
+        <v>524</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="H72" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="L72" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>480</v>
+        <v>529</v>
       </c>
       <c r="O72" t="s">
-        <v>468</v>
+        <v>80</v>
       </c>
       <c r="P72" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="Q72" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="R72" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>515</v>
+        <v>531</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
       <c r="H73" t="s">
-        <v>517</v>
+        <v>533</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="L73" t="s">
-        <v>519</v>
+        <v>419</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="O73" t="s">
-        <v>212</v>
+        <v>536</v>
       </c>
       <c r="P73" t="s">
-        <v>213</v>
+        <v>160</v>
       </c>
       <c r="Q73" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R73" t="s">
-        <v>214</v>
+        <v>162</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>523</v>
+        <v>539</v>
       </c>
       <c r="H74" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="L74" t="s">
-        <v>526</v>
+        <v>151</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="O74" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P74" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q74" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R74" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="H75" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
-        <v>532</v>
+        <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>533</v>
+        <v>546</v>
       </c>
       <c r="L75" t="s">
-        <v>447</v>
+        <v>547</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="O75" t="s">
-        <v>47</v>
+        <v>536</v>
       </c>
       <c r="P75" t="s">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="Q75" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R75" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
       <c r="H76" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="L76" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>211</v>
+        <v>548</v>
       </c>
       <c r="O76" t="s">
-        <v>212</v>
+        <v>536</v>
       </c>
       <c r="P76" t="s">
-        <v>213</v>
+        <v>160</v>
       </c>
       <c r="Q76" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R76" t="s">
-        <v>214</v>
+        <v>162</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
       <c r="H77" t="s">
-        <v>544</v>
+        <v>557</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="L77" t="s">
-        <v>546</v>
+        <v>326</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O77" t="s">
-        <v>47</v>
+        <v>536</v>
       </c>
       <c r="P77" t="s">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="Q77" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R77" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="H78" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="L78" t="s">
-        <v>519</v>
+        <v>563</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O78" t="s">
-        <v>47</v>
+        <v>536</v>
       </c>
       <c r="P78" t="s">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="Q78" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R78" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="H79" t="s">
-        <v>555</v>
+        <v>566</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
       <c r="L79" t="s">
-        <v>557</v>
+        <v>307</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O79" t="s">
-        <v>47</v>
+        <v>536</v>
       </c>
       <c r="P79" t="s">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="Q79" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R79" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="H80" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="L80" t="s">
-        <v>562</v>
+        <v>547</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O80" t="s">
-        <v>47</v>
+        <v>536</v>
       </c>
       <c r="P80" t="s">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="Q80" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R80" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="H81" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
-        <v>532</v>
+        <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="L81" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O81" t="s">
+        <v>299</v>
+      </c>
+      <c r="P81" t="s">
+        <v>300</v>
+      </c>
+      <c r="Q81" t="s">
         <v>47</v>
       </c>
-      <c r="P81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R81" t="s">
-        <v>50</v>
+        <v>301</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>568</v>
+        <v>550</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="H82" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="L82" t="s">
-        <v>390</v>
+        <v>581</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>572</v>
+        <v>548</v>
       </c>
       <c r="O82" t="s">
-        <v>573</v>
+        <v>536</v>
       </c>
       <c r="P82" t="s">
-        <v>574</v>
+        <v>160</v>
       </c>
       <c r="Q82" t="s">
-        <v>575</v>
+        <v>161</v>
       </c>
       <c r="R82" t="s">
-        <v>576</v>
+        <v>162</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>568</v>
+        <v>583</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="H83" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>374</v>
+        <v>586</v>
       </c>
       <c r="L83" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="O83" t="s">
-        <v>581</v>
+        <v>80</v>
       </c>
       <c r="P83" t="s">
-        <v>582</v>
+        <v>81</v>
       </c>
       <c r="Q83" t="s">
-        <v>583</v>
+        <v>47</v>
       </c>
       <c r="R83" t="s">
-        <v>584</v>
+        <v>82</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="H84" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="L84" t="s">
-        <v>390</v>
+        <v>594</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>95</v>
+        <v>595</v>
       </c>
       <c r="O84" t="s">
-        <v>441</v>
+        <v>180</v>
       </c>
       <c r="P84" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="Q84" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R84" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="H85" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
-        <v>24</v>
+        <v>600</v>
       </c>
       <c r="K85" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="L85" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>194</v>
+        <v>602</v>
       </c>
       <c r="O85" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P85" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q85" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R85" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="H86" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="L86" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>602</v>
+        <v>287</v>
       </c>
       <c r="O86" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="P86" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="Q86" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R86" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="H87" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="L87" t="s">
-        <v>356</v>
+        <v>614</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>304</v>
+        <v>615</v>
       </c>
       <c r="O87" t="s">
-        <v>441</v>
+        <v>55</v>
       </c>
       <c r="P87" t="s">
-        <v>152</v>
+        <v>46</v>
       </c>
       <c r="Q87" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R87" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="H88" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="L88" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="O88" t="s">
-        <v>615</v>
+        <v>55</v>
       </c>
       <c r="P88" t="s">
-        <v>574</v>
+        <v>46</v>
       </c>
       <c r="Q88" t="s">
-        <v>575</v>
+        <v>47</v>
       </c>
       <c r="R88" t="s">
-        <v>576</v>
+        <v>56</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="H89" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>61</v>
+        <v>624</v>
       </c>
       <c r="L89" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>330</v>
+        <v>615</v>
       </c>
       <c r="O89" t="s">
-        <v>212</v>
+        <v>55</v>
       </c>
       <c r="P89" t="s">
-        <v>213</v>
+        <v>46</v>
       </c>
       <c r="Q89" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R89" t="s">
-        <v>214</v>
+        <v>56</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
+        <v>626</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
         <v>621</v>
       </c>
-      <c r="C90" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H90" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="L90" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="O90" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="P90" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="Q90" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R90" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="H91" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
-        <v>24</v>
+        <v>600</v>
       </c>
       <c r="K91" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="L91" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="O91" t="s">
-        <v>212</v>
+        <v>55</v>
       </c>
       <c r="P91" t="s">
-        <v>213</v>
+        <v>46</v>
       </c>
       <c r="Q91" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R91" t="s">
-        <v>214</v>
+        <v>56</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H92" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="L92" t="s">
-        <v>639</v>
+        <v>464</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>602</v>
+        <v>640</v>
       </c>
       <c r="O92" t="s">
-        <v>347</v>
+        <v>641</v>
       </c>
       <c r="P92" t="s">
-        <v>348</v>
+        <v>642</v>
       </c>
       <c r="Q92" t="s">
-        <v>349</v>
+        <v>643</v>
       </c>
       <c r="R92" t="s">
-        <v>350</v>
+        <v>644</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="H93" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="L93" t="s">
-        <v>241</v>
+        <v>464</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>645</v>
+        <v>179</v>
       </c>
       <c r="O93" t="s">
-        <v>96</v>
+        <v>509</v>
       </c>
       <c r="P93" t="s">
-        <v>97</v>
+        <v>235</v>
       </c>
       <c r="Q93" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R93" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="H94" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="L94" t="s">
-        <v>651</v>
+        <v>72</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>627</v>
+        <v>270</v>
       </c>
       <c r="O94" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="P94" t="s">
-        <v>97</v>
+        <v>181</v>
       </c>
       <c r="Q94" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="R94" t="s">
-        <v>99</v>
+        <v>182</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="H95" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="L95" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="O95" t="s">
-        <v>659</v>
+        <v>180</v>
       </c>
       <c r="P95" t="s">
-        <v>660</v>
+        <v>181</v>
       </c>
       <c r="Q95" t="s">
-        <v>661</v>
+        <v>30</v>
       </c>
       <c r="R95" t="s">
-        <v>662</v>
+        <v>182</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
+        <v>662</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
         <v>663</v>
       </c>
-      <c r="C96" t="s">
-[...5 lines deleted...]
-      <c r="E96" t="s">
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
         <v>664</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
-        <v>532</v>
+        <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="L96" t="s">
-        <v>668</v>
+        <v>430</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>658</v>
+        <v>387</v>
       </c>
       <c r="O96" t="s">
-        <v>28</v>
+        <v>509</v>
       </c>
       <c r="P96" t="s">
-        <v>29</v>
+        <v>235</v>
       </c>
       <c r="Q96" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R96" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
+        <v>667</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>668</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
         <v>669</v>
       </c>
-      <c r="C97" t="s">
-[...5 lines deleted...]
-      <c r="E97" t="s">
+      <c r="H97" t="s">
         <v>670</v>
-      </c>
-[...7 lines deleted...]
-        <v>672</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
+        <v>671</v>
+      </c>
+      <c r="L97" t="s">
+        <v>672</v>
+      </c>
+      <c r="M97" t="s">
+        <v>20</v>
+      </c>
+      <c r="N97" t="s">
         <v>673</v>
       </c>
-      <c r="L97" t="s">
+      <c r="O97" t="s">
         <v>674</v>
       </c>
-      <c r="M97" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P97" t="s">
-        <v>97</v>
+        <v>642</v>
       </c>
       <c r="Q97" t="s">
-        <v>98</v>
+        <v>643</v>
       </c>
       <c r="R97" t="s">
-        <v>99</v>
+        <v>644</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
         <v>675</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
         <v>676</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
         <v>677</v>
       </c>
       <c r="H98" t="s">
         <v>678</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>679</v>
+        <v>145</v>
       </c>
       <c r="L98" t="s">
-        <v>680</v>
+        <v>54</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>440</v>
+        <v>413</v>
       </c>
       <c r="O98" t="s">
-        <v>441</v>
+        <v>80</v>
       </c>
       <c r="P98" t="s">
-        <v>152</v>
+        <v>81</v>
       </c>
       <c r="Q98" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R98" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
+        <v>679</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>680</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
         <v>681</v>
       </c>
-      <c r="C99" t="s">
-[...5 lines deleted...]
-      <c r="E99" t="s">
+      <c r="H99" t="s">
         <v>682</v>
-      </c>
-[...7 lines deleted...]
-        <v>684</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
+        <v>683</v>
+      </c>
+      <c r="L99" t="s">
+        <v>684</v>
+      </c>
+      <c r="M99" t="s">
+        <v>20</v>
+      </c>
+      <c r="N99" t="s">
         <v>685</v>
       </c>
-      <c r="L99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O99" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="P99" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="Q99" t="s">
         <v>30</v>
       </c>
       <c r="R99" t="s">
-        <v>31</v>
+        <v>182</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
+        <v>686</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
         <v>687</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100" t="s">
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
         <v>688</v>
       </c>
-      <c r="F100" t="s">
-[...2 lines deleted...]
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
+        <v>690</v>
+      </c>
+      <c r="L100" t="s">
         <v>691</v>
       </c>
-      <c r="L100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="O100" t="s">
-        <v>693</v>
+        <v>80</v>
       </c>
       <c r="P100" t="s">
-        <v>694</v>
+        <v>81</v>
       </c>
       <c r="Q100" t="s">
-        <v>695</v>
+        <v>47</v>
       </c>
       <c r="R100" t="s">
-        <v>696</v>
+        <v>82</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="H101" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="L101" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>534</v>
+        <v>661</v>
       </c>
       <c r="O101" t="s">
-        <v>347</v>
+        <v>421</v>
       </c>
       <c r="P101" t="s">
-        <v>348</v>
+        <v>422</v>
       </c>
       <c r="Q101" t="s">
-        <v>349</v>
+        <v>423</v>
       </c>
       <c r="R101" t="s">
-        <v>350</v>
+        <v>424</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="H102" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="L102" t="s">
-        <v>708</v>
+        <v>314</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>315</v>
+        <v>703</v>
       </c>
       <c r="O102" t="s">
-        <v>709</v>
+        <v>180</v>
       </c>
       <c r="P102" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="Q102" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R102" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>712</v>
+        <v>706</v>
       </c>
       <c r="H103" t="s">
-        <v>713</v>
+        <v>707</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>714</v>
+        <v>708</v>
       </c>
       <c r="L103" t="s">
-        <v>715</v>
+        <v>709</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>716</v>
+        <v>685</v>
       </c>
       <c r="O103" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="P103" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="Q103" t="s">
         <v>30</v>
       </c>
       <c r="R103" t="s">
-        <v>31</v>
+        <v>182</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H104" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="L104" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>95</v>
+        <v>716</v>
       </c>
       <c r="O104" t="s">
-        <v>441</v>
+        <v>717</v>
       </c>
       <c r="P104" t="s">
-        <v>152</v>
+        <v>718</v>
       </c>
       <c r="Q104" t="s">
-        <v>49</v>
+        <v>719</v>
       </c>
       <c r="R104" t="s">
-        <v>153</v>
+        <v>720</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
+        <v>721</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>722</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
         <v>723</v>
       </c>
-      <c r="C105" t="s">
-[...5 lines deleted...]
-      <c r="E105" t="s">
+      <c r="H105" t="s">
         <v>724</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
-        <v>24</v>
+        <v>600</v>
       </c>
       <c r="K105" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="L105" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>181</v>
+        <v>716</v>
       </c>
       <c r="O105" t="s">
-        <v>151</v>
+        <v>116</v>
       </c>
       <c r="P105" t="s">
-        <v>152</v>
+        <v>117</v>
       </c>
       <c r="Q105" t="s">
-        <v>49</v>
+        <v>118</v>
       </c>
       <c r="R105" t="s">
-        <v>153</v>
+        <v>119</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
+        <v>727</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>728</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
         <v>729</v>
       </c>
-      <c r="C106" t="s">
-[...5 lines deleted...]
-      <c r="E106" t="s">
+      <c r="H106" t="s">
         <v>730</v>
-      </c>
-[...7 lines deleted...]
-        <v>732</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="L106" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>735</v>
+        <v>703</v>
       </c>
       <c r="O106" t="s">
-        <v>693</v>
+        <v>180</v>
       </c>
       <c r="P106" t="s">
-        <v>694</v>
+        <v>181</v>
       </c>
       <c r="Q106" t="s">
-        <v>695</v>
+        <v>30</v>
       </c>
       <c r="R106" t="s">
-        <v>696</v>
+        <v>182</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
+        <v>733</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>734</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>735</v>
+      </c>
+      <c r="H107" t="s">
         <v>736</v>
-      </c>
-[...16 lines deleted...]
-        <v>739</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="L107" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>658</v>
+        <v>508</v>
       </c>
       <c r="O107" t="s">
-        <v>96</v>
+        <v>509</v>
       </c>
       <c r="P107" t="s">
-        <v>97</v>
+        <v>235</v>
       </c>
       <c r="Q107" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R107" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
+        <v>739</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>740</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>741</v>
+      </c>
+      <c r="H108" t="s">
         <v>742</v>
-      </c>
-[...16 lines deleted...]
-        <v>745</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="L108" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="O108" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="P108" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="Q108" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="R108" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
+        <v>745</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>746</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>747</v>
+      </c>
+      <c r="H109" t="s">
         <v>748</v>
-      </c>
-[...16 lines deleted...]
-        <v>751</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
+        <v>749</v>
+      </c>
+      <c r="L109" t="s">
+        <v>726</v>
+      </c>
+      <c r="M109" t="s">
+        <v>20</v>
+      </c>
+      <c r="N109" t="s">
+        <v>750</v>
+      </c>
+      <c r="O109" t="s">
+        <v>751</v>
+      </c>
+      <c r="P109" t="s">
         <v>752</v>
       </c>
-      <c r="L109" t="s">
+      <c r="Q109" t="s">
         <v>753</v>
       </c>
-      <c r="M109" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R109" t="s">
-        <v>214</v>
+        <v>754</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H110" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="L110" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>527</v>
+        <v>602</v>
       </c>
       <c r="O110" t="s">
-        <v>760</v>
+        <v>421</v>
       </c>
       <c r="P110" t="s">
-        <v>761</v>
+        <v>422</v>
       </c>
       <c r="Q110" t="s">
-        <v>762</v>
+        <v>423</v>
       </c>
       <c r="R110" t="s">
-        <v>763</v>
+        <v>424</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
+        <v>761</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>762</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>763</v>
+      </c>
+      <c r="H111" t="s">
         <v>764</v>
-      </c>
-[...16 lines deleted...]
-        <v>767</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="L111" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>770</v>
+        <v>398</v>
       </c>
       <c r="O111" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="P111" t="s">
-        <v>772</v>
+        <v>300</v>
       </c>
       <c r="Q111" t="s">
-        <v>307</v>
+        <v>47</v>
       </c>
       <c r="R111" t="s">
-        <v>773</v>
+        <v>301</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="H112" t="s">
-        <v>777</v>
+        <v>771</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>778</v>
+        <v>772</v>
       </c>
       <c r="L112" t="s">
-        <v>779</v>
+        <v>773</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>527</v>
+        <v>774</v>
       </c>
       <c r="O112" t="s">
-        <v>780</v>
+        <v>116</v>
       </c>
       <c r="P112" t="s">
-        <v>781</v>
+        <v>117</v>
       </c>
       <c r="Q112" t="s">
-        <v>782</v>
+        <v>118</v>
       </c>
       <c r="R112" t="s">
-        <v>783</v>
+        <v>119</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="H113" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="L113" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>391</v>
+        <v>179</v>
       </c>
       <c r="O113" t="s">
-        <v>96</v>
+        <v>509</v>
       </c>
       <c r="P113" t="s">
-        <v>97</v>
+        <v>235</v>
       </c>
       <c r="Q113" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R113" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="H114" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>794</v>
+        <v>785</v>
       </c>
       <c r="L114" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>572</v>
+        <v>263</v>
       </c>
       <c r="O114" t="s">
-        <v>347</v>
+        <v>234</v>
       </c>
       <c r="P114" t="s">
-        <v>348</v>
+        <v>235</v>
       </c>
       <c r="Q114" t="s">
-        <v>349</v>
+        <v>47</v>
       </c>
       <c r="R114" t="s">
-        <v>350</v>
+        <v>236</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>796</v>
+        <v>788</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="H115" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>799</v>
+        <v>791</v>
       </c>
       <c r="L115" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>658</v>
+        <v>716</v>
       </c>
       <c r="O115" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="P115" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="Q115" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R115" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
+        <v>794</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>795</v>
+      </c>
+      <c r="H116" t="s">
         <v>796</v>
-      </c>
-[...7 lines deleted...]
-        <v>803</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="L116" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>645</v>
+        <v>263</v>
       </c>
       <c r="O116" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="P116" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="Q116" t="s">
         <v>30</v>
       </c>
       <c r="R116" t="s">
-        <v>31</v>
+        <v>182</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="H117" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="L117" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>520</v>
+        <v>270</v>
       </c>
       <c r="O117" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="P117" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="Q117" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R117" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="H118" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="L118" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
-        <v>520</v>
+        <v>595</v>
       </c>
       <c r="O118" t="s">
-        <v>226</v>
+        <v>811</v>
       </c>
       <c r="P118" t="s">
-        <v>227</v>
+        <v>812</v>
       </c>
       <c r="Q118" t="s">
-        <v>49</v>
+        <v>813</v>
       </c>
       <c r="R118" t="s">
-        <v>228</v>
+        <v>814</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
+        <v>815</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>816</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>817</v>
+      </c>
+      <c r="H119" t="s">
         <v>818</v>
-      </c>
-[...16 lines deleted...]
-        <v>821</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
+        <v>819</v>
+      </c>
+      <c r="L119" t="s">
+        <v>820</v>
+      </c>
+      <c r="M119" t="s">
+        <v>20</v>
+      </c>
+      <c r="N119" t="s">
+        <v>821</v>
+      </c>
+      <c r="O119" t="s">
         <v>822</v>
       </c>
-      <c r="L119" t="s">
+      <c r="P119" t="s">
         <v>823</v>
       </c>
-      <c r="M119" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q119" t="s">
-        <v>98</v>
+        <v>390</v>
       </c>
       <c r="R119" t="s">
-        <v>99</v>
+        <v>824</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H120" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="L120" t="s">
-        <v>829</v>
+        <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>527</v>
+        <v>595</v>
       </c>
       <c r="O120" t="s">
-        <v>212</v>
+        <v>830</v>
       </c>
       <c r="P120" t="s">
-        <v>213</v>
+        <v>831</v>
       </c>
       <c r="Q120" t="s">
-        <v>49</v>
+        <v>832</v>
       </c>
       <c r="R120" t="s">
-        <v>214</v>
+        <v>833</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="H121" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="L121" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>235</v>
+        <v>465</v>
       </c>
       <c r="O121" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="P121" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="Q121" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R121" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="H122" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="L122" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>520</v>
+        <v>640</v>
       </c>
       <c r="O122" t="s">
-        <v>842</v>
+        <v>421</v>
       </c>
       <c r="P122" t="s">
-        <v>843</v>
+        <v>422</v>
       </c>
       <c r="Q122" t="s">
-        <v>844</v>
+        <v>423</v>
       </c>
       <c r="R122" t="s">
-        <v>845</v>
+        <v>424</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
+        <v>845</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
         <v>846</v>
       </c>
-      <c r="C123" t="s">
-[...5 lines deleted...]
-      <c r="E123" t="s">
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
         <v>847</v>
       </c>
-      <c r="F123" t="s">
-[...2 lines deleted...]
-      <c r="G123" t="s">
+      <c r="H123" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
+        <v>849</v>
+      </c>
+      <c r="L123" t="s">
         <v>850</v>
       </c>
-      <c r="L123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>852</v>
+        <v>716</v>
       </c>
       <c r="O123" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="P123" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="Q123" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R123" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
+        <v>851</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>846</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>852</v>
+      </c>
+      <c r="H124" t="s">
         <v>853</v>
-      </c>
-[...16 lines deleted...]
-        <v>856</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="L124" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>520</v>
+        <v>703</v>
       </c>
       <c r="O124" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="P124" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="Q124" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="R124" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
+        <v>856</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>857</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>858</v>
+      </c>
+      <c r="H125" t="s">
         <v>859</v>
-      </c>
-[...16 lines deleted...]
-        <v>862</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="L125" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>865</v>
+        <v>588</v>
       </c>
       <c r="O125" t="s">
-        <v>866</v>
+        <v>116</v>
       </c>
       <c r="P125" t="s">
-        <v>867</v>
+        <v>117</v>
       </c>
       <c r="Q125" t="s">
-        <v>868</v>
+        <v>118</v>
       </c>
       <c r="R125" t="s">
-        <v>869</v>
+        <v>119</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="H126" t="s">
-        <v>872</v>
+        <v>865</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>873</v>
+        <v>866</v>
       </c>
       <c r="L126" t="s">
-        <v>817</v>
+        <v>867</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>480</v>
+        <v>588</v>
       </c>
       <c r="O126" t="s">
-        <v>28</v>
+        <v>299</v>
       </c>
       <c r="P126" t="s">
-        <v>29</v>
+        <v>300</v>
       </c>
       <c r="Q126" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R126" t="s">
-        <v>31</v>
+        <v>301</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>874</v>
+        <v>868</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>875</v>
+        <v>869</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="H127" t="s">
-        <v>877</v>
+        <v>871</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
       <c r="L127" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>480</v>
+        <v>595</v>
       </c>
       <c r="O127" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="P127" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="Q127" t="s">
         <v>30</v>
       </c>
       <c r="R127" t="s">
-        <v>31</v>
+        <v>182</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
         <v>875</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="H128" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="L128" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>885</v>
+        <v>595</v>
       </c>
       <c r="O128" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="P128" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="Q128" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R128" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>886</v>
+        <v>880</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>887</v>
+        <v>881</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
       <c r="H129" t="s">
-        <v>889</v>
+        <v>883</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>890</v>
+        <v>884</v>
       </c>
       <c r="L129" t="s">
-        <v>891</v>
+        <v>885</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="O129" t="s">
-        <v>709</v>
+        <v>80</v>
       </c>
       <c r="P129" t="s">
-        <v>227</v>
+        <v>81</v>
       </c>
       <c r="Q129" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R129" t="s">
-        <v>228</v>
+        <v>82</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>892</v>
+        <v>886</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>893</v>
+        <v>887</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="H130" t="s">
-        <v>895</v>
+        <v>889</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>896</v>
+        <v>890</v>
       </c>
       <c r="L130" t="s">
-        <v>779</v>
+        <v>891</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>480</v>
+        <v>588</v>
       </c>
       <c r="O130" t="s">
-        <v>75</v>
+        <v>892</v>
       </c>
       <c r="P130" t="s">
-        <v>76</v>
+        <v>893</v>
       </c>
       <c r="Q130" t="s">
-        <v>77</v>
+        <v>894</v>
       </c>
       <c r="R130" t="s">
-        <v>78</v>
+        <v>895</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
+        <v>896</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
         <v>897</v>
       </c>
-      <c r="C131" t="s">
-[...5 lines deleted...]
-      <c r="E131" t="s">
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
         <v>898</v>
       </c>
-      <c r="F131" t="s">
-[...2 lines deleted...]
-      <c r="G131" t="s">
+      <c r="H131" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
+        <v>900</v>
+      </c>
+      <c r="L131" t="s">
         <v>901</v>
       </c>
-      <c r="L131" t="s">
+      <c r="M131" t="s">
+        <v>20</v>
+      </c>
+      <c r="N131" t="s">
         <v>902</v>
       </c>
-      <c r="M131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O131" t="s">
-        <v>441</v>
+        <v>299</v>
       </c>
       <c r="P131" t="s">
-        <v>152</v>
+        <v>300</v>
       </c>
       <c r="Q131" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R131" t="s">
-        <v>153</v>
+        <v>301</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
         <v>903</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="H132" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="L132" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>852</v>
+        <v>588</v>
       </c>
       <c r="O132" t="s">
-        <v>151</v>
+        <v>116</v>
       </c>
       <c r="P132" t="s">
-        <v>152</v>
+        <v>117</v>
       </c>
       <c r="Q132" t="s">
-        <v>49</v>
+        <v>118</v>
       </c>
       <c r="R132" t="s">
-        <v>153</v>
+        <v>119</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="H133" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="L133" t="s">
-        <v>210</v>
+        <v>914</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>420</v>
+        <v>915</v>
       </c>
       <c r="O133" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="P133" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="Q133" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="R133" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="H134" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="L134" t="s">
-        <v>921</v>
+        <v>867</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>645</v>
+        <v>548</v>
       </c>
       <c r="O134" t="s">
-        <v>212</v>
+        <v>116</v>
       </c>
       <c r="P134" t="s">
-        <v>213</v>
+        <v>117</v>
       </c>
       <c r="Q134" t="s">
-        <v>49</v>
+        <v>118</v>
       </c>
       <c r="R134" t="s">
-        <v>214</v>
+        <v>119</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="H135" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="L135" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>467</v>
+        <v>548</v>
       </c>
       <c r="O135" t="s">
-        <v>212</v>
+        <v>116</v>
       </c>
       <c r="P135" t="s">
-        <v>213</v>
+        <v>117</v>
       </c>
       <c r="Q135" t="s">
-        <v>49</v>
+        <v>118</v>
       </c>
       <c r="R135" t="s">
-        <v>214</v>
+        <v>119</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="H136" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="L136" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
-        <v>885</v>
+        <v>935</v>
       </c>
       <c r="O136" t="s">
-        <v>934</v>
+        <v>116</v>
       </c>
       <c r="P136" t="s">
-        <v>935</v>
+        <v>117</v>
       </c>
       <c r="Q136" t="s">
-        <v>936</v>
+        <v>118</v>
       </c>
       <c r="R136" t="s">
-        <v>937</v>
+        <v>119</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
+        <v>936</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>937</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
         <v>938</v>
       </c>
-      <c r="C137" t="s">
-[...5 lines deleted...]
-      <c r="E137" t="s">
+      <c r="H137" t="s">
         <v>939</v>
-      </c>
-[...7 lines deleted...]
-        <v>941</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="L137" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>467</v>
+        <v>398</v>
       </c>
       <c r="O137" t="s">
-        <v>441</v>
+        <v>767</v>
       </c>
       <c r="P137" t="s">
-        <v>152</v>
+        <v>300</v>
       </c>
       <c r="Q137" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R137" t="s">
-        <v>153</v>
+        <v>301</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
+        <v>942</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>943</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
         <v>944</v>
       </c>
-      <c r="C138" t="s">
-[...5 lines deleted...]
-      <c r="E138" t="s">
+      <c r="H138" t="s">
         <v>945</v>
-      </c>
-[...7 lines deleted...]
-        <v>947</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="L138" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>211</v>
+        <v>548</v>
       </c>
       <c r="O138" t="s">
-        <v>441</v>
+        <v>159</v>
       </c>
       <c r="P138" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="Q138" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="R138" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
+        <v>947</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>948</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
         <v>949</v>
       </c>
-      <c r="C139" t="s">
-[...5 lines deleted...]
-      <c r="E139" t="s">
+      <c r="H139" t="s">
         <v>950</v>
-      </c>
-[...7 lines deleted...]
-        <v>952</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>466</v>
+        <v>951</v>
       </c>
       <c r="L139" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>954</v>
+        <v>588</v>
       </c>
       <c r="O139" t="s">
-        <v>955</v>
+        <v>509</v>
       </c>
       <c r="P139" t="s">
-        <v>956</v>
+        <v>235</v>
       </c>
       <c r="Q139" t="s">
-        <v>575</v>
+        <v>47</v>
       </c>
       <c r="R139" t="s">
-        <v>957</v>
+        <v>236</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="H140" t="s">
-        <v>961</v>
+        <v>955</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="L140" t="s">
-        <v>180</v>
+        <v>957</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>963</v>
+        <v>902</v>
       </c>
       <c r="O140" t="s">
-        <v>96</v>
+        <v>234</v>
       </c>
       <c r="P140" t="s">
-        <v>97</v>
+        <v>235</v>
       </c>
       <c r="Q140" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R140" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>964</v>
+        <v>958</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>965</v>
+        <v>959</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>966</v>
+        <v>960</v>
       </c>
       <c r="H141" t="s">
-        <v>967</v>
+        <v>961</v>
       </c>
       <c r="I141" t="n">
         <v>0.0</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>968</v>
+        <v>962</v>
       </c>
       <c r="L141" t="s">
-        <v>969</v>
+        <v>286</v>
       </c>
       <c r="M141" t="s">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>865</v>
+        <v>488</v>
       </c>
       <c r="O141" t="s">
-        <v>441</v>
+        <v>963</v>
       </c>
       <c r="P141" t="s">
-        <v>152</v>
+        <v>964</v>
       </c>
       <c r="Q141" t="s">
-        <v>49</v>
+        <v>965</v>
       </c>
       <c r="R141" t="s">
-        <v>153</v>
+        <v>966</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>971</v>
+        <v>959</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="H142" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="I142" t="n">
         <v>0.0</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="L142" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="M142" t="s">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>346</v>
+        <v>703</v>
       </c>
       <c r="O142" t="s">
-        <v>441</v>
+        <v>80</v>
       </c>
       <c r="P142" t="s">
-        <v>152</v>
+        <v>81</v>
       </c>
       <c r="Q142" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R142" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="H143" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="I143" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="L143" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="M143" t="s">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>315</v>
+        <v>535</v>
       </c>
       <c r="O143" t="s">
+        <v>80</v>
+      </c>
+      <c r="P143" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q143" t="s">
         <v>47</v>
       </c>
-      <c r="P143" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R143" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="H144" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="I144" t="n">
         <v>0.0</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
+        <v>982</v>
+      </c>
+      <c r="L144" t="s">
+        <v>983</v>
+      </c>
+      <c r="M144" t="s">
+        <v>20</v>
+      </c>
+      <c r="N144" t="s">
+        <v>935</v>
+      </c>
+      <c r="O144" t="s">
+        <v>984</v>
+      </c>
+      <c r="P144" t="s">
+        <v>985</v>
+      </c>
+      <c r="Q144" t="s">
         <v>986</v>
       </c>
-      <c r="L144" t="s">
-[...5 lines deleted...]
-      <c r="N144" t="s">
+      <c r="R144" t="s">
         <v>987</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
         <v>988</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
         <v>989</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
         <v>990</v>
       </c>
       <c r="H145" t="s">
         <v>991</v>
       </c>
       <c r="I145" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>992</v>
       </c>
       <c r="L145" t="s">
         <v>993</v>
       </c>
       <c r="M145" t="s">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>480</v>
+        <v>535</v>
       </c>
       <c r="O145" t="s">
-        <v>994</v>
+        <v>509</v>
       </c>
       <c r="P145" t="s">
-        <v>995</v>
+        <v>235</v>
       </c>
       <c r="Q145" t="s">
-        <v>996</v>
+        <v>47</v>
       </c>
       <c r="R145" t="s">
-        <v>997</v>
+        <v>236</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="H146" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="I146" t="n">
         <v>0.0</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="L146" t="s">
-        <v>1003</v>
+        <v>157</v>
       </c>
       <c r="M146" t="s">
         <v>20</v>
       </c>
       <c r="N146" t="s">
+        <v>287</v>
+      </c>
+      <c r="O146" t="s">
+        <v>509</v>
+      </c>
+      <c r="P146" t="s">
         <v>235</v>
       </c>
-      <c r="O146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q146" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R146" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="H147" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="I147" t="n">
         <v>0.0</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>1008</v>
+        <v>534</v>
       </c>
       <c r="L147" t="s">
-        <v>674</v>
+        <v>1003</v>
       </c>
       <c r="M147" t="s">
         <v>20</v>
       </c>
       <c r="N147" t="s">
-        <v>480</v>
+        <v>1004</v>
       </c>
       <c r="O147" t="s">
-        <v>226</v>
+        <v>1005</v>
       </c>
       <c r="P147" t="s">
-        <v>227</v>
+        <v>1006</v>
       </c>
       <c r="Q147" t="s">
-        <v>49</v>
+        <v>643</v>
       </c>
       <c r="R147" t="s">
-        <v>228</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
         <v>1009</v>
       </c>
-      <c r="C148" t="s">
-[...5 lines deleted...]
-      <c r="E148" t="s">
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
         <v>1010</v>
       </c>
-      <c r="F148" t="s">
-[...2 lines deleted...]
-      <c r="G148" t="s">
+      <c r="H148" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="I148" t="n">
         <v>0.0</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
+        <v>1012</v>
+      </c>
+      <c r="L148" t="s">
+        <v>262</v>
+      </c>
+      <c r="M148" t="s">
+        <v>20</v>
+      </c>
+      <c r="N148" t="s">
         <v>1013</v>
       </c>
-      <c r="L148" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O148" t="s">
-        <v>441</v>
+        <v>180</v>
       </c>
       <c r="P148" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="Q148" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="R148" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
         <v>1015</v>
       </c>
-      <c r="C149" t="s">
-[...5 lines deleted...]
-      <c r="E149" t="s">
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
         <v>1016</v>
       </c>
-      <c r="F149" t="s">
-[...2 lines deleted...]
-      <c r="G149" t="s">
+      <c r="H149" t="s">
         <v>1017</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="I149" t="n">
         <v>0.0</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>356</v>
+        <v>1018</v>
       </c>
       <c r="L149" t="s">
         <v>1019</v>
       </c>
       <c r="M149" t="s">
         <v>20</v>
       </c>
       <c r="N149" t="s">
+        <v>915</v>
+      </c>
+      <c r="O149" t="s">
+        <v>509</v>
+      </c>
+      <c r="P149" t="s">
         <v>235</v>
       </c>
-      <c r="O149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q149" t="s">
-        <v>575</v>
+        <v>47</v>
       </c>
       <c r="R149" t="s">
-        <v>957</v>
+        <v>236</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
         <v>1020</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
         <v>1021</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
         <v>1022</v>
       </c>
       <c r="H150" t="s">
         <v>1023</v>
       </c>
       <c r="I150" t="n">
         <v>0.0</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>1024</v>
       </c>
       <c r="L150" t="s">
-        <v>800</v>
+        <v>1025</v>
       </c>
       <c r="M150" t="s">
         <v>20</v>
       </c>
       <c r="N150" t="s">
-        <v>297</v>
+        <v>420</v>
       </c>
       <c r="O150" t="s">
-        <v>441</v>
+        <v>509</v>
       </c>
       <c r="P150" t="s">
-        <v>152</v>
+        <v>235</v>
       </c>
       <c r="Q150" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R150" t="s">
-        <v>153</v>
+        <v>236</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="H151" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="I151" t="n">
         <v>0.0</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="L151" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="M151" t="s">
         <v>20</v>
       </c>
       <c r="N151" t="s">
-        <v>1031</v>
+        <v>398</v>
       </c>
       <c r="O151" t="s">
-        <v>151</v>
+        <v>55</v>
       </c>
       <c r="P151" t="s">
-        <v>152</v>
+        <v>46</v>
       </c>
       <c r="Q151" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R151" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
         <v>1032</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H152" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="I152" t="n">
         <v>0.0</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="L152" t="s">
-        <v>1036</v>
+        <v>914</v>
       </c>
       <c r="M152" t="s">
         <v>20</v>
       </c>
       <c r="N152" t="s">
-        <v>211</v>
+        <v>1037</v>
       </c>
       <c r="O152" t="s">
-        <v>212</v>
+        <v>299</v>
       </c>
       <c r="P152" t="s">
-        <v>213</v>
+        <v>300</v>
       </c>
       <c r="Q152" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="R152" t="s">
-        <v>214</v>
+        <v>301</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="H153" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="I153" t="n">
         <v>0.0</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="L153" t="s">
-        <v>73</v>
+        <v>1043</v>
       </c>
       <c r="M153" t="s">
         <v>20</v>
       </c>
       <c r="N153" t="s">
-        <v>211</v>
+        <v>548</v>
       </c>
       <c r="O153" t="s">
-        <v>212</v>
+        <v>1044</v>
       </c>
       <c r="P153" t="s">
-        <v>213</v>
+        <v>1045</v>
       </c>
       <c r="Q153" t="s">
-        <v>49</v>
+        <v>1046</v>
       </c>
       <c r="R153" t="s">
-        <v>214</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="H154" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="I154" t="n">
         <v>0.0</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="L154" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="M154" t="s">
         <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>1048</v>
+        <v>308</v>
       </c>
       <c r="O154" t="s">
-        <v>337</v>
+        <v>80</v>
       </c>
       <c r="P154" t="s">
-        <v>338</v>
+        <v>81</v>
       </c>
       <c r="Q154" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R154" t="s">
-        <v>339</v>
+        <v>82</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="H155" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="I155" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="L155" t="s">
-        <v>1054</v>
+        <v>732</v>
       </c>
       <c r="M155" t="s">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>297</v>
+        <v>548</v>
       </c>
       <c r="O155" t="s">
-        <v>96</v>
+        <v>299</v>
       </c>
       <c r="P155" t="s">
-        <v>97</v>
+        <v>300</v>
       </c>
       <c r="Q155" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="R155" t="s">
-        <v>99</v>
+        <v>301</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>18</v>
       </c>
       <c r="B156" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="H156" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="I156" t="n">
         <v>0.0</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="L156" t="s">
-        <v>747</v>
+        <v>1064</v>
       </c>
       <c r="M156" t="s">
         <v>20</v>
       </c>
       <c r="N156" t="s">
-        <v>692</v>
+        <v>437</v>
       </c>
       <c r="O156" t="s">
-        <v>28</v>
+        <v>509</v>
       </c>
       <c r="P156" t="s">
-        <v>29</v>
+        <v>235</v>
       </c>
       <c r="Q156" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R156" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>18</v>
       </c>
       <c r="B157" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="H157" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="I157" t="n">
         <v>0.0</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>1063</v>
+        <v>430</v>
       </c>
       <c r="L157" t="s">
-        <v>210</v>
+        <v>1069</v>
       </c>
       <c r="M157" t="s">
         <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>692</v>
+        <v>308</v>
       </c>
       <c r="O157" t="s">
-        <v>1064</v>
+        <v>1005</v>
       </c>
       <c r="P157" t="s">
-        <v>1065</v>
+        <v>1006</v>
       </c>
       <c r="Q157" t="s">
-        <v>1066</v>
+        <v>643</v>
       </c>
       <c r="R157" t="s">
-        <v>1067</v>
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>18</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I158" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1074</v>
+      </c>
+      <c r="L158" t="s">
+        <v>850</v>
+      </c>
+      <c r="M158" t="s">
+        <v>20</v>
+      </c>
+      <c r="N158" t="s">
+        <v>370</v>
+      </c>
+      <c r="O158" t="s">
+        <v>509</v>
+      </c>
+      <c r="P158" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>47</v>
+      </c>
+      <c r="R158" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>18</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I159" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1079</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M159" t="s">
+        <v>20</v>
+      </c>
+      <c r="N159" t="s">
+        <v>1081</v>
+      </c>
+      <c r="O159" t="s">
+        <v>234</v>
+      </c>
+      <c r="P159" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>47</v>
+      </c>
+      <c r="R159" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>18</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I160" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1085</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1086</v>
+      </c>
+      <c r="M160" t="s">
+        <v>20</v>
+      </c>
+      <c r="N160" t="s">
+        <v>287</v>
+      </c>
+      <c r="O160" t="s">
+        <v>80</v>
+      </c>
+      <c r="P160" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>47</v>
+      </c>
+      <c r="R160" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>18</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I161" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L161" t="s">
+        <v>157</v>
+      </c>
+      <c r="M161" t="s">
+        <v>20</v>
+      </c>
+      <c r="N161" t="s">
+        <v>287</v>
+      </c>
+      <c r="O161" t="s">
+        <v>80</v>
+      </c>
+      <c r="P161" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>47</v>
+      </c>
+      <c r="R161" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>18</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I162" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1096</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1097</v>
+      </c>
+      <c r="M162" t="s">
+        <v>20</v>
+      </c>
+      <c r="N162" t="s">
+        <v>1098</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1099</v>
+      </c>
+      <c r="P162" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>30</v>
+      </c>
+      <c r="R162" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>18</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1103</v>
+      </c>
+      <c r="I163" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1104</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1105</v>
+      </c>
+      <c r="M163" t="s">
+        <v>20</v>
+      </c>
+      <c r="N163" t="s">
+        <v>370</v>
+      </c>
+      <c r="O163" t="s">
+        <v>180</v>
+      </c>
+      <c r="P163" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>30</v>
+      </c>
+      <c r="R163" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>18</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1108</v>
+      </c>
+      <c r="I164" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>1109</v>
+      </c>
+      <c r="L164" t="s">
+        <v>798</v>
+      </c>
+      <c r="M164" t="s">
+        <v>20</v>
+      </c>
+      <c r="N164" t="s">
+        <v>750</v>
+      </c>
+      <c r="O164" t="s">
+        <v>116</v>
+      </c>
+      <c r="P164" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>118</v>
+      </c>
+      <c r="R164" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>18</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I165" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>1114</v>
+      </c>
+      <c r="L165" t="s">
+        <v>286</v>
+      </c>
+      <c r="M165" t="s">
+        <v>20</v>
+      </c>
+      <c r="N165" t="s">
+        <v>750</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P165" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R165" t="s">
+        <v>1118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P192"/>
+  <dimension ref="A1:P282"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1068</v>
+        <v>1119</v>
       </c>
       <c r="J1" t="s">
-        <v>1069</v>
+        <v>1120</v>
       </c>
       <c r="K1" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="L1" t="s">
-        <v>1071</v>
+        <v>1122</v>
       </c>
       <c r="M1" t="s">
-        <v>1072</v>
+        <v>1123</v>
       </c>
       <c r="N1" t="s">
-        <v>1073</v>
+        <v>1124</v>
       </c>
       <c r="O1" t="s">
-        <v>1074</v>
+        <v>1125</v>
       </c>
       <c r="P1" t="s">
-        <v>1075</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B2" t="s">
-        <v>1077</v>
+        <v>1128</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1078</v>
+        <v>1129</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1079</v>
+        <v>1130</v>
       </c>
       <c r="H2" t="s">
-        <v>1080</v>
+        <v>1131</v>
       </c>
       <c r="I2" t="s">
-        <v>1081</v>
+        <v>1132</v>
       </c>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>1133</v>
       </c>
       <c r="K2" t="s">
-        <v>1082</v>
+        <v>1134</v>
       </c>
       <c r="L2" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M2" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N2" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O2" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P2" t="s">
-        <v>1087</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B3" t="s">
-        <v>1088</v>
+        <v>1140</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1089</v>
+        <v>1141</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1090</v>
+        <v>1142</v>
       </c>
       <c r="H3" t="s">
-        <v>1091</v>
+        <v>1143</v>
       </c>
       <c r="I3" t="s">
-        <v>1092</v>
+        <v>1144</v>
       </c>
       <c r="J3" t="s">
-        <v>1093</v>
+        <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>1094</v>
+        <v>1145</v>
       </c>
       <c r="L3" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M3" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N3" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O3" t="s">
-        <v>1096</v>
+        <v>1146</v>
       </c>
       <c r="P3" t="s">
-        <v>1097</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B4" t="s">
-        <v>1098</v>
+        <v>1148</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1099</v>
+        <v>1149</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1100</v>
+        <v>1150</v>
       </c>
       <c r="H4" t="s">
-        <v>1101</v>
+        <v>1151</v>
       </c>
       <c r="I4" t="s">
-        <v>1092</v>
+        <v>1152</v>
       </c>
       <c r="J4" t="s">
-        <v>1093</v>
+        <v>1153</v>
       </c>
       <c r="K4" t="s">
-        <v>1094</v>
+        <v>753</v>
       </c>
       <c r="L4" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M4" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N4" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O4" t="s">
-        <v>1102</v>
+        <v>1138</v>
       </c>
       <c r="P4" t="s">
-        <v>1103</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B5" t="s">
-        <v>1104</v>
+        <v>1155</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1099</v>
+        <v>1156</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1105</v>
+        <v>1157</v>
       </c>
       <c r="H5" t="s">
-        <v>1106</v>
+        <v>1158</v>
       </c>
       <c r="I5" t="s">
-        <v>1092</v>
+        <v>1159</v>
       </c>
       <c r="J5" t="s">
-        <v>1107</v>
+        <v>1160</v>
       </c>
       <c r="K5" t="s">
-        <v>1094</v>
+        <v>1161</v>
       </c>
       <c r="L5" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M5" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N5" t="s">
-        <v>1095</v>
+        <v>1163</v>
       </c>
       <c r="O5" t="s">
-        <v>1102</v>
+        <v>1164</v>
       </c>
       <c r="P5" t="s">
-        <v>1108</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B6" t="s">
-        <v>1109</v>
+        <v>1166</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1110</v>
+        <v>1167</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1111</v>
+        <v>1168</v>
       </c>
       <c r="H6" t="s">
-        <v>1112</v>
+        <v>1169</v>
       </c>
       <c r="I6" t="s">
-        <v>1113</v>
+        <v>1170</v>
       </c>
       <c r="J6" t="s">
-        <v>1114</v>
+        <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>1115</v>
+        <v>1171</v>
       </c>
       <c r="L6" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M6" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N6" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O6" t="s">
-        <v>1086</v>
+        <v>1173</v>
       </c>
       <c r="P6" t="s">
-        <v>1116</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B7" t="s">
-        <v>1117</v>
+        <v>1175</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1118</v>
+        <v>1176</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1119</v>
+        <v>1177</v>
       </c>
       <c r="H7" t="s">
-        <v>1120</v>
+        <v>1178</v>
       </c>
       <c r="I7" t="s">
-        <v>1121</v>
+        <v>1179</v>
       </c>
       <c r="J7" t="s">
-        <v>1122</v>
+        <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>1123</v>
+        <v>1180</v>
       </c>
       <c r="L7" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M7" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N7" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O7" t="s">
-        <v>1086</v>
+        <v>1146</v>
       </c>
       <c r="P7" t="s">
-        <v>1124</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B8" t="s">
-        <v>1125</v>
+        <v>1182</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1126</v>
+        <v>1183</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1127</v>
+        <v>1184</v>
       </c>
       <c r="H8" t="s">
-        <v>1128</v>
+        <v>1185</v>
       </c>
       <c r="I8" t="s">
-        <v>1114</v>
+        <v>1186</v>
       </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>1187</v>
       </c>
       <c r="K8" t="s">
-        <v>1115</v>
+        <v>1188</v>
       </c>
       <c r="L8" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M8" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N8" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O8" t="s">
-        <v>1086</v>
+        <v>1173</v>
       </c>
       <c r="P8" t="s">
-        <v>1129</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B9" t="s">
-        <v>1130</v>
+        <v>1190</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1126</v>
+        <v>1191</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1131</v>
+        <v>1192</v>
       </c>
       <c r="H9" t="s">
-        <v>1132</v>
+        <v>1193</v>
       </c>
       <c r="I9" t="s">
-        <v>1133</v>
+        <v>1186</v>
       </c>
       <c r="J9" t="s">
-        <v>20</v>
+        <v>1187</v>
       </c>
       <c r="K9" t="s">
-        <v>1115</v>
+        <v>1188</v>
       </c>
       <c r="L9" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M9" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N9" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O9" t="s">
-        <v>1086</v>
+        <v>1194</v>
       </c>
       <c r="P9" t="s">
-        <v>1134</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B10" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L10" t="s">
         <v>1135</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="M10" t="s">
         <v>1136</v>
       </c>
-      <c r="F10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O10" t="s">
-        <v>1086</v>
+        <v>1194</v>
       </c>
       <c r="P10" t="s">
-        <v>1139</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B11" t="s">
-        <v>1140</v>
+        <v>1201</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1141</v>
+        <v>1202</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1142</v>
+        <v>1203</v>
       </c>
       <c r="H11" t="s">
-        <v>1143</v>
+        <v>1204</v>
       </c>
       <c r="I11" t="s">
-        <v>1144</v>
+        <v>1205</v>
       </c>
       <c r="J11" t="s">
-        <v>1145</v>
+        <v>1206</v>
       </c>
       <c r="K11" t="s">
-        <v>98</v>
+        <v>1207</v>
       </c>
       <c r="L11" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M11" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O11" t="s">
         <v>1146</v>
       </c>
-      <c r="N11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P11" t="s">
-        <v>1149</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B12" t="s">
-        <v>1150</v>
+        <v>1209</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1151</v>
+        <v>1210</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1152</v>
+        <v>1211</v>
       </c>
       <c r="H12" t="s">
-        <v>1153</v>
+        <v>1212</v>
       </c>
       <c r="I12" t="s">
-        <v>1154</v>
+        <v>1213</v>
       </c>
       <c r="J12" t="s">
-        <v>1155</v>
+        <v>1214</v>
       </c>
       <c r="K12" t="s">
-        <v>1156</v>
+        <v>1215</v>
       </c>
       <c r="L12" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M12" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O12" t="s">
         <v>1146</v>
       </c>
-      <c r="N12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>1159</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B13" t="s">
-        <v>1160</v>
+        <v>1217</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1151</v>
+        <v>1218</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1161</v>
+        <v>1219</v>
       </c>
       <c r="H13" t="s">
-        <v>1162</v>
+        <v>1220</v>
       </c>
       <c r="I13" t="s">
-        <v>1154</v>
+        <v>1206</v>
       </c>
       <c r="J13" t="s">
-        <v>1155</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>1156</v>
+        <v>1207</v>
       </c>
       <c r="L13" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M13" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O13" t="s">
         <v>1146</v>
       </c>
-      <c r="N13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>1164</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B14" t="s">
-        <v>1165</v>
+        <v>1222</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1166</v>
+        <v>1218</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1167</v>
+        <v>1223</v>
       </c>
       <c r="H14" t="s">
-        <v>1168</v>
+        <v>1224</v>
       </c>
       <c r="I14" t="s">
-        <v>1169</v>
+        <v>1225</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>1170</v>
+        <v>1207</v>
       </c>
       <c r="L14" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M14" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N14" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O14" t="s">
-        <v>1171</v>
+        <v>1146</v>
       </c>
       <c r="P14" t="s">
-        <v>1172</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B15" t="s">
-        <v>1173</v>
+        <v>1227</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1174</v>
+        <v>1228</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1175</v>
+        <v>1229</v>
       </c>
       <c r="H15" t="s">
-        <v>1176</v>
+        <v>1230</v>
       </c>
       <c r="I15" t="s">
-        <v>1177</v>
+        <v>1225</v>
       </c>
       <c r="J15" t="s">
-        <v>1178</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>1179</v>
+        <v>1207</v>
       </c>
       <c r="L15" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O15" t="s">
         <v>1146</v>
       </c>
-      <c r="N15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>1181</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B16" t="s">
-        <v>1182</v>
+        <v>1232</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1174</v>
+        <v>1233</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1183</v>
+        <v>1234</v>
       </c>
       <c r="H16" t="s">
-        <v>1184</v>
+        <v>1235</v>
       </c>
       <c r="I16" t="s">
-        <v>1185</v>
+        <v>1236</v>
       </c>
       <c r="J16" t="s">
-        <v>1186</v>
+        <v>1237</v>
       </c>
       <c r="K16" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="L16" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M16" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N16" t="s">
-        <v>1095</v>
+        <v>1163</v>
       </c>
       <c r="O16" t="s">
-        <v>1180</v>
+        <v>1238</v>
       </c>
       <c r="P16" t="s">
-        <v>1187</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B17" t="s">
-        <v>1188</v>
+        <v>1240</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1189</v>
+        <v>1241</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1190</v>
+        <v>1242</v>
       </c>
       <c r="H17" t="s">
-        <v>1191</v>
+        <v>1243</v>
       </c>
       <c r="I17" t="s">
-        <v>1192</v>
+        <v>1244</v>
       </c>
       <c r="J17" t="s">
-        <v>1193</v>
+        <v>1245</v>
       </c>
       <c r="K17" t="s">
-        <v>1194</v>
+        <v>1246</v>
       </c>
       <c r="L17" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M17" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N17" t="s">
-        <v>1085</v>
+        <v>1247</v>
       </c>
       <c r="O17" t="s">
-        <v>1171</v>
+        <v>1248</v>
       </c>
       <c r="P17" t="s">
-        <v>1195</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B18" t="s">
-        <v>1196</v>
+        <v>1250</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1189</v>
+        <v>1241</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1197</v>
+        <v>1251</v>
       </c>
       <c r="H18" t="s">
-        <v>1198</v>
+        <v>1252</v>
       </c>
       <c r="I18" t="s">
-        <v>1199</v>
+        <v>1244</v>
       </c>
       <c r="J18" t="s">
-        <v>1200</v>
+        <v>1245</v>
       </c>
       <c r="K18" t="s">
-        <v>1201</v>
+        <v>1246</v>
       </c>
       <c r="L18" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M18" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N18" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O18" t="s">
-        <v>1203</v>
+        <v>1253</v>
       </c>
       <c r="P18" t="s">
-        <v>1204</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B19" t="s">
-        <v>1205</v>
+        <v>1255</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1206</v>
+        <v>1256</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1207</v>
+        <v>1257</v>
       </c>
       <c r="H19" t="s">
-        <v>1208</v>
+        <v>1258</v>
       </c>
       <c r="I19" t="s">
-        <v>1209</v>
+        <v>1259</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>1210</v>
+        <v>1260</v>
       </c>
       <c r="L19" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M19" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N19" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O19" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P19" t="s">
-        <v>1211</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B20" t="s">
-        <v>1212</v>
+        <v>1262</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1206</v>
+        <v>1263</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1213</v>
+        <v>1264</v>
       </c>
       <c r="H20" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I20" t="s">
         <v>1214</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
         <v>1215</v>
       </c>
-      <c r="J20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L20" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M20" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N20" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O20" t="s">
-        <v>1086</v>
+        <v>1266</v>
       </c>
       <c r="P20" t="s">
-        <v>1216</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B21" t="s">
-        <v>1217</v>
+        <v>1268</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1218</v>
+        <v>1269</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1219</v>
+        <v>1270</v>
       </c>
       <c r="H21" t="s">
-        <v>1220</v>
+        <v>1271</v>
       </c>
       <c r="I21" t="s">
-        <v>1221</v>
+        <v>1272</v>
       </c>
       <c r="J21" t="s">
-        <v>1222</v>
+        <v>1273</v>
       </c>
       <c r="K21" t="s">
-        <v>1223</v>
+        <v>1274</v>
       </c>
       <c r="L21" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M21" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N21" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O21" t="s">
-        <v>1171</v>
+        <v>1266</v>
       </c>
       <c r="P21" t="s">
-        <v>1224</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B22" t="s">
-        <v>1225</v>
+        <v>1276</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1226</v>
+        <v>1269</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1227</v>
+        <v>1277</v>
       </c>
       <c r="H22" t="s">
-        <v>1228</v>
+        <v>1278</v>
       </c>
       <c r="I22" t="s">
-        <v>1200</v>
+        <v>1279</v>
       </c>
       <c r="J22" t="s">
-        <v>20</v>
+        <v>1280</v>
       </c>
       <c r="K22" t="s">
-        <v>1201</v>
+        <v>47</v>
       </c>
       <c r="L22" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M22" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N22" t="s">
-        <v>1202</v>
+        <v>1172</v>
       </c>
       <c r="O22" t="s">
-        <v>1229</v>
+        <v>1266</v>
       </c>
       <c r="P22" t="s">
-        <v>1230</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B23" t="s">
-        <v>1231</v>
+        <v>1282</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1226</v>
+        <v>1283</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1232</v>
+        <v>1284</v>
       </c>
       <c r="H23" t="s">
-        <v>1233</v>
+        <v>1285</v>
       </c>
       <c r="I23" t="s">
-        <v>1234</v>
+        <v>1286</v>
       </c>
       <c r="J23" t="s">
-        <v>1186</v>
+        <v>1287</v>
       </c>
       <c r="K23" t="s">
-        <v>49</v>
+        <v>1288</v>
       </c>
       <c r="L23" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M23" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N23" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O23" t="s">
-        <v>1235</v>
+        <v>1138</v>
       </c>
       <c r="P23" t="s">
-        <v>1236</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B24" t="s">
-        <v>1237</v>
+        <v>1290</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1238</v>
+        <v>1283</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1239</v>
+        <v>1291</v>
       </c>
       <c r="H24" t="s">
-        <v>1240</v>
+        <v>1292</v>
       </c>
       <c r="I24" t="s">
-        <v>1200</v>
+        <v>1293</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>1294</v>
       </c>
       <c r="K24" t="s">
-        <v>1201</v>
+        <v>1295</v>
       </c>
       <c r="L24" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M24" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N24" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O24" t="s">
-        <v>1102</v>
+        <v>1297</v>
       </c>
       <c r="P24" t="s">
-        <v>1241</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B25" t="s">
-        <v>1242</v>
+        <v>1299</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1238</v>
+        <v>1300</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1243</v>
+        <v>1301</v>
       </c>
       <c r="H25" t="s">
-        <v>1244</v>
+        <v>1302</v>
       </c>
       <c r="I25" t="s">
-        <v>1245</v>
+        <v>1303</v>
       </c>
       <c r="J25" t="s">
-        <v>1246</v>
+        <v>1304</v>
       </c>
       <c r="K25" t="s">
-        <v>1247</v>
+        <v>1305</v>
       </c>
       <c r="L25" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M25" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N25" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O25" t="s">
-        <v>1248</v>
+        <v>1138</v>
       </c>
       <c r="P25" t="s">
-        <v>1249</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B26" t="s">
-        <v>1250</v>
+        <v>1307</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1238</v>
+        <v>1308</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1251</v>
+        <v>1309</v>
       </c>
       <c r="H26" t="s">
-        <v>1252</v>
+        <v>1310</v>
       </c>
       <c r="I26" t="s">
-        <v>1253</v>
+        <v>1311</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>1254</v>
+        <v>1312</v>
       </c>
       <c r="L26" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M26" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O26" t="s">
         <v>1146</v>
       </c>
-      <c r="N26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P26" t="s">
-        <v>1256</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B27" t="s">
-        <v>1257</v>
+        <v>1314</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1258</v>
+        <v>1308</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1259</v>
+        <v>1315</v>
       </c>
       <c r="H27" t="s">
-        <v>1260</v>
+        <v>1316</v>
       </c>
       <c r="I27" t="s">
-        <v>1261</v>
+        <v>1317</v>
       </c>
       <c r="J27" t="s">
-        <v>1114</v>
+        <v>1311</v>
       </c>
       <c r="K27" t="s">
-        <v>1115</v>
+        <v>1312</v>
       </c>
       <c r="L27" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M27" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O27" t="s">
         <v>1146</v>
       </c>
-      <c r="N27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P27" t="s">
-        <v>1263</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B28" t="s">
-        <v>1264</v>
+        <v>1319</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1265</v>
+        <v>1320</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1266</v>
+        <v>1321</v>
       </c>
       <c r="H28" t="s">
-        <v>1267</v>
+        <v>1322</v>
       </c>
       <c r="I28" t="s">
-        <v>1268</v>
+        <v>1323</v>
       </c>
       <c r="J28" t="s">
-        <v>20</v>
+        <v>1324</v>
       </c>
       <c r="K28" t="s">
-        <v>1269</v>
+        <v>1325</v>
       </c>
       <c r="L28" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M28" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N28" t="s">
-        <v>1147</v>
+        <v>1172</v>
       </c>
       <c r="O28" t="s">
-        <v>1270</v>
+        <v>1326</v>
       </c>
       <c r="P28" t="s">
-        <v>1271</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B29" t="s">
-        <v>1264</v>
+        <v>1328</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1265</v>
+        <v>1320</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1272</v>
+        <v>1329</v>
       </c>
       <c r="H29" t="s">
-        <v>1273</v>
+        <v>1330</v>
       </c>
       <c r="I29" t="s">
-        <v>1274</v>
+        <v>1331</v>
       </c>
       <c r="J29" t="s">
-        <v>1186</v>
+        <v>1332</v>
       </c>
       <c r="K29" t="s">
-        <v>49</v>
+        <v>1333</v>
       </c>
       <c r="L29" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M29" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N29" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="O29" t="s">
-        <v>1270</v>
+        <v>1138</v>
       </c>
       <c r="P29" t="s">
-        <v>1275</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B30" t="s">
-        <v>1276</v>
+        <v>1335</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1277</v>
+        <v>1336</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1278</v>
+        <v>1337</v>
       </c>
       <c r="H30" t="s">
-        <v>1279</v>
+        <v>1338</v>
       </c>
       <c r="I30" t="s">
-        <v>1280</v>
+        <v>1294</v>
       </c>
       <c r="J30" t="s">
-        <v>1093</v>
+        <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>1094</v>
+        <v>1295</v>
       </c>
       <c r="L30" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M30" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N30" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O30" t="s">
-        <v>1171</v>
+        <v>1339</v>
       </c>
       <c r="P30" t="s">
-        <v>1281</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B31" t="s">
-        <v>1282</v>
+        <v>1341</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1283</v>
+        <v>1336</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1284</v>
+        <v>1342</v>
       </c>
       <c r="H31" t="s">
-        <v>1285</v>
+        <v>1343</v>
       </c>
       <c r="I31" t="s">
-        <v>1286</v>
+        <v>1344</v>
       </c>
       <c r="J31" t="s">
-        <v>1287</v>
+        <v>1280</v>
       </c>
       <c r="K31" t="s">
-        <v>1288</v>
+        <v>47</v>
       </c>
       <c r="L31" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M31" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N31" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O31" t="s">
-        <v>1171</v>
+        <v>1345</v>
       </c>
       <c r="P31" t="s">
-        <v>1289</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B32" t="s">
-        <v>1290</v>
+        <v>1347</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1291</v>
+        <v>1348</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1292</v>
+        <v>1349</v>
       </c>
       <c r="H32" t="s">
-        <v>1293</v>
+        <v>1350</v>
       </c>
       <c r="I32" t="s">
         <v>1294</v>
       </c>
       <c r="J32" t="s">
-        <v>1246</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>1247</v>
+        <v>1295</v>
       </c>
       <c r="L32" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M32" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N32" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O32" t="s">
-        <v>1171</v>
+        <v>1194</v>
       </c>
       <c r="P32" t="s">
-        <v>1295</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B33" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1357</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N33" t="s">
         <v>1296</v>
       </c>
-      <c r="C33" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O33" t="s">
-        <v>1171</v>
+        <v>1358</v>
       </c>
       <c r="P33" t="s">
-        <v>1302</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B34" t="s">
-        <v>1303</v>
+        <v>1360</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1304</v>
+        <v>1348</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1305</v>
+        <v>1361</v>
       </c>
       <c r="H34" t="s">
-        <v>1306</v>
+        <v>1362</v>
       </c>
       <c r="I34" t="s">
-        <v>1307</v>
+        <v>1363</v>
       </c>
       <c r="J34" t="s">
-        <v>1308</v>
+        <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>1309</v>
+        <v>1364</v>
       </c>
       <c r="L34" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M34" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N34" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O34" t="s">
-        <v>1171</v>
+        <v>1365</v>
       </c>
       <c r="P34" t="s">
-        <v>1310</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B35" t="s">
-        <v>1311</v>
+        <v>1367</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1312</v>
+        <v>1368</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1313</v>
+        <v>1369</v>
       </c>
       <c r="H35" t="s">
-        <v>1314</v>
+        <v>1370</v>
       </c>
       <c r="I35" t="s">
-        <v>1315</v>
+        <v>1371</v>
       </c>
       <c r="J35" t="s">
-        <v>1186</v>
+        <v>1206</v>
       </c>
       <c r="K35" t="s">
-        <v>49</v>
+        <v>1207</v>
       </c>
       <c r="L35" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M35" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N35" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="O35" t="s">
-        <v>1163</v>
+        <v>1372</v>
       </c>
       <c r="P35" t="s">
-        <v>1316</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B36" t="s">
-        <v>1317</v>
+        <v>1374</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1318</v>
+        <v>1375</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1319</v>
+        <v>1376</v>
       </c>
       <c r="H36" t="s">
-        <v>1320</v>
+        <v>1377</v>
       </c>
       <c r="I36" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="J36" t="s">
-        <v>1322</v>
+        <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="L36" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M36" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N36" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="O36" t="s">
-        <v>1158</v>
+        <v>1378</v>
       </c>
       <c r="P36" t="s">
-        <v>1324</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B37" t="s">
-        <v>1325</v>
+        <v>1374</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>1318</v>
+        <v>1375</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>1326</v>
+        <v>1380</v>
       </c>
       <c r="H37" t="s">
-        <v>1327</v>
+        <v>1381</v>
       </c>
       <c r="I37" t="s">
-        <v>1328</v>
+        <v>1382</v>
       </c>
       <c r="J37" t="s">
-        <v>1186</v>
+        <v>1280</v>
       </c>
       <c r="K37" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L37" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M37" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N37" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="O37" t="s">
-        <v>1163</v>
+        <v>1378</v>
       </c>
       <c r="P37" t="s">
-        <v>1329</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B38" t="s">
-        <v>1330</v>
+        <v>1384</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>1331</v>
+        <v>1385</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>1332</v>
+        <v>1386</v>
       </c>
       <c r="H38" t="s">
-        <v>1333</v>
+        <v>1387</v>
       </c>
       <c r="I38" t="s">
-        <v>1334</v>
+        <v>1388</v>
       </c>
       <c r="J38" t="s">
-        <v>1145</v>
+        <v>1187</v>
       </c>
       <c r="K38" t="s">
-        <v>98</v>
+        <v>1188</v>
       </c>
       <c r="L38" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M38" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N38" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="O38" t="s">
-        <v>1148</v>
+        <v>1138</v>
       </c>
       <c r="P38" t="s">
-        <v>1335</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B39" t="s">
-        <v>1336</v>
+        <v>1390</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>1337</v>
+        <v>1391</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>1338</v>
+        <v>1392</v>
       </c>
       <c r="H39" t="s">
-        <v>1339</v>
+        <v>1393</v>
       </c>
       <c r="I39" t="s">
-        <v>1340</v>
+        <v>1394</v>
       </c>
       <c r="J39" t="s">
-        <v>1341</v>
+        <v>1395</v>
       </c>
       <c r="K39" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="L39" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M39" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N39" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="O39" t="s">
-        <v>1343</v>
+        <v>1138</v>
       </c>
       <c r="P39" t="s">
-        <v>1344</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B40" t="s">
-        <v>1345</v>
+        <v>1398</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>1346</v>
+        <v>1399</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>1347</v>
+        <v>1400</v>
       </c>
       <c r="H40" t="s">
-        <v>1348</v>
+        <v>1401</v>
       </c>
       <c r="I40" t="s">
-        <v>1349</v>
+        <v>1402</v>
       </c>
       <c r="J40" t="s">
-        <v>1350</v>
+        <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>1351</v>
+        <v>1403</v>
       </c>
       <c r="L40" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M40" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N40" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O40" t="s">
-        <v>1171</v>
+        <v>1138</v>
       </c>
       <c r="P40" t="s">
-        <v>1352</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B41" t="s">
-        <v>1353</v>
+        <v>1405</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>1354</v>
+        <v>1406</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>1355</v>
+        <v>1407</v>
       </c>
       <c r="H41" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J41" t="s">
         <v>1356</v>
       </c>
-      <c r="I41" t="s">
+      <c r="K41" t="s">
         <v>1357</v>
       </c>
-      <c r="J41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M41" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N41" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="O41" t="s">
-        <v>1359</v>
+        <v>1138</v>
       </c>
       <c r="P41" t="s">
-        <v>1360</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B42" t="s">
-        <v>1361</v>
+        <v>1411</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>1362</v>
+        <v>1412</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>1363</v>
+        <v>1413</v>
       </c>
       <c r="H42" t="s">
-        <v>1364</v>
+        <v>1414</v>
       </c>
       <c r="I42" t="s">
-        <v>1221</v>
+        <v>1415</v>
       </c>
       <c r="J42" t="s">
-        <v>1222</v>
+        <v>1416</v>
       </c>
       <c r="K42" t="s">
-        <v>1223</v>
+        <v>30</v>
       </c>
       <c r="L42" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M42" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N42" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O42" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P42" t="s">
-        <v>1365</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B43" t="s">
-        <v>1366</v>
+        <v>1418</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>1367</v>
+        <v>1419</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>1368</v>
+        <v>1420</v>
       </c>
       <c r="H43" t="s">
-        <v>1369</v>
+        <v>1421</v>
       </c>
       <c r="I43" t="s">
-        <v>1370</v>
+        <v>1422</v>
       </c>
       <c r="J43" t="s">
-        <v>20</v>
+        <v>1423</v>
       </c>
       <c r="K43" t="s">
-        <v>1371</v>
+        <v>1424</v>
       </c>
       <c r="L43" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M43" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N43" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O43" t="s">
-        <v>1096</v>
+        <v>1146</v>
       </c>
       <c r="P43" t="s">
-        <v>1372</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B44" t="s">
-        <v>1373</v>
+        <v>1426</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>1367</v>
+        <v>1427</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>1374</v>
+        <v>1428</v>
       </c>
       <c r="H44" t="s">
-        <v>1375</v>
+        <v>1429</v>
       </c>
       <c r="I44" t="s">
-        <v>1376</v>
+        <v>1430</v>
       </c>
       <c r="J44" t="s">
-        <v>1358</v>
+        <v>1431</v>
       </c>
       <c r="K44" t="s">
-        <v>49</v>
+        <v>1432</v>
       </c>
       <c r="L44" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M44" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N44" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O44" t="s">
-        <v>1377</v>
+        <v>1138</v>
       </c>
       <c r="P44" t="s">
-        <v>1378</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B45" t="s">
-        <v>1379</v>
+        <v>1434</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>1367</v>
+        <v>1435</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>1380</v>
+        <v>1436</v>
       </c>
       <c r="H45" t="s">
-        <v>1381</v>
+        <v>1437</v>
       </c>
       <c r="I45" t="s">
-        <v>1370</v>
+        <v>1438</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>1280</v>
       </c>
       <c r="K45" t="s">
-        <v>1371</v>
+        <v>47</v>
       </c>
       <c r="L45" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M45" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N45" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O45" t="s">
-        <v>1203</v>
+        <v>1253</v>
       </c>
       <c r="P45" t="s">
-        <v>1382</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B46" t="s">
-        <v>1383</v>
+        <v>1440</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>1367</v>
+        <v>1441</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>1384</v>
+        <v>1442</v>
       </c>
       <c r="H46" t="s">
-        <v>1385</v>
+        <v>1443</v>
       </c>
       <c r="I46" t="s">
-        <v>1370</v>
+        <v>1444</v>
       </c>
       <c r="J46" t="s">
-        <v>20</v>
+        <v>1445</v>
       </c>
       <c r="K46" t="s">
-        <v>1371</v>
+        <v>1446</v>
       </c>
       <c r="L46" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M46" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N46" t="s">
-        <v>1095</v>
+        <v>1247</v>
       </c>
       <c r="O46" t="s">
-        <v>1102</v>
+        <v>1248</v>
       </c>
       <c r="P46" t="s">
-        <v>1386</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B47" t="s">
-        <v>1387</v>
+        <v>1448</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>1367</v>
+        <v>1441</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>1388</v>
+        <v>1449</v>
       </c>
       <c r="H47" t="s">
-        <v>1389</v>
+        <v>1450</v>
       </c>
       <c r="I47" t="s">
-        <v>1390</v>
+        <v>1451</v>
       </c>
       <c r="J47" t="s">
-        <v>1370</v>
+        <v>1280</v>
       </c>
       <c r="K47" t="s">
-        <v>1371</v>
+        <v>47</v>
       </c>
       <c r="L47" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M47" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N47" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O47" t="s">
-        <v>1229</v>
+        <v>1253</v>
       </c>
       <c r="P47" t="s">
-        <v>1391</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B48" t="s">
-        <v>1392</v>
+        <v>1453</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>1393</v>
+        <v>1454</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>1394</v>
+        <v>1455</v>
       </c>
       <c r="H48" t="s">
-        <v>1395</v>
+        <v>1456</v>
       </c>
       <c r="I48" t="s">
-        <v>1396</v>
+        <v>1457</v>
       </c>
       <c r="J48" t="s">
-        <v>1397</v>
+        <v>1237</v>
       </c>
       <c r="K48" t="s">
-        <v>1398</v>
+        <v>30</v>
       </c>
       <c r="L48" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M48" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N48" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O48" t="s">
-        <v>1171</v>
+        <v>1238</v>
       </c>
       <c r="P48" t="s">
-        <v>1399</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B49" t="s">
-        <v>1400</v>
+        <v>1459</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>1401</v>
+        <v>1460</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>1402</v>
+        <v>1461</v>
       </c>
       <c r="H49" t="s">
-        <v>1403</v>
+        <v>1462</v>
       </c>
       <c r="I49" t="s">
-        <v>1404</v>
+        <v>1463</v>
       </c>
       <c r="J49" t="s">
-        <v>1405</v>
+        <v>1464</v>
       </c>
       <c r="K49" t="s">
-        <v>1406</v>
+        <v>1465</v>
       </c>
       <c r="L49" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M49" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N49" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O49" t="s">
-        <v>1171</v>
+        <v>1466</v>
       </c>
       <c r="P49" t="s">
-        <v>1407</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B50" t="s">
-        <v>1408</v>
+        <v>1468</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>1409</v>
+        <v>1469</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>1410</v>
+        <v>1470</v>
       </c>
       <c r="H50" t="s">
-        <v>1411</v>
+        <v>1471</v>
       </c>
       <c r="I50" t="s">
-        <v>1412</v>
+        <v>1472</v>
       </c>
       <c r="J50" t="s">
-        <v>1413</v>
+        <v>1473</v>
       </c>
       <c r="K50" t="s">
-        <v>1156</v>
+        <v>1474</v>
       </c>
       <c r="L50" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M50" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N50" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="O50" t="s">
-        <v>1148</v>
+        <v>1138</v>
       </c>
       <c r="P50" t="s">
-        <v>1414</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B51" t="s">
-        <v>1415</v>
+        <v>1476</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>1416</v>
+        <v>1477</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>1417</v>
+        <v>1478</v>
       </c>
       <c r="H51" t="s">
-        <v>1418</v>
+        <v>1479</v>
       </c>
       <c r="I51" t="s">
-        <v>1419</v>
+        <v>1480</v>
       </c>
       <c r="J51" t="s">
-        <v>1186</v>
+        <v>1481</v>
       </c>
       <c r="K51" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L51" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M51" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N51" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O51" t="s">
-        <v>1086</v>
+        <v>1482</v>
       </c>
       <c r="P51" t="s">
-        <v>1420</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B52" t="s">
-        <v>1421</v>
+        <v>1484</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>1422</v>
+        <v>1485</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>1423</v>
+        <v>1486</v>
       </c>
       <c r="H52" t="s">
-        <v>1424</v>
+        <v>1487</v>
       </c>
       <c r="I52" t="s">
-        <v>1425</v>
+        <v>1331</v>
       </c>
       <c r="J52" t="s">
-        <v>1186</v>
+        <v>1332</v>
       </c>
       <c r="K52" t="s">
-        <v>49</v>
+        <v>1333</v>
       </c>
       <c r="L52" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M52" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O52" t="s">
         <v>1146</v>
       </c>
-      <c r="N52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P52" t="s">
-        <v>1426</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B53" t="s">
-        <v>1427</v>
+        <v>1489</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>1428</v>
+        <v>1490</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>1429</v>
+        <v>1491</v>
       </c>
       <c r="H53" t="s">
-        <v>1430</v>
+        <v>1492</v>
       </c>
       <c r="I53" t="s">
-        <v>1431</v>
+        <v>1493</v>
       </c>
       <c r="J53" t="s">
-        <v>1186</v>
+        <v>1402</v>
       </c>
       <c r="K53" t="s">
-        <v>49</v>
+        <v>1403</v>
       </c>
       <c r="L53" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M53" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N53" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O53" t="s">
-        <v>1086</v>
+        <v>1146</v>
       </c>
       <c r="P53" t="s">
-        <v>1432</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B54" t="s">
-        <v>1433</v>
+        <v>1495</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>1428</v>
+        <v>1490</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>1434</v>
+        <v>1496</v>
       </c>
       <c r="H54" t="s">
-        <v>1435</v>
+        <v>1497</v>
       </c>
       <c r="I54" t="s">
-        <v>1436</v>
+        <v>1498</v>
       </c>
       <c r="J54" t="s">
-        <v>1186</v>
+        <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>49</v>
+        <v>1499</v>
       </c>
       <c r="L54" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M54" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N54" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O54" t="s">
-        <v>1086</v>
+        <v>1146</v>
       </c>
       <c r="P54" t="s">
-        <v>1437</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B55" t="s">
-        <v>1438</v>
+        <v>1501</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>1428</v>
+        <v>1490</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>1439</v>
+        <v>1502</v>
       </c>
       <c r="H55" t="s">
-        <v>1440</v>
+        <v>1503</v>
       </c>
       <c r="I55" t="s">
-        <v>1441</v>
+        <v>1504</v>
       </c>
       <c r="J55" t="s">
-        <v>1358</v>
+        <v>20</v>
       </c>
       <c r="K55" t="s">
-        <v>49</v>
+        <v>1505</v>
       </c>
       <c r="L55" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M55" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N55" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O55" t="s">
-        <v>1086</v>
+        <v>1146</v>
       </c>
       <c r="P55" t="s">
-        <v>1442</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B56" t="s">
-        <v>1443</v>
+        <v>1507</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>1444</v>
+        <v>1490</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>1445</v>
+        <v>1508</v>
       </c>
       <c r="H56" t="s">
-        <v>1446</v>
+        <v>1509</v>
       </c>
       <c r="I56" t="s">
-        <v>1447</v>
+        <v>1510</v>
       </c>
       <c r="J56" t="s">
-        <v>1093</v>
+        <v>20</v>
       </c>
       <c r="K56" t="s">
-        <v>1094</v>
+        <v>1511</v>
       </c>
       <c r="L56" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M56" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O56" t="s">
         <v>1146</v>
       </c>
-      <c r="N56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P56" t="s">
-        <v>1449</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B57" t="s">
-        <v>1450</v>
+        <v>1513</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>1451</v>
+        <v>1490</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>1452</v>
+        <v>1514</v>
       </c>
       <c r="H57" t="s">
-        <v>1453</v>
+        <v>1515</v>
       </c>
       <c r="I57" t="s">
-        <v>1454</v>
+        <v>1395</v>
       </c>
       <c r="J57" t="s">
-        <v>1114</v>
+        <v>20</v>
       </c>
       <c r="K57" t="s">
-        <v>1115</v>
+        <v>1396</v>
       </c>
       <c r="L57" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M57" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O57" t="s">
         <v>1146</v>
       </c>
-      <c r="N57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P57" t="s">
-        <v>1455</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B58" t="s">
-        <v>1456</v>
+        <v>1517</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>1457</v>
+        <v>1518</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>1458</v>
+        <v>1519</v>
       </c>
       <c r="H58" t="s">
-        <v>1459</v>
+        <v>1520</v>
       </c>
       <c r="I58" t="s">
-        <v>1114</v>
+        <v>1521</v>
       </c>
       <c r="J58" t="s">
-        <v>20</v>
+        <v>1522</v>
       </c>
       <c r="K58" t="s">
-        <v>1115</v>
+        <v>1523</v>
       </c>
       <c r="L58" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M58" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O58" t="s">
         <v>1146</v>
       </c>
-      <c r="N58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P58" t="s">
-        <v>1461</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B59" t="s">
-        <v>1462</v>
+        <v>1525</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>1457</v>
+        <v>1518</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>1463</v>
+        <v>1526</v>
       </c>
       <c r="H59" t="s">
-        <v>1464</v>
+        <v>1527</v>
       </c>
       <c r="I59" t="s">
-        <v>1465</v>
+        <v>1528</v>
       </c>
       <c r="J59" t="s">
-        <v>1114</v>
+        <v>20</v>
       </c>
       <c r="K59" t="s">
-        <v>1115</v>
+        <v>1529</v>
       </c>
       <c r="L59" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M59" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O59" t="s">
         <v>1146</v>
       </c>
-      <c r="N59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P59" t="s">
-        <v>1466</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B60" t="s">
-        <v>1467</v>
+        <v>1531</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>1468</v>
+        <v>1518</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>1469</v>
+        <v>1532</v>
       </c>
       <c r="H60" t="s">
-        <v>1470</v>
+        <v>1533</v>
       </c>
       <c r="I60" t="s">
-        <v>1471</v>
+        <v>1304</v>
       </c>
       <c r="J60" t="s">
-        <v>1114</v>
+        <v>20</v>
       </c>
       <c r="K60" t="s">
-        <v>1115</v>
+        <v>1305</v>
       </c>
       <c r="L60" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M60" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O60" t="s">
         <v>1146</v>
       </c>
-      <c r="N60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P60" t="s">
-        <v>1472</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B61" t="s">
-        <v>1473</v>
+        <v>1535</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>1474</v>
+        <v>1536</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>1475</v>
+        <v>1537</v>
       </c>
       <c r="H61" t="s">
-        <v>1476</v>
+        <v>1538</v>
       </c>
       <c r="I61" t="s">
-        <v>1477</v>
+        <v>1539</v>
       </c>
       <c r="J61" t="s">
-        <v>1246</v>
+        <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>1247</v>
+        <v>1540</v>
       </c>
       <c r="L61" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M61" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N61" t="s">
-        <v>1147</v>
+        <v>1172</v>
       </c>
       <c r="O61" t="s">
-        <v>1478</v>
+        <v>1173</v>
       </c>
       <c r="P61" t="s">
-        <v>1479</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B62" t="s">
-        <v>1480</v>
+        <v>1542</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J62" t="s">
         <v>1481</v>
       </c>
-      <c r="F62" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K62" t="s">
-        <v>1486</v>
+        <v>47</v>
       </c>
       <c r="L62" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M62" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N62" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O62" t="s">
-        <v>1102</v>
+        <v>1546</v>
       </c>
       <c r="P62" t="s">
-        <v>1487</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B63" t="s">
-        <v>1488</v>
+        <v>1548</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>1489</v>
+        <v>1536</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>1490</v>
+        <v>1549</v>
       </c>
       <c r="H63" t="s">
-        <v>1491</v>
+        <v>1550</v>
       </c>
       <c r="I63" t="s">
-        <v>1492</v>
+        <v>1539</v>
       </c>
       <c r="J63" t="s">
-        <v>1493</v>
+        <v>20</v>
       </c>
       <c r="K63" t="s">
-        <v>1494</v>
+        <v>1540</v>
       </c>
       <c r="L63" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M63" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N63" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O63" t="s">
-        <v>1171</v>
+        <v>1297</v>
       </c>
       <c r="P63" t="s">
-        <v>1495</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B64" t="s">
-        <v>1496</v>
+        <v>1552</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>1497</v>
+        <v>1536</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>1498</v>
+        <v>1553</v>
       </c>
       <c r="H64" t="s">
-        <v>1499</v>
+        <v>1554</v>
       </c>
       <c r="I64" t="s">
-        <v>1500</v>
+        <v>1539</v>
       </c>
       <c r="J64" t="s">
-        <v>1501</v>
+        <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>1502</v>
+        <v>1540</v>
       </c>
       <c r="L64" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M64" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N64" t="s">
-        <v>1095</v>
+        <v>1172</v>
       </c>
       <c r="O64" t="s">
-        <v>1503</v>
+        <v>1194</v>
       </c>
       <c r="P64" t="s">
-        <v>1504</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B65" t="s">
-        <v>1505</v>
+        <v>1556</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>1497</v>
+        <v>1536</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>1506</v>
+        <v>1557</v>
       </c>
       <c r="H65" t="s">
-        <v>1507</v>
+        <v>1558</v>
       </c>
       <c r="I65" t="s">
-        <v>1370</v>
+        <v>1559</v>
       </c>
       <c r="J65" t="s">
-        <v>20</v>
+        <v>1539</v>
       </c>
       <c r="K65" t="s">
-        <v>1371</v>
+        <v>1540</v>
       </c>
       <c r="L65" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M65" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N65" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O65" t="s">
-        <v>1102</v>
+        <v>1339</v>
       </c>
       <c r="P65" t="s">
-        <v>1508</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B66" t="s">
-        <v>1509</v>
+        <v>1561</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>1497</v>
+        <v>1536</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>1510</v>
+        <v>1562</v>
       </c>
       <c r="H66" t="s">
-        <v>1511</v>
+        <v>1563</v>
       </c>
       <c r="I66" t="s">
-        <v>1512</v>
+        <v>1564</v>
       </c>
       <c r="J66" t="s">
-        <v>1513</v>
+        <v>1280</v>
       </c>
       <c r="K66" t="s">
-        <v>1514</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M66" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N66" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O66" t="s">
-        <v>1229</v>
+        <v>1358</v>
       </c>
       <c r="P66" t="s">
-        <v>1515</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B67" t="s">
-        <v>1516</v>
+        <v>1566</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>1517</v>
+        <v>1567</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>1518</v>
+        <v>1568</v>
       </c>
       <c r="H67" t="s">
-        <v>1519</v>
+        <v>1569</v>
       </c>
       <c r="I67" t="s">
-        <v>1520</v>
+        <v>1570</v>
       </c>
       <c r="J67" t="s">
-        <v>1501</v>
+        <v>1571</v>
       </c>
       <c r="K67" t="s">
-        <v>1502</v>
+        <v>1572</v>
       </c>
       <c r="L67" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M67" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N67" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O67" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P67" t="s">
-        <v>1521</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B68" t="s">
-        <v>1522</v>
+        <v>1574</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>1523</v>
+        <v>1575</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>1524</v>
+        <v>1576</v>
       </c>
       <c r="H68" t="s">
-        <v>1525</v>
+        <v>1577</v>
       </c>
       <c r="I68" t="s">
-        <v>1526</v>
+        <v>1578</v>
       </c>
       <c r="J68" t="s">
-        <v>1527</v>
+        <v>1579</v>
       </c>
       <c r="K68" t="s">
-        <v>1528</v>
+        <v>1446</v>
       </c>
       <c r="L68" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M68" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N68" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O68" t="s">
-        <v>1096</v>
+        <v>1138</v>
       </c>
       <c r="P68" t="s">
-        <v>1529</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B69" t="s">
-        <v>1530</v>
+        <v>1581</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>1531</v>
+        <v>1575</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>1532</v>
+        <v>1582</v>
       </c>
       <c r="H69" t="s">
-        <v>1533</v>
+        <v>1583</v>
       </c>
       <c r="I69" t="s">
-        <v>1534</v>
+        <v>1584</v>
       </c>
       <c r="J69" t="s">
-        <v>1178</v>
+        <v>1481</v>
       </c>
       <c r="K69" t="s">
-        <v>1179</v>
+        <v>47</v>
       </c>
       <c r="L69" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M69" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N69" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O69" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P69" t="s">
-        <v>1535</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B70" t="s">
-        <v>1536</v>
+        <v>1586</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>1531</v>
+        <v>1575</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>1537</v>
+        <v>1587</v>
       </c>
       <c r="H70" t="s">
-        <v>1538</v>
+        <v>1588</v>
       </c>
       <c r="I70" t="s">
-        <v>1539</v>
+        <v>1589</v>
       </c>
       <c r="J70" t="s">
-        <v>1178</v>
+        <v>1590</v>
       </c>
       <c r="K70" t="s">
-        <v>1179</v>
+        <v>1591</v>
       </c>
       <c r="L70" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M70" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N70" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O70" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P70" t="s">
-        <v>1540</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B71" t="s">
-        <v>1541</v>
+        <v>1593</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>1542</v>
+        <v>1594</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>1543</v>
+        <v>1595</v>
       </c>
       <c r="H71" t="s">
-        <v>1544</v>
+        <v>1596</v>
       </c>
       <c r="I71" t="s">
-        <v>1545</v>
+        <v>1597</v>
       </c>
       <c r="J71" t="s">
-        <v>1546</v>
+        <v>1598</v>
       </c>
       <c r="K71" t="s">
-        <v>1547</v>
+        <v>1599</v>
       </c>
       <c r="L71" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M71" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N71" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O71" t="s">
-        <v>1102</v>
+        <v>1138</v>
       </c>
       <c r="P71" t="s">
-        <v>1548</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B72" t="s">
-        <v>1549</v>
+        <v>1601</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>1550</v>
+        <v>1602</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>1551</v>
+        <v>1603</v>
       </c>
       <c r="H72" t="s">
-        <v>1552</v>
+        <v>1604</v>
       </c>
       <c r="I72" t="s">
-        <v>1553</v>
+        <v>1605</v>
       </c>
       <c r="J72" t="s">
-        <v>1554</v>
+        <v>1280</v>
       </c>
       <c r="K72" t="s">
-        <v>1555</v>
+        <v>47</v>
       </c>
       <c r="L72" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M72" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N72" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O72" t="s">
-        <v>1086</v>
+        <v>1238</v>
       </c>
       <c r="P72" t="s">
-        <v>1556</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B73" t="s">
-        <v>1557</v>
+        <v>1607</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>1558</v>
+        <v>1608</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>1559</v>
+        <v>1609</v>
       </c>
       <c r="H73" t="s">
-        <v>1560</v>
+        <v>1610</v>
       </c>
       <c r="I73" t="s">
-        <v>1561</v>
+        <v>1611</v>
       </c>
       <c r="J73" t="s">
-        <v>20</v>
+        <v>1160</v>
       </c>
       <c r="K73" t="s">
-        <v>1562</v>
+        <v>1161</v>
       </c>
       <c r="L73" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M73" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N73" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O73" t="s">
-        <v>1255</v>
+        <v>1146</v>
       </c>
       <c r="P73" t="s">
-        <v>1563</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B74" t="s">
-        <v>1564</v>
+        <v>1613</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>1565</v>
+        <v>1614</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>1566</v>
+        <v>1615</v>
       </c>
       <c r="H74" t="s">
-        <v>1567</v>
+        <v>1616</v>
       </c>
       <c r="I74" t="s">
-        <v>1568</v>
+        <v>1617</v>
       </c>
       <c r="J74" t="s">
-        <v>1569</v>
+        <v>1618</v>
       </c>
       <c r="K74" t="s">
-        <v>1570</v>
+        <v>1619</v>
       </c>
       <c r="L74" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M74" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N74" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O74" t="s">
-        <v>1171</v>
+        <v>1365</v>
       </c>
       <c r="P74" t="s">
-        <v>1571</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B75" t="s">
-        <v>1572</v>
+        <v>1621</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>1573</v>
+        <v>1622</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>1574</v>
+        <v>1623</v>
       </c>
       <c r="H75" t="s">
-        <v>1575</v>
+        <v>1624</v>
       </c>
       <c r="I75" t="s">
-        <v>1545</v>
+        <v>1625</v>
       </c>
       <c r="J75" t="s">
-        <v>1546</v>
+        <v>1626</v>
       </c>
       <c r="K75" t="s">
-        <v>1547</v>
+        <v>1627</v>
       </c>
       <c r="L75" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M75" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N75" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O75" t="s">
-        <v>1096</v>
+        <v>1628</v>
       </c>
       <c r="P75" t="s">
-        <v>1576</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B76" t="s">
-        <v>1577</v>
+        <v>1630</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>1578</v>
+        <v>1622</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>1579</v>
+        <v>1631</v>
       </c>
       <c r="H76" t="s">
-        <v>1580</v>
+        <v>1632</v>
       </c>
       <c r="I76" t="s">
-        <v>1581</v>
+        <v>1625</v>
       </c>
       <c r="J76" t="s">
-        <v>1145</v>
+        <v>1626</v>
       </c>
       <c r="K76" t="s">
-        <v>98</v>
+        <v>1627</v>
       </c>
       <c r="L76" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M76" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N76" t="s">
-        <v>1147</v>
+        <v>1296</v>
       </c>
       <c r="O76" t="s">
-        <v>1148</v>
+        <v>1633</v>
       </c>
       <c r="P76" t="s">
-        <v>1582</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B77" t="s">
-        <v>1583</v>
+        <v>1635</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>1584</v>
+        <v>1622</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>1585</v>
+        <v>1636</v>
       </c>
       <c r="H77" t="s">
-        <v>1586</v>
+        <v>1637</v>
       </c>
       <c r="I77" t="s">
-        <v>1587</v>
+        <v>1625</v>
       </c>
       <c r="J77" t="s">
-        <v>20</v>
+        <v>1626</v>
       </c>
       <c r="K77" t="s">
-        <v>1115</v>
+        <v>1627</v>
       </c>
       <c r="L77" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M77" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N77" t="s">
-        <v>1157</v>
+        <v>1137</v>
       </c>
       <c r="O77" t="s">
-        <v>1163</v>
+        <v>1138</v>
       </c>
       <c r="P77" t="s">
-        <v>1588</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B78" t="s">
-        <v>1589</v>
+        <v>1639</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>1590</v>
+        <v>1622</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>1591</v>
+        <v>1640</v>
       </c>
       <c r="H78" t="s">
-        <v>1592</v>
+        <v>1641</v>
       </c>
       <c r="I78" t="s">
-        <v>1593</v>
+        <v>1625</v>
       </c>
       <c r="J78" t="s">
-        <v>1114</v>
+        <v>1626</v>
       </c>
       <c r="K78" t="s">
-        <v>1115</v>
+        <v>1627</v>
       </c>
       <c r="L78" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M78" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N78" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O78" t="s">
-        <v>1171</v>
+        <v>1642</v>
       </c>
       <c r="P78" t="s">
-        <v>1594</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B79" t="s">
-        <v>1595</v>
+        <v>1644</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1590</v>
+        <v>1622</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>1596</v>
+        <v>1645</v>
       </c>
       <c r="H79" t="s">
-        <v>1597</v>
+        <v>1646</v>
       </c>
       <c r="I79" t="s">
-        <v>1598</v>
+        <v>1625</v>
       </c>
       <c r="J79" t="s">
-        <v>1599</v>
+        <v>1626</v>
       </c>
       <c r="K79" t="s">
-        <v>98</v>
+        <v>1627</v>
       </c>
       <c r="L79" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M79" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N79" t="s">
-        <v>1147</v>
+        <v>1296</v>
       </c>
       <c r="O79" t="s">
-        <v>1600</v>
+        <v>1365</v>
       </c>
       <c r="P79" t="s">
-        <v>1601</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B80" t="s">
-        <v>1602</v>
+        <v>1648</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1603</v>
+        <v>1649</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1604</v>
+        <v>1650</v>
       </c>
       <c r="H80" t="s">
-        <v>1605</v>
+        <v>1651</v>
       </c>
       <c r="I80" t="s">
-        <v>1606</v>
+        <v>1652</v>
       </c>
       <c r="J80" t="s">
-        <v>1114</v>
+        <v>1653</v>
       </c>
       <c r="K80" t="s">
-        <v>1115</v>
+        <v>1246</v>
       </c>
       <c r="L80" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M80" t="s">
-        <v>1607</v>
+        <v>1136</v>
       </c>
       <c r="N80" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O80" t="s">
-        <v>1086</v>
+        <v>1238</v>
       </c>
       <c r="P80" t="s">
-        <v>1608</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B81" t="s">
-        <v>1609</v>
+        <v>1655</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>1603</v>
+        <v>1656</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>1610</v>
+        <v>1657</v>
       </c>
       <c r="H81" t="s">
-        <v>1611</v>
+        <v>1658</v>
       </c>
       <c r="I81" t="s">
-        <v>1612</v>
+        <v>1659</v>
       </c>
       <c r="J81" t="s">
-        <v>1613</v>
+        <v>1280</v>
       </c>
       <c r="K81" t="s">
-        <v>1614</v>
+        <v>47</v>
       </c>
       <c r="L81" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M81" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O81" t="s">
         <v>1146</v>
       </c>
-      <c r="N81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P81" t="s">
-        <v>1615</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B82" t="s">
-        <v>1616</v>
+        <v>1661</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1617</v>
+        <v>1662</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1618</v>
+        <v>1663</v>
       </c>
       <c r="H82" t="s">
-        <v>1619</v>
+        <v>1664</v>
       </c>
       <c r="I82" t="s">
-        <v>1620</v>
+        <v>1665</v>
       </c>
       <c r="J82" t="s">
-        <v>1186</v>
+        <v>1280</v>
       </c>
       <c r="K82" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L82" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M82" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N82" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O82" t="s">
-        <v>1203</v>
+        <v>1138</v>
       </c>
       <c r="P82" t="s">
-        <v>1621</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B83" t="s">
-        <v>1622</v>
+        <v>1667</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>1623</v>
+        <v>1668</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>1624</v>
+        <v>1669</v>
       </c>
       <c r="H83" t="s">
-        <v>1625</v>
+        <v>1670</v>
       </c>
       <c r="I83" t="s">
-        <v>1626</v>
+        <v>1671</v>
       </c>
       <c r="J83" t="s">
-        <v>1627</v>
+        <v>1481</v>
       </c>
       <c r="K83" t="s">
-        <v>1628</v>
+        <v>47</v>
       </c>
       <c r="L83" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M83" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N83" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O83" t="s">
-        <v>1255</v>
+        <v>1672</v>
       </c>
       <c r="P83" t="s">
-        <v>1629</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B84" t="s">
-        <v>1630</v>
+        <v>1674</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>1623</v>
+        <v>1675</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1631</v>
+        <v>1676</v>
       </c>
       <c r="H84" t="s">
-        <v>1632</v>
+        <v>1677</v>
       </c>
       <c r="I84" t="s">
-        <v>1633</v>
+        <v>1678</v>
       </c>
       <c r="J84" t="s">
-        <v>1634</v>
+        <v>1280</v>
       </c>
       <c r="K84" t="s">
-        <v>1635</v>
+        <v>47</v>
       </c>
       <c r="L84" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M84" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O84" t="s">
         <v>1146</v>
       </c>
-      <c r="N84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P84" t="s">
-        <v>1637</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B85" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>1623</v>
+        <v>1675</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>1639</v>
+        <v>1681</v>
       </c>
       <c r="H85" t="s">
-        <v>1640</v>
+        <v>1682</v>
       </c>
       <c r="I85" t="s">
-        <v>1641</v>
+        <v>1683</v>
       </c>
       <c r="J85" t="s">
-        <v>1627</v>
+        <v>1280</v>
       </c>
       <c r="K85" t="s">
-        <v>1628</v>
+        <v>47</v>
       </c>
       <c r="L85" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M85" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O85" t="s">
         <v>1146</v>
       </c>
-      <c r="N85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P85" t="s">
-        <v>1643</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B86" t="s">
-        <v>1644</v>
+        <v>1685</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>1623</v>
+        <v>1675</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>1645</v>
+        <v>1686</v>
       </c>
       <c r="H86" t="s">
-        <v>1646</v>
+        <v>1687</v>
       </c>
       <c r="I86" t="s">
-        <v>1647</v>
+        <v>1688</v>
       </c>
       <c r="J86" t="s">
-        <v>1648</v>
+        <v>1481</v>
       </c>
       <c r="K86" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L86" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M86" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O86" t="s">
         <v>1146</v>
       </c>
-      <c r="N86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P86" t="s">
-        <v>1650</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B87" t="s">
-        <v>1651</v>
+        <v>1690</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>1623</v>
+        <v>1691</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>1652</v>
+        <v>1692</v>
       </c>
       <c r="H87" t="s">
-        <v>1653</v>
+        <v>1693</v>
       </c>
       <c r="I87" t="s">
-        <v>1654</v>
+        <v>1694</v>
       </c>
       <c r="J87" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="K87" t="s">
-        <v>49</v>
+        <v>1188</v>
       </c>
       <c r="L87" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M87" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N87" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O87" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
       <c r="P87" t="s">
-        <v>1656</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B88" t="s">
-        <v>1657</v>
+        <v>1696</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1623</v>
+        <v>1697</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1658</v>
+        <v>1698</v>
       </c>
       <c r="H88" t="s">
-        <v>1659</v>
+        <v>1699</v>
       </c>
       <c r="I88" t="s">
-        <v>1660</v>
+        <v>1700</v>
       </c>
       <c r="J88" t="s">
-        <v>1370</v>
+        <v>1701</v>
       </c>
       <c r="K88" t="s">
-        <v>1371</v>
+        <v>1702</v>
       </c>
       <c r="L88" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M88" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N88" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O88" t="s">
-        <v>1229</v>
+        <v>1703</v>
       </c>
       <c r="P88" t="s">
-        <v>1661</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B89" t="s">
-        <v>1662</v>
+        <v>1705</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1623</v>
+        <v>1706</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1663</v>
+        <v>1707</v>
       </c>
       <c r="H89" t="s">
-        <v>1664</v>
+        <v>1708</v>
       </c>
       <c r="I89" t="s">
-        <v>1665</v>
+        <v>1709</v>
       </c>
       <c r="J89" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="K89" t="s">
-        <v>49</v>
+        <v>1188</v>
       </c>
       <c r="L89" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M89" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N89" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O89" t="s">
-        <v>1203</v>
+        <v>1138</v>
       </c>
       <c r="P89" t="s">
-        <v>1666</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B90" t="s">
-        <v>1667</v>
+        <v>1711</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1623</v>
+        <v>1712</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1668</v>
+        <v>1713</v>
       </c>
       <c r="H90" t="s">
-        <v>1669</v>
+        <v>1714</v>
       </c>
       <c r="I90" t="s">
-        <v>1670</v>
+        <v>1715</v>
       </c>
       <c r="J90" t="s">
-        <v>1648</v>
+        <v>20</v>
       </c>
       <c r="K90" t="s">
-        <v>30</v>
+        <v>1716</v>
       </c>
       <c r="L90" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M90" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N90" t="s">
-        <v>1202</v>
+        <v>1163</v>
       </c>
       <c r="O90" t="s">
-        <v>1636</v>
+        <v>1238</v>
       </c>
       <c r="P90" t="s">
-        <v>1671</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B91" t="s">
-        <v>1672</v>
+        <v>1718</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1623</v>
+        <v>1712</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1673</v>
+        <v>1719</v>
       </c>
       <c r="H91" t="s">
-        <v>1674</v>
+        <v>1720</v>
       </c>
       <c r="I91" t="s">
-        <v>1647</v>
+        <v>1721</v>
       </c>
       <c r="J91" t="s">
-        <v>1648</v>
+        <v>1722</v>
       </c>
       <c r="K91" t="s">
-        <v>30</v>
+        <v>1723</v>
       </c>
       <c r="L91" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M91" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N91" t="s">
-        <v>1095</v>
+        <v>1163</v>
       </c>
       <c r="O91" t="s">
-        <v>1102</v>
+        <v>1238</v>
       </c>
       <c r="P91" t="s">
-        <v>1675</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B92" t="s">
-        <v>1676</v>
+        <v>1725</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1677</v>
+        <v>1726</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1678</v>
+        <v>1727</v>
       </c>
       <c r="H92" t="s">
-        <v>1679</v>
+        <v>1728</v>
       </c>
       <c r="I92" t="s">
-        <v>1680</v>
+        <v>1729</v>
       </c>
       <c r="J92" t="s">
-        <v>1193</v>
+        <v>1653</v>
       </c>
       <c r="K92" t="s">
-        <v>1194</v>
+        <v>1246</v>
       </c>
       <c r="L92" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M92" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N92" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O92" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P92" t="s">
-        <v>1681</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B93" t="s">
-        <v>1682</v>
+        <v>1731</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1677</v>
+        <v>1732</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1683</v>
+        <v>1733</v>
       </c>
       <c r="H93" t="s">
-        <v>1684</v>
+        <v>1734</v>
       </c>
       <c r="I93" t="s">
-        <v>1685</v>
+        <v>1735</v>
       </c>
       <c r="J93" t="s">
-        <v>1145</v>
+        <v>20</v>
       </c>
       <c r="K93" t="s">
-        <v>98</v>
+        <v>1736</v>
       </c>
       <c r="L93" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M93" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N93" t="s">
-        <v>1686</v>
+        <v>1163</v>
       </c>
       <c r="O93" t="s">
-        <v>1687</v>
+        <v>1238</v>
       </c>
       <c r="P93" t="s">
-        <v>1688</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B94" t="s">
-        <v>1689</v>
+        <v>1738</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>1690</v>
+        <v>1739</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1691</v>
+        <v>1740</v>
       </c>
       <c r="H94" t="s">
-        <v>1692</v>
+        <v>1741</v>
       </c>
       <c r="I94" t="s">
-        <v>1246</v>
+        <v>1742</v>
       </c>
       <c r="J94" t="s">
-        <v>20</v>
+        <v>1743</v>
       </c>
       <c r="K94" t="s">
-        <v>1247</v>
+        <v>1744</v>
       </c>
       <c r="L94" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M94" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N94" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O94" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P94" t="s">
-        <v>1693</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B95" t="s">
-        <v>1694</v>
+        <v>1746</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1690</v>
+        <v>1739</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1695</v>
+        <v>1747</v>
       </c>
       <c r="H95" t="s">
-        <v>1696</v>
+        <v>1748</v>
       </c>
       <c r="I95" t="s">
-        <v>1697</v>
+        <v>1749</v>
       </c>
       <c r="J95" t="s">
-        <v>20</v>
+        <v>1750</v>
       </c>
       <c r="K95" t="s">
-        <v>1698</v>
+        <v>1723</v>
       </c>
       <c r="L95" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M95" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N95" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O95" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P95" t="s">
-        <v>1699</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B96" t="s">
-        <v>1700</v>
+        <v>1752</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1690</v>
+        <v>1753</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1701</v>
+        <v>1754</v>
       </c>
       <c r="H96" t="s">
-        <v>1702</v>
+        <v>1755</v>
       </c>
       <c r="I96" t="s">
-        <v>1697</v>
+        <v>1756</v>
       </c>
       <c r="J96" t="s">
-        <v>20</v>
+        <v>1653</v>
       </c>
       <c r="K96" t="s">
-        <v>1698</v>
+        <v>1246</v>
       </c>
       <c r="L96" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M96" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N96" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O96" t="s">
-        <v>1642</v>
+        <v>1757</v>
       </c>
       <c r="P96" t="s">
-        <v>1703</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B97" t="s">
-        <v>1704</v>
+        <v>1759</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1690</v>
+        <v>1760</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1705</v>
+        <v>1761</v>
       </c>
       <c r="H97" t="s">
-        <v>1706</v>
+        <v>1762</v>
       </c>
       <c r="I97" t="s">
-        <v>1707</v>
+        <v>1763</v>
       </c>
       <c r="J97" t="s">
-        <v>1322</v>
+        <v>1206</v>
       </c>
       <c r="K97" t="s">
-        <v>1323</v>
+        <v>1207</v>
       </c>
       <c r="L97" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M97" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N97" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O97" t="s">
-        <v>1255</v>
+        <v>1546</v>
       </c>
       <c r="P97" t="s">
-        <v>1708</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B98" t="s">
-        <v>1709</v>
+        <v>1765</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1710</v>
+        <v>1766</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1711</v>
+        <v>1767</v>
       </c>
       <c r="H98" t="s">
-        <v>1712</v>
+        <v>1768</v>
       </c>
       <c r="I98" t="s">
-        <v>1713</v>
+        <v>1769</v>
       </c>
       <c r="J98" t="s">
-        <v>1714</v>
+        <v>1770</v>
       </c>
       <c r="K98" t="s">
-        <v>915</v>
+        <v>1771</v>
       </c>
       <c r="L98" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M98" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N98" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O98" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P98" t="s">
-        <v>1715</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B99" t="s">
-        <v>1716</v>
+        <v>1773</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1710</v>
+        <v>1774</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1717</v>
+        <v>1775</v>
       </c>
       <c r="H99" t="s">
-        <v>1718</v>
+        <v>1776</v>
       </c>
       <c r="I99" t="s">
-        <v>1719</v>
+        <v>1777</v>
       </c>
       <c r="J99" t="s">
-        <v>1714</v>
+        <v>1280</v>
       </c>
       <c r="K99" t="s">
-        <v>915</v>
+        <v>47</v>
       </c>
       <c r="L99" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M99" t="s">
-        <v>1146</v>
+        <v>1778</v>
       </c>
       <c r="N99" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O99" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P99" t="s">
-        <v>1720</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B100" t="s">
-        <v>1721</v>
+        <v>1780</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>1710</v>
+        <v>1781</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1722</v>
+        <v>1782</v>
       </c>
       <c r="H100" t="s">
-        <v>1723</v>
+        <v>1783</v>
       </c>
       <c r="I100" t="s">
-        <v>1724</v>
+        <v>1206</v>
       </c>
       <c r="J100" t="s">
-        <v>1714</v>
+        <v>20</v>
       </c>
       <c r="K100" t="s">
-        <v>915</v>
+        <v>1207</v>
       </c>
       <c r="L100" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M100" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N100" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O100" t="s">
-        <v>1655</v>
+        <v>1757</v>
       </c>
       <c r="P100" t="s">
-        <v>1725</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B101" t="s">
-        <v>1726</v>
+        <v>1785</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1710</v>
+        <v>1781</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1727</v>
+        <v>1786</v>
       </c>
       <c r="H101" t="s">
-        <v>1728</v>
+        <v>1787</v>
       </c>
       <c r="I101" t="s">
-        <v>1729</v>
+        <v>1788</v>
       </c>
       <c r="J101" t="s">
-        <v>1370</v>
+        <v>1206</v>
       </c>
       <c r="K101" t="s">
-        <v>1371</v>
+        <v>1207</v>
       </c>
       <c r="L101" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M101" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N101" t="s">
-        <v>1095</v>
+        <v>1247</v>
       </c>
       <c r="O101" t="s">
-        <v>1649</v>
+        <v>1253</v>
       </c>
       <c r="P101" t="s">
-        <v>1730</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B102" t="s">
-        <v>1731</v>
+        <v>1790</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1710</v>
+        <v>1791</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1732</v>
+        <v>1792</v>
       </c>
       <c r="H102" t="s">
-        <v>1733</v>
+        <v>1793</v>
       </c>
       <c r="I102" t="s">
-        <v>1734</v>
+        <v>1794</v>
       </c>
       <c r="J102" t="s">
-        <v>1413</v>
+        <v>1206</v>
       </c>
       <c r="K102" t="s">
-        <v>1156</v>
+        <v>1207</v>
       </c>
       <c r="L102" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M102" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N102" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O102" t="s">
-        <v>1655</v>
+        <v>1795</v>
       </c>
       <c r="P102" t="s">
-        <v>1735</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B103" t="s">
-        <v>1736</v>
+        <v>1797</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1710</v>
+        <v>1791</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1737</v>
+        <v>1798</v>
       </c>
       <c r="H103" t="s">
-        <v>1738</v>
+        <v>1799</v>
       </c>
       <c r="I103" t="s">
-        <v>1739</v>
+        <v>1800</v>
       </c>
       <c r="J103" t="s">
-        <v>1740</v>
+        <v>1206</v>
       </c>
       <c r="K103" t="s">
-        <v>1741</v>
+        <v>1207</v>
       </c>
       <c r="L103" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M103" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N103" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O103" t="s">
-        <v>1655</v>
+        <v>1248</v>
       </c>
       <c r="P103" t="s">
-        <v>1742</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B104" t="s">
-        <v>1743</v>
+        <v>1802</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1710</v>
+        <v>1803</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1744</v>
+        <v>1804</v>
       </c>
       <c r="H104" t="s">
-        <v>1745</v>
+        <v>1805</v>
       </c>
       <c r="I104" t="s">
-        <v>1746</v>
+        <v>1806</v>
       </c>
       <c r="J104" t="s">
-        <v>1747</v>
+        <v>1356</v>
       </c>
       <c r="K104" t="s">
-        <v>1748</v>
+        <v>1357</v>
       </c>
       <c r="L104" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M104" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N104" t="s">
-        <v>1095</v>
+        <v>1163</v>
       </c>
       <c r="O104" t="s">
-        <v>1096</v>
+        <v>1807</v>
       </c>
       <c r="P104" t="s">
-        <v>1749</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B105" t="s">
-        <v>1750</v>
+        <v>1809</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1710</v>
+        <v>1810</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1751</v>
+        <v>1811</v>
       </c>
       <c r="H105" t="s">
-        <v>1752</v>
+        <v>1812</v>
       </c>
       <c r="I105" t="s">
-        <v>1753</v>
+        <v>1813</v>
       </c>
       <c r="J105" t="s">
-        <v>1740</v>
+        <v>1814</v>
       </c>
       <c r="K105" t="s">
-        <v>1741</v>
+        <v>1815</v>
       </c>
       <c r="L105" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M105" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N105" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O105" t="s">
-        <v>1229</v>
+        <v>1138</v>
       </c>
       <c r="P105" t="s">
-        <v>1754</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B106" t="s">
-        <v>1755</v>
+        <v>1817</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1710</v>
+        <v>1810</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1756</v>
+        <v>1818</v>
       </c>
       <c r="H106" t="s">
-        <v>1757</v>
+        <v>1819</v>
       </c>
       <c r="I106" t="s">
-        <v>1660</v>
+        <v>1820</v>
       </c>
       <c r="J106" t="s">
-        <v>1370</v>
+        <v>20</v>
       </c>
       <c r="K106" t="s">
-        <v>1371</v>
+        <v>1821</v>
       </c>
       <c r="L106" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M106" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N106" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O106" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P106" t="s">
-        <v>1758</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B107" t="s">
-        <v>1759</v>
+        <v>1823</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1710</v>
+        <v>1810</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1760</v>
+        <v>1824</v>
       </c>
       <c r="H107" t="s">
-        <v>1761</v>
+        <v>1825</v>
       </c>
       <c r="I107" t="s">
-        <v>1762</v>
+        <v>1826</v>
       </c>
       <c r="J107" t="s">
-        <v>1740</v>
+        <v>1827</v>
       </c>
       <c r="K107" t="s">
-        <v>1741</v>
+        <v>1828</v>
       </c>
       <c r="L107" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M107" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N107" t="s">
-        <v>1202</v>
+        <v>1172</v>
       </c>
       <c r="O107" t="s">
-        <v>1255</v>
+        <v>1194</v>
       </c>
       <c r="P107" t="s">
-        <v>1763</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B108" t="s">
-        <v>1764</v>
+        <v>1830</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1710</v>
+        <v>1831</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1765</v>
+        <v>1832</v>
       </c>
       <c r="H108" t="s">
-        <v>1766</v>
+        <v>1833</v>
       </c>
       <c r="I108" t="s">
-        <v>1200</v>
+        <v>1834</v>
       </c>
       <c r="J108" t="s">
-        <v>20</v>
+        <v>1835</v>
       </c>
       <c r="K108" t="s">
-        <v>1201</v>
+        <v>1836</v>
       </c>
       <c r="L108" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M108" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N108" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O108" t="s">
-        <v>1642</v>
+        <v>1138</v>
       </c>
       <c r="P108" t="s">
-        <v>1767</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B109" t="s">
-        <v>1768</v>
+        <v>1838</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1710</v>
+        <v>1839</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1769</v>
+        <v>1840</v>
       </c>
       <c r="H109" t="s">
-        <v>1770</v>
+        <v>1841</v>
       </c>
       <c r="I109" t="s">
-        <v>1200</v>
+        <v>1842</v>
       </c>
       <c r="J109" t="s">
-        <v>20</v>
+        <v>1843</v>
       </c>
       <c r="K109" t="s">
-        <v>1201</v>
+        <v>1844</v>
       </c>
       <c r="L109" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M109" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N109" t="s">
-        <v>1202</v>
+        <v>1172</v>
       </c>
       <c r="O109" t="s">
-        <v>1636</v>
+        <v>1845</v>
       </c>
       <c r="P109" t="s">
-        <v>1771</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B110" t="s">
-        <v>1772</v>
+        <v>1847</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1710</v>
+        <v>1839</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1773</v>
+        <v>1848</v>
       </c>
       <c r="H110" t="s">
-        <v>1774</v>
+        <v>1849</v>
       </c>
       <c r="I110" t="s">
-        <v>1775</v>
+        <v>1539</v>
       </c>
       <c r="J110" t="s">
-        <v>1358</v>
+        <v>20</v>
       </c>
       <c r="K110" t="s">
-        <v>49</v>
+        <v>1540</v>
       </c>
       <c r="L110" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M110" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N110" t="s">
-        <v>1202</v>
+        <v>1172</v>
       </c>
       <c r="O110" t="s">
-        <v>1642</v>
+        <v>1194</v>
       </c>
       <c r="P110" t="s">
-        <v>1776</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B111" t="s">
-        <v>1777</v>
+        <v>1851</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1710</v>
+        <v>1839</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1778</v>
+        <v>1852</v>
       </c>
       <c r="H111" t="s">
-        <v>1779</v>
+        <v>1853</v>
       </c>
       <c r="I111" t="s">
-        <v>1780</v>
+        <v>1700</v>
       </c>
       <c r="J111" t="s">
-        <v>1747</v>
+        <v>1701</v>
       </c>
       <c r="K111" t="s">
-        <v>1748</v>
+        <v>1702</v>
       </c>
       <c r="L111" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M111" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N111" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O111" t="s">
-        <v>1781</v>
+        <v>1339</v>
       </c>
       <c r="P111" t="s">
-        <v>1782</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B112" t="s">
-        <v>1783</v>
+        <v>1855</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1784</v>
+        <v>1856</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1785</v>
+        <v>1857</v>
       </c>
       <c r="H112" t="s">
-        <v>1786</v>
+        <v>1858</v>
       </c>
       <c r="I112" t="s">
-        <v>1122</v>
+        <v>1859</v>
       </c>
       <c r="J112" t="s">
-        <v>20</v>
+        <v>1860</v>
       </c>
       <c r="K112" t="s">
-        <v>1123</v>
+        <v>1861</v>
       </c>
       <c r="L112" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M112" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N112" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O112" t="s">
-        <v>1180</v>
+        <v>1138</v>
       </c>
       <c r="P112" t="s">
-        <v>1787</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B113" t="s">
-        <v>1788</v>
+        <v>1855</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1789</v>
+        <v>1863</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1790</v>
+        <v>1864</v>
       </c>
       <c r="H113" t="s">
-        <v>1791</v>
+        <v>1865</v>
       </c>
       <c r="I113" t="s">
-        <v>1792</v>
+        <v>1866</v>
       </c>
       <c r="J113" t="s">
-        <v>1793</v>
+        <v>20</v>
       </c>
       <c r="K113" t="s">
-        <v>1794</v>
+        <v>1867</v>
       </c>
       <c r="L113" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M113" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N113" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O113" t="s">
-        <v>1171</v>
+        <v>1138</v>
       </c>
       <c r="P113" t="s">
-        <v>1795</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B114" t="s">
-        <v>1796</v>
+        <v>1869</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1218</v>
+        <v>1870</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1797</v>
+        <v>1871</v>
       </c>
       <c r="H114" t="s">
-        <v>1798</v>
+        <v>1872</v>
       </c>
       <c r="I114" t="s">
-        <v>1799</v>
+        <v>1873</v>
       </c>
       <c r="J114" t="s">
-        <v>1268</v>
+        <v>1843</v>
       </c>
       <c r="K114" t="s">
-        <v>1269</v>
+        <v>1844</v>
       </c>
       <c r="L114" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M114" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O114" t="s">
         <v>1146</v>
       </c>
-      <c r="N114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P114" t="s">
-        <v>1800</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B115" t="s">
-        <v>1801</v>
+        <v>1875</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1802</v>
+        <v>1876</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1803</v>
+        <v>1877</v>
       </c>
       <c r="H115" t="s">
-        <v>1804</v>
+        <v>1878</v>
       </c>
       <c r="I115" t="s">
-        <v>1805</v>
+        <v>1879</v>
       </c>
       <c r="J115" t="s">
-        <v>20</v>
+        <v>1880</v>
       </c>
       <c r="K115" t="s">
-        <v>1806</v>
+        <v>1881</v>
       </c>
       <c r="L115" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M115" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N115" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O115" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="P115" t="s">
-        <v>1807</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B116" t="s">
-        <v>1808</v>
+        <v>1883</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1809</v>
+        <v>1884</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1810</v>
+        <v>1885</v>
       </c>
       <c r="H116" t="s">
-        <v>1811</v>
+        <v>1886</v>
       </c>
       <c r="I116" t="s">
-        <v>1812</v>
+        <v>1887</v>
       </c>
       <c r="J116" t="s">
-        <v>1813</v>
+        <v>1273</v>
       </c>
       <c r="K116" t="s">
-        <v>1814</v>
+        <v>1274</v>
       </c>
       <c r="L116" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M116" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N116" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O116" t="s">
-        <v>1086</v>
+        <v>1365</v>
       </c>
       <c r="P116" t="s">
-        <v>1815</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B117" t="s">
-        <v>1816</v>
+        <v>1889</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1817</v>
+        <v>1884</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1818</v>
+        <v>1890</v>
       </c>
       <c r="H117" t="s">
-        <v>1819</v>
+        <v>1891</v>
       </c>
       <c r="I117" t="s">
-        <v>1820</v>
+        <v>1892</v>
       </c>
       <c r="J117" t="s">
-        <v>1805</v>
+        <v>1273</v>
       </c>
       <c r="K117" t="s">
-        <v>1806</v>
+        <v>1274</v>
       </c>
       <c r="L117" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M117" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N117" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O117" t="s">
-        <v>1086</v>
+        <v>1365</v>
       </c>
       <c r="P117" t="s">
-        <v>1821</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B118" t="s">
-        <v>1822</v>
+        <v>1894</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1817</v>
+        <v>1895</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1823</v>
+        <v>1896</v>
       </c>
       <c r="H118" t="s">
-        <v>1824</v>
+        <v>1897</v>
       </c>
       <c r="I118" t="s">
-        <v>1825</v>
+        <v>1898</v>
       </c>
       <c r="J118" t="s">
-        <v>20</v>
+        <v>1899</v>
       </c>
       <c r="K118" t="s">
-        <v>1826</v>
+        <v>1900</v>
       </c>
       <c r="L118" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M118" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N118" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O118" t="s">
-        <v>1086</v>
+        <v>1194</v>
       </c>
       <c r="P118" t="s">
-        <v>1827</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B119" t="s">
-        <v>1828</v>
+        <v>1902</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1817</v>
+        <v>1903</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1829</v>
+        <v>1904</v>
       </c>
       <c r="H119" t="s">
-        <v>1830</v>
+        <v>1905</v>
       </c>
       <c r="I119" t="s">
-        <v>1831</v>
+        <v>1906</v>
       </c>
       <c r="J119" t="s">
-        <v>20</v>
+        <v>1907</v>
       </c>
       <c r="K119" t="s">
-        <v>1832</v>
+        <v>1908</v>
       </c>
       <c r="L119" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M119" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O119" t="s">
         <v>1146</v>
       </c>
-      <c r="N119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P119" t="s">
-        <v>1833</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B120" t="s">
-        <v>1834</v>
+        <v>1910</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1817</v>
+        <v>1911</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1835</v>
+        <v>1912</v>
       </c>
       <c r="H120" t="s">
-        <v>1836</v>
+        <v>1913</v>
       </c>
       <c r="I120" t="s">
-        <v>1837</v>
+        <v>1133</v>
       </c>
       <c r="J120" t="s">
         <v>20</v>
       </c>
       <c r="K120" t="s">
-        <v>1838</v>
+        <v>1134</v>
       </c>
       <c r="L120" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M120" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N120" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O120" t="s">
-        <v>1086</v>
+        <v>1365</v>
       </c>
       <c r="P120" t="s">
-        <v>1839</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B121" t="s">
-        <v>1840</v>
+        <v>1915</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1817</v>
+        <v>1911</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1841</v>
+        <v>1916</v>
       </c>
       <c r="H121" t="s">
-        <v>1842</v>
+        <v>1917</v>
       </c>
       <c r="I121" t="s">
-        <v>1287</v>
+        <v>1133</v>
       </c>
       <c r="J121" t="s">
         <v>20</v>
       </c>
       <c r="K121" t="s">
-        <v>1288</v>
+        <v>1134</v>
       </c>
       <c r="L121" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M121" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N121" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O121" t="s">
-        <v>1086</v>
+        <v>1918</v>
       </c>
       <c r="P121" t="s">
-        <v>1843</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B122" t="s">
-        <v>1844</v>
+        <v>1920</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1845</v>
+        <v>1921</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1846</v>
+        <v>1922</v>
       </c>
       <c r="H122" t="s">
-        <v>1847</v>
+        <v>1923</v>
       </c>
       <c r="I122" t="s">
-        <v>1848</v>
+        <v>1924</v>
       </c>
       <c r="J122" t="s">
-        <v>1849</v>
+        <v>1925</v>
       </c>
       <c r="K122" t="s">
-        <v>1850</v>
+        <v>1926</v>
       </c>
       <c r="L122" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M122" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N122" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O122" t="s">
-        <v>1086</v>
+        <v>1138</v>
       </c>
       <c r="P122" t="s">
-        <v>1851</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B123" t="s">
-        <v>1852</v>
+        <v>1928</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1845</v>
+        <v>1929</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1853</v>
+        <v>1930</v>
       </c>
       <c r="H123" t="s">
-        <v>1854</v>
+        <v>1931</v>
       </c>
       <c r="I123" t="s">
-        <v>1855</v>
+        <v>1898</v>
       </c>
       <c r="J123" t="s">
-        <v>20</v>
+        <v>1899</v>
       </c>
       <c r="K123" t="s">
-        <v>1856</v>
+        <v>1900</v>
       </c>
       <c r="L123" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M123" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N123" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O123" t="s">
-        <v>1086</v>
+        <v>1173</v>
       </c>
       <c r="P123" t="s">
-        <v>1857</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B124" t="s">
-        <v>1858</v>
+        <v>1933</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>1845</v>
+        <v>1934</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1859</v>
+        <v>1935</v>
       </c>
       <c r="H124" t="s">
-        <v>1860</v>
+        <v>1936</v>
       </c>
       <c r="I124" t="s">
-        <v>1793</v>
+        <v>1937</v>
       </c>
       <c r="J124" t="s">
-        <v>20</v>
+        <v>1237</v>
       </c>
       <c r="K124" t="s">
-        <v>1794</v>
+        <v>30</v>
       </c>
       <c r="L124" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M124" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N124" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O124" t="s">
-        <v>1086</v>
+        <v>1238</v>
       </c>
       <c r="P124" t="s">
-        <v>1861</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B125" t="s">
-        <v>1862</v>
+        <v>1939</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>1367</v>
+        <v>1940</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>1863</v>
+        <v>1941</v>
       </c>
       <c r="H125" t="s">
-        <v>1864</v>
+        <v>1942</v>
       </c>
       <c r="I125" t="s">
-        <v>1865</v>
+        <v>1943</v>
       </c>
       <c r="J125" t="s">
-        <v>1186</v>
+        <v>20</v>
       </c>
       <c r="K125" t="s">
-        <v>49</v>
+        <v>1207</v>
       </c>
       <c r="L125" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M125" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N125" t="s">
-        <v>1202</v>
+        <v>1247</v>
       </c>
       <c r="O125" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="P125" t="s">
-        <v>1866</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B126" t="s">
-        <v>1867</v>
+        <v>1945</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1868</v>
+        <v>1946</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1869</v>
+        <v>1947</v>
       </c>
       <c r="H126" t="s">
-        <v>1870</v>
+        <v>1948</v>
       </c>
       <c r="I126" t="s">
-        <v>1871</v>
+        <v>1949</v>
       </c>
       <c r="J126" t="s">
-        <v>1872</v>
+        <v>1206</v>
       </c>
       <c r="K126" t="s">
-        <v>1323</v>
+        <v>1207</v>
       </c>
       <c r="L126" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M126" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N126" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O126" t="s">
-        <v>1171</v>
+        <v>1138</v>
       </c>
       <c r="P126" t="s">
-        <v>1873</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B127" t="s">
-        <v>1874</v>
+        <v>1951</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>1868</v>
+        <v>1946</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>1875</v>
+        <v>1952</v>
       </c>
       <c r="H127" t="s">
-        <v>1876</v>
+        <v>1953</v>
       </c>
       <c r="I127" t="s">
-        <v>1877</v>
+        <v>1954</v>
       </c>
       <c r="J127" t="s">
-        <v>1358</v>
+        <v>1955</v>
       </c>
       <c r="K127" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="L127" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M127" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N127" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O127" t="s">
-        <v>1171</v>
+        <v>1956</v>
       </c>
       <c r="P127" t="s">
-        <v>1878</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B128" t="s">
-        <v>1879</v>
+        <v>1958</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>1868</v>
+        <v>1959</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>1880</v>
+        <v>1960</v>
       </c>
       <c r="H128" t="s">
-        <v>1881</v>
+        <v>1961</v>
       </c>
       <c r="I128" t="s">
-        <v>1882</v>
+        <v>1962</v>
       </c>
       <c r="J128" t="s">
-        <v>1883</v>
+        <v>1206</v>
       </c>
       <c r="K128" t="s">
-        <v>1748</v>
+        <v>1207</v>
       </c>
       <c r="L128" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M128" t="s">
-        <v>1084</v>
+        <v>1778</v>
       </c>
       <c r="N128" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O128" t="s">
-        <v>1171</v>
+        <v>1146</v>
       </c>
       <c r="P128" t="s">
-        <v>1884</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B129" t="s">
-        <v>1885</v>
+        <v>1964</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>1886</v>
+        <v>1959</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1887</v>
+        <v>1965</v>
       </c>
       <c r="H129" t="s">
-        <v>1888</v>
+        <v>1966</v>
       </c>
       <c r="I129" t="s">
-        <v>1889</v>
+        <v>1967</v>
       </c>
       <c r="J129" t="s">
-        <v>1186</v>
+        <v>1743</v>
       </c>
       <c r="K129" t="s">
-        <v>49</v>
+        <v>1744</v>
       </c>
       <c r="L129" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M129" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O129" t="s">
         <v>1146</v>
       </c>
-      <c r="N129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P129" t="s">
-        <v>1890</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B130" t="s">
-        <v>1891</v>
+        <v>1969</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1892</v>
+        <v>1970</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1893</v>
+        <v>1971</v>
       </c>
       <c r="H130" t="s">
-        <v>1894</v>
+        <v>1972</v>
       </c>
       <c r="I130" t="s">
-        <v>1895</v>
+        <v>1973</v>
       </c>
       <c r="J130" t="s">
-        <v>1896</v>
+        <v>1280</v>
       </c>
       <c r="K130" t="s">
-        <v>1897</v>
+        <v>47</v>
       </c>
       <c r="L130" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M130" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N130" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O130" t="s">
-        <v>1086</v>
+        <v>1297</v>
       </c>
       <c r="P130" t="s">
-        <v>1898</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B131" t="s">
-        <v>1899</v>
+        <v>1975</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1900</v>
+        <v>1976</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1901</v>
+        <v>1977</v>
       </c>
       <c r="H131" t="s">
-        <v>1902</v>
+        <v>1978</v>
       </c>
       <c r="I131" t="s">
-        <v>1903</v>
+        <v>1979</v>
       </c>
       <c r="J131" t="s">
-        <v>1904</v>
+        <v>1980</v>
       </c>
       <c r="K131" t="s">
-        <v>1905</v>
+        <v>1981</v>
       </c>
       <c r="L131" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M131" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N131" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O131" t="s">
-        <v>1255</v>
+        <v>1365</v>
       </c>
       <c r="P131" t="s">
-        <v>1906</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B132" t="s">
-        <v>1907</v>
+        <v>1983</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>1908</v>
+        <v>1976</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>1909</v>
+        <v>1984</v>
       </c>
       <c r="H132" t="s">
-        <v>1910</v>
+        <v>1985</v>
       </c>
       <c r="I132" t="s">
-        <v>1911</v>
+        <v>1986</v>
       </c>
       <c r="J132" t="s">
-        <v>1912</v>
+        <v>1987</v>
       </c>
       <c r="K132" t="s">
-        <v>1913</v>
+        <v>1988</v>
       </c>
       <c r="L132" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M132" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N132" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O132" t="s">
-        <v>1781</v>
+        <v>1633</v>
       </c>
       <c r="P132" t="s">
-        <v>1914</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B133" t="s">
-        <v>1915</v>
+        <v>1990</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>1908</v>
+        <v>1976</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>1916</v>
+        <v>1991</v>
       </c>
       <c r="H133" t="s">
-        <v>1917</v>
+        <v>1992</v>
       </c>
       <c r="I133" t="s">
-        <v>1911</v>
+        <v>1993</v>
       </c>
       <c r="J133" t="s">
-        <v>1912</v>
+        <v>1980</v>
       </c>
       <c r="K133" t="s">
-        <v>1913</v>
+        <v>1981</v>
       </c>
       <c r="L133" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M133" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N133" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O133" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="P133" t="s">
-        <v>1918</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B134" t="s">
-        <v>1919</v>
+        <v>1995</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>1908</v>
+        <v>1976</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>1920</v>
+        <v>1996</v>
       </c>
       <c r="H134" t="s">
-        <v>1921</v>
+        <v>1997</v>
       </c>
       <c r="I134" t="s">
-        <v>1911</v>
+        <v>1998</v>
       </c>
       <c r="J134" t="s">
-        <v>1912</v>
+        <v>1999</v>
       </c>
       <c r="K134" t="s">
-        <v>1913</v>
+        <v>118</v>
       </c>
       <c r="L134" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M134" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N134" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O134" t="s">
-        <v>1171</v>
+        <v>1326</v>
       </c>
       <c r="P134" t="s">
-        <v>1922</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B135" t="s">
-        <v>1923</v>
+        <v>2001</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>1908</v>
+        <v>1976</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>1924</v>
+        <v>2002</v>
       </c>
       <c r="H135" t="s">
-        <v>1925</v>
+        <v>2003</v>
       </c>
       <c r="I135" t="s">
-        <v>1911</v>
+        <v>2004</v>
       </c>
       <c r="J135" t="s">
-        <v>1912</v>
+        <v>1280</v>
       </c>
       <c r="K135" t="s">
-        <v>1913</v>
+        <v>47</v>
       </c>
       <c r="L135" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M135" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N135" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O135" t="s">
-        <v>1642</v>
+        <v>1918</v>
       </c>
       <c r="P135" t="s">
-        <v>1926</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B136" t="s">
-        <v>1927</v>
+        <v>2006</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>1908</v>
+        <v>1976</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>1928</v>
+        <v>2007</v>
       </c>
       <c r="H136" t="s">
-        <v>1929</v>
+        <v>2008</v>
       </c>
       <c r="I136" t="s">
-        <v>1911</v>
+        <v>2009</v>
       </c>
       <c r="J136" t="s">
-        <v>1912</v>
+        <v>1539</v>
       </c>
       <c r="K136" t="s">
-        <v>1913</v>
+        <v>1540</v>
       </c>
       <c r="L136" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M136" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N136" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O136" t="s">
-        <v>1255</v>
+        <v>1339</v>
       </c>
       <c r="P136" t="s">
-        <v>1930</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B137" t="s">
-        <v>1931</v>
+        <v>2011</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>1932</v>
+        <v>1976</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>1933</v>
+        <v>2012</v>
       </c>
       <c r="H137" t="s">
-        <v>1934</v>
+        <v>2013</v>
       </c>
       <c r="I137" t="s">
-        <v>1935</v>
+        <v>2014</v>
       </c>
       <c r="J137" t="s">
-        <v>1358</v>
+        <v>1280</v>
       </c>
       <c r="K137" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L137" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M137" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N137" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O137" t="s">
-        <v>1448</v>
+        <v>1297</v>
       </c>
       <c r="P137" t="s">
-        <v>1936</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B138" t="s">
-        <v>1937</v>
+        <v>2016</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>1938</v>
+        <v>1976</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>1939</v>
+        <v>2017</v>
       </c>
       <c r="H138" t="s">
-        <v>1940</v>
+        <v>2018</v>
       </c>
       <c r="I138" t="s">
-        <v>1941</v>
+        <v>2019</v>
       </c>
       <c r="J138" t="s">
-        <v>1093</v>
+        <v>1999</v>
       </c>
       <c r="K138" t="s">
-        <v>1094</v>
+        <v>118</v>
       </c>
       <c r="L138" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M138" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N138" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O138" t="s">
-        <v>1171</v>
+        <v>1633</v>
       </c>
       <c r="P138" t="s">
-        <v>1942</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B139" t="s">
-        <v>1943</v>
+        <v>2021</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>1944</v>
+        <v>1976</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>1945</v>
+        <v>2022</v>
       </c>
       <c r="H139" t="s">
-        <v>1946</v>
+        <v>2023</v>
       </c>
       <c r="I139" t="s">
-        <v>1947</v>
+        <v>1998</v>
       </c>
       <c r="J139" t="s">
-        <v>1948</v>
+        <v>1999</v>
       </c>
       <c r="K139" t="s">
-        <v>1949</v>
+        <v>118</v>
       </c>
       <c r="L139" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M139" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N139" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O139" t="s">
-        <v>1171</v>
+        <v>1194</v>
       </c>
       <c r="P139" t="s">
-        <v>1950</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B140" t="s">
-        <v>1951</v>
+        <v>2025</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>1952</v>
+        <v>2026</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>1953</v>
+        <v>2027</v>
       </c>
       <c r="H140" t="s">
-        <v>1954</v>
+        <v>2028</v>
       </c>
       <c r="I140" t="s">
-        <v>1955</v>
+        <v>2029</v>
       </c>
       <c r="J140" t="s">
-        <v>1186</v>
+        <v>1653</v>
       </c>
       <c r="K140" t="s">
-        <v>49</v>
+        <v>1246</v>
       </c>
       <c r="L140" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M140" t="s">
-        <v>1607</v>
+        <v>1136</v>
       </c>
       <c r="N140" t="s">
-        <v>1085</v>
+        <v>2030</v>
       </c>
       <c r="O140" t="s">
-        <v>1171</v>
+        <v>2031</v>
       </c>
       <c r="P140" t="s">
-        <v>1956</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B141" t="s">
-        <v>1957</v>
+        <v>2033</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>1468</v>
+        <v>2034</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>1958</v>
+        <v>2035</v>
       </c>
       <c r="H141" t="s">
-        <v>1959</v>
+        <v>2036</v>
       </c>
       <c r="I141" t="s">
-        <v>1960</v>
+        <v>2037</v>
       </c>
       <c r="J141" t="s">
-        <v>1114</v>
+        <v>1237</v>
       </c>
       <c r="K141" t="s">
-        <v>1115</v>
+        <v>30</v>
       </c>
       <c r="L141" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M141" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N141" t="s">
-        <v>1157</v>
+        <v>1296</v>
       </c>
       <c r="O141" t="s">
-        <v>1961</v>
+        <v>1339</v>
       </c>
       <c r="P141" t="s">
-        <v>1962</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B142" t="s">
-        <v>1963</v>
+        <v>2039</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>1481</v>
+        <v>2040</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>1964</v>
+        <v>2041</v>
       </c>
       <c r="H142" t="s">
-        <v>1965</v>
+        <v>2042</v>
       </c>
       <c r="I142" t="s">
-        <v>1966</v>
+        <v>2043</v>
       </c>
       <c r="J142" t="s">
-        <v>1967</v>
+        <v>20</v>
       </c>
       <c r="K142" t="s">
-        <v>1968</v>
+        <v>2044</v>
       </c>
       <c r="L142" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M142" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N142" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O142" t="s">
-        <v>1171</v>
+        <v>1672</v>
       </c>
       <c r="P142" t="s">
-        <v>1969</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B143" t="s">
-        <v>1970</v>
+        <v>2046</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>1481</v>
+        <v>2040</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>1971</v>
+        <v>2047</v>
       </c>
       <c r="H143" t="s">
-        <v>1972</v>
+        <v>2048</v>
       </c>
       <c r="I143" t="s">
-        <v>1973</v>
+        <v>2049</v>
       </c>
       <c r="J143" t="s">
-        <v>20</v>
+        <v>1287</v>
       </c>
       <c r="K143" t="s">
-        <v>1974</v>
+        <v>1288</v>
       </c>
       <c r="L143" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M143" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N143" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O143" t="s">
-        <v>1171</v>
+        <v>1146</v>
       </c>
       <c r="P143" t="s">
-        <v>1975</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B144" t="s">
-        <v>1976</v>
+        <v>2051</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>1977</v>
+        <v>2040</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>1978</v>
+        <v>2052</v>
       </c>
       <c r="H144" t="s">
-        <v>1979</v>
+        <v>2053</v>
       </c>
       <c r="I144" t="s">
-        <v>1980</v>
+        <v>1701</v>
       </c>
       <c r="J144" t="s">
-        <v>1981</v>
+        <v>20</v>
       </c>
       <c r="K144" t="s">
-        <v>1982</v>
+        <v>1702</v>
       </c>
       <c r="L144" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M144" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N144" t="s">
-        <v>1085</v>
+        <v>1137</v>
       </c>
       <c r="O144" t="s">
-        <v>1171</v>
+        <v>1146</v>
       </c>
       <c r="P144" t="s">
-        <v>1983</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B145" t="s">
-        <v>1976</v>
+        <v>2055</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>1984</v>
+        <v>2040</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>1985</v>
+        <v>2056</v>
       </c>
       <c r="H145" t="s">
-        <v>1986</v>
+        <v>2057</v>
       </c>
       <c r="I145" t="s">
-        <v>1987</v>
+        <v>2058</v>
       </c>
       <c r="J145" t="s">
-        <v>20</v>
+        <v>1237</v>
       </c>
       <c r="K145" t="s">
-        <v>1988</v>
+        <v>30</v>
       </c>
       <c r="L145" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M145" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N145" t="s">
-        <v>1085</v>
+        <v>2059</v>
       </c>
       <c r="O145" t="s">
-        <v>1171</v>
+        <v>2060</v>
       </c>
       <c r="P145" t="s">
-        <v>1989</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B146" t="s">
-        <v>1990</v>
+        <v>2062</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1558</v>
+        <v>2063</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1991</v>
+        <v>2064</v>
       </c>
       <c r="H146" t="s">
-        <v>1992</v>
+        <v>2065</v>
       </c>
       <c r="I146" t="s">
-        <v>1561</v>
+        <v>1356</v>
       </c>
       <c r="J146" t="s">
         <v>20</v>
       </c>
       <c r="K146" t="s">
-        <v>1562</v>
+        <v>1357</v>
       </c>
       <c r="L146" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M146" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N146" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O146" t="s">
-        <v>1655</v>
+        <v>1146</v>
       </c>
       <c r="P146" t="s">
-        <v>1993</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B147" t="s">
-        <v>1994</v>
+        <v>2067</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1995</v>
+        <v>2063</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1996</v>
+        <v>2068</v>
       </c>
       <c r="H147" t="s">
-        <v>1997</v>
+        <v>2069</v>
       </c>
       <c r="I147" t="s">
-        <v>1998</v>
+        <v>2070</v>
       </c>
       <c r="J147" t="s">
-        <v>1413</v>
+        <v>20</v>
       </c>
       <c r="K147" t="s">
-        <v>1156</v>
+        <v>2071</v>
       </c>
       <c r="L147" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M147" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N147" t="s">
-        <v>1999</v>
+        <v>1172</v>
       </c>
       <c r="O147" t="s">
-        <v>2000</v>
+        <v>1194</v>
       </c>
       <c r="P147" t="s">
-        <v>2001</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B148" t="s">
-        <v>2002</v>
+        <v>2073</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>2003</v>
+        <v>2063</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>2004</v>
+        <v>2074</v>
       </c>
       <c r="H148" t="s">
-        <v>2005</v>
+        <v>2075</v>
       </c>
       <c r="I148" t="s">
-        <v>2006</v>
+        <v>1144</v>
       </c>
       <c r="J148" t="s">
+        <v>20</v>
+      </c>
+      <c r="K148" t="s">
         <v>1145</v>
       </c>
-      <c r="K148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L148" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M148" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N148" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O148" t="s">
-        <v>1229</v>
+        <v>1365</v>
       </c>
       <c r="P148" t="s">
-        <v>2007</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B149" t="s">
-        <v>2008</v>
+        <v>2077</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1677</v>
+        <v>2063</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>2009</v>
+        <v>2078</v>
       </c>
       <c r="H149" t="s">
-        <v>2010</v>
+        <v>2079</v>
       </c>
       <c r="I149" t="s">
-        <v>2011</v>
+        <v>1144</v>
       </c>
       <c r="J149" t="s">
         <v>20</v>
       </c>
       <c r="K149" t="s">
-        <v>2012</v>
+        <v>1145</v>
       </c>
       <c r="L149" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M149" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N149" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O149" t="s">
-        <v>1448</v>
+        <v>1642</v>
       </c>
       <c r="P149" t="s">
-        <v>2013</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B150" t="s">
-        <v>2014</v>
+        <v>2081</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1677</v>
+        <v>2063</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>2015</v>
+        <v>2082</v>
       </c>
       <c r="H150" t="s">
-        <v>2016</v>
+        <v>2083</v>
       </c>
       <c r="I150" t="s">
-        <v>1513</v>
+        <v>2084</v>
       </c>
       <c r="J150" t="s">
-        <v>20</v>
+        <v>1445</v>
       </c>
       <c r="K150" t="s">
-        <v>1514</v>
+        <v>1446</v>
       </c>
       <c r="L150" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M150" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N150" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O150" t="s">
-        <v>1086</v>
+        <v>1365</v>
       </c>
       <c r="P150" t="s">
-        <v>2017</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B151" t="s">
-        <v>2018</v>
+        <v>2086</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1690</v>
+        <v>2063</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>2019</v>
+        <v>2087</v>
       </c>
       <c r="H151" t="s">
-        <v>2020</v>
+        <v>2088</v>
       </c>
       <c r="I151" t="s">
-        <v>2021</v>
+        <v>2070</v>
       </c>
       <c r="J151" t="s">
         <v>20</v>
       </c>
       <c r="K151" t="s">
-        <v>2022</v>
+        <v>2071</v>
       </c>
       <c r="L151" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M151" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N151" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O151" t="s">
-        <v>1102</v>
+        <v>1918</v>
       </c>
       <c r="P151" t="s">
-        <v>2023</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B152" t="s">
-        <v>2024</v>
+        <v>2090</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1690</v>
+        <v>2063</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>2025</v>
+        <v>2091</v>
       </c>
       <c r="H152" t="s">
-        <v>2026</v>
+        <v>2092</v>
       </c>
       <c r="I152" t="s">
-        <v>2021</v>
+        <v>2070</v>
       </c>
       <c r="J152" t="s">
         <v>20</v>
       </c>
       <c r="K152" t="s">
-        <v>2022</v>
+        <v>2071</v>
       </c>
       <c r="L152" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M152" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N152" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O152" t="s">
-        <v>1655</v>
+        <v>1365</v>
       </c>
       <c r="P152" t="s">
-        <v>2027</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B153" t="s">
-        <v>2028</v>
+        <v>2094</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1690</v>
+        <v>2095</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>2029</v>
+        <v>2096</v>
       </c>
       <c r="H153" t="s">
-        <v>2030</v>
+        <v>2097</v>
       </c>
       <c r="I153" t="s">
-        <v>2021</v>
+        <v>2098</v>
       </c>
       <c r="J153" t="s">
-        <v>20</v>
+        <v>2099</v>
       </c>
       <c r="K153" t="s">
-        <v>2022</v>
+        <v>965</v>
       </c>
       <c r="L153" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M153" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N153" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O153" t="s">
-        <v>1255</v>
+        <v>1365</v>
       </c>
       <c r="P153" t="s">
-        <v>2031</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B154" t="s">
-        <v>2032</v>
+        <v>2101</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1710</v>
+        <v>2095</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>2033</v>
+        <v>2102</v>
       </c>
       <c r="H154" t="s">
-        <v>2034</v>
+        <v>2103</v>
       </c>
       <c r="I154" t="s">
-        <v>2035</v>
+        <v>2104</v>
       </c>
       <c r="J154" t="s">
-        <v>1200</v>
+        <v>2099</v>
       </c>
       <c r="K154" t="s">
-        <v>1201</v>
+        <v>965</v>
       </c>
       <c r="L154" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M154" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N154" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O154" t="s">
-        <v>1255</v>
+        <v>1365</v>
       </c>
       <c r="P154" t="s">
-        <v>2036</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B155" t="s">
-        <v>2037</v>
+        <v>2106</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>2038</v>
+        <v>2095</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>2039</v>
+        <v>2107</v>
       </c>
       <c r="H155" t="s">
-        <v>2040</v>
+        <v>2108</v>
       </c>
       <c r="I155" t="s">
-        <v>2041</v>
+        <v>2109</v>
       </c>
       <c r="J155" t="s">
-        <v>1301</v>
+        <v>2099</v>
       </c>
       <c r="K155" t="s">
-        <v>98</v>
+        <v>965</v>
       </c>
       <c r="L155" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M155" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N155" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O155" t="s">
-        <v>1636</v>
+        <v>1918</v>
       </c>
       <c r="P155" t="s">
-        <v>2042</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B156" t="s">
-        <v>2043</v>
+        <v>2111</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>2044</v>
+        <v>2095</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>2045</v>
+        <v>2112</v>
       </c>
       <c r="H156" t="s">
-        <v>2046</v>
+        <v>2113</v>
       </c>
       <c r="I156" t="s">
-        <v>2047</v>
+        <v>2114</v>
       </c>
       <c r="J156" t="s">
-        <v>1145</v>
+        <v>1539</v>
       </c>
       <c r="K156" t="s">
-        <v>98</v>
+        <v>1540</v>
       </c>
       <c r="L156" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M156" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N156" t="s">
-        <v>1202</v>
+        <v>1172</v>
       </c>
       <c r="O156" t="s">
-        <v>1377</v>
+        <v>1326</v>
       </c>
       <c r="P156" t="s">
-        <v>2048</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B157" t="s">
-        <v>2049</v>
+        <v>2116</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>2050</v>
+        <v>2095</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>2051</v>
+        <v>2117</v>
       </c>
       <c r="H157" t="s">
-        <v>2052</v>
+        <v>2118</v>
       </c>
       <c r="I157" t="s">
-        <v>2053</v>
+        <v>2119</v>
       </c>
       <c r="J157" t="s">
-        <v>1301</v>
+        <v>1653</v>
       </c>
       <c r="K157" t="s">
-        <v>98</v>
+        <v>1246</v>
       </c>
       <c r="L157" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M157" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N157" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O157" t="s">
-        <v>1248</v>
+        <v>1918</v>
       </c>
       <c r="P157" t="s">
-        <v>2054</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B158" t="s">
-        <v>2055</v>
+        <v>2121</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>2056</v>
+        <v>2095</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>2057</v>
+        <v>2122</v>
       </c>
       <c r="H158" t="s">
-        <v>2058</v>
+        <v>2123</v>
       </c>
       <c r="I158" t="s">
-        <v>1714</v>
+        <v>2124</v>
       </c>
       <c r="J158" t="s">
-        <v>20</v>
+        <v>2125</v>
       </c>
       <c r="K158" t="s">
-        <v>915</v>
+        <v>2126</v>
       </c>
       <c r="L158" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M158" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N158" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O158" t="s">
-        <v>1171</v>
+        <v>1918</v>
       </c>
       <c r="P158" t="s">
-        <v>2059</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B159" t="s">
-        <v>2060</v>
+        <v>2128</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>2061</v>
+        <v>2095</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>2062</v>
+        <v>2129</v>
       </c>
       <c r="H159" t="s">
-        <v>2063</v>
+        <v>2130</v>
       </c>
       <c r="I159" t="s">
-        <v>2064</v>
+        <v>2131</v>
       </c>
       <c r="J159" t="s">
-        <v>1301</v>
+        <v>2132</v>
       </c>
       <c r="K159" t="s">
-        <v>98</v>
+        <v>1591</v>
       </c>
       <c r="L159" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M159" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N159" t="s">
-        <v>1202</v>
+        <v>1172</v>
       </c>
       <c r="O159" t="s">
-        <v>1655</v>
+        <v>1173</v>
       </c>
       <c r="P159" t="s">
-        <v>2065</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B160" t="s">
-        <v>2066</v>
+        <v>2134</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>2061</v>
+        <v>2095</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>2067</v>
+        <v>2135</v>
       </c>
       <c r="H160" t="s">
-        <v>2068</v>
+        <v>2136</v>
       </c>
       <c r="I160" t="s">
-        <v>2047</v>
+        <v>2137</v>
       </c>
       <c r="J160" t="s">
-        <v>1145</v>
+        <v>2125</v>
       </c>
       <c r="K160" t="s">
-        <v>98</v>
+        <v>2126</v>
       </c>
       <c r="L160" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M160" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N160" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O160" t="s">
-        <v>1203</v>
+        <v>1339</v>
       </c>
       <c r="P160" t="s">
-        <v>2069</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B161" t="s">
-        <v>2070</v>
+        <v>2139</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>2071</v>
+        <v>2095</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>2072</v>
+        <v>2140</v>
       </c>
       <c r="H161" t="s">
-        <v>2073</v>
+        <v>2141</v>
       </c>
       <c r="I161" t="s">
-        <v>2074</v>
+        <v>2009</v>
       </c>
       <c r="J161" t="s">
-        <v>1301</v>
+        <v>1539</v>
       </c>
       <c r="K161" t="s">
-        <v>98</v>
+        <v>1540</v>
       </c>
       <c r="L161" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M161" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N161" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O161" t="s">
-        <v>1102</v>
+        <v>1365</v>
       </c>
       <c r="P161" t="s">
-        <v>2075</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B162" t="s">
-        <v>2076</v>
+        <v>2143</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>2071</v>
+        <v>2095</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>2077</v>
+        <v>2144</v>
       </c>
       <c r="H162" t="s">
-        <v>2078</v>
+        <v>2145</v>
       </c>
       <c r="I162" t="s">
-        <v>2074</v>
+        <v>2146</v>
       </c>
       <c r="J162" t="s">
-        <v>1301</v>
+        <v>2125</v>
       </c>
       <c r="K162" t="s">
-        <v>98</v>
+        <v>2126</v>
       </c>
       <c r="L162" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M162" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N162" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O162" t="s">
-        <v>1102</v>
+        <v>1365</v>
       </c>
       <c r="P162" t="s">
-        <v>2079</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B163" t="s">
-        <v>2080</v>
+        <v>2148</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>2071</v>
+        <v>2095</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>2081</v>
+        <v>2149</v>
       </c>
       <c r="H163" t="s">
-        <v>2082</v>
+        <v>2150</v>
       </c>
       <c r="I163" t="s">
-        <v>2047</v>
+        <v>1294</v>
       </c>
       <c r="J163" t="s">
-        <v>1145</v>
+        <v>20</v>
       </c>
       <c r="K163" t="s">
-        <v>98</v>
+        <v>1295</v>
       </c>
       <c r="L163" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M163" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N163" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O163" t="s">
-        <v>1096</v>
+        <v>1642</v>
       </c>
       <c r="P163" t="s">
-        <v>2083</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B164" t="s">
-        <v>2084</v>
+        <v>2152</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>2085</v>
+        <v>2095</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>2086</v>
+        <v>2153</v>
       </c>
       <c r="H164" t="s">
-        <v>2087</v>
+        <v>2154</v>
       </c>
       <c r="I164" t="s">
-        <v>2088</v>
+        <v>1294</v>
       </c>
       <c r="J164" t="s">
-        <v>2089</v>
+        <v>20</v>
       </c>
       <c r="K164" t="s">
-        <v>2090</v>
+        <v>1295</v>
       </c>
       <c r="L164" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M164" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N164" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O164" t="s">
-        <v>1171</v>
+        <v>1633</v>
       </c>
       <c r="P164" t="s">
-        <v>2091</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B165" t="s">
-        <v>2092</v>
+        <v>2156</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>2085</v>
+        <v>2095</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>2093</v>
+        <v>2157</v>
       </c>
       <c r="H165" t="s">
-        <v>2094</v>
+        <v>2158</v>
       </c>
       <c r="I165" t="s">
-        <v>2095</v>
+        <v>2159</v>
       </c>
       <c r="J165" t="s">
-        <v>20</v>
+        <v>1294</v>
       </c>
       <c r="K165" t="s">
-        <v>98</v>
+        <v>1295</v>
       </c>
       <c r="L165" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M165" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N165" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O165" t="s">
-        <v>1636</v>
+        <v>1365</v>
       </c>
       <c r="P165" t="s">
-        <v>2096</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B166" t="s">
-        <v>2097</v>
+        <v>2161</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>2098</v>
+        <v>2095</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>2099</v>
+        <v>2162</v>
       </c>
       <c r="H166" t="s">
-        <v>2100</v>
+        <v>2163</v>
       </c>
       <c r="I166" t="s">
-        <v>2101</v>
+        <v>2164</v>
       </c>
       <c r="J166" t="s">
-        <v>2102</v>
+        <v>1481</v>
       </c>
       <c r="K166" t="s">
-        <v>1323</v>
+        <v>47</v>
       </c>
       <c r="L166" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M166" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N166" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O166" t="s">
-        <v>1171</v>
+        <v>1642</v>
       </c>
       <c r="P166" t="s">
-        <v>2103</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B167" t="s">
-        <v>2104</v>
+        <v>2166</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>2105</v>
+        <v>2095</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>2106</v>
+        <v>2167</v>
       </c>
       <c r="H167" t="s">
-        <v>2107</v>
+        <v>2168</v>
       </c>
       <c r="I167" t="s">
-        <v>2108</v>
+        <v>2169</v>
       </c>
       <c r="J167" t="s">
-        <v>20</v>
+        <v>2132</v>
       </c>
       <c r="K167" t="s">
-        <v>2109</v>
+        <v>1591</v>
       </c>
       <c r="L167" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M167" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N167" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O167" t="s">
-        <v>1642</v>
+        <v>1628</v>
       </c>
       <c r="P167" t="s">
-        <v>2110</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B168" t="s">
-        <v>2111</v>
+        <v>2171</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>2105</v>
+        <v>2172</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>2112</v>
+        <v>2173</v>
       </c>
       <c r="H168" t="s">
-        <v>2113</v>
+        <v>2174</v>
       </c>
       <c r="I168" t="s">
-        <v>2108</v>
+        <v>2175</v>
       </c>
       <c r="J168" t="s">
-        <v>20</v>
+        <v>1416</v>
       </c>
       <c r="K168" t="s">
-        <v>2109</v>
+        <v>30</v>
       </c>
       <c r="L168" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M168" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N168" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O168" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="P168" t="s">
-        <v>2114</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B169" t="s">
-        <v>2115</v>
+        <v>2177</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>2116</v>
+        <v>2178</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>2117</v>
+        <v>2179</v>
       </c>
       <c r="H169" t="s">
-        <v>2118</v>
+        <v>2180</v>
       </c>
       <c r="I169" t="s">
-        <v>2119</v>
+        <v>2181</v>
       </c>
       <c r="J169" t="s">
-        <v>1747</v>
+        <v>20</v>
       </c>
       <c r="K169" t="s">
-        <v>1748</v>
+        <v>2182</v>
       </c>
       <c r="L169" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M169" t="s">
-        <v>1146</v>
+        <v>1778</v>
       </c>
       <c r="N169" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O169" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P169" t="s">
-        <v>2120</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B170" t="s">
-        <v>2121</v>
+        <v>2184</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>2122</v>
+        <v>2185</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>2123</v>
+        <v>2186</v>
       </c>
       <c r="H170" t="s">
-        <v>2124</v>
+        <v>2187</v>
       </c>
       <c r="I170" t="s">
-        <v>2125</v>
+        <v>2188</v>
       </c>
       <c r="J170" t="s">
-        <v>1145</v>
+        <v>2189</v>
       </c>
       <c r="K170" t="s">
-        <v>98</v>
+        <v>2190</v>
       </c>
       <c r="L170" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M170" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N170" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O170" t="s">
-        <v>1642</v>
+        <v>1138</v>
       </c>
       <c r="P170" t="s">
-        <v>2126</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B171" t="s">
-        <v>2127</v>
+        <v>2192</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>2122</v>
+        <v>2193</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>2128</v>
+        <v>2194</v>
       </c>
       <c r="H171" t="s">
-        <v>2129</v>
+        <v>2195</v>
       </c>
       <c r="I171" t="s">
-        <v>2130</v>
+        <v>2188</v>
       </c>
       <c r="J171" t="s">
-        <v>1145</v>
+        <v>2189</v>
       </c>
       <c r="K171" t="s">
-        <v>98</v>
+        <v>2190</v>
       </c>
       <c r="L171" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M171" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N171" t="s">
-        <v>1202</v>
+        <v>2030</v>
       </c>
       <c r="O171" t="s">
-        <v>1781</v>
+        <v>2031</v>
       </c>
       <c r="P171" t="s">
-        <v>2131</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B172" t="s">
-        <v>2132</v>
+        <v>2197</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>2133</v>
+        <v>2198</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>2134</v>
+        <v>2199</v>
       </c>
       <c r="H172" t="s">
-        <v>2135</v>
+        <v>2200</v>
       </c>
       <c r="I172" t="s">
-        <v>1178</v>
+        <v>2201</v>
       </c>
       <c r="J172" t="s">
-        <v>20</v>
+        <v>1237</v>
       </c>
       <c r="K172" t="s">
-        <v>1179</v>
+        <v>30</v>
       </c>
       <c r="L172" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M172" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N172" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O172" t="s">
-        <v>1086</v>
+        <v>1546</v>
       </c>
       <c r="P172" t="s">
-        <v>2136</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B173" t="s">
-        <v>2137</v>
+        <v>2203</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>2138</v>
+        <v>2204</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>2139</v>
+        <v>2205</v>
       </c>
       <c r="H173" t="s">
-        <v>2140</v>
+        <v>2206</v>
       </c>
       <c r="I173" t="s">
-        <v>1178</v>
+        <v>2207</v>
       </c>
       <c r="J173" t="s">
-        <v>20</v>
+        <v>1416</v>
       </c>
       <c r="K173" t="s">
-        <v>1179</v>
+        <v>30</v>
       </c>
       <c r="L173" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M173" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N173" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O173" t="s">
-        <v>1086</v>
+        <v>1358</v>
       </c>
       <c r="P173" t="s">
-        <v>2141</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B174" t="s">
-        <v>2142</v>
+        <v>2209</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>2143</v>
+        <v>2210</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>2144</v>
+        <v>2211</v>
       </c>
       <c r="H174" t="s">
-        <v>2145</v>
+        <v>2212</v>
       </c>
       <c r="I174" t="s">
-        <v>2146</v>
+        <v>2213</v>
       </c>
       <c r="J174" t="s">
         <v>20</v>
       </c>
       <c r="K174" t="s">
-        <v>2147</v>
+        <v>2214</v>
       </c>
       <c r="L174" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M174" t="s">
-        <v>1084</v>
+        <v>1136</v>
       </c>
       <c r="N174" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O174" t="s">
-        <v>2148</v>
+        <v>1146</v>
       </c>
       <c r="P174" t="s">
-        <v>2149</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B175" t="s">
-        <v>2150</v>
+        <v>2216</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>2151</v>
+        <v>2210</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>2152</v>
+        <v>2217</v>
       </c>
       <c r="H175" t="s">
-        <v>2153</v>
+        <v>2218</v>
       </c>
       <c r="I175" t="s">
-        <v>2154</v>
+        <v>2219</v>
       </c>
       <c r="J175" t="s">
-        <v>2155</v>
+        <v>1179</v>
       </c>
       <c r="K175" t="s">
-        <v>2156</v>
+        <v>1180</v>
       </c>
       <c r="L175" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M175" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N175" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O175" t="s">
-        <v>1642</v>
+        <v>1138</v>
       </c>
       <c r="P175" t="s">
-        <v>2157</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B176" t="s">
-        <v>2158</v>
+        <v>2221</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>2159</v>
+        <v>2210</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>2160</v>
+        <v>2222</v>
       </c>
       <c r="H176" t="s">
-        <v>2161</v>
+        <v>2223</v>
       </c>
       <c r="I176" t="s">
-        <v>2162</v>
+        <v>2099</v>
       </c>
       <c r="J176" t="s">
-        <v>1145</v>
+        <v>20</v>
       </c>
       <c r="K176" t="s">
-        <v>98</v>
+        <v>965</v>
       </c>
       <c r="L176" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M176" t="s">
-        <v>1146</v>
+        <v>1136</v>
       </c>
       <c r="N176" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O176" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
       <c r="P176" t="s">
-        <v>2163</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B177" t="s">
-        <v>2164</v>
+        <v>2225</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>2165</v>
+        <v>2226</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>2166</v>
+        <v>2227</v>
       </c>
       <c r="H177" t="s">
-        <v>2167</v>
+        <v>2228</v>
       </c>
       <c r="I177" t="s">
-        <v>2168</v>
+        <v>2229</v>
       </c>
       <c r="J177" t="s">
-        <v>2169</v>
+        <v>1750</v>
       </c>
       <c r="K177" t="s">
-        <v>49</v>
+        <v>1723</v>
       </c>
       <c r="L177" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M177" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N177" t="s">
-        <v>1157</v>
+        <v>2030</v>
       </c>
       <c r="O177" t="s">
-        <v>1163</v>
+        <v>2230</v>
       </c>
       <c r="P177" t="s">
-        <v>2170</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B178" t="s">
-        <v>2171</v>
+        <v>2232</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>2165</v>
+        <v>2226</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>2172</v>
+        <v>2233</v>
       </c>
       <c r="H178" t="s">
-        <v>2173</v>
+        <v>2234</v>
       </c>
       <c r="I178" t="s">
-        <v>2174</v>
+        <v>2235</v>
       </c>
       <c r="J178" t="s">
-        <v>1872</v>
+        <v>1416</v>
       </c>
       <c r="K178" t="s">
-        <v>1323</v>
+        <v>30</v>
       </c>
       <c r="L178" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M178" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N178" t="s">
-        <v>2175</v>
+        <v>1296</v>
       </c>
       <c r="O178" t="s">
-        <v>2176</v>
+        <v>1918</v>
       </c>
       <c r="P178" t="s">
-        <v>2177</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B179" t="s">
-        <v>2178</v>
+        <v>2237</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>2179</v>
+        <v>2226</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>2180</v>
+        <v>2238</v>
       </c>
       <c r="H179" t="s">
-        <v>2181</v>
+        <v>2239</v>
       </c>
       <c r="I179" t="s">
-        <v>2182</v>
+        <v>2201</v>
       </c>
       <c r="J179" t="s">
-        <v>2183</v>
+        <v>1237</v>
       </c>
       <c r="K179" t="s">
-        <v>762</v>
+        <v>30</v>
       </c>
       <c r="L179" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M179" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N179" t="s">
-        <v>1085</v>
+        <v>1296</v>
       </c>
       <c r="O179" t="s">
-        <v>1171</v>
+        <v>1297</v>
       </c>
       <c r="P179" t="s">
-        <v>2184</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B180" t="s">
-        <v>2185</v>
+        <v>2241</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>2179</v>
+        <v>2242</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>2186</v>
+        <v>2243</v>
       </c>
       <c r="H180" t="s">
-        <v>2187</v>
+        <v>2244</v>
       </c>
       <c r="I180" t="s">
-        <v>2188</v>
+        <v>2245</v>
       </c>
       <c r="J180" t="s">
-        <v>1896</v>
+        <v>2246</v>
       </c>
       <c r="K180" t="s">
-        <v>1897</v>
+        <v>2247</v>
       </c>
       <c r="L180" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M180" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N180" t="s">
-        <v>1085</v>
+        <v>1163</v>
       </c>
       <c r="O180" t="s">
-        <v>1171</v>
+        <v>1238</v>
       </c>
       <c r="P180" t="s">
-        <v>2189</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B181" t="s">
-        <v>2190</v>
+        <v>2249</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>2179</v>
+        <v>2250</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>2191</v>
+        <v>2251</v>
       </c>
       <c r="H181" t="s">
-        <v>2192</v>
+        <v>2252</v>
       </c>
       <c r="I181" t="s">
-        <v>2193</v>
+        <v>2253</v>
       </c>
       <c r="J181" t="s">
-        <v>2183</v>
+        <v>1416</v>
       </c>
       <c r="K181" t="s">
-        <v>762</v>
+        <v>30</v>
       </c>
       <c r="L181" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M181" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N181" t="s">
-        <v>1157</v>
+        <v>1172</v>
       </c>
       <c r="O181" t="s">
-        <v>1163</v>
+        <v>1194</v>
       </c>
       <c r="P181" t="s">
-        <v>2194</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B182" t="s">
-        <v>2195</v>
+        <v>2255</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>2196</v>
+        <v>2250</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>2197</v>
+        <v>2256</v>
       </c>
       <c r="H182" t="s">
-        <v>2198</v>
+        <v>2257</v>
       </c>
       <c r="I182" t="s">
-        <v>1980</v>
+        <v>2253</v>
       </c>
       <c r="J182" t="s">
-        <v>1981</v>
+        <v>1416</v>
       </c>
       <c r="K182" t="s">
-        <v>1982</v>
+        <v>30</v>
       </c>
       <c r="L182" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M182" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N182" t="s">
-        <v>1157</v>
+        <v>1172</v>
       </c>
       <c r="O182" t="s">
-        <v>1163</v>
+        <v>1194</v>
       </c>
       <c r="P182" t="s">
-        <v>2199</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B183" t="s">
-        <v>2200</v>
+        <v>2259</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
+        <v>2250</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I183" t="s">
         <v>2201</v>
       </c>
-      <c r="F183" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J183" t="s">
-        <v>2205</v>
+        <v>1237</v>
       </c>
       <c r="K183" t="s">
-        <v>2206</v>
+        <v>30</v>
       </c>
       <c r="L183" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M183" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N183" t="s">
-        <v>1085</v>
+        <v>1172</v>
       </c>
       <c r="O183" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="P183" t="s">
-        <v>2207</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B184" t="s">
-        <v>2208</v>
+        <v>2263</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>2209</v>
+        <v>2264</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>2210</v>
+        <v>2265</v>
       </c>
       <c r="H184" t="s">
-        <v>2211</v>
+        <v>2266</v>
       </c>
       <c r="I184" t="s">
-        <v>1714</v>
+        <v>2267</v>
       </c>
       <c r="J184" t="s">
-        <v>20</v>
+        <v>2268</v>
       </c>
       <c r="K184" t="s">
-        <v>915</v>
+        <v>2269</v>
       </c>
       <c r="L184" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M184" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N184" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O184" t="s">
-        <v>1655</v>
+        <v>1138</v>
       </c>
       <c r="P184" t="s">
-        <v>2212</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B185" t="s">
-        <v>2213</v>
+        <v>2271</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>2209</v>
+        <v>2264</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>2214</v>
+        <v>2272</v>
       </c>
       <c r="H185" t="s">
-        <v>2215</v>
+        <v>2273</v>
       </c>
       <c r="I185" t="s">
-        <v>1714</v>
+        <v>2274</v>
       </c>
       <c r="J185" t="s">
         <v>20</v>
       </c>
       <c r="K185" t="s">
-        <v>915</v>
+        <v>30</v>
       </c>
       <c r="L185" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M185" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N185" t="s">
-        <v>1095</v>
+        <v>1296</v>
       </c>
       <c r="O185" t="s">
-        <v>1102</v>
+        <v>1633</v>
       </c>
       <c r="P185" t="s">
-        <v>2216</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B186" t="s">
-        <v>2217</v>
+        <v>2276</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>2209</v>
+        <v>2277</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>2218</v>
+        <v>2278</v>
       </c>
       <c r="H186" t="s">
-        <v>2219</v>
+        <v>2279</v>
       </c>
       <c r="I186" t="s">
-        <v>1714</v>
+        <v>2280</v>
       </c>
       <c r="J186" t="s">
-        <v>20</v>
+        <v>1280</v>
       </c>
       <c r="K186" t="s">
-        <v>915</v>
+        <v>47</v>
       </c>
       <c r="L186" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M186" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N186" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O186" t="s">
-        <v>1229</v>
+        <v>1138</v>
       </c>
       <c r="P186" t="s">
-        <v>2220</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B187" t="s">
-        <v>2221</v>
+        <v>2282</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>2209</v>
+        <v>2283</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>2222</v>
+        <v>2284</v>
       </c>
       <c r="H187" t="s">
-        <v>2223</v>
+        <v>2285</v>
       </c>
       <c r="I187" t="s">
-        <v>2224</v>
+        <v>2286</v>
       </c>
       <c r="J187" t="s">
-        <v>20</v>
+        <v>1528</v>
       </c>
       <c r="K187" t="s">
-        <v>915</v>
+        <v>1529</v>
       </c>
       <c r="L187" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M187" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N187" t="s">
-        <v>1202</v>
+        <v>1296</v>
       </c>
       <c r="O187" t="s">
-        <v>1203</v>
+        <v>1633</v>
       </c>
       <c r="P187" t="s">
-        <v>2225</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B188" t="s">
-        <v>2226</v>
+        <v>1830</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>2227</v>
+        <v>2288</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>2228</v>
+        <v>2289</v>
       </c>
       <c r="H188" t="s">
-        <v>2229</v>
+        <v>2290</v>
       </c>
       <c r="I188" t="s">
-        <v>1513</v>
+        <v>1539</v>
       </c>
       <c r="J188" t="s">
         <v>20</v>
       </c>
       <c r="K188" t="s">
-        <v>1514</v>
+        <v>1540</v>
       </c>
       <c r="L188" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M188" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N188" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O188" t="s">
-        <v>2230</v>
+        <v>1138</v>
       </c>
       <c r="P188" t="s">
-        <v>2231</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B189" t="s">
-        <v>2232</v>
+        <v>2292</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>2233</v>
+        <v>2288</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>2234</v>
+        <v>2293</v>
       </c>
       <c r="H189" t="s">
-        <v>2235</v>
+        <v>2294</v>
       </c>
       <c r="I189" t="s">
-        <v>2236</v>
+        <v>2295</v>
       </c>
       <c r="J189" t="s">
-        <v>1122</v>
+        <v>1416</v>
       </c>
       <c r="K189" t="s">
-        <v>1123</v>
+        <v>30</v>
       </c>
       <c r="L189" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M189" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N189" t="s">
-        <v>1202</v>
+        <v>1137</v>
       </c>
       <c r="O189" t="s">
-        <v>1229</v>
+        <v>1138</v>
       </c>
       <c r="P189" t="s">
-        <v>2237</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B190" t="s">
-        <v>2238</v>
+        <v>2297</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>2233</v>
+        <v>2288</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>2239</v>
+        <v>2298</v>
       </c>
       <c r="H190" t="s">
-        <v>2240</v>
+        <v>2299</v>
       </c>
       <c r="I190" t="s">
-        <v>2241</v>
+        <v>2300</v>
       </c>
       <c r="J190" t="s">
-        <v>1186</v>
+        <v>1280</v>
       </c>
       <c r="K190" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L190" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M190" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N190" t="s">
-        <v>1095</v>
+        <v>1137</v>
       </c>
       <c r="O190" t="s">
-        <v>1096</v>
+        <v>1138</v>
       </c>
       <c r="P190" t="s">
-        <v>2242</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B191" t="s">
-        <v>2243</v>
+        <v>2302</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>2244</v>
+        <v>2288</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>2245</v>
+        <v>2303</v>
       </c>
       <c r="H191" t="s">
-        <v>2246</v>
+        <v>2304</v>
       </c>
       <c r="I191" t="s">
-        <v>2247</v>
+        <v>2305</v>
       </c>
       <c r="J191" t="s">
-        <v>1186</v>
+        <v>2306</v>
       </c>
       <c r="K191" t="s">
-        <v>49</v>
+        <v>1446</v>
       </c>
       <c r="L191" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M191" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="N191" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="O191" t="s">
-        <v>1148</v>
+        <v>1138</v>
       </c>
       <c r="P191" t="s">
-        <v>2248</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1076</v>
+        <v>1127</v>
       </c>
       <c r="B192" t="s">
-        <v>2249</v>
+        <v>2308</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>2250</v>
+        <v>2288</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>2251</v>
+        <v>2309</v>
       </c>
       <c r="H192" t="s">
-        <v>2252</v>
+        <v>2310</v>
       </c>
       <c r="I192" t="s">
-        <v>2253</v>
+        <v>2311</v>
       </c>
       <c r="J192" t="s">
-        <v>1648</v>
+        <v>2312</v>
       </c>
       <c r="K192" t="s">
         <v>30</v>
       </c>
       <c r="L192" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="M192" t="s">
-        <v>1084</v>
+        <v>1162</v>
       </c>
       <c r="N192" t="s">
-        <v>1157</v>
+        <v>2030</v>
       </c>
       <c r="O192" t="s">
+        <v>2230</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C193" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2315</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2317</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2318</v>
+      </c>
+      <c r="J193" t="s">
+        <v>20</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2319</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N193" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C194" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2315</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2323</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2324</v>
+      </c>
+      <c r="J194" t="s">
+        <v>20</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2325</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N194" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1642</v>
+      </c>
+      <c r="P194" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C195" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" t="s">
+        <v>20</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2315</v>
+      </c>
+      <c r="F195" t="s">
+        <v>20</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2328</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2329</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2324</v>
+      </c>
+      <c r="J195" t="s">
+        <v>20</v>
+      </c>
+      <c r="K195" t="s">
+        <v>2325</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N195" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1633</v>
+      </c>
+      <c r="P195" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C196" t="s">
+        <v>20</v>
+      </c>
+      <c r="D196" t="s">
+        <v>20</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2332</v>
+      </c>
+      <c r="F196" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I196" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J196" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K196" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N196" t="s">
         <v>1163</v>
       </c>
-      <c r="P192" t="s">
-        <v>2254</v>
+      <c r="O196" t="s">
+        <v>1466</v>
+      </c>
+      <c r="P196" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C197" t="s">
+        <v>20</v>
+      </c>
+      <c r="D197" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F197" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2343</v>
+      </c>
+      <c r="J197" t="s">
+        <v>20</v>
+      </c>
+      <c r="K197" t="s">
+        <v>2344</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N197" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P197" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>20</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F198" t="s">
+        <v>20</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I198" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J198" t="s">
+        <v>20</v>
+      </c>
+      <c r="K198" t="s">
+        <v>965</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N198" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P198" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F199" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2354</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2355</v>
+      </c>
+      <c r="K199" t="s">
+        <v>965</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N199" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P199" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C200" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" t="s">
+        <v>20</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F200" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I200" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J200" t="s">
+        <v>20</v>
+      </c>
+      <c r="K200" t="s">
+        <v>965</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N200" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C201" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" t="s">
+        <v>20</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2362</v>
+      </c>
+      <c r="F201" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2364</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2365</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2366</v>
+      </c>
+      <c r="K201" t="s">
+        <v>2367</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N201" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P201" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C202" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F202" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2373</v>
+      </c>
+      <c r="J202" t="s">
+        <v>2355</v>
+      </c>
+      <c r="K202" t="s">
+        <v>965</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N202" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C203" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F203" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2376</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2377</v>
+      </c>
+      <c r="I203" t="s">
+        <v>1770</v>
+      </c>
+      <c r="J203" t="s">
+        <v>20</v>
+      </c>
+      <c r="K203" t="s">
+        <v>1771</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N203" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P203" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C204" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2380</v>
+      </c>
+      <c r="F204" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2381</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2382</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2383</v>
+      </c>
+      <c r="J204" t="s">
+        <v>2189</v>
+      </c>
+      <c r="K204" t="s">
+        <v>2190</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N204" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2380</v>
+      </c>
+      <c r="F205" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2387</v>
+      </c>
+      <c r="I205" t="s">
+        <v>2388</v>
+      </c>
+      <c r="J205" t="s">
+        <v>2189</v>
+      </c>
+      <c r="K205" t="s">
+        <v>2190</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N205" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P205" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C206" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" t="s">
+        <v>2380</v>
+      </c>
+      <c r="F206" t="s">
+        <v>20</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2391</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2392</v>
+      </c>
+      <c r="I206" t="s">
+        <v>2393</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K206" t="s">
+        <v>47</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1778</v>
+      </c>
+      <c r="N206" t="s">
+        <v>2059</v>
+      </c>
+      <c r="O206" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P206" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C207" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F207" t="s">
+        <v>20</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2397</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2398</v>
+      </c>
+      <c r="I207" t="s">
+        <v>2399</v>
+      </c>
+      <c r="J207" t="s">
+        <v>2400</v>
+      </c>
+      <c r="K207" t="s">
+        <v>2401</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N207" t="s">
+        <v>1163</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P207" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B208" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>20</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F208" t="s">
+        <v>20</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I208" t="s">
+        <v>2406</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N208" t="s">
+        <v>1163</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P208" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C209" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" t="s">
+        <v>20</v>
+      </c>
+      <c r="E209" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F209" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2409</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2410</v>
+      </c>
+      <c r="I209" t="s">
+        <v>2411</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N209" t="s">
+        <v>1163</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P209" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B210" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C210" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" t="s">
+        <v>20</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F210" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I210" t="s">
+        <v>2416</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N210" t="s">
+        <v>1163</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1372</v>
+      </c>
+      <c r="P210" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C211" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" t="s">
+        <v>20</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F211" t="s">
+        <v>20</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2420</v>
+      </c>
+      <c r="I211" t="s">
+        <v>2421</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1481</v>
+      </c>
+      <c r="K211" t="s">
+        <v>47</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1778</v>
+      </c>
+      <c r="N211" t="s">
+        <v>2030</v>
+      </c>
+      <c r="O211" t="s">
+        <v>2230</v>
+      </c>
+      <c r="P211" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C212" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" t="s">
+        <v>20</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2424</v>
+      </c>
+      <c r="F212" t="s">
+        <v>20</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2426</v>
+      </c>
+      <c r="I212" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1416</v>
+      </c>
+      <c r="K212" t="s">
+        <v>30</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N212" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P212" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C213" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" t="s">
+        <v>20</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F213" t="s">
+        <v>20</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2432</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J213" t="s">
+        <v>2132</v>
+      </c>
+      <c r="K213" t="s">
+        <v>1591</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N213" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1365</v>
+      </c>
+      <c r="P213" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C214" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" t="s">
+        <v>20</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F214" t="s">
+        <v>20</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2438</v>
+      </c>
+      <c r="I214" t="s">
+        <v>2439</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K214" t="s">
+        <v>30</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N214" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1642</v>
+      </c>
+      <c r="P214" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F215" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2442</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2443</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2444</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K215" t="s">
+        <v>30</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N215" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1628</v>
+      </c>
+      <c r="P215" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B216" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F216" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2448</v>
+      </c>
+      <c r="I216" t="s">
+        <v>2449</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K216" t="s">
+        <v>47</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1778</v>
+      </c>
+      <c r="N216" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P216" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2454</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J217" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K217" t="s">
+        <v>2457</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N217" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O217" t="s">
+        <v>2458</v>
+      </c>
+      <c r="P217" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C218" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2460</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J218" t="s">
+        <v>20</v>
+      </c>
+      <c r="K218" t="s">
+        <v>2464</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N218" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P218" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B219" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C219" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2469</v>
+      </c>
+      <c r="I219" t="s">
+        <v>2470</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1750</v>
+      </c>
+      <c r="K219" t="s">
+        <v>1723</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N219" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1845</v>
+      </c>
+      <c r="P219" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B220" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" t="s">
+        <v>20</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F220" t="s">
+        <v>20</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I220" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J220" t="s">
+        <v>2476</v>
+      </c>
+      <c r="K220" t="s">
+        <v>30</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N220" t="s">
+        <v>1163</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P220" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B221" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C221" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F221" t="s">
+        <v>20</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2480</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2481</v>
+      </c>
+      <c r="J221" t="s">
+        <v>2482</v>
+      </c>
+      <c r="K221" t="s">
+        <v>2483</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N221" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P221" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B222" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" t="s">
+        <v>20</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F222" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H222" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2489</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K222" t="s">
+        <v>30</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N222" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P222" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B223" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" t="s">
+        <v>20</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F223" t="s">
+        <v>20</v>
+      </c>
+      <c r="G223" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H223" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2489</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K223" t="s">
+        <v>30</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N223" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1365</v>
+      </c>
+      <c r="P223" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B224" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
+        <v>20</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F224" t="s">
+        <v>20</v>
+      </c>
+      <c r="G224" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H224" t="s">
+        <v>2497</v>
+      </c>
+      <c r="I224" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1416</v>
+      </c>
+      <c r="K224" t="s">
+        <v>30</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N224" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1642</v>
+      </c>
+      <c r="P224" t="s">
+        <v>2499</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B225" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" t="s">
+        <v>20</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F225" t="s">
+        <v>20</v>
+      </c>
+      <c r="G225" t="s">
+        <v>2501</v>
+      </c>
+      <c r="H225" t="s">
+        <v>2502</v>
+      </c>
+      <c r="I225" t="s">
+        <v>2318</v>
+      </c>
+      <c r="J225" t="s">
+        <v>20</v>
+      </c>
+      <c r="K225" t="s">
+        <v>2319</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N225" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P225" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B226" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>20</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F226" t="s">
+        <v>20</v>
+      </c>
+      <c r="G226" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H226" t="s">
+        <v>2506</v>
+      </c>
+      <c r="I226" t="s">
+        <v>1273</v>
+      </c>
+      <c r="J226" t="s">
+        <v>20</v>
+      </c>
+      <c r="K226" t="s">
+        <v>1274</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N226" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P226" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B227" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
+        <v>20</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2509</v>
+      </c>
+      <c r="F227" t="s">
+        <v>20</v>
+      </c>
+      <c r="G227" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H227" t="s">
+        <v>2511</v>
+      </c>
+      <c r="I227" t="s">
+        <v>2512</v>
+      </c>
+      <c r="J227" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K227" t="s">
+        <v>753</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N227" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P227" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B228" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" t="s">
+        <v>20</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F228" t="s">
+        <v>20</v>
+      </c>
+      <c r="G228" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H228" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I228" t="s">
+        <v>2518</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K228" t="s">
+        <v>753</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N228" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P228" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B229" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>20</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F229" t="s">
+        <v>20</v>
+      </c>
+      <c r="G229" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H229" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I229" t="s">
+        <v>1273</v>
+      </c>
+      <c r="J229" t="s">
+        <v>20</v>
+      </c>
+      <c r="K229" t="s">
+        <v>1274</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N229" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P229" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B230" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" t="s">
+        <v>20</v>
+      </c>
+      <c r="E230" t="s">
+        <v>2526</v>
+      </c>
+      <c r="F230" t="s">
+        <v>20</v>
+      </c>
+      <c r="G230" t="s">
+        <v>2527</v>
+      </c>
+      <c r="H230" t="s">
+        <v>2528</v>
+      </c>
+      <c r="I230" t="s">
+        <v>2529</v>
+      </c>
+      <c r="J230" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K230" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N230" t="s">
+        <v>2059</v>
+      </c>
+      <c r="O230" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P230" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B231" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C231" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" t="s">
+        <v>20</v>
+      </c>
+      <c r="E231" t="s">
+        <v>2532</v>
+      </c>
+      <c r="F231" t="s">
+        <v>20</v>
+      </c>
+      <c r="G231" t="s">
+        <v>2533</v>
+      </c>
+      <c r="H231" t="s">
+        <v>2534</v>
+      </c>
+      <c r="I231" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J231" t="s">
+        <v>20</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N231" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P231" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B232" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C232" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" t="s">
+        <v>20</v>
+      </c>
+      <c r="E232" t="s">
+        <v>2532</v>
+      </c>
+      <c r="F232" t="s">
+        <v>20</v>
+      </c>
+      <c r="G232" t="s">
+        <v>2537</v>
+      </c>
+      <c r="H232" t="s">
+        <v>2538</v>
+      </c>
+      <c r="I232" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J232" t="s">
+        <v>20</v>
+      </c>
+      <c r="K232" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N232" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P232" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B233" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C233" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" t="s">
+        <v>20</v>
+      </c>
+      <c r="E233" t="s">
+        <v>2541</v>
+      </c>
+      <c r="F233" t="s">
+        <v>20</v>
+      </c>
+      <c r="G233" t="s">
+        <v>2542</v>
+      </c>
+      <c r="H233" t="s">
+        <v>2543</v>
+      </c>
+      <c r="I233" t="s">
+        <v>2544</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K233" t="s">
+        <v>47</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N233" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P233" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B234" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C234" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" t="s">
+        <v>2541</v>
+      </c>
+      <c r="F234" t="s">
+        <v>20</v>
+      </c>
+      <c r="G234" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H234" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I234" t="s">
+        <v>2549</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K234" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N234" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P234" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B235" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C235" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" t="s">
+        <v>2552</v>
+      </c>
+      <c r="F235" t="s">
+        <v>20</v>
+      </c>
+      <c r="G235" t="s">
+        <v>2553</v>
+      </c>
+      <c r="H235" t="s">
+        <v>2554</v>
+      </c>
+      <c r="I235" t="s">
+        <v>2555</v>
+      </c>
+      <c r="J235" t="s">
+        <v>2556</v>
+      </c>
+      <c r="K235" t="s">
+        <v>2557</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N235" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P235" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B236" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C236" t="s">
+        <v>20</v>
+      </c>
+      <c r="D236" t="s">
+        <v>20</v>
+      </c>
+      <c r="E236" t="s">
+        <v>2552</v>
+      </c>
+      <c r="F236" t="s">
+        <v>20</v>
+      </c>
+      <c r="G236" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H236" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I236" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J236" t="s">
+        <v>20</v>
+      </c>
+      <c r="K236" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N236" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O236" t="s">
+        <v>2562</v>
+      </c>
+      <c r="P236" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B237" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C237" t="s">
+        <v>20</v>
+      </c>
+      <c r="D237" t="s">
+        <v>20</v>
+      </c>
+      <c r="E237" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F237" t="s">
+        <v>20</v>
+      </c>
+      <c r="G237" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H237" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I237" t="s">
+        <v>2568</v>
+      </c>
+      <c r="J237" t="s">
+        <v>2569</v>
+      </c>
+      <c r="K237" t="s">
+        <v>2570</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N237" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1365</v>
+      </c>
+      <c r="P237" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B238" t="s">
+        <v>2572</v>
+      </c>
+      <c r="C238" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" t="s">
+        <v>20</v>
+      </c>
+      <c r="E238" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F238" t="s">
+        <v>20</v>
+      </c>
+      <c r="G238" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H238" t="s">
+        <v>2575</v>
+      </c>
+      <c r="I238" t="s">
+        <v>2576</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1423</v>
+      </c>
+      <c r="K238" t="s">
+        <v>1424</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N238" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P238" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B239" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C239" t="s">
+        <v>20</v>
+      </c>
+      <c r="D239" t="s">
+        <v>20</v>
+      </c>
+      <c r="E239" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F239" t="s">
+        <v>20</v>
+      </c>
+      <c r="G239" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H239" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I239" t="s">
+        <v>2582</v>
+      </c>
+      <c r="J239" t="s">
+        <v>2583</v>
+      </c>
+      <c r="K239" t="s">
+        <v>2584</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N239" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P239" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B240" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C240" t="s">
+        <v>20</v>
+      </c>
+      <c r="D240" t="s">
+        <v>20</v>
+      </c>
+      <c r="E240" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F240" t="s">
+        <v>20</v>
+      </c>
+      <c r="G240" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H240" t="s">
+        <v>2588</v>
+      </c>
+      <c r="I240" t="s">
+        <v>2589</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1860</v>
+      </c>
+      <c r="K240" t="s">
+        <v>1861</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N240" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P240" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B241" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C241" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" t="s">
+        <v>20</v>
+      </c>
+      <c r="E241" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F241" t="s">
+        <v>20</v>
+      </c>
+      <c r="G241" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H241" t="s">
+        <v>2594</v>
+      </c>
+      <c r="I241" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J241" t="s">
+        <v>2596</v>
+      </c>
+      <c r="K241" t="s">
+        <v>2597</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N241" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P241" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B242" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C242" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" t="s">
+        <v>20</v>
+      </c>
+      <c r="E242" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F242" t="s">
+        <v>20</v>
+      </c>
+      <c r="G242" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H242" t="s">
+        <v>2602</v>
+      </c>
+      <c r="I242" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J242" t="s">
+        <v>20</v>
+      </c>
+      <c r="K242" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N242" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P242" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B243" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C243" t="s">
+        <v>20</v>
+      </c>
+      <c r="D243" t="s">
+        <v>20</v>
+      </c>
+      <c r="E243" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F243" t="s">
+        <v>20</v>
+      </c>
+      <c r="G243" t="s">
+        <v>2605</v>
+      </c>
+      <c r="H243" t="s">
+        <v>2606</v>
+      </c>
+      <c r="I243" t="s">
+        <v>2607</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1423</v>
+      </c>
+      <c r="K243" t="s">
+        <v>1424</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N243" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1628</v>
+      </c>
+      <c r="P243" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B244" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C244" t="s">
+        <v>20</v>
+      </c>
+      <c r="D244" t="s">
+        <v>20</v>
+      </c>
+      <c r="E244" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F244" t="s">
+        <v>20</v>
+      </c>
+      <c r="G244" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H244" t="s">
+        <v>2611</v>
+      </c>
+      <c r="I244" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J244" t="s">
+        <v>2596</v>
+      </c>
+      <c r="K244" t="s">
+        <v>2597</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N244" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P244" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B245" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C245" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" t="s">
+        <v>20</v>
+      </c>
+      <c r="E245" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F245" t="s">
+        <v>20</v>
+      </c>
+      <c r="G245" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H245" t="s">
+        <v>2616</v>
+      </c>
+      <c r="I245" t="s">
+        <v>2617</v>
+      </c>
+      <c r="J245" t="s">
+        <v>2463</v>
+      </c>
+      <c r="K245" t="s">
+        <v>2464</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N245" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1642</v>
+      </c>
+      <c r="P245" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B246" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C246" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" t="s">
+        <v>20</v>
+      </c>
+      <c r="E246" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F246" t="s">
+        <v>20</v>
+      </c>
+      <c r="G246" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H246" t="s">
+        <v>2622</v>
+      </c>
+      <c r="I246" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J246" t="s">
+        <v>2596</v>
+      </c>
+      <c r="K246" t="s">
+        <v>2597</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N246" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1358</v>
+      </c>
+      <c r="P246" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B247" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C247" t="s">
+        <v>20</v>
+      </c>
+      <c r="D247" t="s">
+        <v>20</v>
+      </c>
+      <c r="E247" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F247" t="s">
+        <v>20</v>
+      </c>
+      <c r="G247" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H247" t="s">
+        <v>2627</v>
+      </c>
+      <c r="I247" t="s">
+        <v>2628</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K247" t="s">
+        <v>30</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1778</v>
+      </c>
+      <c r="N247" t="s">
+        <v>2059</v>
+      </c>
+      <c r="O247" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P247" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B248" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C248" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" t="s">
+        <v>20</v>
+      </c>
+      <c r="E248" t="s">
+        <v>2631</v>
+      </c>
+      <c r="F248" t="s">
+        <v>20</v>
+      </c>
+      <c r="G248" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H248" t="s">
+        <v>2633</v>
+      </c>
+      <c r="I248" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J248" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K248" t="s">
+        <v>30</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N248" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1365</v>
+      </c>
+      <c r="P248" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B249" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C249" t="s">
+        <v>20</v>
+      </c>
+      <c r="D249" t="s">
+        <v>20</v>
+      </c>
+      <c r="E249" t="s">
+        <v>2631</v>
+      </c>
+      <c r="F249" t="s">
+        <v>20</v>
+      </c>
+      <c r="G249" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H249" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I249" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1416</v>
+      </c>
+      <c r="K249" t="s">
+        <v>30</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N249" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1628</v>
+      </c>
+      <c r="P249" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B250" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C250" t="s">
+        <v>20</v>
+      </c>
+      <c r="D250" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250" t="s">
+        <v>2640</v>
+      </c>
+      <c r="F250" t="s">
+        <v>20</v>
+      </c>
+      <c r="G250" t="s">
+        <v>2641</v>
+      </c>
+      <c r="H250" t="s">
+        <v>2642</v>
+      </c>
+      <c r="I250" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K250" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1778</v>
+      </c>
+      <c r="N250" t="s">
+        <v>2059</v>
+      </c>
+      <c r="O250" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P250" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B251" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C251" t="s">
+        <v>20</v>
+      </c>
+      <c r="D251" t="s">
+        <v>20</v>
+      </c>
+      <c r="E251" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F251" t="s">
+        <v>20</v>
+      </c>
+      <c r="G251" t="s">
+        <v>2647</v>
+      </c>
+      <c r="H251" t="s">
+        <v>2648</v>
+      </c>
+      <c r="I251" t="s">
+        <v>2649</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K251" t="s">
+        <v>1540</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N251" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1358</v>
+      </c>
+      <c r="P251" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B252" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C252" t="s">
+        <v>20</v>
+      </c>
+      <c r="D252" t="s">
+        <v>20</v>
+      </c>
+      <c r="E252" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F252" t="s">
+        <v>20</v>
+      </c>
+      <c r="G252" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H252" t="s">
+        <v>2653</v>
+      </c>
+      <c r="I252" t="s">
+        <v>2654</v>
+      </c>
+      <c r="J252" t="s">
+        <v>2655</v>
+      </c>
+      <c r="K252" t="s">
+        <v>2656</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N252" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1546</v>
+      </c>
+      <c r="P252" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B253" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C253" t="s">
+        <v>20</v>
+      </c>
+      <c r="D253" t="s">
+        <v>20</v>
+      </c>
+      <c r="E253" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F253" t="s">
+        <v>20</v>
+      </c>
+      <c r="G253" t="s">
+        <v>2659</v>
+      </c>
+      <c r="H253" t="s">
+        <v>2660</v>
+      </c>
+      <c r="I253" t="s">
+        <v>2654</v>
+      </c>
+      <c r="J253" t="s">
+        <v>2655</v>
+      </c>
+      <c r="K253" t="s">
+        <v>2656</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N253" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P253" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B254" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C254" t="s">
+        <v>20</v>
+      </c>
+      <c r="D254" t="s">
+        <v>20</v>
+      </c>
+      <c r="E254" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F254" t="s">
+        <v>20</v>
+      </c>
+      <c r="G254" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H254" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I254" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J254" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K254" t="s">
+        <v>47</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N254" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P254" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B255" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C255" t="s">
+        <v>20</v>
+      </c>
+      <c r="D255" t="s">
+        <v>20</v>
+      </c>
+      <c r="E255" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F255" t="s">
+        <v>20</v>
+      </c>
+      <c r="G255" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H255" t="s">
+        <v>2671</v>
+      </c>
+      <c r="I255" t="s">
+        <v>2672</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1579</v>
+      </c>
+      <c r="K255" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M255" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N255" t="s">
+        <v>2673</v>
+      </c>
+      <c r="O255" t="s">
+        <v>2674</v>
+      </c>
+      <c r="P255" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B256" t="s">
+        <v>2676</v>
+      </c>
+      <c r="C256" t="s">
+        <v>20</v>
+      </c>
+      <c r="D256" t="s">
+        <v>20</v>
+      </c>
+      <c r="E256" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F256" t="s">
+        <v>20</v>
+      </c>
+      <c r="G256" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H256" t="s">
+        <v>2679</v>
+      </c>
+      <c r="I256" t="s">
+        <v>2680</v>
+      </c>
+      <c r="J256" t="s">
+        <v>2681</v>
+      </c>
+      <c r="K256" t="s">
+        <v>813</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N256" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P256" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B257" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C257" t="s">
+        <v>20</v>
+      </c>
+      <c r="D257" t="s">
+        <v>20</v>
+      </c>
+      <c r="E257" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F257" t="s">
+        <v>20</v>
+      </c>
+      <c r="G257" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H257" t="s">
+        <v>2685</v>
+      </c>
+      <c r="I257" t="s">
+        <v>2686</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1160</v>
+      </c>
+      <c r="K257" t="s">
+        <v>1161</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M257" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N257" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P257" t="s">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B258" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C258" t="s">
+        <v>20</v>
+      </c>
+      <c r="D258" t="s">
+        <v>20</v>
+      </c>
+      <c r="E258" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F258" t="s">
+        <v>20</v>
+      </c>
+      <c r="G258" t="s">
+        <v>2689</v>
+      </c>
+      <c r="H258" t="s">
+        <v>2690</v>
+      </c>
+      <c r="I258" t="s">
+        <v>2691</v>
+      </c>
+      <c r="J258" t="s">
+        <v>2681</v>
+      </c>
+      <c r="K258" t="s">
+        <v>813</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N258" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P258" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B259" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C259" t="s">
+        <v>20</v>
+      </c>
+      <c r="D259" t="s">
+        <v>20</v>
+      </c>
+      <c r="E259" t="s">
+        <v>2694</v>
+      </c>
+      <c r="F259" t="s">
+        <v>20</v>
+      </c>
+      <c r="G259" t="s">
+        <v>2695</v>
+      </c>
+      <c r="H259" t="s">
+        <v>2696</v>
+      </c>
+      <c r="I259" t="s">
+        <v>2697</v>
+      </c>
+      <c r="J259" t="s">
+        <v>2698</v>
+      </c>
+      <c r="K259" t="s">
+        <v>2699</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N259" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P259" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B260" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C260" t="s">
+        <v>20</v>
+      </c>
+      <c r="D260" t="s">
+        <v>20</v>
+      </c>
+      <c r="E260" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F260" t="s">
+        <v>20</v>
+      </c>
+      <c r="G260" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H260" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I260" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J260" t="s">
+        <v>20</v>
+      </c>
+      <c r="K260" t="s">
+        <v>2706</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N260" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P260" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B261" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C261" t="s">
+        <v>20</v>
+      </c>
+      <c r="D261" t="s">
+        <v>20</v>
+      </c>
+      <c r="E261" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F261" t="s">
+        <v>20</v>
+      </c>
+      <c r="G261" t="s">
+        <v>2710</v>
+      </c>
+      <c r="H261" t="s">
+        <v>2711</v>
+      </c>
+      <c r="I261" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J261" t="s">
+        <v>20</v>
+      </c>
+      <c r="K261" t="s">
+        <v>1424</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N261" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P261" t="s">
+        <v>2712</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B262" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C262" t="s">
+        <v>20</v>
+      </c>
+      <c r="D262" t="s">
+        <v>20</v>
+      </c>
+      <c r="E262" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F262" t="s">
+        <v>20</v>
+      </c>
+      <c r="G262" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H262" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I262" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J262" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K262" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N262" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P262" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B263" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C263" t="s">
+        <v>20</v>
+      </c>
+      <c r="D263" t="s">
+        <v>20</v>
+      </c>
+      <c r="E263" t="s">
+        <v>2719</v>
+      </c>
+      <c r="F263" t="s">
+        <v>20</v>
+      </c>
+      <c r="G263" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H263" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I263" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J263" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K263" t="s">
+        <v>2457</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N263" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O263" t="s">
+        <v>2458</v>
+      </c>
+      <c r="P263" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B264" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C264" t="s">
+        <v>20</v>
+      </c>
+      <c r="D264" t="s">
+        <v>20</v>
+      </c>
+      <c r="E264" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F264" t="s">
+        <v>20</v>
+      </c>
+      <c r="G264" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H264" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I264" t="s">
+        <v>2681</v>
+      </c>
+      <c r="J264" t="s">
+        <v>20</v>
+      </c>
+      <c r="K264" t="s">
+        <v>813</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N264" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1672</v>
+      </c>
+      <c r="P264" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B265" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C265" t="s">
+        <v>20</v>
+      </c>
+      <c r="D265" t="s">
+        <v>20</v>
+      </c>
+      <c r="E265" t="s">
+        <v>2729</v>
+      </c>
+      <c r="F265" t="s">
+        <v>20</v>
+      </c>
+      <c r="G265" t="s">
+        <v>2730</v>
+      </c>
+      <c r="H265" t="s">
+        <v>2731</v>
+      </c>
+      <c r="I265" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J265" t="s">
+        <v>1860</v>
+      </c>
+      <c r="K265" t="s">
+        <v>1861</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N265" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P265" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B266" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C266" t="s">
+        <v>20</v>
+      </c>
+      <c r="D266" t="s">
+        <v>20</v>
+      </c>
+      <c r="E266" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F266" t="s">
+        <v>20</v>
+      </c>
+      <c r="G266" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H266" t="s">
+        <v>2736</v>
+      </c>
+      <c r="I266" t="s">
+        <v>2737</v>
+      </c>
+      <c r="J266" t="s">
+        <v>2738</v>
+      </c>
+      <c r="K266" t="s">
+        <v>2739</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N266" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P266" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B267" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C267" t="s">
+        <v>20</v>
+      </c>
+      <c r="D267" t="s">
+        <v>20</v>
+      </c>
+      <c r="E267" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F267" t="s">
+        <v>20</v>
+      </c>
+      <c r="G267" t="s">
+        <v>2742</v>
+      </c>
+      <c r="H267" t="s">
+        <v>2743</v>
+      </c>
+      <c r="I267" t="s">
+        <v>2744</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1843</v>
+      </c>
+      <c r="K267" t="s">
+        <v>1844</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N267" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P267" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B268" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C268" t="s">
+        <v>20</v>
+      </c>
+      <c r="D268" t="s">
+        <v>20</v>
+      </c>
+      <c r="E268" t="s">
+        <v>2747</v>
+      </c>
+      <c r="F268" t="s">
+        <v>20</v>
+      </c>
+      <c r="G268" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H268" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I268" t="s">
+        <v>2750</v>
+      </c>
+      <c r="J268" t="s">
+        <v>2246</v>
+      </c>
+      <c r="K268" t="s">
+        <v>2247</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N268" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1845</v>
+      </c>
+      <c r="P268" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B269" t="s">
+        <v>2752</v>
+      </c>
+      <c r="C269" t="s">
+        <v>20</v>
+      </c>
+      <c r="D269" t="s">
+        <v>20</v>
+      </c>
+      <c r="E269" t="s">
+        <v>2753</v>
+      </c>
+      <c r="F269" t="s">
+        <v>20</v>
+      </c>
+      <c r="G269" t="s">
+        <v>2754</v>
+      </c>
+      <c r="H269" t="s">
+        <v>2755</v>
+      </c>
+      <c r="I269" t="s">
+        <v>2756</v>
+      </c>
+      <c r="J269" t="s">
+        <v>2757</v>
+      </c>
+      <c r="K269" t="s">
+        <v>2758</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N269" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1633</v>
+      </c>
+      <c r="P269" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B270" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C270" t="s">
+        <v>20</v>
+      </c>
+      <c r="D270" t="s">
+        <v>20</v>
+      </c>
+      <c r="E270" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F270" t="s">
+        <v>20</v>
+      </c>
+      <c r="G270" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H270" t="s">
+        <v>2763</v>
+      </c>
+      <c r="I270" t="s">
+        <v>2764</v>
+      </c>
+      <c r="J270" t="s">
+        <v>20</v>
+      </c>
+      <c r="K270" t="s">
+        <v>2765</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N270" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P270" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B271" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C271" t="s">
+        <v>20</v>
+      </c>
+      <c r="D271" t="s">
+        <v>20</v>
+      </c>
+      <c r="E271" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F271" t="s">
+        <v>20</v>
+      </c>
+      <c r="G271" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H271" t="s">
+        <v>2770</v>
+      </c>
+      <c r="I271" t="s">
+        <v>2771</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K271" t="s">
+        <v>30</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N271" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P271" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B272" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C272" t="s">
+        <v>20</v>
+      </c>
+      <c r="D272" t="s">
+        <v>20</v>
+      </c>
+      <c r="E272" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F272" t="s">
+        <v>20</v>
+      </c>
+      <c r="G272" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H272" t="s">
+        <v>2775</v>
+      </c>
+      <c r="I272" t="s">
+        <v>2776</v>
+      </c>
+      <c r="J272" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K272" t="s">
+        <v>30</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N272" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1757</v>
+      </c>
+      <c r="P272" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B273" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C273" t="s">
+        <v>20</v>
+      </c>
+      <c r="D273" t="s">
+        <v>20</v>
+      </c>
+      <c r="E273" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F273" t="s">
+        <v>20</v>
+      </c>
+      <c r="G273" t="s">
+        <v>2780</v>
+      </c>
+      <c r="H273" t="s">
+        <v>2781</v>
+      </c>
+      <c r="I273" t="s">
+        <v>2782</v>
+      </c>
+      <c r="J273" t="s">
+        <v>2783</v>
+      </c>
+      <c r="K273" t="s">
+        <v>2784</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N273" t="s">
+        <v>1137</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P273" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B274" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C274" t="s">
+        <v>20</v>
+      </c>
+      <c r="D274" t="s">
+        <v>20</v>
+      </c>
+      <c r="E274" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F274" t="s">
+        <v>20</v>
+      </c>
+      <c r="G274" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H274" t="s">
+        <v>2789</v>
+      </c>
+      <c r="I274" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J274" t="s">
+        <v>20</v>
+      </c>
+      <c r="K274" t="s">
+        <v>965</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N274" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P274" t="s">
+        <v>2790</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B275" t="s">
+        <v>2791</v>
+      </c>
+      <c r="C275" t="s">
+        <v>20</v>
+      </c>
+      <c r="D275" t="s">
+        <v>20</v>
+      </c>
+      <c r="E275" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F275" t="s">
+        <v>20</v>
+      </c>
+      <c r="G275" t="s">
+        <v>2792</v>
+      </c>
+      <c r="H275" t="s">
+        <v>2793</v>
+      </c>
+      <c r="I275" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J275" t="s">
+        <v>20</v>
+      </c>
+      <c r="K275" t="s">
+        <v>965</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M275" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N275" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P275" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B276" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C276" t="s">
+        <v>20</v>
+      </c>
+      <c r="D276" t="s">
+        <v>20</v>
+      </c>
+      <c r="E276" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F276" t="s">
+        <v>20</v>
+      </c>
+      <c r="G276" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H276" t="s">
+        <v>2797</v>
+      </c>
+      <c r="I276" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J276" t="s">
+        <v>20</v>
+      </c>
+      <c r="K276" t="s">
+        <v>965</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N276" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P276" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B277" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C277" t="s">
+        <v>20</v>
+      </c>
+      <c r="D277" t="s">
+        <v>20</v>
+      </c>
+      <c r="E277" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F277" t="s">
+        <v>20</v>
+      </c>
+      <c r="G277" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H277" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I277" t="s">
+        <v>2802</v>
+      </c>
+      <c r="J277" t="s">
+        <v>20</v>
+      </c>
+      <c r="K277" t="s">
+        <v>965</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M277" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N277" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P277" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B278" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C278" t="s">
+        <v>20</v>
+      </c>
+      <c r="D278" t="s">
+        <v>20</v>
+      </c>
+      <c r="E278" t="s">
+        <v>2805</v>
+      </c>
+      <c r="F278" t="s">
+        <v>20</v>
+      </c>
+      <c r="G278" t="s">
+        <v>2806</v>
+      </c>
+      <c r="H278" t="s">
+        <v>2807</v>
+      </c>
+      <c r="I278" t="s">
+        <v>1701</v>
+      </c>
+      <c r="J278" t="s">
+        <v>20</v>
+      </c>
+      <c r="K278" t="s">
+        <v>1702</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M278" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N278" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O278" t="s">
+        <v>2808</v>
+      </c>
+      <c r="P278" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B279" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C279" t="s">
+        <v>20</v>
+      </c>
+      <c r="D279" t="s">
+        <v>20</v>
+      </c>
+      <c r="E279" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F279" t="s">
+        <v>20</v>
+      </c>
+      <c r="G279" t="s">
+        <v>2812</v>
+      </c>
+      <c r="H279" t="s">
+        <v>2813</v>
+      </c>
+      <c r="I279" t="s">
+        <v>2814</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K279" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N279" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P279" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B280" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C280" t="s">
+        <v>20</v>
+      </c>
+      <c r="D280" t="s">
+        <v>20</v>
+      </c>
+      <c r="E280" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F280" t="s">
+        <v>20</v>
+      </c>
+      <c r="G280" t="s">
+        <v>2817</v>
+      </c>
+      <c r="H280" t="s">
+        <v>2818</v>
+      </c>
+      <c r="I280" t="s">
+        <v>2819</v>
+      </c>
+      <c r="J280" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K280" t="s">
+        <v>47</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N280" t="s">
+        <v>1172</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P280" t="s">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B281" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C281" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" t="s">
+        <v>20</v>
+      </c>
+      <c r="E281" t="s">
+        <v>2822</v>
+      </c>
+      <c r="F281" t="s">
+        <v>20</v>
+      </c>
+      <c r="G281" t="s">
+        <v>2823</v>
+      </c>
+      <c r="H281" t="s">
+        <v>2824</v>
+      </c>
+      <c r="I281" t="s">
+        <v>2825</v>
+      </c>
+      <c r="J281" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K281" t="s">
+        <v>47</v>
+      </c>
+      <c r="L281" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M281" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N281" t="s">
+        <v>1163</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P281" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B282" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C282" t="s">
+        <v>20</v>
+      </c>
+      <c r="D282" t="s">
+        <v>20</v>
+      </c>
+      <c r="E282" t="s">
+        <v>2828</v>
+      </c>
+      <c r="F282" t="s">
+        <v>20</v>
+      </c>
+      <c r="G282" t="s">
+        <v>2829</v>
+      </c>
+      <c r="H282" t="s">
+        <v>2830</v>
+      </c>
+      <c r="I282" t="s">
+        <v>2831</v>
+      </c>
+      <c r="J282" t="s">
+        <v>1999</v>
+      </c>
+      <c r="K282" t="s">
+        <v>118</v>
+      </c>
+      <c r="L282" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M282" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N282" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P282" t="s">
+        <v>2832</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2255</v>
+        <v>2833</v>
       </c>
       <c r="L1" t="s">
-        <v>2256</v>
+        <v>2834</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B2" t="s">
-        <v>2258</v>
+        <v>2836</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2259</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2260</v>
+        <v>2837</v>
       </c>
       <c r="H2" t="s">
-        <v>2261</v>
+        <v>2838</v>
       </c>
       <c r="I2" t="s">
-        <v>2262</v>
+        <v>2839</v>
       </c>
       <c r="J2" t="s">
-        <v>47</v>
+        <v>1099</v>
       </c>
       <c r="K2" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L2" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>2263</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B3" t="s">
-        <v>2264</v>
+        <v>2841</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>90</v>
+        <v>2842</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2265</v>
+        <v>2843</v>
       </c>
       <c r="H3" t="s">
-        <v>2266</v>
+        <v>2844</v>
       </c>
       <c r="I3" t="s">
-        <v>2267</v>
+        <v>2845</v>
       </c>
       <c r="J3" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="K3" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L3" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="M3" t="s">
-        <v>2268</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B4" t="s">
-        <v>2269</v>
+        <v>2847</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2270</v>
+        <v>174</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2271</v>
+        <v>2848</v>
       </c>
       <c r="H4" t="s">
-        <v>2272</v>
+        <v>2849</v>
       </c>
       <c r="I4" t="s">
-        <v>2273</v>
+        <v>2850</v>
       </c>
       <c r="J4" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="K4" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L4" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="M4" t="s">
-        <v>2274</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B5" t="s">
-        <v>2275</v>
+        <v>2852</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2276</v>
+        <v>2853</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2277</v>
+        <v>2854</v>
       </c>
       <c r="H5" t="s">
-        <v>2278</v>
+        <v>2855</v>
       </c>
       <c r="I5" t="s">
-        <v>2279</v>
+        <v>2856</v>
       </c>
       <c r="J5" t="s">
-        <v>441</v>
+        <v>80</v>
       </c>
       <c r="K5" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L5" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="M5" t="s">
-        <v>2280</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B6" t="s">
-        <v>2264</v>
+        <v>2858</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2281</v>
+        <v>2859</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2282</v>
+        <v>2860</v>
       </c>
       <c r="H6" t="s">
-        <v>2283</v>
+        <v>2861</v>
       </c>
       <c r="I6" t="s">
-        <v>2284</v>
+        <v>2862</v>
       </c>
       <c r="J6" t="s">
-        <v>96</v>
+        <v>509</v>
       </c>
       <c r="K6" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L6" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
       <c r="M6" t="s">
-        <v>2285</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B7" t="s">
-        <v>2286</v>
+        <v>2847</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2287</v>
+        <v>2864</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2288</v>
+        <v>2865</v>
       </c>
       <c r="H7" t="s">
-        <v>2289</v>
+        <v>2866</v>
       </c>
       <c r="I7" t="s">
-        <v>2290</v>
+        <v>2867</v>
       </c>
       <c r="J7" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="K7" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L7" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="M7" t="s">
-        <v>2291</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2257</v>
+        <v>2835</v>
       </c>
       <c r="B8" t="s">
-        <v>2292</v>
+        <v>2869</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2293</v>
+        <v>2870</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2294</v>
+        <v>2871</v>
       </c>
       <c r="H8" t="s">
-        <v>2295</v>
+        <v>2872</v>
       </c>
       <c r="I8" t="s">
-        <v>2296</v>
+        <v>2873</v>
       </c>
       <c r="J8" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="K8" t="s">
-        <v>1083</v>
+        <v>1135</v>
       </c>
       <c r="L8" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="M8" t="s">
-        <v>2297</v>
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2876</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2877</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2878</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2879</v>
+      </c>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L9" t="s">
+        <v>56</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2880</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="J1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="L1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="N1" t="s">
+        <v>2883</v>
+      </c>
+      <c r="O1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="P1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>2886</v>
+      </c>
+      <c r="R1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="S1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="T1" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2893</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1843</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1844</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2895</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>2897</v>
+      </c>
+      <c r="R2" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S2" t="s">
+        <v>2898</v>
+      </c>
+      <c r="T2" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2903</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2904</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S3" t="s">
+        <v>2907</v>
+      </c>
+      <c r="T3" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2911</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2913</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2904</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S4" t="s">
+        <v>2915</v>
+      </c>
+      <c r="T4" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2916</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2917</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2918</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2919</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2920</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2921</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R5" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S5" t="s">
+        <v>2923</v>
+      </c>
+      <c r="T5" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2925</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2926</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2927</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L6" t="s">
+        <v>118</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2928</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R6" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S6" t="s">
+        <v>2929</v>
+      </c>
+      <c r="T6" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2934</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2935</v>
+      </c>
+      <c r="L7" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2936</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>2937</v>
+      </c>
+      <c r="R7" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S7" t="s">
+        <v>82</v>
+      </c>
+      <c r="T7" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2941</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2942</v>
+      </c>
+      <c r="L8" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2944</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S8" t="s">
+        <v>2945</v>
+      </c>
+      <c r="T8" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2948</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2949</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2950</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2951</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2952</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R9" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S9" t="s">
+        <v>2953</v>
+      </c>
+      <c r="T9" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2954</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2956</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2957</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2958</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1187</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2959</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>2960</v>
+      </c>
+      <c r="R10" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S10" t="s">
+        <v>2961</v>
+      </c>
+      <c r="T10" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2963</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2965</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2966</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L11" t="s">
+        <v>118</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2967</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>2968</v>
+      </c>
+      <c r="R11" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S11" t="s">
+        <v>2969</v>
+      </c>
+      <c r="T11" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B12" t="s">
+        <v>116</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2963</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2970</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2971</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2966</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L12" t="s">
+        <v>118</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2972</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2973</v>
+      </c>
+      <c r="R12" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S12" t="s">
+        <v>119</v>
+      </c>
+      <c r="T12" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2975</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2976</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2977</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2978</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2979</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2980</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2981</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2968</v>
+      </c>
+      <c r="R13" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S13" t="s">
+        <v>2982</v>
+      </c>
+      <c r="T13" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2986</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2691</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2681</v>
+      </c>
+      <c r="L14" t="s">
+        <v>813</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2987</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>2988</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S14" t="s">
+        <v>2989</v>
+      </c>
+      <c r="T14" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2992</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2993</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2686</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1160</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1161</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2994</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S15" t="s">
+        <v>2995</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2998</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2999</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J16" t="s">
+        <v>3000</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2681</v>
+      </c>
+      <c r="L16" t="s">
+        <v>813</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N16" t="s">
+        <v>3001</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>3002</v>
+      </c>
+      <c r="R16" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S16" t="s">
+        <v>814</v>
+      </c>
+      <c r="T16" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>3004</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3005</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3006</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J17" t="s">
+        <v>3007</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L17" t="s">
+        <v>30</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>3008</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>2973</v>
+      </c>
+      <c r="R17" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S17" t="s">
+        <v>31</v>
+      </c>
+      <c r="T17" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3012</v>
+      </c>
+      <c r="I18" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1943</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>3014</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>3015</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S18" t="s">
+        <v>3016</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3018</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3019</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3020</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J19" t="s">
+        <v>3021</v>
+      </c>
+      <c r="K19" t="s">
+        <v>3022</v>
+      </c>
+      <c r="L19" t="s">
+        <v>3023</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N19" t="s">
+        <v>3024</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2897</v>
+      </c>
+      <c r="R19" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S19" t="s">
+        <v>3025</v>
+      </c>
+      <c r="T19" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3027</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J20" t="s">
+        <v>3030</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1504</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1505</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N20" t="s">
+        <v>3031</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2897</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S20" t="s">
+        <v>3032</v>
+      </c>
+      <c r="T20" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3033</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3035</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3036</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J21" t="s">
+        <v>3037</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N21" t="s">
+        <v>3038</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S21" t="s">
+        <v>3039</v>
+      </c>
+      <c r="T21" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3027</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3042</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2576</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1423</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1424</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N22" t="s">
+        <v>3043</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2897</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S22" t="s">
+        <v>3044</v>
+      </c>
+      <c r="T22" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B23" t="s">
+        <v>55</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3046</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3047</v>
+      </c>
+      <c r="I23" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>3048</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L23" t="s">
+        <v>47</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N23" t="s">
+        <v>3049</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>3051</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S23" t="s">
+        <v>56</v>
+      </c>
+      <c r="T23" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3054</v>
+      </c>
+      <c r="I24" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1589</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1591</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N24" t="s">
+        <v>3049</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2968</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S24" t="s">
+        <v>3055</v>
+      </c>
+      <c r="T24" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3057</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3058</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1859</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1860</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1861</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N25" t="s">
+        <v>3059</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S25" t="s">
+        <v>3060</v>
+      </c>
+      <c r="T25" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B26" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3062</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3063</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3064</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2667</v>
+      </c>
+      <c r="L26" t="s">
+        <v>47</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N26" t="s">
+        <v>3065</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>3066</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>3067</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S26" t="s">
+        <v>48</v>
+      </c>
+      <c r="T26" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3069</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3070</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3071</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J27" t="s">
+        <v>3072</v>
+      </c>
+      <c r="K27" t="s">
+        <v>3073</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1723</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N27" t="s">
+        <v>3074</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>3075</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S27" t="s">
+        <v>3076</v>
+      </c>
+      <c r="T27" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3077</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3078</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3079</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3080</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1709</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N28" t="s">
+        <v>3081</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>2897</v>
+      </c>
+      <c r="R28" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S28" t="s">
+        <v>3082</v>
+      </c>
+      <c r="T28" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B29" t="s">
+        <v>963</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3083</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3085</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2355</v>
+      </c>
+      <c r="L29" t="s">
+        <v>965</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N29" t="s">
+        <v>3086</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>3087</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S29" t="s">
+        <v>966</v>
+      </c>
+      <c r="T29" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3088</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3089</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3090</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3091</v>
+      </c>
+      <c r="I30" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2672</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1579</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N30" t="s">
+        <v>3092</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R30" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S30" t="s">
+        <v>3093</v>
+      </c>
+      <c r="T30" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3094</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3095</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3096</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3097</v>
+      </c>
+      <c r="I31" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1246</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N31" t="s">
+        <v>3098</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>3099</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S31" t="s">
+        <v>3100</v>
+      </c>
+      <c r="T31" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3102</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3103</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3104</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1578</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1579</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N32" t="s">
+        <v>3105</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S32" t="s">
+        <v>3106</v>
+      </c>
+      <c r="T32" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3108</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3109</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3110</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2716</v>
+      </c>
+      <c r="K33" t="s">
+        <v>3111</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N33" t="s">
+        <v>3112</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R33" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S33" t="s">
+        <v>3113</v>
+      </c>
+      <c r="T33" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3114</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3115</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3116</v>
+      </c>
+      <c r="I34" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>3117</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L34" t="s">
+        <v>30</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N34" t="s">
+        <v>3118</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>3119</v>
+      </c>
+      <c r="R34" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S34" t="s">
+        <v>182</v>
+      </c>
+      <c r="T34" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B35" t="s">
+        <v>509</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3121</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3122</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J35" t="s">
+        <v>3123</v>
+      </c>
+      <c r="K35" t="s">
+        <v>3124</v>
+      </c>
+      <c r="L35" t="s">
+        <v>47</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N35" t="s">
+        <v>3125</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>3126</v>
+      </c>
+      <c r="R35" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S35" t="s">
+        <v>236</v>
+      </c>
+      <c r="T35" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3128</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3129</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1749</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1750</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1723</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N36" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R36" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S36" t="s">
+        <v>3131</v>
+      </c>
+      <c r="T36" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B37" t="s">
+        <v>421</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>3132</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>3133</v>
+      </c>
+      <c r="H37" t="s">
+        <v>3134</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J37" t="s">
+        <v>3135</v>
+      </c>
+      <c r="K37" t="s">
+        <v>3136</v>
+      </c>
+      <c r="L37" t="s">
+        <v>423</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N37" t="s">
+        <v>3137</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>3138</v>
+      </c>
+      <c r="R37" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S37" t="s">
+        <v>424</v>
+      </c>
+      <c r="T37" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>3114</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3140</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1324</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1325</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N38" t="s">
+        <v>3118</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R38" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S38" t="s">
+        <v>3142</v>
+      </c>
+      <c r="T38" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B39" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3144</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3145</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1860</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1861</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N39" t="s">
+        <v>3059</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S39" t="s">
+        <v>3146</v>
+      </c>
+      <c r="T39" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B40" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3148</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3149</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3150</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J40" t="s">
+        <v>3151</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L40" t="s">
+        <v>118</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N40" t="s">
+        <v>3152</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>3002</v>
+      </c>
+      <c r="R40" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S40" t="s">
+        <v>128</v>
+      </c>
+      <c r="T40" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3154</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3155</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3156</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J41" t="s">
+        <v>3157</v>
+      </c>
+      <c r="K41" t="s">
+        <v>3158</v>
+      </c>
+      <c r="L41" t="s">
+        <v>3159</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N41" t="s">
+        <v>3160</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R41" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S41" t="s">
+        <v>3161</v>
+      </c>
+      <c r="T41" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3163</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3164</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3165</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J42" t="s">
+        <v>3166</v>
+      </c>
+      <c r="K42" t="s">
+        <v>3167</v>
+      </c>
+      <c r="L42" t="s">
+        <v>3168</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N42" t="s">
+        <v>3169</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R42" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S42" t="s">
+        <v>3170</v>
+      </c>
+      <c r="T42" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3172</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3174</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J43" t="s">
+        <v>3175</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L43" t="s">
+        <v>118</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N43" t="s">
+        <v>3176</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R43" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S43" t="s">
+        <v>3177</v>
+      </c>
+      <c r="T43" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3178</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3180</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J44" t="s">
+        <v>3181</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1179</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1180</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N44" t="s">
+        <v>3182</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S44" t="s">
+        <v>3183</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B45" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3185</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3186</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3187</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J45" t="s">
+        <v>3188</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L45" t="s">
+        <v>30</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N45" t="s">
+        <v>3189</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R45" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S45" t="s">
+        <v>3190</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3194</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J46" t="s">
+        <v>20</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L46" t="s">
+        <v>118</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N46" t="s">
+        <v>3195</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>3196</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S46" t="s">
+        <v>3197</v>
+      </c>
+      <c r="T46" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3199</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3200</v>
+      </c>
+      <c r="I47" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>3201</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L47" t="s">
+        <v>118</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N47" t="s">
+        <v>3202</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>3203</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S47" t="s">
+        <v>3204</v>
+      </c>
+      <c r="T47" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3206</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3207</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1170</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1171</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N48" t="s">
+        <v>3208</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S48" t="s">
+        <v>3209</v>
+      </c>
+      <c r="T48" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3210</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3212</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1949</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1206</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N49" t="s">
+        <v>3213</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R49" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S49" t="s">
+        <v>3214</v>
+      </c>
+      <c r="T49" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3083</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3216</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3217</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J50" t="s">
+        <v>3218</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2099</v>
+      </c>
+      <c r="L50" t="s">
+        <v>965</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N50" t="s">
+        <v>3219</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R50" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S50" t="s">
+        <v>3220</v>
+      </c>
+      <c r="T50" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3221</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3222</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3223</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1589</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1591</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N51" t="s">
+        <v>3049</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R51" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S51" t="s">
+        <v>3224</v>
+      </c>
+      <c r="T51" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3225</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3045</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3226</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3227</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J52" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1170</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1171</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N52" t="s">
+        <v>3208</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>3050</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S52" t="s">
+        <v>3228</v>
+      </c>
+      <c r="T52" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3229</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3230</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3231</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3232</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J53" t="s">
+        <v>3233</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1481</v>
+      </c>
+      <c r="L53" t="s">
+        <v>47</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N53" t="s">
+        <v>3234</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R53" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S53" t="s">
+        <v>3235</v>
+      </c>
+      <c r="T53" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3236</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3237</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3238</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3239</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3240</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1925</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1926</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N54" t="s">
+        <v>3241</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R54" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S54" t="s">
+        <v>3242</v>
+      </c>
+      <c r="T54" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B55" t="s">
+        <v>767</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3230</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3243</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3244</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J55" t="s">
+        <v>3245</v>
+      </c>
+      <c r="K55" t="s">
+        <v>3246</v>
+      </c>
+      <c r="L55" t="s">
+        <v>47</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3247</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>3248</v>
+      </c>
+      <c r="R55" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S55" t="s">
+        <v>301</v>
+      </c>
+      <c r="T55" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3249</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3251</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3252</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J56" t="s">
+        <v>3253</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2099</v>
+      </c>
+      <c r="L56" t="s">
+        <v>965</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N56" t="s">
+        <v>3254</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S56" t="s">
+        <v>3256</v>
+      </c>
+      <c r="T56" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3258</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3259</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1504</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1505</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N57" t="s">
+        <v>3260</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S57" t="s">
+        <v>3261</v>
+      </c>
+      <c r="T57" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3262</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3264</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J58" t="s">
+        <v>3265</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2125</v>
+      </c>
+      <c r="L58" t="s">
+        <v>2126</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N58" t="s">
+        <v>3266</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S58" t="s">
+        <v>3267</v>
+      </c>
+      <c r="T58" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3268</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3269</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3270</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3271</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L59" t="s">
+        <v>47</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N59" t="s">
+        <v>3272</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S59" t="s">
+        <v>3273</v>
+      </c>
+      <c r="T59" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3275</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3276</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J60" t="s">
+        <v>3277</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L60" t="s">
+        <v>30</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3278</v>
+      </c>
+      <c r="O60" t="s">
+        <v>20</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R60" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S60" t="s">
+        <v>3279</v>
+      </c>
+      <c r="T60" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3281</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3282</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J61" t="s">
+        <v>20</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1206</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N61" t="s">
+        <v>3283</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R61" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S61" t="s">
+        <v>3284</v>
+      </c>
+      <c r="T61" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3286</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3287</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J62" t="s">
+        <v>3288</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L62" t="s">
+        <v>30</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N62" t="s">
+        <v>3289</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R62" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S62" t="s">
+        <v>3290</v>
+      </c>
+      <c r="T62" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>3294</v>
+      </c>
+      <c r="L63" t="s">
+        <v>3295</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N63" t="s">
+        <v>3296</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>3255</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S63" t="s">
+        <v>3297</v>
+      </c>
+      <c r="T63" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3298</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3300</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3301</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J64" t="s">
+        <v>3302</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L64" t="s">
+        <v>47</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N64" t="s">
+        <v>3303</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R64" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S64" t="s">
+        <v>3304</v>
+      </c>
+      <c r="T64" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3306</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3307</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3308</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J65" t="s">
+        <v>3309</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N65" t="s">
+        <v>3310</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S65" t="s">
+        <v>3311</v>
+      </c>
+      <c r="T65" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3083</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3313</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3314</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J66" t="s">
+        <v>3315</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2099</v>
+      </c>
+      <c r="L66" t="s">
+        <v>965</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N66" t="s">
+        <v>20</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>3002</v>
+      </c>
+      <c r="R66" t="s">
+        <v>1162</v>
+      </c>
+      <c r="S66" t="s">
+        <v>3316</v>
+      </c>
+      <c r="T66" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3319</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3320</v>
+      </c>
+      <c r="I67" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J67" t="s">
+        <v>3321</v>
+      </c>
+      <c r="K67" t="s">
+        <v>3322</v>
+      </c>
+      <c r="L67" t="s">
+        <v>30</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N67" t="s">
+        <v>3323</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>3324</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S67" t="s">
+        <v>3325</v>
+      </c>
+      <c r="T67" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3327</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3328</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J68" t="s">
+        <v>3329</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L68" t="s">
+        <v>30</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N68" t="s">
+        <v>3330</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S68" t="s">
+        <v>3331</v>
+      </c>
+      <c r="T68" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3333</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3334</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J69" t="s">
+        <v>3321</v>
+      </c>
+      <c r="K69" t="s">
+        <v>3322</v>
+      </c>
+      <c r="L69" t="s">
+        <v>30</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N69" t="s">
+        <v>20</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R69" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S69" t="s">
+        <v>3335</v>
+      </c>
+      <c r="T69" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3337</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3338</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J70" t="s">
+        <v>3329</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L70" t="s">
+        <v>30</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N70" t="s">
+        <v>3339</v>
+      </c>
+      <c r="O70" t="s">
+        <v>20</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R70" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S70" t="s">
+        <v>3340</v>
+      </c>
+      <c r="T70" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B71" t="s">
+        <v>751</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3341</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3342</v>
+      </c>
+      <c r="I71" t="s">
+        <v>3013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>3343</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1153</v>
+      </c>
+      <c r="L71" t="s">
+        <v>753</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N71" t="s">
+        <v>3323</v>
+      </c>
+      <c r="O71" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>3344</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S71" t="s">
+        <v>754</v>
+      </c>
+      <c r="T71" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3345</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3346</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3347</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J72" t="s">
+        <v>3321</v>
+      </c>
+      <c r="K72" t="s">
+        <v>3322</v>
+      </c>
+      <c r="L72" t="s">
+        <v>30</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N72" t="s">
+        <v>3323</v>
+      </c>
+      <c r="O72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>2914</v>
+      </c>
+      <c r="R72" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S72" t="s">
+        <v>3348</v>
+      </c>
+      <c r="T72" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3350</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3351</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3352</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2894</v>
+      </c>
+      <c r="J73" t="s">
+        <v>3353</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1187</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N73" t="s">
+        <v>20</v>
+      </c>
+      <c r="O73" t="s">
+        <v>20</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2896</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>2922</v>
+      </c>
+      <c r="R73" t="s">
+        <v>2896</v>
+      </c>
+      <c r="S73" t="s">
+        <v>3354</v>
+      </c>
+      <c r="T73" t="s">
+        <v>2899</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>