--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8895" uniqueCount="3355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9236" uniqueCount="3467">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,89 +77,371 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Hervé ABOLO NKE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2026 15:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3841761/fr/docteur-herve-abolo-nke</t>
+  </si>
+  <si>
+    <t>p_3841761</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>ABOLO NKE</t>
+  </si>
+  <si>
+    <t>Hervé</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORMEAUX-VAUBAN LE HAVRE</t>
+  </si>
+  <si>
+    <t>76600</t>
+  </si>
+  <si>
+    <t>LE HAVRE</t>
+  </si>
+  <si>
+    <t>760780791</t>
+  </si>
+  <si>
+    <t>Docteur CHLOE LETURGIE</t>
+  </si>
+  <si>
+    <t>29/01/2026 15:16:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3842735/fr/docteur-chloe-leturgie</t>
+  </si>
+  <si>
+    <t>p_3842735</t>
+  </si>
+  <si>
+    <t>LETURGIE</t>
+  </si>
+  <si>
+    <t>CHLOE</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORMEAUX LE HAVRE,CLINIQUE LES ORMEAUX-VAUBAN LE HAVRE</t>
+  </si>
+  <si>
+    <t>76090,76600</t>
+  </si>
+  <si>
+    <t>Le Havre,LE HAVRE</t>
+  </si>
+  <si>
+    <t>760000414,760780791</t>
+  </si>
+  <si>
+    <t>Docteur RUFIN KALOULOU</t>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843121/fr/docteur-rufin-kaloulou</t>
+  </si>
+  <si>
+    <t>p_3843121</t>
+  </si>
+  <si>
+    <t>KALOULOU</t>
+  </si>
+  <si>
+    <t>RUFIN</t>
+  </si>
+  <si>
+    <t>CLINIQUE LES ORMEAUX</t>
+  </si>
+  <si>
+    <t>Docteur EDOUARD VERGEZ-HONTA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843125/fr/docteur-edouard-vergez-honta</t>
+  </si>
+  <si>
+    <t>p_3843125</t>
+  </si>
+  <si>
+    <t>VERGEZ-HONTA</t>
+  </si>
+  <si>
+    <t>EDOUARD</t>
+  </si>
+  <si>
+    <t>Docteur CAMILLE CAUSSIN</t>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843127/fr/docteur-camille-caussin</t>
+  </si>
+  <si>
+    <t>p_3843127</t>
+  </si>
+  <si>
+    <t>CAUSSIN</t>
+  </si>
+  <si>
+    <t>CAMILLE</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL JACQUES MONOD CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>76290</t>
+  </si>
+  <si>
+    <t>MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>760805770</t>
+  </si>
+  <si>
+    <t>Docteur SOFIENE GAFSI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843129/fr/docteur-sofiene-gafsi</t>
+  </si>
+  <si>
+    <t>p_3843129</t>
+  </si>
+  <si>
+    <t>GAFSI</t>
+  </si>
+  <si>
+    <t>SOFIENE</t>
+  </si>
+  <si>
+    <t>CHI DU PAYS DES HAUTES FALAISES FECAMP,HOPITAL JACQUES MONOD CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>76405,76290</t>
+  </si>
+  <si>
+    <t>FECAMP,MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>760000364,760805770</t>
+  </si>
+  <si>
+    <t>Docteur HABIB TRIKI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843131/fr/docteur-habib-triki</t>
+  </si>
+  <si>
+    <t>p_3843131</t>
+  </si>
+  <si>
+    <t>TRIKI</t>
+  </si>
+  <si>
+    <t>HABIB</t>
+  </si>
+  <si>
+    <t>Docteur Chedi YOUSFI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843133/fr/docteur-chedi-yousfi</t>
+  </si>
+  <si>
+    <t>p_3843133</t>
+  </si>
+  <si>
+    <t>YOUSFI</t>
+  </si>
+  <si>
+    <t>Chedi</t>
+  </si>
+  <si>
+    <t>Docteur Elena POPESCU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843135/fr/docteur-elena-popescu</t>
+  </si>
+  <si>
+    <t>p_3843135</t>
+  </si>
+  <si>
+    <t>POPESCU</t>
+  </si>
+  <si>
+    <t>Elena</t>
+  </si>
+  <si>
+    <t>Docteur NATHANAEL AUQUIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843137/fr/docteur-nathanael-auquier</t>
+  </si>
+  <si>
+    <t>p_3843137</t>
+  </si>
+  <si>
+    <t>AUQUIER</t>
+  </si>
+  <si>
+    <t>NATHANAEL</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume LE PESSEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843139/fr/docteur-guillaume-le-pessec</t>
+  </si>
+  <si>
+    <t>p_3843139</t>
+  </si>
+  <si>
+    <t>LE PESSEC</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur MARTIN PETIT</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808563/fr/docteur-martin-petit</t>
+  </si>
+  <si>
+    <t>p_3808563</t>
+  </si>
+  <si>
+    <t>PETIT</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>HOPITAL CHARLES NICOLLE CHU ROUEN,CLINIQUE SAINT-HILAIRE</t>
+  </si>
+  <si>
+    <t>76038,76044</t>
+  </si>
+  <si>
+    <t>ROUEN,ROUEN</t>
+  </si>
+  <si>
+    <t>760000158,760780619</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL LECLUSE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808650/fr/docteur-emmanuel-lecluse</t>
+  </si>
+  <si>
+    <t>p_3808650</t>
+  </si>
+  <si>
+    <t>LECLUSE</t>
+  </si>
+  <si>
+    <t>EMMANUEL</t>
+  </si>
+  <si>
+    <t>CH LILLEBONNE CHI CAUX VALLEE DE SEINE,HOPITAL JACQUES MONOD CH LE HAVRE</t>
+  </si>
+  <si>
+    <t>76170,76290</t>
+  </si>
+  <si>
+    <t>LILLEBONNE,MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>760000372,760805770</t>
+  </si>
+  <si>
     <t>Docteur Christophe MOURE</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/12/2025 19:15:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793970/fr/docteur-christophe-moure</t>
   </si>
   <si>
     <t>p_3793970</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>MOURE</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>11 September 2025</t>
   </si>
   <si>
-    <t>CLINIQUE LES ORMEAUX-VAUBAN LE HAVRE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur BERTIN NJINOU-NGNINKEU</t>
   </si>
   <si>
     <t>11/12/2025 19:15:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794087/fr/docteur-bertin-njinou-ngninkeu</t>
   </si>
   <si>
     <t>p_3794087</t>
   </si>
   <si>
     <t>NJINOU-NGNINKEU</t>
   </si>
   <si>
     <t>BERTIN</t>
   </si>
   <si>
     <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur MARIE GILLES-BARAY</t>
   </si>
   <si>
     <t>11/12/2025 19:15:35</t>
@@ -569,68 +851,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574325/fr/docteur-cyrille-eustratiades-paillard</t>
   </si>
   <si>
     <t>p_3574325</t>
   </si>
   <si>
     <t>EUSTRATIADES-PAILLARD</t>
   </si>
   <si>
     <t>Cyrille</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>HOPITAL PRIVE DE L'ESTUAIRE</t>
   </si>
   <si>
     <t>76620</t>
   </si>
   <si>
     <t>760021329</t>
   </si>
   <si>
-    <t>Docteur Eléonore PAVLOVITCH</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Richard PLAT</t>
   </si>
   <si>
     <t>19/12/2024 15:30:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574370/fr/docteur-richard-plat</t>
   </si>
   <si>
     <t>p_3574370</t>
   </si>
   <si>
     <t>PLAT</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Docteur KEVIN GUERNON</t>
   </si>
   <si>
     <t>19/12/2024 15:30:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574381/fr/docteur-kevin-guernon</t>
@@ -1055,59 +1319,50 @@
   <si>
     <t>KAREN</t>
   </si>
   <si>
     <t>Docteur ANGELIQUE DE BARROS-BOISHARDY</t>
   </si>
   <si>
     <t>18/01/2024 15:35:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490161/fr/docteur-angelique-de-barros-boishardy</t>
   </si>
   <si>
     <t>p_3490161</t>
   </si>
   <si>
     <t>DE BARROS-BOISHARDY</t>
   </si>
   <si>
     <t>ANGELIQUE</t>
   </si>
   <si>
     <t>HOPITAL CHARLES NICOLLE CHU ROUEN,CLINIQUE SAINT-HILAIRE ROUEN</t>
   </si>
   <si>
-    <t>76038,76044</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur AMELIE DELASTRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490164/fr/docteur-amelie-delastre</t>
   </si>
   <si>
     <t>p_3490164</t>
   </si>
   <si>
     <t>DELASTRE</t>
   </si>
   <si>
     <t>AMELIE</t>
   </si>
   <si>
     <t>Docteur VANESSA CHAMPOUD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490166/fr/docteur-vanessa-champoud</t>
   </si>
   <si>
     <t>p_3490166</t>
   </si>
   <si>
     <t>CHAMPOUD</t>
@@ -1217,1439 +1472,1367 @@
   <si>
     <t>760000364,760021329</t>
   </si>
   <si>
     <t>Docteur Suzanne BONY- REROLLE</t>
   </si>
   <si>
     <t>24/11/2023 09:31:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3474837/fr/docteur-suzanne-bony-rerolle</t>
   </si>
   <si>
     <t>p_3474837</t>
   </si>
   <si>
     <t>BONY- REROLLE</t>
   </si>
   <si>
     <t>Suzanne</t>
   </si>
   <si>
     <t>23 November 2023</t>
   </si>
   <si>
-    <t>Docteur FRANCOIS MOREL</t>
-[...25 lines deleted...]
-  <si>
     <t>Docteur PAUL MICHELIN</t>
   </si>
   <si>
     <t>20/10/2023 15:37:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3469854/fr/docteur-paul-michelin</t>
   </si>
   <si>
     <t>p_3469854</t>
   </si>
   <si>
     <t>MICHELIN</t>
   </si>
   <si>
+    <t>Docteur ANTOINE SENIORIS</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447208/fr/docteur-antoine-senioris</t>
+  </si>
+  <si>
+    <t>p_3447208</t>
+  </si>
+  <si>
+    <t>SENIORIS</t>
+  </si>
+  <si>
+    <t>ANTOINE</t>
+  </si>
+  <si>
+    <t>15 June 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEGIVAL</t>
+  </si>
+  <si>
+    <t>76550</t>
+  </si>
+  <si>
+    <t>ST AUBIN SUR SCIE</t>
+  </si>
+  <si>
+    <t>760027292</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN CAHAIS</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447319/fr/docteur-julien-cahais</t>
+  </si>
+  <si>
+    <t>p_3447319</t>
+  </si>
+  <si>
+    <t>CAHAIS</t>
+  </si>
+  <si>
+    <t>JULIEN</t>
+  </si>
+  <si>
+    <t>Docteur PIERRE HANNEQUIN</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428966/fr/docteur-pierre-hannequin</t>
+  </si>
+  <si>
+    <t>p_3428966</t>
+  </si>
+  <si>
+    <t>HANNEQUIN</t>
+  </si>
+  <si>
+    <t>PIERRE</t>
+  </si>
+  <si>
+    <t>30 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur LAURA BRIL</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429143/fr/docteur-laura-bril</t>
+  </si>
+  <si>
+    <t>p_3429143</t>
+  </si>
+  <si>
+    <t>BRIL</t>
+  </si>
+  <si>
+    <t>LAURA</t>
+  </si>
+  <si>
+    <t>Docteur Flore DELAUNAY</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:33:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429405/fr/docteur-flore-delaunay</t>
+  </si>
+  <si>
+    <t>p_3429405</t>
+  </si>
+  <si>
+    <t>DELAUNAY</t>
+  </si>
+  <si>
+    <t>Flore</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA COTE D'EMERAUDE,CH DU BELVEDERE MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>35400,76131</t>
+  </si>
+  <si>
+    <t>ST MALO,MONT ST AIGNAN</t>
+  </si>
+  <si>
+    <t>350000196,760000182</t>
+  </si>
+  <si>
+    <t>Docteur BENOIT RIMBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429411/fr/docteur-benoit-rimbert</t>
+  </si>
+  <si>
+    <t>p_3429411</t>
+  </si>
+  <si>
+    <t>RIMBERT</t>
+  </si>
+  <si>
+    <t>BENOIT</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS BON-MARDION</t>
+  </si>
+  <si>
+    <t>20/01/2023 09:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407015/fr/docteur-nicolas-bon-mardion</t>
+  </si>
+  <si>
+    <t>p_3407015</t>
+  </si>
+  <si>
+    <t>BON-MARDION</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Benoit RESCH</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:31:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401292/fr/docteur-benoit-resch</t>
+  </si>
+  <si>
+    <t>p_3401292</t>
+  </si>
+  <si>
+    <t>RESCH</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur SOPHIE SANGUIN</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:33:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401822/fr/docteur-sophie-sanguin</t>
+  </si>
+  <si>
+    <t>p_3401822</t>
+  </si>
+  <si>
+    <t>SANGUIN</t>
+  </si>
+  <si>
+    <t>SOPHIE</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE ROUEN,CLINIQUE MEGIVAL</t>
+  </si>
+  <si>
+    <t>76175,76550</t>
+  </si>
+  <si>
+    <t>ROUEN,ST AUBIN SUR SCIE</t>
+  </si>
+  <si>
+    <t>760025312,760027292</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTOPHE LAIGLE</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:32:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393446/fr/docteur-christophe-laigle</t>
+  </si>
+  <si>
+    <t>p_3393446</t>
+  </si>
+  <si>
+    <t>LAIGLE</t>
+  </si>
+  <si>
+    <t>CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur ESTELLE ROUSSEL</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393624/fr/docteur-estelle-roussel</t>
+  </si>
+  <si>
+    <t>p_3393624</t>
+  </si>
+  <si>
+    <t>ROUSSEL</t>
+  </si>
+  <si>
+    <t>ESTELLE</t>
+  </si>
+  <si>
+    <t>Docteur HAITHAM KHALIL</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378302/fr/docteur-haitham-khalil</t>
+  </si>
+  <si>
+    <t>p_3378302</t>
+  </si>
+  <si>
+    <t>KHALIL</t>
+  </si>
+  <si>
+    <t>HAITHAM</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur BLANDINE TAMARELLE</t>
+  </si>
+  <si>
+    <t>22/09/2022 18:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369692/fr/docteur-blandine-tamarelle</t>
+  </si>
+  <si>
+    <t>p_3369692</t>
+  </si>
+  <si>
+    <t>TAMARELLE</t>
+  </si>
+  <si>
+    <t>BLANDINE</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE</t>
+  </si>
+  <si>
+    <t>Docteur STEPHANE NAVARRA</t>
+  </si>
+  <si>
+    <t>22/09/2022 18:33:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369994/fr/docteur-stephane-navarra</t>
+  </si>
+  <si>
+    <t>p_3369994</t>
+  </si>
+  <si>
+    <t>NAVARRA</t>
+  </si>
+  <si>
+    <t>STEPHANE</t>
+  </si>
+  <si>
+    <t>Docteur REMI GAUTHE</t>
+  </si>
+  <si>
+    <t>21/07/2022 16:34:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3354929/fr/docteur-remi-gauthe</t>
+  </si>
+  <si>
+    <t>p_3354929</t>
+  </si>
+  <si>
+    <t>GAUTHE</t>
+  </si>
+  <si>
+    <t>REMI</t>
+  </si>
+  <si>
+    <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>Docteur VIANNEY GILARD</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347230/fr/docteur-vianney-gilard</t>
+  </si>
+  <si>
+    <t>p_3347230</t>
+  </si>
+  <si>
+    <t>GILARD</t>
+  </si>
+  <si>
+    <t>VIANNEY</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur ANTOINE MARTIN</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328173/fr/docteur-antoine-martin</t>
+  </si>
+  <si>
+    <t>p_3328173</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>CLINIQUE ST ANTOINE BOIS GUILLAUME,CLINIQUE DE L'EUROPE ROUEN</t>
+  </si>
+  <si>
+    <t>Docteur MATTHIEU DEMEYERE</t>
+  </si>
+  <si>
+    <t>31/03/2022 12:33:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328831/fr/docteur-matthieu-demeyere</t>
+  </si>
+  <si>
+    <t>p_3328831</t>
+  </si>
+  <si>
+    <t>DEMEYERE</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN CARTIER</t>
+  </si>
+  <si>
+    <t>03/02/2022 14:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314125/fr/docteur-sebastien-cartier</t>
+  </si>
+  <si>
+    <t>p_3314125</t>
+  </si>
+  <si>
+    <t>CARTIER</t>
+  </si>
+  <si>
+    <t>SEBASTIEN</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur SANDRINE CROUZET</t>
+  </si>
+  <si>
+    <t>03/02/2022 14:32:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314126/fr/docteur-sandrine-crouzet</t>
+  </si>
+  <si>
+    <t>p_3314126</t>
+  </si>
+  <si>
+    <t>CROUZET</t>
+  </si>
+  <si>
+    <t>SANDRINE</t>
+  </si>
+  <si>
+    <t>Docteur CAROLINE ABRIOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314127/fr/docteur-caroline-abriou</t>
+  </si>
+  <si>
+    <t>p_3314127</t>
+  </si>
+  <si>
+    <t>ABRIOU</t>
+  </si>
+  <si>
+    <t>Docteur EDOUARD BEIGNOT DEVALMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314128/fr/docteur-edouard-beignot-devalmont</t>
+  </si>
+  <si>
+    <t>p_3314128</t>
+  </si>
+  <si>
+    <t>BEIGNOT DEVALMONT</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT LELEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314129/fr/docteur-vincent-leleu</t>
+  </si>
+  <si>
+    <t>p_3314129</t>
+  </si>
+  <si>
+    <t>LELEU</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN LAGOUCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314130/fr/docteur-sebastien-lagouche</t>
+  </si>
+  <si>
+    <t>p_3314130</t>
+  </si>
+  <si>
+    <t>LAGOUCHE</t>
+  </si>
+  <si>
+    <t>Docteur FABIEN TOURREL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314131/fr/docteur-fabien-tourrel</t>
+  </si>
+  <si>
+    <t>p_3314131</t>
+  </si>
+  <si>
+    <t>TOURREL</t>
+  </si>
+  <si>
+    <t>FABIEN</t>
+  </si>
+  <si>
+    <t>Docteur QUENTIN ROBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314134/fr/docteur-quentin-robert</t>
+  </si>
+  <si>
+    <t>p_3314134</t>
+  </si>
+  <si>
+    <t>ROBERT</t>
+  </si>
+  <si>
+    <t>QUENTIN</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL FOULONGNE</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294494/fr/docteur-emmanuel-foulongne</t>
+  </si>
+  <si>
+    <t>p_3294494</t>
+  </si>
+  <si>
+    <t>FOULONGNE</t>
+  </si>
+  <si>
+    <t>Docteur Valérie RIQUIER</t>
+  </si>
+  <si>
+    <t>02/07/2021 10:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275588/fr/docteur-valerie-riquier</t>
+  </si>
+  <si>
+    <t>p_3275588</t>
+  </si>
+  <si>
+    <t>RIQUIER</t>
+  </si>
+  <si>
+    <t>Valérie</t>
+  </si>
+  <si>
+    <t>Professeur STEPHANE DERREY</t>
+  </si>
+  <si>
+    <t>28/05/2021 09:31:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268604/fr/professeur-stephane-derrey</t>
+  </si>
+  <si>
+    <t>p_3268604</t>
+  </si>
+  <si>
+    <t>Professeur</t>
+  </si>
+  <si>
+    <t>DERREY</t>
+  </si>
+  <si>
+    <t>Docteur CORALIE BENARD</t>
+  </si>
+  <si>
+    <t>07/05/2021 10:31:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265233/fr/docteur-coralie-benard</t>
+  </si>
+  <si>
+    <t>p_3265233</t>
+  </si>
+  <si>
+    <t>BENARD</t>
+  </si>
+  <si>
+    <t>CORALIE</t>
+  </si>
+  <si>
+    <t>Docteur JEAN-NICOLAS DACHER</t>
+  </si>
+  <si>
+    <t>02/04/2021 15:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259582/fr/docteur-jean-nicolas-dacher</t>
+  </si>
+  <si>
+    <t>p_3259582</t>
+  </si>
+  <si>
+    <t>DACHER</t>
+  </si>
+  <si>
+    <t>JEAN-NICOLAS</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUEL GERARDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259583/fr/docteur-emmanuel-gerardin</t>
+  </si>
+  <si>
+    <t>p_3259583</t>
+  </si>
+  <si>
+    <t>GERARDIN</t>
+  </si>
+  <si>
+    <t>Docteur ADNAN HASSANI</t>
+  </si>
+  <si>
+    <t>02/04/2021 15:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259589/fr/docteur-adnan-hassani</t>
+  </si>
+  <si>
+    <t>p_3259589</t>
+  </si>
+  <si>
+    <t>HASSANI</t>
+  </si>
+  <si>
+    <t>ADNAN</t>
+  </si>
+  <si>
+    <t>Docteur CELINE DELPIERRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259591/fr/docteur-celine-delpierre</t>
+  </si>
+  <si>
+    <t>p_3259591</t>
+  </si>
+  <si>
+    <t>DELPIERRE</t>
+  </si>
+  <si>
+    <t>CELINE</t>
+  </si>
+  <si>
+    <t>Professeur CELINE SAVOYE-COLLET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259593/fr/professeur-celine-savoye-collet</t>
+  </si>
+  <si>
+    <t>p_3259593</t>
+  </si>
+  <si>
+    <t>SAVOYE-COLLET</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS LE DEM</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228303/fr/docteur-nicolas-le-dem</t>
+  </si>
+  <si>
+    <t>p_3228303</t>
+  </si>
+  <si>
+    <t>LE DEM</t>
+  </si>
+  <si>
+    <t>16 January 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE ROUEN,CLINIQUE HEMERA PAYS DE CAUX</t>
+  </si>
+  <si>
+    <t>76175,76190</t>
+  </si>
+  <si>
+    <t>ROUEN,YVETOT</t>
+  </si>
+  <si>
+    <t>760025312,760780668</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS MATHIEU</t>
+  </si>
+  <si>
+    <t>27/11/2020 10:32:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220940/fr/docteur-nicolas-mathieu</t>
+  </si>
+  <si>
+    <t>p_3220940</t>
+  </si>
+  <si>
+    <t>MATHIEU</t>
+  </si>
+  <si>
+    <t>Docteur CLAIRE EVENO-SAUNIER</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:32:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203876/fr/docteur-claire-eveno-saunier</t>
+  </si>
+  <si>
+    <t>p_3203876</t>
+  </si>
+  <si>
+    <t>EVENO-SAUNIER</t>
+  </si>
+  <si>
+    <t>Docteur FERAS DALATI</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194545/fr/docteur-feras-dalati</t>
+  </si>
+  <si>
+    <t>p_3194545</t>
+  </si>
+  <si>
+    <t>DALATI</t>
+  </si>
+  <si>
+    <t>FERAS</t>
+  </si>
+  <si>
+    <t>18 July 2024</t>
+  </si>
+  <si>
+    <t>Docteur JULIEN LEROUX</t>
+  </si>
+  <si>
+    <t>23/01/2020 10:31:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147808/fr/docteur-julien-leroux</t>
+  </si>
+  <si>
+    <t>p_3147808</t>
+  </si>
+  <si>
+    <t>LEROUX</t>
+  </si>
+  <si>
+    <t>Docteur SABRI DEMMANE</t>
+  </si>
+  <si>
+    <t>19/12/2019 15:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3142804/fr/docteur-sabri-demmane</t>
+  </si>
+  <si>
+    <t>p_3142804</t>
+  </si>
+  <si>
+    <t>DEMMANE</t>
+  </si>
+  <si>
+    <t>SABRI</t>
+  </si>
+  <si>
+    <t>CLINIQUE MATHILDE,CLINIQUE HEMERA</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN LEFEBVRE</t>
+  </si>
+  <si>
+    <t>17/07/2019 17:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080117/fr/docteur-benjamin-lefebvre</t>
+  </si>
+  <si>
+    <t>p_3080117</t>
+  </si>
+  <si>
     <t>19 October 2023</t>
   </si>
   <si>
-    <t>Docteur ANTOINE SENIORIS</t>
-[...518 lines deleted...]
-    <t>EMMANUEL</t>
+    <t>Docteur Caroline CHAMOND</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913337/fr/docteur-caroline-chamond</t>
+  </si>
+  <si>
+    <t>c_2913337</t>
+  </si>
+  <si>
+    <t>CHAMOND</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>11 May 2023</t>
+  </si>
+  <si>
+    <t>Docteur LESLIE SUAUD</t>
+  </si>
+  <si>
+    <t>27/03/2019 18:32:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913373/fr/docteur-leslie-suaud</t>
+  </si>
+  <si>
+    <t>c_2913373</t>
+  </si>
+  <si>
+    <t>SUAUD</t>
+  </si>
+  <si>
+    <t>LESLIE</t>
+  </si>
+  <si>
+    <t>Docteur Joseph ARAYA</t>
+  </si>
+  <si>
+    <t>15/12/2017 11:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812997/fr/docteur-joseph-araya</t>
+  </si>
+  <si>
+    <t>c_2812997</t>
+  </si>
+  <si>
+    <t>ARAYA</t>
+  </si>
+  <si>
+    <t>Joseph</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME LEMAITRE</t>
+  </si>
+  <si>
+    <t>15/11/2017 17:32:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805488/fr/docteur-guillaume-lemaitre</t>
+  </si>
+  <si>
+    <t>c_2805488</t>
+  </si>
+  <si>
+    <t>LEMAITRE</t>
+  </si>
+  <si>
+    <t>Docteur Olivier COURAGE</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:37:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2766497/fr/docteur-olivier-courage</t>
+  </si>
+  <si>
+    <t>c_2766497</t>
+  </si>
+  <si>
+    <t>COURAGE</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Docteur Samuel POULAIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738481/fr/docteur-samuel-poulain</t>
+  </si>
+  <si>
+    <t>c_2738481</t>
+  </si>
+  <si>
+    <t>POULAIN</t>
+  </si>
+  <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEGIVAL,POLYCLINIQUE DU PLATEAU</t>
+  </si>
+  <si>
+    <t>76550,95870</t>
+  </si>
+  <si>
+    <t>ST AUBIN SUR SCIE,BEZONS</t>
+  </si>
+  <si>
+    <t>760027292,950300095</t>
+  </si>
+  <si>
+    <t>Professeur Xavier ROUSSIGNOL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738518/fr/professeur-xavier-roussignol</t>
+  </si>
+  <si>
+    <t>c_2738518</t>
+  </si>
+  <si>
+    <t>ROUSSIGNOL</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Docteur Sylvie CAPELLA-ALLOUC</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739368/fr/docteur-sylvie-capella-allouc</t>
+  </si>
+  <si>
+    <t>c_2739368</t>
+  </si>
+  <si>
+    <t>CAPELLA-ALLOUC</t>
+  </si>
+  <si>
+    <t>Sylvie</t>
+  </si>
+  <si>
+    <t>Docteur Geoffroy PASQUIER</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739590/fr/docteur-geoffroy-pasquier</t>
+  </si>
+  <si>
+    <t>c_2739590</t>
+  </si>
+  <si>
+    <t>PASQUIER</t>
+  </si>
+  <si>
+    <t>Geoffroy</t>
+  </si>
+  <si>
+    <t>Docteur Roberto BECCARI</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739635/fr/docteur-roberto-beccari</t>
+  </si>
+  <si>
+    <t>c_2739635</t>
+  </si>
+  <si>
+    <t>BECCARI</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>Docteur Xavier DE KERANGAL</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739734/fr/docteur-xavier-de-kerangal</t>
+  </si>
+  <si>
+    <t>c_2739734</t>
+  </si>
+  <si>
+    <t>DE KERANGAL</t>
+  </si>
+  <si>
+    <t>12 September 2024</t>
+  </si>
+  <si>
+    <t>Docteur Tony VAN OVERSTRAETEN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739827/fr/docteur-tony-van-overstraeten</t>
+  </si>
+  <si>
+    <t>c_2739827</t>
+  </si>
+  <si>
+    <t>VAN OVERSTRAETEN</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>26 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur Alberto ZALAR</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740043/fr/docteur-alberto-zalar</t>
+  </si>
+  <si>
+    <t>c_2740043</t>
+  </si>
+  <si>
+    <t>ZALAR</t>
+  </si>
+  <si>
+    <t>Alberto</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'EUROPE</t>
+  </si>
+  <si>
+    <t>Docteur Grégoire DEREUDRE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740196/fr/docteur-gregoire-dereudre</t>
+  </si>
+  <si>
+    <t>c_2740196</t>
+  </si>
+  <si>
+    <t>DEREUDRE</t>
+  </si>
+  <si>
+    <t>Grégoire</t>
+  </si>
+  <si>
+    <t>Docteur Bérénice DEPONT-HAZELZET</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740223/fr/docteur-berenice-depont-hazelzet</t>
+  </si>
+  <si>
+    <t>c_2740223</t>
+  </si>
+  <si>
+    <t>DEPONT-HAZELZET</t>
+  </si>
+  <si>
+    <t>Bérénice</t>
+  </si>
+  <si>
+    <t>Docteur Marion BAILLEUX MOISANT</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740262/fr/docteur-marion-bailleux-moisant</t>
+  </si>
+  <si>
+    <t>c_2740262</t>
+  </si>
+  <si>
+    <t>BAILLEUX MOISANT</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume PIERRARD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708491/fr/docteur-guillaume-pierrard</t>
+  </si>
+  <si>
+    <t>c_2708491</t>
+  </si>
+  <si>
+    <t>PIERRARD</t>
+  </si>
+  <si>
+    <t>Docteur Philippe MATRON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708520/fr/docteur-philippe-matron</t>
+  </si>
+  <si>
+    <t>c_2708520</t>
+  </si>
+  <si>
+    <t>MATRON</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Docteur Jean-marie TOUPIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708532/fr/docteur-jean-marie-toupin</t>
+  </si>
+  <si>
+    <t>c_2708532</t>
+  </si>
+  <si>
+    <t>TOUPIN</t>
+  </si>
+  <si>
+    <t>Jean-marie</t>
+  </si>
+  <si>
+    <t>Docteur Yves JABY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708557/fr/docteur-yves-jaby</t>
+  </si>
+  <si>
+    <t>c_2708557</t>
+  </si>
+  <si>
+    <t>JABY</t>
+  </si>
+  <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>CLINIQUE TOUS VENTS LILLEBONNE</t>
+  </si>
+  <si>
+    <t>76170</t>
+  </si>
+  <si>
+    <t>LILLEBONNE</t>
+  </si>
+  <si>
+    <t>760780783</t>
+  </si>
+  <si>
+    <t>Docteur Mathieu MICHAUT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708676/fr/docteur-mathieu-michaut</t>
+  </si>
+  <si>
+    <t>c_2708676</t>
+  </si>
+  <si>
+    <t>MICHAUT</t>
+  </si>
+  <si>
+    <t>Mathieu</t>
+  </si>
+  <si>
+    <t>GCS PÔLE DE SANTE CHIRURGICAL,CLINIQUE LES ORMEAUX</t>
+  </si>
+  <si>
+    <t>76400,76600</t>
+  </si>
+  <si>
+    <t>760041368,760780791</t>
+  </si>
+  <si>
+    <t>Docteur Christophe JARDIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708775/fr/docteur-christophe-jardin</t>
+  </si>
+  <si>
+    <t>c_2708775</t>
+  </si>
+  <si>
+    <t>JARDIN</t>
+  </si>
+  <si>
+    <t>CH PONT-AUDEMER,CLINIQUE LES ORMEAUX-VAUBAN LE HAVRE</t>
+  </si>
+  <si>
+    <t>27504,76600</t>
+  </si>
+  <si>
+    <t>PONT AUDEMER,LE HAVRE</t>
+  </si>
+  <si>
+    <t>270000425,760780791</t>
+  </si>
+  <si>
+    <t>Docteur Michel KONTER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709121/fr/docteur-michel-konter</t>
+  </si>
+  <si>
+    <t>c_2709121</t>
+  </si>
+  <si>
+    <t>KONTER</t>
+  </si>
+  <si>
+    <t>Michel</t>
+  </si>
+  <si>
+    <t>Docteur Michel AUGUSTI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709320/fr/docteur-michel-augusti</t>
+  </si>
+  <si>
+    <t>c_2709320</t>
+  </si>
+  <si>
+    <t>AUGUSTI</t>
+  </si>
+  <si>
+    <t>Docteur Marc DURAND-RÉVILLE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709429/fr/docteur-marc-durand-reville</t>
+  </si>
+  <si>
+    <t>c_2709429</t>
+  </si>
+  <si>
+    <t>DURAND-RÉVILLE</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Docteur Pascal VIÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709432/fr/docteur-pascal-vie</t>
+  </si>
+  <si>
+    <t>c_2709432</t>
+  </si>
+  <si>
+    <t>VIÉ</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>Docteur Denis ADRIAN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709457/fr/docteur-denis-adrian</t>
+  </si>
+  <si>
+    <t>c_2709457</t>
+  </si>
+  <si>
+    <t>ADRIAN</t>
+  </si>
+  <si>
+    <t>Denis</t>
   </si>
   <si>
     <t>21 October 2021</t>
   </si>
   <si>
-    <t>Docteur Valérie RIQUIER</t>
-[...817 lines deleted...]
-  <si>
     <t>Docteur Jean SABATIER</t>
   </si>
   <si>
     <t>08/11/2016 11:31:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709970/fr/docteur-jean-sabatier</t>
   </si>
   <si>
     <t>c_2709970</t>
   </si>
   <si>
     <t>SABATIER</t>
   </si>
   <si>
     <t>Jean</t>
   </si>
   <si>
     <t>Docteur Romain GAILLARD</t>
   </si>
   <si>
     <t>08/11/2016 11:31:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710049/fr/docteur-romain-gaillard</t>
@@ -2726,92 +2909,86 @@
   <si>
     <t>ST AUBIN SUR SCIE,BOIS GUILLAUME,ROUEN</t>
   </si>
   <si>
     <t>760027292,760780205,760921809</t>
   </si>
   <si>
     <t>Docteur Stéphane ROSSI</t>
   </si>
   <si>
     <t>08/11/2016 11:32:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710423/fr/docteur-stephane-rossi</t>
   </si>
   <si>
     <t>c_2710423</t>
   </si>
   <si>
     <t>ROSSI</t>
   </si>
   <si>
     <t>Stéphane</t>
   </si>
   <si>
-    <t>23 September 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Eric BLEZEL</t>
   </si>
   <si>
     <t>08/11/2016 11:32:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710482/fr/docteur-eric-blezel</t>
   </si>
   <si>
     <t>c_2710482</t>
   </si>
   <si>
     <t>BLEZEL</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Docteur Frédéric WIKTOR</t>
   </si>
   <si>
     <t>08/11/2016 11:32:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710505/fr/docteur-frederic-wiktor</t>
   </si>
   <si>
     <t>c_2710505</t>
   </si>
   <si>
     <t>WIKTOR</t>
   </si>
   <si>
     <t>Frédéric</t>
   </si>
   <si>
-    <t>29 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE HEMERA PAYS DE CAUX,CLINIQUE DE L'EUROPE ROUEN</t>
   </si>
   <si>
     <t>76190,76040</t>
   </si>
   <si>
     <t>YVETOT,ROUEN</t>
   </si>
   <si>
     <t>760780668,760921809</t>
   </si>
   <si>
     <t>Docteur Jean LABAT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710516/fr/docteur-jean-labat</t>
   </si>
   <si>
     <t>c_2710516</t>
   </si>
   <si>
     <t>LABAT</t>
   </si>
   <si>
     <t>Docteur Gerard POLLE</t>
@@ -2825,53 +3002,50 @@
   <si>
     <t>c_2710697</t>
   </si>
   <si>
     <t>POLLE</t>
   </si>
   <si>
     <t>Gerard</t>
   </si>
   <si>
     <t>Docteur Jean hugues MAILLOCHAUD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710699/fr/docteur-jean-hugues-maillochaud</t>
   </si>
   <si>
     <t>c_2710699</t>
   </si>
   <si>
     <t>MAILLOCHAUD</t>
   </si>
   <si>
     <t>Jean hugues</t>
   </si>
   <si>
-    <t>16 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Juan BERROCAL</t>
   </si>
   <si>
     <t>08/11/2016 11:32:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710765/fr/docteur-juan-berrocal</t>
   </si>
   <si>
     <t>c_2710765</t>
   </si>
   <si>
     <t>BERROCAL</t>
   </si>
   <si>
     <t>Juan</t>
   </si>
   <si>
     <t>Docteur Christophe MAS</t>
   </si>
   <si>
     <t>08/11/2016 11:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710892/fr/docteur-christophe-mas</t>
@@ -3131,53 +3305,50 @@
   <si>
     <t>c_2712446</t>
   </si>
   <si>
     <t>BASTE</t>
   </si>
   <si>
     <t>Jean-marc</t>
   </si>
   <si>
     <t>Docteur Frédéric MOUILHADE</t>
   </si>
   <si>
     <t>08/11/2016 11:35:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712484/fr/docteur-frederic-mouilhade</t>
   </si>
   <si>
     <t>c_2712484</t>
   </si>
   <si>
     <t>MOUILHADE</t>
   </si>
   <si>
-    <t>22 October 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Yann KALISZCZAK</t>
   </si>
   <si>
     <t>08/11/2016 11:35:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712555/fr/docteur-yann-kaliszczak</t>
   </si>
   <si>
     <t>c_2712555</t>
   </si>
   <si>
     <t>KALISZCZAK</t>
   </si>
   <si>
     <t>Yann</t>
   </si>
   <si>
     <t>CLINIQUE ST ANTOINE BOIS GUILLAUME,CLINIQUE HEMERA PAYS DE CAUX,CLINIQUE DE L'EUROPE</t>
   </si>
   <si>
     <t>76230,76190,76040</t>
   </si>
   <si>
     <t>BOIS GUILLAUME,YVETOT,ROUEN</t>
@@ -3263,53 +3434,50 @@
   <si>
     <t>c_2713061</t>
   </si>
   <si>
     <t>BARON</t>
   </si>
   <si>
     <t>Docteur Cécile LOISEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713065/fr/docteur-cecile-loisel</t>
   </si>
   <si>
     <t>c_2713065</t>
   </si>
   <si>
     <t>LOISEL</t>
   </si>
   <si>
     <t>Cécile</t>
   </si>
   <si>
-    <t>01 April 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Elise VANDER EECKEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713067/fr/docteur-elise-vander-eecken</t>
   </si>
   <si>
     <t>c_2713067</t>
   </si>
   <si>
     <t>VANDER EECKEN</t>
   </si>
   <si>
     <t>Elise</t>
   </si>
   <si>
     <t>Docteur Isabelle IWANICKI-CARON</t>
   </si>
   <si>
     <t>08/11/2016 11:35:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713105/fr/docteur-isabelle-iwanicki-caron</t>
   </si>
   <si>
     <t>c_2713105</t>
@@ -3317,53 +3485,50 @@
   <si>
     <t>IWANICKI-CARON</t>
   </si>
   <si>
     <t>Docteur Alain GHANNEME</t>
   </si>
   <si>
     <t>08/11/2016 11:36:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713163/fr/docteur-alain-ghanneme</t>
   </si>
   <si>
     <t>c_2713163</t>
   </si>
   <si>
     <t>GHANNEME</t>
   </si>
   <si>
     <t>Alain</t>
   </si>
   <si>
     <t>20 July 2023</t>
   </si>
   <si>
-    <t>CLINIQUE LES ORMEAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Simon BERTIAUX</t>
   </si>
   <si>
     <t>08/11/2016 11:36:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713249/fr/docteur-simon-bertiaux</t>
   </si>
   <si>
     <t>c_2713249</t>
   </si>
   <si>
     <t>BERTIAUX</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Docteur Philippe RINIERI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713255/fr/docteur-philippe-rinieri</t>
   </si>
   <si>
     <t>c_2713255</t>
@@ -3404,80 +3569,272 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>MARPA LA VARENNE</t>
+  </si>
+  <si>
+    <t>01/02/2026 05:07:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15788_FicheESSMS/fr/marpa-la-varenne</t>
+  </si>
+  <si>
+    <t>15788_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Impasse Saint Ribert</t>
+  </si>
+  <si>
+    <t>76590 TORCY LE GRAND</t>
+  </si>
+  <si>
+    <t>TORCY LE GRAND</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>760035352</t>
+  </si>
+  <si>
+    <t>FH CCAS YVETOT</t>
+  </si>
+  <si>
+    <t>27/01/2026 05:02:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15741_FicheESSMS/fr/fh-ccas-yvetot</t>
+  </si>
+  <si>
+    <t>15741_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue Joseph Coddeville</t>
+  </si>
+  <si>
+    <t>76190 YVETOT</t>
+  </si>
+  <si>
+    <t>YVETOT</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>760802322</t>
+  </si>
+  <si>
+    <t>ESAT D' YVETOT</t>
+  </si>
+  <si>
+    <t>27/01/2026 05:02:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15742_FicheESSMS/fr/esat-d-yvetot</t>
+  </si>
+  <si>
+    <t>15742_FicheESSMS</t>
+  </si>
+  <si>
+    <t>52 Rue Joseph Coddeville</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>760781955</t>
+  </si>
+  <si>
+    <t>SAEMO SEP ROUEN ASS LES NIDS</t>
+  </si>
+  <si>
+    <t>26/01/2026 05:10:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15739_FicheESSMS/fr/saemo-sep-rouen-ass-les-nids</t>
+  </si>
+  <si>
+    <t>15739_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Stanislas Girardin</t>
+  </si>
+  <si>
+    <t>76000 ROUEN</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>760790584</t>
+  </si>
+  <si>
+    <t>POUPONNIERE SOCIALE LA TOULINE</t>
+  </si>
+  <si>
+    <t>19/01/2026 05:06:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15677_FicheESSMS/fr/pouponniere-sociale-la-touline</t>
+  </si>
+  <si>
+    <t>15677_FicheESSMS</t>
+  </si>
+  <si>
+    <t>98 Rue Du 329 Eme Ri</t>
+  </si>
+  <si>
+    <t>76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>Pouponnière à Caractère Social</t>
+  </si>
+  <si>
+    <t>760919159</t>
+  </si>
+  <si>
+    <t>SAEMO CEH LE HAVRE ASS LES NIDS</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:02:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15294_FicheESSMS/fr/saemo-ceh-le-havre-ass-les-nids</t>
+  </si>
+  <si>
+    <t>15294_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Marechal Gallieni</t>
+  </si>
+  <si>
+    <t>76062 LE HAVRE</t>
+  </si>
+  <si>
+    <t>760024810</t>
+  </si>
+  <si>
+    <t>SAAD ASS VIVRE ET DEVENIR LE HAVRE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:09:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15333_FicheESSMS/fr/saad-ass-vivre-et-devenir-le-havre</t>
+  </si>
+  <si>
+    <t>15333_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Passage Arcade Noury</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>760034058</t>
+  </si>
+  <si>
+    <t>SAMSAH ASS VIVRE ET DEVENIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15332_FicheESSMS/fr/samsah-ass-vivre-et-devenir</t>
+  </si>
+  <si>
+    <t>15332_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>760026682</t>
+  </si>
+  <si>
     <t>EHPAD LE TRAIT D'UNION DU CAILLY</t>
   </si>
   <si>
     <t>11/12/2025 05:13:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15139_FicheESSMS/fr/ehpad-le-trait-d-union-du-cailly</t>
   </si>
   <si>
     <t>15139_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue De La Republique</t>
   </si>
   <si>
     <t>76150 MAROMME</t>
   </si>
   <si>
     <t>MAROMME</t>
   </si>
   <si>
-    <t>76</t>
-[...7 lines deleted...]
-  <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>760782359</t>
   </si>
   <si>
     <t>RESIDENCE SAINT JEAN</t>
   </si>
   <si>
     <t>12/11/2025 16:16:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14661_FicheESSMS/fr/residence-saint-jean</t>
   </si>
   <si>
     <t>14661_FicheESSMS</t>
   </si>
   <si>
     <t>76850 BOSC LE HARD</t>
   </si>
   <si>
     <t>BOSC LE HARD</t>
   </si>
   <si>
     <t>Résidences autonomie</t>
@@ -3506,56 +3863,50 @@
   <si>
     <t>760782367</t>
   </si>
   <si>
     <t>CER LES MARRONNIERS BOLBEC</t>
   </si>
   <si>
     <t>07/11/2025 16:26:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14441_FicheESSMS/fr/cer-les-marronniers-bolbec</t>
   </si>
   <si>
     <t>14441_FicheESSMS</t>
   </si>
   <si>
     <t>29 Boulevard Jules Passas</t>
   </si>
   <si>
     <t>76210 BOLBEC</t>
   </si>
   <si>
     <t>BOLBEC</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...4 lines deleted...]
-  <si>
     <t>Etablissement de Placement</t>
   </si>
   <si>
     <t>760029819</t>
   </si>
   <si>
     <t>SESSAD</t>
   </si>
   <si>
     <t>07/11/2025 16:29:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14602_FicheESSMS/fr/sessad</t>
   </si>
   <si>
     <t>14602_FicheESSMS</t>
   </si>
   <si>
     <t>76350 OISSEL</t>
   </si>
   <si>
     <t>OISSEL</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
@@ -3581,56 +3932,50 @@
   <si>
     <t>76320 CAUDEBEC LES ELBEUF</t>
   </si>
   <si>
     <t>CAUDEBEC LES ELBEUF</t>
   </si>
   <si>
     <t>760801969</t>
   </si>
   <si>
     <t>SESSAD IME CCAS YVETOT</t>
   </si>
   <si>
     <t>20/10/2025 16:17:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14170_FicheESSMS/fr/sessad-ime-ccas-yvetot</t>
   </si>
   <si>
     <t>14170_FicheESSMS</t>
   </si>
   <si>
     <t>58 Rue Joseph Coddeville</t>
   </si>
   <si>
-    <t>76190 YVETOT</t>
-[...4 lines deleted...]
-  <si>
     <t>760030858</t>
   </si>
   <si>
     <t>IME AUTISTES LEO KANNER CCAS YVETOT</t>
   </si>
   <si>
     <t>20/10/2025 16:17:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14172_FicheESSMS/fr/ime-autistes-leo-kanner-ccas-yvetot</t>
   </si>
   <si>
     <t>14172_FicheESSMS</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>760012831</t>
   </si>
   <si>
     <t>IME D'YVETOT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14171_FicheESSMS/fr/ime-d-yvetot</t>
@@ -3731,53 +4076,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/13542_FicheESSMS/fr/residence-beausoleil</t>
   </si>
   <si>
     <t>13542_FicheESSMS</t>
   </si>
   <si>
     <t>760791962</t>
   </si>
   <si>
     <t>SAMNA JEAN BOSCO LE HAVRE FOND AUTEUIL</t>
   </si>
   <si>
     <t>18/09/2025 16:16:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13430_FicheESSMS/fr/samna-jean-bosco-le-havre-fond-auteuil</t>
   </si>
   <si>
     <t>13430_FicheESSMS</t>
   </si>
   <si>
     <t>122 Rue De La Cavee Verte</t>
   </si>
   <si>
-    <t>76600 LE HAVRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>760037549</t>
   </si>
   <si>
     <t>ACT ASS LA PASSERELLE ELBEUF</t>
   </si>
   <si>
     <t>10/09/2025 12:15:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/383_FicheESSMS/fr/act-ass-la-passerelle-elbeuf</t>
   </si>
   <si>
     <t>383_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Jean Jaures</t>
   </si>
   <si>
     <t>76503 ELBEUF</t>
   </si>
   <si>
     <t>ELBEUF</t>
@@ -3860,101 +4202,95 @@
   <si>
     <t>1 Rue De Hailsham</t>
   </si>
   <si>
     <t>76220 GOURNAY EN BRAY</t>
   </si>
   <si>
     <t>GOURNAY EN BRAY</t>
   </si>
   <si>
     <t>760010959</t>
   </si>
   <si>
     <t>CMPP ALFRED BINET DE ROUEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/493_FicheESSMS/fr/cmpp-alfred-binet-de-rouen</t>
   </si>
   <si>
     <t>493_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Jean Lecanuet</t>
   </si>
   <si>
-    <t>76000 ROUEN</t>
-[...1 lines deleted...]
-  <si>
     <t>760780486</t>
   </si>
   <si>
     <t>EHPAD LES HAUTES BRUYERES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/556_FicheESSMS/fr/ehpad-les-hautes-bruyeres</t>
   </si>
   <si>
     <t>556_FicheESSMS</t>
   </si>
   <si>
     <t>17 Rue Leon Lebourgeois</t>
   </si>
   <si>
     <t>76240 BONSECOURS</t>
   </si>
   <si>
     <t>BONSECOURS</t>
   </si>
   <si>
     <t>760800730</t>
   </si>
   <si>
     <t>SAVS L'ESSOR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/549_FicheESSMS/fr/savs-l-essor</t>
   </si>
   <si>
     <t>549_FicheESSMS</t>
   </si>
   <si>
     <t>12 Impasse F. Couffon</t>
   </si>
   <si>
     <t>76580 LE TRAIT</t>
   </si>
   <si>
     <t>LE TRAIT</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte</t>
-[...1 lines deleted...]
-  <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>760920850</t>
   </si>
   <si>
     <t>EHPAD CH SAINT-ROMAIN-DE-COLBOSC</t>
   </si>
   <si>
     <t>10/09/2025 12:15:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/643_FicheESSMS/fr/ehpad-ch-saint-romain-de-colbosc</t>
   </si>
   <si>
     <t>643_FicheESSMS</t>
   </si>
   <si>
     <t>8 Avenue General De Gaulle</t>
   </si>
   <si>
     <t>76430 ST ROMAIN DE COLBOSC</t>
   </si>
   <si>
     <t>ST ROMAIN DE COLBOSC</t>
@@ -4025,86 +4361,83 @@
   <si>
     <t>760780932</t>
   </si>
   <si>
     <t>EHPAD LA SOURCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/738_FicheESSMS/fr/ehpad-la-source</t>
   </si>
   <si>
     <t>738_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue Du 8 Mai 1945</t>
   </si>
   <si>
     <t>76770 LE HOULME</t>
   </si>
   <si>
     <t>LE HOULME</t>
   </si>
   <si>
     <t>760919282</t>
   </si>
   <si>
+    <t>CAMSP LES SAPINS ASS HOVIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/765_FicheESSMS/fr/camsp-les-sapins-ass-hovia</t>
+  </si>
+  <si>
+    <t>765_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Eustache De La Queriere</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>760794834</t>
+  </si>
+  <si>
     <t>ESAT L'ESSOR</t>
   </si>
   <si>
-    <t>10/09/2025 12:15:40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/768_FicheESSMS/fr/esat-l-essor</t>
   </si>
   <si>
     <t>768_FicheESSMS</t>
   </si>
   <si>
-    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
-[...1 lines deleted...]
-  <si>
     <t>760802603</t>
   </si>
   <si>
-    <t>CAMSP LES SAPINS ASS HOVIA</t>
-[...16 lines deleted...]
-  <si>
     <t>IME L'ESSOR</t>
   </si>
   <si>
     <t>10/09/2025 12:15:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/776_FicheESSMS/fr/ime-l-essor</t>
   </si>
   <si>
     <t>776_FicheESSMS</t>
   </si>
   <si>
     <t>760780437</t>
   </si>
   <si>
     <t>EANM "L'ESSOR"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/775_FicheESSMS/fr/eanm-l-essor</t>
   </si>
   <si>
     <t>775_FicheESSMS</t>
   </si>
   <si>
     <t>126 Rue Paul  Ducros</t>
@@ -4136,53 +4469,50 @@
   <si>
     <t>YAINVILLE</t>
   </si>
   <si>
     <t>Foyer de Vie pour Adultes Handicapés</t>
   </si>
   <si>
     <t>760917393</t>
   </si>
   <si>
     <t>SAEMO DIEPPE AEP ASS LES NIDS</t>
   </si>
   <si>
     <t>10/09/2025 12:15:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/906_FicheESSMS/fr/saemo-dieppe-aep-ass-les-nids</t>
   </si>
   <si>
     <t>906_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue Jehan Veron</t>
   </si>
   <si>
-    <t>Services AEMO et AED</t>
-[...1 lines deleted...]
-  <si>
     <t>760920249</t>
   </si>
   <si>
     <t>SAAD AMAPA SERVICE AUX FAMILLES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/973_FicheESSMS/fr/saad-amapa-service-aux-familles</t>
   </si>
   <si>
     <t>973_FicheESSMS</t>
   </si>
   <si>
     <t>Service d'aide et d'accompagnement à domicile aux familles</t>
   </si>
   <si>
     <t>760041202</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/972_FicheESSMS/fr/saad-amapa-service-aux-familles</t>
   </si>
   <si>
     <t>972_FicheESSMS</t>
@@ -4658,53 +4988,50 @@
   <si>
     <t>2968_FicheESSMS</t>
   </si>
   <si>
     <t>76380 CANTELEU</t>
   </si>
   <si>
     <t>CANTELEU</t>
   </si>
   <si>
     <t>760027987</t>
   </si>
   <si>
     <t>SAMSAH BOIS GUILLAUME - IDEFHI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2967_FicheESSMS/fr/samsah-bois-guillaume-idefhi</t>
   </si>
   <si>
     <t>2967_FicheESSMS</t>
   </si>
   <si>
     <t>20 Place Gadeau De Kerville</t>
   </si>
   <si>
-    <t>Service d'accompagnement médico-social adultes handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>760035071</t>
   </si>
   <si>
     <t>SAVS IDEFHI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2966_FicheESSMS/fr/savs-idefhi</t>
   </si>
   <si>
     <t>2966_FicheESSMS</t>
   </si>
   <si>
     <t>760027748</t>
   </si>
   <si>
     <t>UNITE ENFANTS DYSLEXIQUES DYSPHASIQUES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2964_FicheESSMS/fr/unite-enfants-dyslexiques-dysphasiques</t>
   </si>
   <si>
     <t>2964_FicheESSMS</t>
   </si>
   <si>
     <t>760013029</t>
@@ -5774,53 +6101,50 @@
   <si>
     <t>ATJ  LES FOUGERES</t>
   </si>
   <si>
     <t>10/09/2025 12:24:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7152_FicheESSMS/fr/atj-les-fougeres</t>
   </si>
   <si>
     <t>7152_FicheESSMS</t>
   </si>
   <si>
     <t>760910885</t>
   </si>
   <si>
     <t>FH LES FOUGERES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7151_FicheESSMS/fr/fh-les-fougeres</t>
   </si>
   <si>
     <t>7151_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer Hébergement Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>760918573</t>
   </si>
   <si>
     <t>EHPAD LA ROSERAIE</t>
   </si>
   <si>
     <t>10/09/2025 12:24:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7308_FicheESSMS/fr/ehpad-la-roseraie</t>
   </si>
   <si>
     <t>7308_FicheESSMS</t>
   </si>
   <si>
     <t>27 Rue Albert Dubosc</t>
   </si>
   <si>
     <t>76310 STE ADRESSE</t>
   </si>
   <si>
     <t>STE ADRESSE</t>
   </si>
   <si>
     <t>760913731</t>
@@ -5882,56 +6206,50 @@
   <si>
     <t>10/09/2025 12:25:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8367_FicheESSMS/fr/ehpad-chateau-michel-dieppe</t>
   </si>
   <si>
     <t>8367_FicheESSMS</t>
   </si>
   <si>
     <t>98 Avenue Des Canadiens</t>
   </si>
   <si>
     <t>760802884</t>
   </si>
   <si>
     <t>SIE CEH LE HAVRE ASS LES NIDS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8363_FicheESSMS/fr/sie-ceh-le-havre-ass-les-nids</t>
   </si>
   <si>
     <t>8363_FicheESSMS</t>
   </si>
   <si>
-    <t>6 Rue Marechal Gallieni</t>
-[...4 lines deleted...]
-  <si>
     <t>Service d'Investigation Educative</t>
   </si>
   <si>
     <t>760921320</t>
   </si>
   <si>
     <t>RESIDENCE IRENEE BOURGOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8621_FicheESSMS/fr/residence-irenee-bourgois</t>
   </si>
   <si>
     <t>8621_FicheESSMS</t>
   </si>
   <si>
     <t>85 Rue De La Barre</t>
   </si>
   <si>
     <t>760917856</t>
   </si>
   <si>
     <t>RESIDENCE LES HORTENSIAS</t>
@@ -6197,56 +6515,50 @@
   <si>
     <t>RESIDENCE LES PERRETS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9045_FicheESSMS/fr/residence-les-perrets</t>
   </si>
   <si>
     <t>9045_FicheESSMS</t>
   </si>
   <si>
     <t>760791400</t>
   </si>
   <si>
     <t>SAAD ASS ADEO LE HAVRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9044_FicheESSMS/fr/saad-ass-adeo-le-havre</t>
   </si>
   <si>
     <t>9044_FicheESSMS</t>
   </si>
   <si>
     <t>101 Rue Dicquemare</t>
   </si>
   <si>
-    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>760025031</t>
   </si>
   <si>
     <t>RESIDENCE GERMAINE COTY</t>
   </si>
   <si>
     <t>10/09/2025 12:25:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9084_FicheESSMS/fr/residence-germaine-coty</t>
   </si>
   <si>
     <t>9084_FicheESSMS</t>
   </si>
   <si>
     <t>760791236</t>
   </si>
   <si>
     <t>IME DOMINIQUE LEFORT - MONT-CAUVAIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9083_FicheESSMS/fr/ime-dominique-lefort-mont-cauvaire</t>
   </si>
   <si>
     <t>9083_FicheESSMS</t>
@@ -8528,50 +8840,77 @@
   <si>
     <t>10/09/2025 12:28:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13093_FicheESSMS/fr/csapa-bois-guillaume-chu-rouen</t>
   </si>
   <si>
     <t>13093_FicheESSMS</t>
   </si>
   <si>
     <t>147 Avenue Marechal Juin</t>
   </si>
   <si>
     <t>760921742</t>
   </si>
   <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE LES ORMEAUX  (76)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3841762/fr/equipe-d-anesthesie-reanimation-clinique-les-ormeaux-76</t>
+  </si>
+  <si>
+    <t>p_3841762</t>
+  </si>
+  <si>
+    <t>Docteur Hervé ABOLO NKE, Docteur EDOUARD VERGEZ-HONTA, Docteur CHLOE LETURGIE, Docteur RUFIN KALOULOU</t>
+  </si>
+  <si>
+    <t>Équipe de Cardiologie interventionnelle HOPITAL JACQUES MONOD CH LE HAVRE  (76)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808651/fr/equipe-de-cardiologie-interventionnelle-hopital-jacques-monod-ch-le-havre-76</t>
+  </si>
+  <si>
+    <t>p_3808651</t>
+  </si>
+  <si>
+    <t>07 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur NATHANAEL AUQUIER, Docteur CAMILLE CAUSSIN, Docteur Elena POPESCU, Docteur Guillaume LE PESSEC, Docteur SOFIENE GAFSI, Docteur EMMANUEL LECLUSE, Docteur Chedi YOUSFI, Docteur HABIB TRIKI</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie urologique CLINIQUE LES ORMEAUX  (76)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794088/fr/equipe-de-chirurgie-urologique-clinique-les-ormeaux-76</t>
   </si>
   <si>
     <t>p_3794088</t>
   </si>
   <si>
     <t>16 October 2025</t>
   </si>
   <si>
     <t>Docteur CLAIRE LENORMAND, Docteur BERTIN NJINOU-NGNINKEU, Docteur MARINA-AGATHE RUGGIERO, Docteur BAPTISTE ALBOUY, Docteur Aude BLANCHON DE FOURMESTRAUX</t>
   </si>
   <si>
     <t>Équipe de Chirurgie thoracique et cardio-vasculaire HOPITAL CHARLES NICOLLE CHU ROUEN  (76)</t>
   </si>
   <si>
     <t>24/07/2025 11:15:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638097/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-hopital-charles-nicolle-chu-rouen-76</t>
   </si>
   <si>
     <t>p_3638097</t>
@@ -8858,51 +9197,51 @@
   <si>
     <t>MECS LES HELLANDES</t>
   </si>
   <si>
     <t>18/06/2025 14:55:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2769_FicheEtablissement/fr/mecs-les-hellandes</t>
   </si>
   <si>
     <t>2769_FicheEtablissement</t>
   </si>
   <si>
     <t>76280 ANGERVILLE L ORCHER</t>
   </si>
   <si>
     <t>ANGERVILLE L ORCHER</t>
   </si>
   <si>
     <t>0144168989</t>
   </si>
   <si>
     <t>760802439</t>
   </si>
   <si>
-    <t>A</t>
+    <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>CRF LA HEVE</t>
   </si>
   <si>
     <t>04/06/2025 07:34:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2739_FicheEtablissement/fr/crf-la-heve</t>
   </si>
   <si>
     <t>2739_FicheEtablissement</t>
   </si>
   <si>
     <t>234 Rue Stendhal</t>
   </si>
   <si>
     <t>0235547700</t>
   </si>
   <si>
     <t>760017079</t>
   </si>
   <si>
     <t>CLINIQUE HEMERA</t>
   </si>
@@ -9027,53 +9366,50 @@
     <t>0235396950</t>
   </si>
   <si>
     <t>760000398</t>
   </si>
   <si>
     <t>CLINIQUE TOUS VENTS</t>
   </si>
   <si>
     <t>31/01/2025 09:34:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2759_FicheEtablissement/fr/clinique-tous-vents</t>
   </si>
   <si>
     <t>2759_FicheEtablissement</t>
   </si>
   <si>
     <t>19 Avenue Rene  Coty</t>
   </si>
   <si>
     <t>0235396767</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie</t>
-  </si>
-[...1 lines deleted...]
-    <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
     <t>23/01/2025 15:45:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2760_FicheEtablissement/fr/clinique-les-ormeaux</t>
   </si>
   <si>
     <t>2760_FicheEtablissement</t>
   </si>
   <si>
     <t>36 Rue Marceau</t>
   </si>
   <si>
     <t>0232743274</t>
   </si>
   <si>
     <t>CH DIEPPE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2719_FicheEtablissement/fr/ch-dieppe</t>
   </si>
@@ -10133,51 +10469,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R165"/>
+  <dimension ref="A1:R176"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -10292,28167 +10628,29265 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>38</v>
       </c>
-      <c r="O3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>50</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" t="s">
         <v>57</v>
-      </c>
-[...16 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
+        <v>60</v>
+      </c>
+      <c r="O6" t="s">
         <v>61</v>
       </c>
-      <c r="L6" t="s">
+      <c r="P6" t="s">
         <v>62</v>
       </c>
-      <c r="M6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="R6" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="O7" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="Q7" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="R7" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="L8" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="O8" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="Q8" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="R8" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H9" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="Q9" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="R9" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>61</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>62</v>
       </c>
       <c r="Q10" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="R10" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="O11" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="P11" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="Q11" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="R11" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="H12" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="L12" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="O12" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="P12" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="Q12" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="R12" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="H13" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>103</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
+        <v>60</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q13" t="s">
         <v>107</v>
       </c>
-      <c r="L13" t="s">
+      <c r="R13" t="s">
         <v>108</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>110</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
         <v>111</v>
       </c>
       <c r="H14" t="s">
         <v>112</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>113</v>
       </c>
       <c r="L14" t="s">
         <v>114</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
+        <v>60</v>
+      </c>
+      <c r="O14" t="s">
         <v>115</v>
       </c>
-      <c r="O14" t="s">
+      <c r="P14" t="s">
         <v>116</v>
       </c>
-      <c r="P14" t="s">
+      <c r="Q14" t="s">
         <v>117</v>
       </c>
-      <c r="Q14" t="s">
+      <c r="R14" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
         <v>120</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>121</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>123</v>
+      </c>
+      <c r="L15" t="s">
         <v>124</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
         <v>125</v>
       </c>
-      <c r="M15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="Q15" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="R15" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>128</v>
+      </c>
+      <c r="H16" t="s">
         <v>129</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="O16" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="P16" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q16" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R16" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>134</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>135</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
+        <v>137</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
+        <v>132</v>
+      </c>
+      <c r="O17" t="s">
         <v>139</v>
       </c>
-      <c r="L17" t="s">
+      <c r="P17" t="s">
         <v>140</v>
       </c>
-      <c r="M17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q17" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R17" t="s">
-        <v>56</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H18" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="L18" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O18" t="s">
-        <v>55</v>
+        <v>149</v>
       </c>
       <c r="P18" t="s">
-        <v>46</v>
+        <v>140</v>
       </c>
       <c r="Q18" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R18" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="H19" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="O19" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="P19" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q19" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R19" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>152</v>
       </c>
-      <c r="C20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H20" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="L20" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="O20" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="P20" t="s">
-        <v>160</v>
+        <v>29</v>
       </c>
       <c r="Q20" t="s">
-        <v>161</v>
+        <v>30</v>
       </c>
       <c r="R20" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>163</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="O21" t="s">
-        <v>169</v>
+        <v>28</v>
       </c>
       <c r="P21" t="s">
-        <v>170</v>
+        <v>29</v>
       </c>
       <c r="Q21" t="s">
-        <v>171</v>
+        <v>30</v>
       </c>
       <c r="R21" t="s">
-        <v>172</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="H22" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="L22" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="O22" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="P22" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="Q22" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R22" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="H23" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="L23" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="Q23" t="s">
-        <v>30</v>
+        <v>184</v>
       </c>
       <c r="R23" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="H24" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="L24" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="O24" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="P24" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="Q24" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R24" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="H25" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="L25" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>179</v>
+        <v>125</v>
       </c>
       <c r="O25" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="P25" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="Q25" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R25" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="H26" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="L26" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="O26" t="s">
-        <v>207</v>
+        <v>28</v>
       </c>
       <c r="P26" t="s">
-        <v>208</v>
+        <v>29</v>
       </c>
       <c r="Q26" t="s">
-        <v>209</v>
+        <v>30</v>
       </c>
       <c r="R26" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="H27" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="L27" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>179</v>
+        <v>209</v>
       </c>
       <c r="O27" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>211</v>
       </c>
       <c r="Q27" t="s">
-        <v>30</v>
+        <v>212</v>
       </c>
       <c r="R27" t="s">
-        <v>182</v>
+        <v>213</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>214</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>215</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>216</v>
+      </c>
+      <c r="H28" t="s">
         <v>217</v>
-      </c>
-[...16 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
+        <v>218</v>
+      </c>
+      <c r="L28" t="s">
+        <v>219</v>
+      </c>
+      <c r="M28" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" t="s">
+        <v>220</v>
+      </c>
+      <c r="O28" t="s">
         <v>221</v>
       </c>
-      <c r="L28" t="s">
+      <c r="P28" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>212</v>
+      </c>
+      <c r="R28" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>223</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>224</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>225</v>
       </c>
       <c r="H29" t="s">
         <v>226</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>227</v>
       </c>
       <c r="L29" t="s">
         <v>228</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="O29" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="P29" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="Q29" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R29" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>229</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H30" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L30" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="O30" t="s">
-        <v>234</v>
+        <v>149</v>
       </c>
       <c r="P30" t="s">
-        <v>235</v>
+        <v>140</v>
       </c>
       <c r="Q30" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R30" t="s">
-        <v>236</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>235</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>236</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>237</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="L31" t="s">
-        <v>108</v>
+        <v>240</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="O31" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="P31" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="Q31" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R31" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>241</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>236</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>242</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>244</v>
+      </c>
+      <c r="L32" t="s">
         <v>245</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="O32" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="P32" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="Q32" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R32" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>246</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>248</v>
       </c>
       <c r="H33" t="s">
         <v>249</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>250</v>
       </c>
       <c r="L33" t="s">
         <v>251</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>179</v>
+        <v>252</v>
       </c>
       <c r="O33" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="P33" t="s">
-        <v>181</v>
+        <v>254</v>
       </c>
       <c r="Q33" t="s">
-        <v>30</v>
+        <v>255</v>
       </c>
       <c r="R33" t="s">
-        <v>182</v>
+        <v>256</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>238</v>
+        <v>258</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="H34" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="L34" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>179</v>
+        <v>252</v>
       </c>
       <c r="O34" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="P34" t="s">
-        <v>181</v>
+        <v>264</v>
       </c>
       <c r="Q34" t="s">
-        <v>30</v>
+        <v>265</v>
       </c>
       <c r="R34" t="s">
-        <v>182</v>
+        <v>266</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="H35" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="L35" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="O35" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="P35" t="s">
-        <v>181</v>
+        <v>275</v>
       </c>
       <c r="Q35" t="s">
         <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>182</v>
+        <v>276</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="H36" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="L36" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O36" t="s">
-        <v>55</v>
+        <v>274</v>
       </c>
       <c r="P36" t="s">
-        <v>46</v>
+        <v>275</v>
       </c>
       <c r="Q36" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R36" t="s">
-        <v>56</v>
+        <v>276</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="H37" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>287</v>
+      </c>
+      <c r="L37" t="s">
+        <v>288</v>
+      </c>
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
+        <v>273</v>
+      </c>
+      <c r="O37" t="s">
+        <v>274</v>
+      </c>
+      <c r="P37" t="s">
         <v>275</v>
       </c>
-      <c r="L37" t="s">
+      <c r="Q37" t="s">
+        <v>30</v>
+      </c>
+      <c r="R37" t="s">
         <v>276</v>
-      </c>
-[...16 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="H38" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="L38" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="O38" t="s">
-        <v>80</v>
+        <v>295</v>
       </c>
       <c r="P38" t="s">
-        <v>81</v>
+        <v>296</v>
       </c>
       <c r="Q38" t="s">
-        <v>47</v>
+        <v>297</v>
       </c>
       <c r="R38" t="s">
-        <v>82</v>
+        <v>298</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="H39" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="L39" t="s">
-        <v>256</v>
+        <v>304</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="O39" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P39" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q39" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R39" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="H40" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="L40" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="O40" t="s">
-        <v>299</v>
+        <v>274</v>
       </c>
       <c r="P40" t="s">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="Q40" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R40" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="H41" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="L41" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>308</v>
+        <v>273</v>
       </c>
       <c r="O41" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P41" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q41" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R41" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="H42" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="L42" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>308</v>
+        <v>273</v>
       </c>
       <c r="O42" t="s">
-        <v>80</v>
+        <v>322</v>
       </c>
       <c r="P42" t="s">
-        <v>81</v>
+        <v>323</v>
       </c>
       <c r="Q42" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R42" t="s">
-        <v>82</v>
+        <v>324</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="H43" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="L43" t="s">
-        <v>320</v>
+        <v>202</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>308</v>
+        <v>273</v>
       </c>
       <c r="O43" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P43" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q43" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R43" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="H44" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="L44" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>308</v>
+        <v>273</v>
       </c>
       <c r="O44" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P44" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q44" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R44" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="H45" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="L45" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>308</v>
+        <v>273</v>
       </c>
       <c r="O45" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P45" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q45" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R45" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="H46" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="L46" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>308</v>
+        <v>273</v>
       </c>
       <c r="O46" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P46" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q46" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R46" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="H47" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="L47" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>308</v>
+        <v>351</v>
       </c>
       <c r="O47" t="s">
-        <v>344</v>
+        <v>274</v>
       </c>
       <c r="P47" t="s">
-        <v>345</v>
+        <v>275</v>
       </c>
       <c r="Q47" t="s">
-        <v>346</v>
+        <v>30</v>
       </c>
       <c r="R47" t="s">
-        <v>347</v>
+        <v>276</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="H48" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="L48" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="O48" t="s">
-        <v>80</v>
+        <v>149</v>
       </c>
       <c r="P48" t="s">
-        <v>81</v>
+        <v>140</v>
       </c>
       <c r="Q48" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R48" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="H49" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="L49" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="O49" t="s">
-        <v>80</v>
+        <v>365</v>
       </c>
       <c r="P49" t="s">
-        <v>81</v>
+        <v>366</v>
       </c>
       <c r="Q49" t="s">
-        <v>47</v>
+        <v>367</v>
       </c>
       <c r="R49" t="s">
-        <v>82</v>
+        <v>368</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="H50" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="L50" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>308</v>
+        <v>375</v>
       </c>
       <c r="O50" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P50" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q50" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R50" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="H51" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="L51" t="s">
-        <v>369</v>
+        <v>344</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="O51" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="P51" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="Q51" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R51" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="H52" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
+        <v>385</v>
+      </c>
+      <c r="L52" t="s">
+        <v>386</v>
+      </c>
+      <c r="M52" t="s">
+        <v>20</v>
+      </c>
+      <c r="N52" t="s">
         <v>375</v>
       </c>
-      <c r="L52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O52" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="P52" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="Q52" t="s">
-        <v>379</v>
+        <v>141</v>
       </c>
       <c r="R52" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="H53" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="L53" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="O53" t="s">
-        <v>388</v>
+        <v>174</v>
       </c>
       <c r="P53" t="s">
-        <v>389</v>
+        <v>175</v>
       </c>
       <c r="Q53" t="s">
-        <v>390</v>
+        <v>141</v>
       </c>
       <c r="R53" t="s">
-        <v>391</v>
+        <v>176</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="H54" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
+        <v>401</v>
+      </c>
+      <c r="L54" t="s">
+        <v>402</v>
+      </c>
+      <c r="M54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N54" t="s">
         <v>396</v>
       </c>
-      <c r="L54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O54" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="P54" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="Q54" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R54" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="H55" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="L55" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="O55" t="s">
-        <v>405</v>
+        <v>174</v>
       </c>
       <c r="P55" t="s">
-        <v>406</v>
+        <v>175</v>
       </c>
       <c r="Q55" t="s">
-        <v>346</v>
+        <v>141</v>
       </c>
       <c r="R55" t="s">
-        <v>407</v>
+        <v>176</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H56" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L56" t="s">
-        <v>256</v>
+        <v>414</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
       <c r="O56" t="s">
-        <v>55</v>
+        <v>174</v>
       </c>
       <c r="P56" t="s">
-        <v>46</v>
+        <v>175</v>
       </c>
       <c r="Q56" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R56" t="s">
-        <v>56</v>
+        <v>176</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H57" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="L57" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="O57" t="s">
-        <v>421</v>
+        <v>174</v>
       </c>
       <c r="P57" t="s">
-        <v>422</v>
+        <v>175</v>
       </c>
       <c r="Q57" t="s">
-        <v>423</v>
+        <v>141</v>
       </c>
       <c r="R57" t="s">
-        <v>424</v>
+        <v>176</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="H58" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="L58" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="O58" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P58" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q58" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R58" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="H59" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="L59" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
       <c r="O59" t="s">
-        <v>80</v>
+        <v>432</v>
       </c>
       <c r="P59" t="s">
-        <v>81</v>
+        <v>106</v>
       </c>
       <c r="Q59" t="s">
-        <v>47</v>
+        <v>107</v>
       </c>
       <c r="R59" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="H60" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="L60" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>287</v>
+        <v>396</v>
       </c>
       <c r="O60" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P60" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q60" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R60" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>445</v>
+        <v>427</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="H61" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="L61" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
       <c r="O61" t="s">
-        <v>450</v>
+        <v>174</v>
       </c>
       <c r="P61" t="s">
-        <v>451</v>
+        <v>175</v>
       </c>
       <c r="Q61" t="s">
-        <v>452</v>
+        <v>141</v>
       </c>
       <c r="R61" t="s">
-        <v>453</v>
+        <v>176</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
+        <v>444</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
         <v>445</v>
       </c>
-      <c r="F62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H62" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="L62" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>287</v>
+        <v>396</v>
       </c>
       <c r="O62" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P62" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q62" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R62" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="H63" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="L63" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="O63" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="P63" t="s">
-        <v>235</v>
+        <v>275</v>
       </c>
       <c r="Q63" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R63" t="s">
-        <v>236</v>
+        <v>276</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="H64" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="L64" t="s">
-        <v>78</v>
+        <v>461</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>471</v>
+        <v>455</v>
       </c>
       <c r="O64" t="s">
-        <v>55</v>
+        <v>462</v>
       </c>
       <c r="P64" t="s">
-        <v>46</v>
+        <v>463</v>
       </c>
       <c r="Q64" t="s">
-        <v>47</v>
+        <v>464</v>
       </c>
       <c r="R64" t="s">
-        <v>56</v>
+        <v>465</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="H65" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
+        <v>470</v>
+      </c>
+      <c r="L65" t="s">
+        <v>471</v>
+      </c>
+      <c r="M65" t="s">
+        <v>20</v>
+      </c>
+      <c r="N65" t="s">
+        <v>472</v>
+      </c>
+      <c r="O65" t="s">
+        <v>473</v>
+      </c>
+      <c r="P65" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>475</v>
+      </c>
+      <c r="R65" t="s">
         <v>476</v>
-      </c>
-[...19 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="H66" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="L66" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="O66" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="P66" t="s">
-        <v>181</v>
+        <v>275</v>
       </c>
       <c r="Q66" t="s">
         <v>30</v>
       </c>
       <c r="R66" t="s">
-        <v>182</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="H67" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="L67" t="s">
-        <v>494</v>
+        <v>344</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>488</v>
+        <v>220</v>
       </c>
       <c r="O67" t="s">
-        <v>234</v>
+        <v>149</v>
       </c>
       <c r="P67" t="s">
-        <v>235</v>
+        <v>140</v>
       </c>
       <c r="Q67" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R67" t="s">
-        <v>236</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="H68" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
+        <v>493</v>
+      </c>
+      <c r="L68" t="s">
+        <v>494</v>
+      </c>
+      <c r="M68" t="s">
+        <v>20</v>
+      </c>
+      <c r="N68" t="s">
+        <v>495</v>
+      </c>
+      <c r="O68" t="s">
+        <v>496</v>
+      </c>
+      <c r="P68" t="s">
+        <v>497</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>498</v>
+      </c>
+      <c r="R68" t="s">
         <v>499</v>
-      </c>
-[...19 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
+        <v>500</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>501</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
         <v>502</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>503</v>
-      </c>
-[...7 lines deleted...]
-        <v>505</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="L69" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="O69" t="s">
-        <v>509</v>
+        <v>174</v>
       </c>
       <c r="P69" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="Q69" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R69" t="s">
-        <v>236</v>
+        <v>176</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="H70" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="L70" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="O70" t="s">
-        <v>234</v>
+        <v>174</v>
       </c>
       <c r="P70" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="Q70" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R70" t="s">
-        <v>236</v>
+        <v>176</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
+        <v>513</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>514</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>515</v>
+      </c>
+      <c r="H71" t="s">
         <v>516</v>
-      </c>
-[...16 lines deleted...]
-        <v>519</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="L71" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>522</v>
+        <v>375</v>
       </c>
       <c r="O71" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P71" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q71" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R71" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="H72" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
+        <v>523</v>
+      </c>
+      <c r="L72" t="s">
+        <v>524</v>
+      </c>
+      <c r="M72" t="s">
+        <v>20</v>
+      </c>
+      <c r="N72" t="s">
+        <v>512</v>
+      </c>
+      <c r="O72" t="s">
+        <v>525</v>
+      </c>
+      <c r="P72" t="s">
+        <v>526</v>
+      </c>
+      <c r="Q72" t="s">
         <v>527</v>
       </c>
-      <c r="L72" t="s">
+      <c r="R72" t="s">
         <v>528</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
+        <v>529</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>520</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
         <v>530</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>531</v>
-      </c>
-[...7 lines deleted...]
-        <v>533</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="L73" t="s">
-        <v>419</v>
+        <v>533</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>535</v>
+        <v>375</v>
       </c>
       <c r="O73" t="s">
-        <v>536</v>
+        <v>174</v>
       </c>
       <c r="P73" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="Q73" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="R73" t="s">
-        <v>162</v>
+        <v>176</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
+        <v>534</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>535</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>536</v>
+      </c>
+      <c r="H74" t="s">
         <v>537</v>
-      </c>
-[...16 lines deleted...]
-        <v>540</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="L74" t="s">
-        <v>151</v>
+        <v>539</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="O74" t="s">
-        <v>55</v>
+        <v>322</v>
       </c>
       <c r="P74" t="s">
-        <v>46</v>
+        <v>323</v>
       </c>
       <c r="Q74" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R74" t="s">
-        <v>56</v>
+        <v>324</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
+        <v>541</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
         <v>542</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
         <v>543</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
+        <v>545</v>
+      </c>
+      <c r="L75" t="s">
+        <v>172</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" t="s">
         <v>546</v>
       </c>
-      <c r="L75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O75" t="s">
-        <v>536</v>
+        <v>149</v>
       </c>
       <c r="P75" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="Q75" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="R75" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
+        <v>547</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>548</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
         <v>549</v>
       </c>
-      <c r="C76" t="s">
-[...5 lines deleted...]
-      <c r="E76" t="s">
+      <c r="H76" t="s">
         <v>550</v>
-      </c>
-[...7 lines deleted...]
-        <v>552</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
+        <v>551</v>
+      </c>
+      <c r="L76" t="s">
+        <v>552</v>
+      </c>
+      <c r="M76" t="s">
+        <v>20</v>
+      </c>
+      <c r="N76" t="s">
+        <v>546</v>
+      </c>
+      <c r="O76" t="s">
         <v>553</v>
       </c>
-      <c r="L76" t="s">
+      <c r="P76" t="s">
         <v>554</v>
       </c>
-      <c r="M76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q76" t="s">
-        <v>161</v>
+        <v>555</v>
       </c>
       <c r="R76" t="s">
-        <v>162</v>
+        <v>556</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="H77" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="L77" t="s">
-        <v>326</v>
+        <v>562</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="O77" t="s">
-        <v>536</v>
+        <v>274</v>
       </c>
       <c r="P77" t="s">
-        <v>160</v>
+        <v>275</v>
       </c>
       <c r="Q77" t="s">
-        <v>161</v>
+        <v>30</v>
       </c>
       <c r="R77" t="s">
-        <v>162</v>
+        <v>276</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="H78" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="L78" t="s">
+        <v>569</v>
+      </c>
+      <c r="M78" t="s">
+        <v>20</v>
+      </c>
+      <c r="N78" t="s">
         <v>563</v>
       </c>
-      <c r="M78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O78" t="s">
-        <v>536</v>
+        <v>322</v>
       </c>
       <c r="P78" t="s">
-        <v>160</v>
+        <v>323</v>
       </c>
       <c r="Q78" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="R78" t="s">
-        <v>162</v>
+        <v>324</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>550</v>
+        <v>571</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="H79" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="L79" t="s">
-        <v>307</v>
+        <v>575</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>548</v>
+        <v>576</v>
       </c>
       <c r="O79" t="s">
-        <v>536</v>
+        <v>149</v>
       </c>
       <c r="P79" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="Q79" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="R79" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>550</v>
+        <v>578</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="H80" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="L80" t="s">
-        <v>547</v>
+        <v>582</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>548</v>
+        <v>583</v>
       </c>
       <c r="O80" t="s">
-        <v>536</v>
+        <v>584</v>
       </c>
       <c r="P80" t="s">
-        <v>160</v>
+        <v>323</v>
       </c>
       <c r="Q80" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="R80" t="s">
-        <v>162</v>
+        <v>324</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>550</v>
+        <v>586</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="H81" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="L81" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>548</v>
+        <v>583</v>
       </c>
       <c r="O81" t="s">
-        <v>299</v>
+        <v>322</v>
       </c>
       <c r="P81" t="s">
-        <v>300</v>
+        <v>323</v>
       </c>
       <c r="Q81" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R81" t="s">
-        <v>301</v>
+        <v>324</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>550</v>
+        <v>592</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="H82" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="L82" t="s">
-        <v>581</v>
+        <v>596</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>548</v>
+        <v>597</v>
       </c>
       <c r="O82" t="s">
-        <v>536</v>
+        <v>174</v>
       </c>
       <c r="P82" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="Q82" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="R82" t="s">
-        <v>162</v>
+        <v>176</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>582</v>
+        <v>598</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>583</v>
+        <v>599</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>584</v>
+        <v>600</v>
       </c>
       <c r="H83" t="s">
-        <v>585</v>
+        <v>601</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="L83" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="O83" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P83" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q83" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R83" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>590</v>
+        <v>606</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>591</v>
+        <v>607</v>
       </c>
       <c r="H84" t="s">
-        <v>592</v>
+        <v>608</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>593</v>
+        <v>104</v>
       </c>
       <c r="L84" t="s">
-        <v>594</v>
+        <v>494</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="O84" t="s">
-        <v>180</v>
+        <v>610</v>
       </c>
       <c r="P84" t="s">
-        <v>181</v>
+        <v>254</v>
       </c>
       <c r="Q84" t="s">
-        <v>30</v>
+        <v>255</v>
       </c>
       <c r="R84" t="s">
-        <v>182</v>
+        <v>256</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>596</v>
+        <v>611</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>597</v>
+        <v>612</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="H85" t="s">
-        <v>599</v>
+        <v>614</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
-        <v>600</v>
+        <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="L85" t="s">
-        <v>515</v>
+        <v>245</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>602</v>
+        <v>220</v>
       </c>
       <c r="O85" t="s">
-        <v>55</v>
+        <v>149</v>
       </c>
       <c r="P85" t="s">
-        <v>46</v>
+        <v>140</v>
       </c>
       <c r="Q85" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R85" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>604</v>
+        <v>617</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>605</v>
+        <v>618</v>
       </c>
       <c r="H86" t="s">
-        <v>606</v>
+        <v>619</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>607</v>
+        <v>620</v>
       </c>
       <c r="L86" t="s">
-        <v>608</v>
+        <v>621</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>287</v>
+        <v>622</v>
       </c>
       <c r="O86" t="s">
-        <v>80</v>
+        <v>610</v>
       </c>
       <c r="P86" t="s">
-        <v>81</v>
+        <v>254</v>
       </c>
       <c r="Q86" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R86" t="s">
-        <v>82</v>
+        <v>256</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="H87" t="s">
-        <v>612</v>
+        <v>626</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="L87" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="O87" t="s">
-        <v>55</v>
+        <v>610</v>
       </c>
       <c r="P87" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="Q87" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R87" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>616</v>
+        <v>629</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>617</v>
+        <v>630</v>
       </c>
       <c r="H88" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>619</v>
+        <v>632</v>
       </c>
       <c r="L88" t="s">
-        <v>587</v>
+        <v>414</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="O88" t="s">
-        <v>55</v>
+        <v>610</v>
       </c>
       <c r="P88" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="Q88" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R88" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>622</v>
+        <v>634</v>
       </c>
       <c r="H89" t="s">
-        <v>623</v>
+        <v>635</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>624</v>
+        <v>636</v>
       </c>
       <c r="L89" t="s">
-        <v>625</v>
+        <v>53</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="O89" t="s">
-        <v>55</v>
+        <v>610</v>
       </c>
       <c r="P89" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="Q89" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R89" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="H90" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
       <c r="L90" t="s">
-        <v>630</v>
+        <v>395</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="O90" t="s">
-        <v>55</v>
+        <v>610</v>
       </c>
       <c r="P90" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="Q90" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R90" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="H91" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
-        <v>600</v>
+        <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="L91" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="O91" t="s">
-        <v>55</v>
+        <v>610</v>
       </c>
       <c r="P91" t="s">
-        <v>46</v>
+        <v>254</v>
       </c>
       <c r="Q91" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R91" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>636</v>
+        <v>624</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="H92" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="L92" t="s">
-        <v>464</v>
+        <v>649</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>640</v>
+        <v>622</v>
       </c>
       <c r="O92" t="s">
-        <v>641</v>
+        <v>387</v>
       </c>
       <c r="P92" t="s">
-        <v>642</v>
+        <v>388</v>
       </c>
       <c r="Q92" t="s">
-        <v>643</v>
+        <v>141</v>
       </c>
       <c r="R92" t="s">
-        <v>644</v>
+        <v>389</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>646</v>
+        <v>624</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H93" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="L93" t="s">
-        <v>464</v>
+        <v>654</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>179</v>
+        <v>622</v>
       </c>
       <c r="O93" t="s">
-        <v>509</v>
+        <v>610</v>
       </c>
       <c r="P93" t="s">
-        <v>235</v>
+        <v>254</v>
       </c>
       <c r="Q93" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R93" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="H94" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="L94" t="s">
-        <v>72</v>
+        <v>114</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>270</v>
+        <v>60</v>
       </c>
       <c r="O94" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="P94" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="Q94" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R94" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="H95" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="L95" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>661</v>
+        <v>125</v>
       </c>
       <c r="O95" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="P95" t="s">
-        <v>181</v>
+        <v>275</v>
       </c>
       <c r="Q95" t="s">
         <v>30</v>
       </c>
       <c r="R95" t="s">
-        <v>182</v>
+        <v>276</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="H96" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="K96" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="L96" t="s">
-        <v>430</v>
+        <v>590</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>387</v>
+        <v>125</v>
       </c>
       <c r="O96" t="s">
-        <v>509</v>
+        <v>149</v>
       </c>
       <c r="P96" t="s">
-        <v>235</v>
+        <v>140</v>
       </c>
       <c r="Q96" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R96" t="s">
-        <v>236</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H97" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="L97" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>673</v>
+        <v>375</v>
       </c>
       <c r="O97" t="s">
-        <v>674</v>
+        <v>174</v>
       </c>
       <c r="P97" t="s">
-        <v>642</v>
+        <v>175</v>
       </c>
       <c r="Q97" t="s">
-        <v>643</v>
+        <v>141</v>
       </c>
       <c r="R97" t="s">
-        <v>644</v>
+        <v>176</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="H98" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>145</v>
+        <v>682</v>
       </c>
       <c r="L98" t="s">
-        <v>54</v>
+        <v>683</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>413</v>
+        <v>220</v>
       </c>
       <c r="O98" t="s">
-        <v>80</v>
+        <v>149</v>
       </c>
       <c r="P98" t="s">
-        <v>81</v>
+        <v>140</v>
       </c>
       <c r="Q98" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R98" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
+        <v>684</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
         <v>679</v>
       </c>
-      <c r="C99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="H99" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="L99" t="s">
-        <v>684</v>
+        <v>114</v>
       </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>685</v>
+        <v>220</v>
       </c>
       <c r="O99" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="P99" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="Q99" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R99" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="H100" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="L100" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>685</v>
+        <v>220</v>
       </c>
       <c r="O100" t="s">
-        <v>80</v>
+        <v>149</v>
       </c>
       <c r="P100" t="s">
-        <v>81</v>
+        <v>140</v>
       </c>
       <c r="Q100" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R100" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="H101" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="L101" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>661</v>
+        <v>220</v>
       </c>
       <c r="O101" t="s">
-        <v>421</v>
+        <v>149</v>
       </c>
       <c r="P101" t="s">
-        <v>422</v>
+        <v>140</v>
       </c>
       <c r="Q101" t="s">
-        <v>423</v>
+        <v>141</v>
       </c>
       <c r="R101" t="s">
-        <v>424</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
         <v>700</v>
       </c>
       <c r="H102" t="s">
         <v>701</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="K102" t="s">
         <v>702</v>
       </c>
       <c r="L102" t="s">
-        <v>314</v>
+        <v>698</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>703</v>
+        <v>220</v>
       </c>
       <c r="O102" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="P102" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="Q102" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R102" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
+        <v>703</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
         <v>704</v>
       </c>
-      <c r="C103" t="s">
-[...5 lines deleted...]
-      <c r="E103" t="s">
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
         <v>705</v>
       </c>
-      <c r="F103" t="s">
-[...2 lines deleted...]
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
+        <v>707</v>
+      </c>
+      <c r="L103" t="s">
+        <v>539</v>
+      </c>
+      <c r="M103" t="s">
+        <v>20</v>
+      </c>
+      <c r="N103" t="s">
         <v>708</v>
       </c>
-      <c r="L103" t="s">
+      <c r="O103" t="s">
         <v>709</v>
       </c>
-      <c r="M103" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P103" t="s">
-        <v>181</v>
+        <v>710</v>
       </c>
       <c r="Q103" t="s">
-        <v>30</v>
+        <v>711</v>
       </c>
       <c r="R103" t="s">
-        <v>182</v>
+        <v>712</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="H104" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L104" t="s">
-        <v>715</v>
+        <v>539</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>716</v>
+        <v>273</v>
       </c>
       <c r="O104" t="s">
-        <v>717</v>
+        <v>584</v>
       </c>
       <c r="P104" t="s">
-        <v>718</v>
+        <v>323</v>
       </c>
       <c r="Q104" t="s">
-        <v>719</v>
+        <v>141</v>
       </c>
       <c r="R104" t="s">
-        <v>720</v>
+        <v>324</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
+        <v>718</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>719</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>720</v>
+      </c>
+      <c r="H105" t="s">
         <v>721</v>
-      </c>
-[...16 lines deleted...]
-        <v>724</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
-        <v>600</v>
+        <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="L105" t="s">
-        <v>726</v>
+        <v>166</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>716</v>
+        <v>358</v>
       </c>
       <c r="O105" t="s">
-        <v>116</v>
+        <v>274</v>
       </c>
       <c r="P105" t="s">
-        <v>117</v>
+        <v>275</v>
       </c>
       <c r="Q105" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="R105" t="s">
-        <v>119</v>
+        <v>276</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="H106" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="L106" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>703</v>
+        <v>729</v>
       </c>
       <c r="O106" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="P106" t="s">
-        <v>181</v>
+        <v>275</v>
       </c>
       <c r="Q106" t="s">
         <v>30</v>
       </c>
       <c r="R106" t="s">
-        <v>182</v>
+        <v>276</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
+        <v>730</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>731</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>732</v>
+      </c>
+      <c r="H107" t="s">
         <v>733</v>
-      </c>
-[...16 lines deleted...]
-        <v>736</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="L107" t="s">
-        <v>738</v>
+        <v>505</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>508</v>
+        <v>472</v>
       </c>
       <c r="O107" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="P107" t="s">
-        <v>235</v>
+        <v>323</v>
       </c>
       <c r="Q107" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R107" t="s">
-        <v>236</v>
+        <v>324</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="H108" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="L108" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>685</v>
+        <v>273</v>
       </c>
       <c r="O108" t="s">
-        <v>116</v>
+        <v>741</v>
       </c>
       <c r="P108" t="s">
-        <v>117</v>
+        <v>710</v>
       </c>
       <c r="Q108" t="s">
-        <v>118</v>
+        <v>711</v>
       </c>
       <c r="R108" t="s">
-        <v>119</v>
+        <v>712</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
+        <v>742</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>743</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>744</v>
+      </c>
+      <c r="H109" t="s">
         <v>745</v>
-      </c>
-[...16 lines deleted...]
-        <v>748</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>749</v>
+        <v>239</v>
       </c>
       <c r="L109" t="s">
-        <v>726</v>
+        <v>148</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="O109" t="s">
-        <v>751</v>
+        <v>174</v>
       </c>
       <c r="P109" t="s">
-        <v>752</v>
+        <v>175</v>
       </c>
       <c r="Q109" t="s">
-        <v>753</v>
+        <v>141</v>
       </c>
       <c r="R109" t="s">
-        <v>754</v>
+        <v>176</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>755</v>
+        <v>747</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="H110" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
       <c r="L110" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>602</v>
+        <v>753</v>
       </c>
       <c r="O110" t="s">
-        <v>421</v>
+        <v>274</v>
       </c>
       <c r="P110" t="s">
-        <v>422</v>
+        <v>275</v>
       </c>
       <c r="Q110" t="s">
-        <v>423</v>
+        <v>30</v>
       </c>
       <c r="R110" t="s">
-        <v>424</v>
+        <v>276</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="H111" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="L111" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>398</v>
+        <v>753</v>
       </c>
       <c r="O111" t="s">
-        <v>767</v>
+        <v>174</v>
       </c>
       <c r="P111" t="s">
-        <v>300</v>
+        <v>175</v>
       </c>
       <c r="Q111" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R111" t="s">
-        <v>301</v>
+        <v>176</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>770</v>
+        <v>762</v>
       </c>
       <c r="H112" t="s">
-        <v>771</v>
+        <v>763</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>772</v>
+        <v>764</v>
       </c>
       <c r="L112" t="s">
-        <v>773</v>
+        <v>765</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>774</v>
+        <v>729</v>
       </c>
       <c r="O112" t="s">
-        <v>116</v>
+        <v>496</v>
       </c>
       <c r="P112" t="s">
-        <v>117</v>
+        <v>497</v>
       </c>
       <c r="Q112" t="s">
-        <v>118</v>
+        <v>498</v>
       </c>
       <c r="R112" t="s">
-        <v>119</v>
+        <v>499</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="H113" t="s">
-        <v>778</v>
+        <v>769</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="L113" t="s">
-        <v>780</v>
+        <v>402</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>179</v>
+        <v>132</v>
       </c>
       <c r="O113" t="s">
-        <v>509</v>
+        <v>274</v>
       </c>
       <c r="P113" t="s">
-        <v>235</v>
+        <v>275</v>
       </c>
       <c r="Q113" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R113" t="s">
-        <v>236</v>
+        <v>276</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
       <c r="H114" t="s">
-        <v>784</v>
+        <v>774</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>785</v>
+        <v>775</v>
       </c>
       <c r="L114" t="s">
-        <v>786</v>
+        <v>776</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>263</v>
+        <v>753</v>
       </c>
       <c r="O114" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="P114" t="s">
-        <v>235</v>
+        <v>275</v>
       </c>
       <c r="Q114" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R114" t="s">
-        <v>236</v>
+        <v>276</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>787</v>
+        <v>777</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="H115" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="L115" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>716</v>
+        <v>273</v>
       </c>
       <c r="O115" t="s">
-        <v>180</v>
+        <v>783</v>
       </c>
       <c r="P115" t="s">
-        <v>181</v>
+        <v>784</v>
       </c>
       <c r="Q115" t="s">
-        <v>30</v>
+        <v>785</v>
       </c>
       <c r="R115" t="s">
-        <v>182</v>
+        <v>786</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>795</v>
+        <v>789</v>
       </c>
       <c r="H116" t="s">
-        <v>796</v>
+        <v>790</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="K116" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="L116" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>263</v>
+        <v>708</v>
       </c>
       <c r="O116" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="P116" t="s">
-        <v>181</v>
+        <v>211</v>
       </c>
       <c r="Q116" t="s">
-        <v>30</v>
+        <v>212</v>
       </c>
       <c r="R116" t="s">
-        <v>182</v>
+        <v>213</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="H117" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
       <c r="L117" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>270</v>
+        <v>60</v>
       </c>
       <c r="O117" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="P117" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="Q117" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R117" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>806</v>
+        <v>800</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>807</v>
+        <v>801</v>
       </c>
       <c r="H118" t="s">
-        <v>808</v>
+        <v>802</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>809</v>
+        <v>803</v>
       </c>
       <c r="L118" t="s">
-        <v>810</v>
+        <v>804</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="O118" t="s">
-        <v>811</v>
+        <v>584</v>
       </c>
       <c r="P118" t="s">
-        <v>812</v>
+        <v>323</v>
       </c>
       <c r="Q118" t="s">
-        <v>813</v>
+        <v>141</v>
       </c>
       <c r="R118" t="s">
-        <v>814</v>
+        <v>324</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
       <c r="H119" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>819</v>
+        <v>809</v>
       </c>
       <c r="L119" t="s">
-        <v>820</v>
+        <v>810</v>
       </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>821</v>
+        <v>753</v>
       </c>
       <c r="O119" t="s">
-        <v>822</v>
+        <v>210</v>
       </c>
       <c r="P119" t="s">
-        <v>823</v>
+        <v>211</v>
       </c>
       <c r="Q119" t="s">
-        <v>390</v>
+        <v>212</v>
       </c>
       <c r="R119" t="s">
-        <v>824</v>
+        <v>213</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>825</v>
+        <v>811</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>826</v>
+        <v>812</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>827</v>
+        <v>813</v>
       </c>
       <c r="H120" t="s">
-        <v>828</v>
+        <v>814</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>829</v>
+        <v>815</v>
       </c>
       <c r="L120" t="s">
-        <v>26</v>
+        <v>792</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>595</v>
+        <v>816</v>
       </c>
       <c r="O120" t="s">
-        <v>830</v>
+        <v>61</v>
       </c>
       <c r="P120" t="s">
-        <v>831</v>
+        <v>62</v>
       </c>
       <c r="Q120" t="s">
-        <v>832</v>
+        <v>63</v>
       </c>
       <c r="R120" t="s">
-        <v>833</v>
+        <v>64</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>834</v>
+        <v>817</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>835</v>
+        <v>818</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>836</v>
+        <v>819</v>
       </c>
       <c r="H121" t="s">
-        <v>837</v>
+        <v>820</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>838</v>
+        <v>821</v>
       </c>
       <c r="L121" t="s">
-        <v>839</v>
+        <v>822</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>465</v>
+        <v>823</v>
       </c>
       <c r="O121" t="s">
-        <v>180</v>
+        <v>496</v>
       </c>
       <c r="P121" t="s">
-        <v>181</v>
+        <v>497</v>
       </c>
       <c r="Q121" t="s">
-        <v>30</v>
+        <v>498</v>
       </c>
       <c r="R121" t="s">
-        <v>182</v>
+        <v>499</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>841</v>
+        <v>825</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>842</v>
+        <v>826</v>
       </c>
       <c r="H122" t="s">
-        <v>843</v>
+        <v>827</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>844</v>
+        <v>828</v>
       </c>
       <c r="L122" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>640</v>
+        <v>483</v>
       </c>
       <c r="O122" t="s">
-        <v>421</v>
+        <v>830</v>
       </c>
       <c r="P122" t="s">
-        <v>422</v>
+        <v>388</v>
       </c>
       <c r="Q122" t="s">
-        <v>423</v>
+        <v>141</v>
       </c>
       <c r="R122" t="s">
-        <v>424</v>
+        <v>389</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
-        <v>845</v>
+        <v>831</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>847</v>
+        <v>833</v>
       </c>
       <c r="H123" t="s">
-        <v>848</v>
+        <v>834</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>849</v>
+        <v>835</v>
       </c>
       <c r="L123" t="s">
-        <v>850</v>
+        <v>836</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>716</v>
+        <v>220</v>
       </c>
       <c r="O123" t="s">
-        <v>234</v>
+        <v>210</v>
       </c>
       <c r="P123" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="Q123" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="R123" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
-        <v>851</v>
+        <v>837</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>852</v>
+        <v>839</v>
       </c>
       <c r="H124" t="s">
-        <v>853</v>
+        <v>840</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>854</v>
+        <v>841</v>
       </c>
       <c r="L124" t="s">
-        <v>855</v>
+        <v>842</v>
       </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>703</v>
+        <v>273</v>
       </c>
       <c r="O124" t="s">
-        <v>116</v>
+        <v>584</v>
       </c>
       <c r="P124" t="s">
-        <v>117</v>
+        <v>323</v>
       </c>
       <c r="Q124" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="R124" t="s">
-        <v>119</v>
+        <v>324</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
-        <v>856</v>
+        <v>843</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>857</v>
+        <v>844</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>858</v>
+        <v>845</v>
       </c>
       <c r="H125" t="s">
-        <v>859</v>
+        <v>846</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>860</v>
+        <v>847</v>
       </c>
       <c r="L125" t="s">
-        <v>861</v>
+        <v>848</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>588</v>
+        <v>351</v>
       </c>
       <c r="O125" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
       <c r="P125" t="s">
-        <v>117</v>
+        <v>323</v>
       </c>
       <c r="Q125" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="R125" t="s">
-        <v>119</v>
+        <v>324</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>862</v>
+        <v>849</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>864</v>
+        <v>851</v>
       </c>
       <c r="H126" t="s">
-        <v>865</v>
+        <v>852</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>866</v>
+        <v>853</v>
       </c>
       <c r="L126" t="s">
-        <v>867</v>
+        <v>98</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>588</v>
+        <v>273</v>
       </c>
       <c r="O126" t="s">
-        <v>299</v>
+        <v>274</v>
       </c>
       <c r="P126" t="s">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="Q126" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R126" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>868</v>
+        <v>854</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>869</v>
+        <v>855</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>870</v>
+        <v>856</v>
       </c>
       <c r="H127" t="s">
-        <v>871</v>
+        <v>857</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>872</v>
+        <v>858</v>
       </c>
       <c r="L127" t="s">
-        <v>873</v>
+        <v>859</v>
       </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>595</v>
+        <v>351</v>
       </c>
       <c r="O127" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="P127" t="s">
-        <v>181</v>
+        <v>275</v>
       </c>
       <c r="Q127" t="s">
         <v>30</v>
       </c>
       <c r="R127" t="s">
-        <v>182</v>
+        <v>276</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
-        <v>874</v>
+        <v>860</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>875</v>
+        <v>861</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>876</v>
+        <v>862</v>
       </c>
       <c r="H128" t="s">
-        <v>877</v>
+        <v>863</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>878</v>
+        <v>864</v>
       </c>
       <c r="L128" t="s">
-        <v>879</v>
+        <v>865</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>595</v>
+        <v>358</v>
       </c>
       <c r="O128" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P128" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q128" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R128" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>880</v>
+        <v>866</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>881</v>
+        <v>867</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>882</v>
+        <v>868</v>
       </c>
       <c r="H129" t="s">
-        <v>883</v>
+        <v>869</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>884</v>
+        <v>870</v>
       </c>
       <c r="L129" t="s">
-        <v>885</v>
+        <v>871</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>308</v>
+        <v>209</v>
       </c>
       <c r="O129" t="s">
-        <v>80</v>
+        <v>872</v>
       </c>
       <c r="P129" t="s">
-        <v>81</v>
+        <v>873</v>
       </c>
       <c r="Q129" t="s">
-        <v>47</v>
+        <v>874</v>
       </c>
       <c r="R129" t="s">
-        <v>82</v>
+        <v>875</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
       <c r="H130" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="L130" t="s">
-        <v>891</v>
+        <v>881</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>588</v>
+        <v>220</v>
       </c>
       <c r="O130" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="P130" t="s">
-        <v>893</v>
+        <v>883</v>
       </c>
       <c r="Q130" t="s">
-        <v>894</v>
+        <v>475</v>
       </c>
       <c r="R130" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>897</v>
+        <v>886</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="H131" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
       <c r="L131" t="s">
-        <v>901</v>
+        <v>124</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>902</v>
+        <v>173</v>
       </c>
       <c r="O131" t="s">
-        <v>299</v>
+        <v>890</v>
       </c>
       <c r="P131" t="s">
-        <v>300</v>
+        <v>891</v>
       </c>
       <c r="Q131" t="s">
-        <v>47</v>
+        <v>892</v>
       </c>
       <c r="R131" t="s">
-        <v>301</v>
+        <v>893</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="H132" t="s">
-        <v>906</v>
+        <v>897</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>907</v>
+        <v>898</v>
       </c>
       <c r="L132" t="s">
-        <v>908</v>
+        <v>899</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>588</v>
+        <v>540</v>
       </c>
       <c r="O132" t="s">
-        <v>116</v>
+        <v>274</v>
       </c>
       <c r="P132" t="s">
-        <v>117</v>
+        <v>275</v>
       </c>
       <c r="Q132" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="R132" t="s">
-        <v>119</v>
+        <v>276</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>910</v>
+        <v>901</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="H133" t="s">
-        <v>912</v>
+        <v>903</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="L133" t="s">
-        <v>914</v>
+        <v>899</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>915</v>
+        <v>708</v>
       </c>
       <c r="O133" t="s">
-        <v>916</v>
+        <v>496</v>
       </c>
       <c r="P133" t="s">
-        <v>917</v>
+        <v>497</v>
       </c>
       <c r="Q133" t="s">
-        <v>918</v>
+        <v>498</v>
       </c>
       <c r="R133" t="s">
-        <v>919</v>
+        <v>499</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>920</v>
+        <v>905</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>921</v>
+        <v>907</v>
       </c>
       <c r="H134" t="s">
-        <v>922</v>
+        <v>908</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>923</v>
+        <v>909</v>
       </c>
       <c r="L134" t="s">
-        <v>867</v>
+        <v>910</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>548</v>
+        <v>273</v>
       </c>
       <c r="O134" t="s">
-        <v>116</v>
+        <v>322</v>
       </c>
       <c r="P134" t="s">
-        <v>117</v>
+        <v>323</v>
       </c>
       <c r="Q134" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="R134" t="s">
-        <v>119</v>
+        <v>324</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>924</v>
+        <v>911</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>925</v>
+        <v>906</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>926</v>
+        <v>912</v>
       </c>
       <c r="H135" t="s">
-        <v>927</v>
+        <v>913</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>928</v>
+        <v>914</v>
       </c>
       <c r="L135" t="s">
-        <v>929</v>
+        <v>915</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>548</v>
+        <v>60</v>
       </c>
       <c r="O135" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="P135" t="s">
-        <v>117</v>
+        <v>211</v>
       </c>
       <c r="Q135" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="R135" t="s">
-        <v>119</v>
+        <v>213</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>930</v>
+        <v>916</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
       <c r="H136" t="s">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="L136" t="s">
-        <v>934</v>
+        <v>921</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
-        <v>935</v>
+        <v>922</v>
       </c>
       <c r="O136" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="P136" t="s">
-        <v>117</v>
+        <v>211</v>
       </c>
       <c r="Q136" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="R136" t="s">
-        <v>119</v>
+        <v>213</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>936</v>
+        <v>923</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>937</v>
+        <v>924</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>938</v>
+        <v>925</v>
       </c>
       <c r="H137" t="s">
-        <v>939</v>
+        <v>926</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>940</v>
+        <v>927</v>
       </c>
       <c r="L137" t="s">
-        <v>941</v>
+        <v>928</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>398</v>
+        <v>173</v>
       </c>
       <c r="O137" t="s">
-        <v>767</v>
+        <v>387</v>
       </c>
       <c r="P137" t="s">
-        <v>300</v>
+        <v>388</v>
       </c>
       <c r="Q137" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R137" t="s">
-        <v>301</v>
+        <v>389</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>942</v>
+        <v>929</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>943</v>
+        <v>930</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>944</v>
+        <v>931</v>
       </c>
       <c r="H138" t="s">
-        <v>945</v>
+        <v>932</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>946</v>
+        <v>933</v>
       </c>
       <c r="L138" t="s">
-        <v>26</v>
+        <v>934</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>548</v>
+        <v>209</v>
       </c>
       <c r="O138" t="s">
-        <v>159</v>
+        <v>274</v>
       </c>
       <c r="P138" t="s">
-        <v>160</v>
+        <v>275</v>
       </c>
       <c r="Q138" t="s">
-        <v>161</v>
+        <v>30</v>
       </c>
       <c r="R138" t="s">
-        <v>162</v>
+        <v>276</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>947</v>
+        <v>935</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="H139" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
       <c r="L139" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>588</v>
+        <v>209</v>
       </c>
       <c r="O139" t="s">
-        <v>509</v>
+        <v>174</v>
       </c>
       <c r="P139" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="Q139" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R139" t="s">
-        <v>236</v>
+        <v>176</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>953</v>
+        <v>941</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="H140" t="s">
-        <v>955</v>
+        <v>944</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="L140" t="s">
-        <v>957</v>
+        <v>946</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>902</v>
+        <v>396</v>
       </c>
       <c r="O140" t="s">
-        <v>234</v>
+        <v>174</v>
       </c>
       <c r="P140" t="s">
-        <v>235</v>
+        <v>175</v>
       </c>
       <c r="Q140" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R140" t="s">
-        <v>236</v>
+        <v>176</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>18</v>
       </c>
       <c r="B141" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="H141" t="s">
-        <v>961</v>
+        <v>950</v>
       </c>
       <c r="I141" t="n">
         <v>0.0</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>962</v>
+        <v>951</v>
       </c>
       <c r="L141" t="s">
-        <v>286</v>
+        <v>952</v>
       </c>
       <c r="M141" t="s">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>488</v>
+        <v>132</v>
       </c>
       <c r="O141" t="s">
-        <v>963</v>
+        <v>953</v>
       </c>
       <c r="P141" t="s">
-        <v>964</v>
+        <v>954</v>
       </c>
       <c r="Q141" t="s">
-        <v>965</v>
+        <v>955</v>
       </c>
       <c r="R141" t="s">
-        <v>966</v>
+        <v>956</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
+        <v>958</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
         <v>959</v>
       </c>
-      <c r="F142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H142" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="I142" t="n">
         <v>0.0</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>970</v>
+        <v>961</v>
       </c>
       <c r="L142" t="s">
-        <v>971</v>
+        <v>962</v>
       </c>
       <c r="M142" t="s">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>703</v>
+        <v>173</v>
       </c>
       <c r="O142" t="s">
-        <v>80</v>
+        <v>387</v>
       </c>
       <c r="P142" t="s">
-        <v>81</v>
+        <v>388</v>
       </c>
       <c r="Q142" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R142" t="s">
-        <v>82</v>
+        <v>389</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>18</v>
       </c>
       <c r="B143" t="s">
-        <v>972</v>
+        <v>963</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="H143" t="s">
-        <v>975</v>
+        <v>966</v>
       </c>
       <c r="I143" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="L143" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="M143" t="s">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>535</v>
+        <v>132</v>
       </c>
       <c r="O143" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="P143" t="s">
-        <v>81</v>
+        <v>211</v>
       </c>
       <c r="Q143" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="R143" t="s">
-        <v>82</v>
+        <v>213</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>18</v>
       </c>
       <c r="B144" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>980</v>
+        <v>971</v>
       </c>
       <c r="H144" t="s">
-        <v>981</v>
+        <v>972</v>
       </c>
       <c r="I144" t="n">
         <v>0.0</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>982</v>
+        <v>973</v>
       </c>
       <c r="L144" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
       <c r="M144" t="s">
         <v>20</v>
       </c>
       <c r="N144" t="s">
-        <v>935</v>
+        <v>60</v>
       </c>
       <c r="O144" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="P144" t="s">
-        <v>985</v>
+        <v>976</v>
       </c>
       <c r="Q144" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="R144" t="s">
-        <v>987</v>
+        <v>978</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>18</v>
       </c>
       <c r="B145" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>989</v>
+        <v>970</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>990</v>
+        <v>980</v>
       </c>
       <c r="H145" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="I145" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="L145" t="s">
-        <v>993</v>
+        <v>928</v>
       </c>
       <c r="M145" t="s">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>535</v>
+        <v>622</v>
       </c>
       <c r="O145" t="s">
-        <v>509</v>
+        <v>210</v>
       </c>
       <c r="P145" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="Q145" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="R145" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146" t="s">
-        <v>994</v>
+        <v>983</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>995</v>
+        <v>984</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>996</v>
+        <v>985</v>
       </c>
       <c r="H146" t="s">
-        <v>997</v>
+        <v>986</v>
       </c>
       <c r="I146" t="n">
         <v>0.0</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>998</v>
+        <v>987</v>
       </c>
       <c r="L146" t="s">
-        <v>157</v>
+        <v>988</v>
       </c>
       <c r="M146" t="s">
         <v>20</v>
       </c>
       <c r="N146" t="s">
-        <v>287</v>
+        <v>622</v>
       </c>
       <c r="O146" t="s">
-        <v>509</v>
+        <v>210</v>
       </c>
       <c r="P146" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="Q146" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="R146" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>18</v>
       </c>
       <c r="B147" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1000</v>
+        <v>984</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="H147" t="s">
-        <v>1002</v>
+        <v>991</v>
       </c>
       <c r="I147" t="n">
         <v>0.0</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>534</v>
+        <v>992</v>
       </c>
       <c r="L147" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
       <c r="M147" t="s">
         <v>20</v>
       </c>
       <c r="N147" t="s">
-        <v>1004</v>
+        <v>60</v>
       </c>
       <c r="O147" t="s">
-        <v>1005</v>
+        <v>210</v>
       </c>
       <c r="P147" t="s">
-        <v>1006</v>
+        <v>211</v>
       </c>
       <c r="Q147" t="s">
-        <v>643</v>
+        <v>212</v>
       </c>
       <c r="R147" t="s">
-        <v>1007</v>
+        <v>213</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>1008</v>
+        <v>994</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>1009</v>
+        <v>995</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>1010</v>
+        <v>996</v>
       </c>
       <c r="H148" t="s">
-        <v>1011</v>
+        <v>997</v>
       </c>
       <c r="I148" t="n">
         <v>0.0</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>1012</v>
+        <v>998</v>
       </c>
       <c r="L148" t="s">
-        <v>262</v>
+        <v>999</v>
       </c>
       <c r="M148" t="s">
         <v>20</v>
       </c>
       <c r="N148" t="s">
-        <v>1013</v>
+        <v>483</v>
       </c>
       <c r="O148" t="s">
-        <v>180</v>
+        <v>830</v>
       </c>
       <c r="P148" t="s">
-        <v>181</v>
+        <v>388</v>
       </c>
       <c r="Q148" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R148" t="s">
-        <v>182</v>
+        <v>389</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>1014</v>
+        <v>1000</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1015</v>
+        <v>1001</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>1016</v>
+        <v>1002</v>
       </c>
       <c r="H149" t="s">
-        <v>1017</v>
+        <v>1003</v>
       </c>
       <c r="I149" t="n">
         <v>0.0</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>1018</v>
+        <v>1004</v>
       </c>
       <c r="L149" t="s">
-        <v>1019</v>
+        <v>124</v>
       </c>
       <c r="M149" t="s">
         <v>20</v>
       </c>
       <c r="N149" t="s">
-        <v>915</v>
+        <v>622</v>
       </c>
       <c r="O149" t="s">
-        <v>509</v>
+        <v>253</v>
       </c>
       <c r="P149" t="s">
-        <v>235</v>
+        <v>254</v>
       </c>
       <c r="Q149" t="s">
-        <v>47</v>
+        <v>255</v>
       </c>
       <c r="R149" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>1020</v>
+        <v>1005</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1021</v>
+        <v>1006</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>1022</v>
+        <v>1007</v>
       </c>
       <c r="H150" t="s">
-        <v>1023</v>
+        <v>1008</v>
       </c>
       <c r="I150" t="n">
         <v>0.0</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>1024</v>
+        <v>1009</v>
       </c>
       <c r="L150" t="s">
-        <v>1025</v>
+        <v>1010</v>
       </c>
       <c r="M150" t="s">
         <v>20</v>
       </c>
       <c r="N150" t="s">
-        <v>420</v>
+        <v>132</v>
       </c>
       <c r="O150" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="P150" t="s">
-        <v>235</v>
+        <v>323</v>
       </c>
       <c r="Q150" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R150" t="s">
-        <v>236</v>
+        <v>324</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>1026</v>
+        <v>1011</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1027</v>
+        <v>1006</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1028</v>
+        <v>1012</v>
       </c>
       <c r="H151" t="s">
-        <v>1029</v>
+        <v>1013</v>
       </c>
       <c r="I151" t="n">
         <v>0.0</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="L151" t="s">
-        <v>1031</v>
+        <v>1015</v>
       </c>
       <c r="M151" t="s">
         <v>20</v>
       </c>
       <c r="N151" t="s">
-        <v>398</v>
+        <v>125</v>
       </c>
       <c r="O151" t="s">
-        <v>55</v>
+        <v>322</v>
       </c>
       <c r="P151" t="s">
-        <v>46</v>
+        <v>323</v>
       </c>
       <c r="Q151" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R151" t="s">
-        <v>56</v>
+        <v>324</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>1032</v>
+        <v>1016</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1033</v>
+        <v>1017</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1034</v>
+        <v>1018</v>
       </c>
       <c r="H152" t="s">
-        <v>1035</v>
+        <v>1019</v>
       </c>
       <c r="I152" t="n">
         <v>0.0</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>1036</v>
+        <v>1020</v>
       </c>
       <c r="L152" t="s">
-        <v>914</v>
+        <v>374</v>
       </c>
       <c r="M152" t="s">
         <v>20</v>
       </c>
       <c r="N152" t="s">
-        <v>1037</v>
+        <v>563</v>
       </c>
       <c r="O152" t="s">
-        <v>299</v>
+        <v>1021</v>
       </c>
       <c r="P152" t="s">
-        <v>300</v>
+        <v>1022</v>
       </c>
       <c r="Q152" t="s">
-        <v>47</v>
+        <v>1023</v>
       </c>
       <c r="R152" t="s">
-        <v>301</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>1038</v>
+        <v>1025</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1039</v>
+        <v>1017</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="H153" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
       <c r="I153" t="n">
         <v>0.0</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1042</v>
+        <v>1028</v>
       </c>
       <c r="L153" t="s">
-        <v>1043</v>
+        <v>1029</v>
       </c>
       <c r="M153" t="s">
         <v>20</v>
       </c>
       <c r="N153" t="s">
-        <v>548</v>
+        <v>173</v>
       </c>
       <c r="O153" t="s">
-        <v>1044</v>
+        <v>174</v>
       </c>
       <c r="P153" t="s">
-        <v>1045</v>
+        <v>175</v>
       </c>
       <c r="Q153" t="s">
-        <v>1046</v>
+        <v>141</v>
       </c>
       <c r="R153" t="s">
-        <v>1047</v>
+        <v>176</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154" t="s">
-        <v>1048</v>
+        <v>1030</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1050</v>
+        <v>1032</v>
       </c>
       <c r="H154" t="s">
-        <v>1051</v>
+        <v>1033</v>
       </c>
       <c r="I154" t="n">
         <v>0.0</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1052</v>
+        <v>1034</v>
       </c>
       <c r="L154" t="s">
-        <v>1053</v>
+        <v>1035</v>
       </c>
       <c r="M154" t="s">
         <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>308</v>
+        <v>609</v>
       </c>
       <c r="O154" t="s">
-        <v>80</v>
+        <v>174</v>
       </c>
       <c r="P154" t="s">
-        <v>81</v>
+        <v>175</v>
       </c>
       <c r="Q154" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R154" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>18</v>
       </c>
       <c r="B155" t="s">
-        <v>1054</v>
+        <v>1036</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1055</v>
+        <v>1037</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1056</v>
+        <v>1038</v>
       </c>
       <c r="H155" t="s">
-        <v>1057</v>
+        <v>1039</v>
       </c>
       <c r="I155" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="L155" t="s">
-        <v>732</v>
+        <v>1041</v>
       </c>
       <c r="M155" t="s">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>548</v>
+        <v>60</v>
       </c>
       <c r="O155" t="s">
-        <v>299</v>
+        <v>1042</v>
       </c>
       <c r="P155" t="s">
-        <v>300</v>
+        <v>1043</v>
       </c>
       <c r="Q155" t="s">
-        <v>47</v>
+        <v>1044</v>
       </c>
       <c r="R155" t="s">
-        <v>301</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>18</v>
       </c>
       <c r="B156" t="s">
-        <v>1059</v>
+        <v>1046</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1060</v>
+        <v>1047</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="H156" t="s">
-        <v>1062</v>
+        <v>1049</v>
       </c>
       <c r="I156" t="n">
         <v>0.0</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="L156" t="s">
-        <v>1064</v>
+        <v>1051</v>
       </c>
       <c r="M156" t="s">
         <v>20</v>
       </c>
       <c r="N156" t="s">
-        <v>437</v>
+        <v>609</v>
       </c>
       <c r="O156" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="P156" t="s">
-        <v>235</v>
+        <v>323</v>
       </c>
       <c r="Q156" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R156" t="s">
-        <v>236</v>
+        <v>324</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>18</v>
       </c>
       <c r="B157" t="s">
-        <v>1065</v>
+        <v>1052</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1066</v>
+        <v>1053</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1067</v>
+        <v>1054</v>
       </c>
       <c r="H157" t="s">
-        <v>1068</v>
+        <v>1055</v>
       </c>
       <c r="I157" t="n">
         <v>0.0</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>430</v>
+        <v>1056</v>
       </c>
       <c r="L157" t="s">
-        <v>1069</v>
+        <v>251</v>
       </c>
       <c r="M157" t="s">
         <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>308</v>
+        <v>375</v>
       </c>
       <c r="O157" t="s">
-        <v>1005</v>
+        <v>584</v>
       </c>
       <c r="P157" t="s">
-        <v>1006</v>
+        <v>323</v>
       </c>
       <c r="Q157" t="s">
-        <v>643</v>
+        <v>141</v>
       </c>
       <c r="R157" t="s">
-        <v>1007</v>
+        <v>324</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>18</v>
       </c>
       <c r="B158" t="s">
-        <v>1070</v>
+        <v>1057</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1071</v>
+        <v>1058</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1072</v>
+        <v>1059</v>
       </c>
       <c r="H158" t="s">
-        <v>1073</v>
+        <v>1060</v>
       </c>
       <c r="I158" t="n">
         <v>0.0</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>1074</v>
+        <v>104</v>
       </c>
       <c r="L158" t="s">
-        <v>850</v>
+        <v>1061</v>
       </c>
       <c r="M158" t="s">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>370</v>
+        <v>1062</v>
       </c>
       <c r="O158" t="s">
-        <v>509</v>
+        <v>1063</v>
       </c>
       <c r="P158" t="s">
-        <v>235</v>
+        <v>1064</v>
       </c>
       <c r="Q158" t="s">
-        <v>47</v>
+        <v>711</v>
       </c>
       <c r="R158" t="s">
-        <v>236</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159" t="s">
-        <v>1075</v>
+        <v>1066</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1076</v>
+        <v>1067</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1077</v>
+        <v>1068</v>
       </c>
       <c r="H159" t="s">
-        <v>1078</v>
+        <v>1069</v>
       </c>
       <c r="I159" t="n">
         <v>0.0</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1079</v>
+        <v>1070</v>
       </c>
       <c r="L159" t="s">
-        <v>1080</v>
+        <v>350</v>
       </c>
       <c r="M159" t="s">
         <v>20</v>
       </c>
       <c r="N159" t="s">
-        <v>1081</v>
+        <v>1071</v>
       </c>
       <c r="O159" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="P159" t="s">
-        <v>235</v>
+        <v>275</v>
       </c>
       <c r="Q159" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R159" t="s">
-        <v>236</v>
+        <v>276</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>18</v>
       </c>
       <c r="B160" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1083</v>
+        <v>1074</v>
       </c>
       <c r="H160" t="s">
-        <v>1084</v>
+        <v>1075</v>
       </c>
       <c r="I160" t="n">
         <v>0.0</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>1085</v>
+        <v>1076</v>
       </c>
       <c r="L160" t="s">
-        <v>1086</v>
+        <v>1077</v>
       </c>
       <c r="M160" t="s">
         <v>20</v>
       </c>
       <c r="N160" t="s">
-        <v>287</v>
+        <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>80</v>
+        <v>584</v>
       </c>
       <c r="P160" t="s">
-        <v>81</v>
+        <v>323</v>
       </c>
       <c r="Q160" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R160" t="s">
-        <v>82</v>
+        <v>324</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>18</v>
       </c>
       <c r="B161" t="s">
-        <v>1087</v>
+        <v>1078</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1088</v>
+        <v>1079</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="H161" t="s">
-        <v>1090</v>
+        <v>1081</v>
       </c>
       <c r="I161" t="n">
         <v>0.0</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="L161" t="s">
-        <v>157</v>
+        <v>1083</v>
       </c>
       <c r="M161" t="s">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>287</v>
+        <v>495</v>
       </c>
       <c r="O161" t="s">
-        <v>80</v>
+        <v>584</v>
       </c>
       <c r="P161" t="s">
-        <v>81</v>
+        <v>323</v>
       </c>
       <c r="Q161" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="R161" t="s">
-        <v>82</v>
+        <v>324</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>18</v>
       </c>
       <c r="B162" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="H162" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="I162" t="n">
         <v>0.0</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="L162" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="M162" t="s">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>1098</v>
+        <v>125</v>
       </c>
       <c r="O162" t="s">
-        <v>1099</v>
+        <v>149</v>
       </c>
       <c r="P162" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="Q162" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R162" t="s">
-        <v>31</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>18</v>
       </c>
       <c r="B163" t="s">
-        <v>1100</v>
+        <v>1090</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1101</v>
+        <v>1091</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1102</v>
+        <v>1092</v>
       </c>
       <c r="H163" t="s">
-        <v>1103</v>
+        <v>1093</v>
       </c>
       <c r="I163" t="n">
         <v>0.0</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="L163" t="s">
-        <v>1105</v>
+        <v>974</v>
       </c>
       <c r="M163" t="s">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>370</v>
+        <v>273</v>
       </c>
       <c r="O163" t="s">
-        <v>180</v>
+        <v>387</v>
       </c>
       <c r="P163" t="s">
-        <v>181</v>
+        <v>388</v>
       </c>
       <c r="Q163" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="R163" t="s">
-        <v>182</v>
+        <v>389</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>18</v>
       </c>
       <c r="B164" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1107</v>
+        <v>1097</v>
       </c>
       <c r="H164" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
       <c r="I164" t="n">
         <v>0.0</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="L164" t="s">
-        <v>798</v>
+        <v>1100</v>
       </c>
       <c r="M164" t="s">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>750</v>
+        <v>622</v>
       </c>
       <c r="O164" t="s">
-        <v>116</v>
+        <v>1101</v>
       </c>
       <c r="P164" t="s">
-        <v>117</v>
+        <v>1102</v>
       </c>
       <c r="Q164" t="s">
-        <v>118</v>
+        <v>1103</v>
       </c>
       <c r="R164" t="s">
-        <v>119</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>18</v>
       </c>
       <c r="B165" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="H165" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="I165" t="n">
         <v>0.0</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
+        <v>1109</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1110</v>
+      </c>
+      <c r="M165" t="s">
+        <v>20</v>
+      </c>
+      <c r="N165" t="s">
+        <v>396</v>
+      </c>
+      <c r="O165" t="s">
+        <v>174</v>
+      </c>
+      <c r="P165" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>141</v>
+      </c>
+      <c r="R165" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>18</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H166" t="s">
         <v>1114</v>
       </c>
-      <c r="L165" t="s">
-[...8 lines deleted...]
-      <c r="O165" t="s">
+      <c r="I166" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="K166" t="s">
         <v>1115</v>
       </c>
-      <c r="P165" t="s">
+      <c r="L166" t="s">
+        <v>798</v>
+      </c>
+      <c r="M166" t="s">
+        <v>20</v>
+      </c>
+      <c r="N166" t="s">
+        <v>622</v>
+      </c>
+      <c r="O166" t="s">
+        <v>387</v>
+      </c>
+      <c r="P166" t="s">
+        <v>388</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>141</v>
+      </c>
+      <c r="R166" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>18</v>
+      </c>
+      <c r="B167" t="s">
         <v>1116</v>
       </c>
-      <c r="Q165" t="s">
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
         <v>1117</v>
       </c>
-      <c r="R165" t="s">
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
         <v>1118</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I167" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1120</v>
+      </c>
+      <c r="L167" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M167" t="s">
+        <v>20</v>
+      </c>
+      <c r="N167" t="s">
+        <v>512</v>
+      </c>
+      <c r="O167" t="s">
+        <v>584</v>
+      </c>
+      <c r="P167" t="s">
+        <v>323</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>141</v>
+      </c>
+      <c r="R167" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>18</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I168" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J168" t="s">
+        <v>24</v>
+      </c>
+      <c r="K168" t="s">
+        <v>505</v>
+      </c>
+      <c r="L168" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M168" t="s">
+        <v>20</v>
+      </c>
+      <c r="N168" t="s">
+        <v>396</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P168" t="s">
+        <v>1064</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>711</v>
+      </c>
+      <c r="R168" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>18</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1130</v>
+      </c>
+      <c r="I169" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1131</v>
+      </c>
+      <c r="L169" t="s">
+        <v>910</v>
+      </c>
+      <c r="M169" t="s">
+        <v>20</v>
+      </c>
+      <c r="N169" t="s">
+        <v>455</v>
+      </c>
+      <c r="O169" t="s">
+        <v>584</v>
+      </c>
+      <c r="P169" t="s">
+        <v>323</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>141</v>
+      </c>
+      <c r="R169" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>18</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I170" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M170" t="s">
+        <v>20</v>
+      </c>
+      <c r="N170" t="s">
+        <v>173</v>
+      </c>
+      <c r="O170" t="s">
+        <v>322</v>
+      </c>
+      <c r="P170" t="s">
+        <v>323</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>141</v>
+      </c>
+      <c r="R170" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>18</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I171" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>1141</v>
+      </c>
+      <c r="L171" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M171" t="s">
+        <v>20</v>
+      </c>
+      <c r="N171" t="s">
+        <v>375</v>
+      </c>
+      <c r="O171" t="s">
+        <v>174</v>
+      </c>
+      <c r="P171" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>141</v>
+      </c>
+      <c r="R171" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>18</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I172" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
+        <v>1147</v>
+      </c>
+      <c r="L172" t="s">
+        <v>251</v>
+      </c>
+      <c r="M172" t="s">
+        <v>20</v>
+      </c>
+      <c r="N172" t="s">
+        <v>375</v>
+      </c>
+      <c r="O172" t="s">
+        <v>174</v>
+      </c>
+      <c r="P172" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>141</v>
+      </c>
+      <c r="R172" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>18</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I173" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J173" t="s">
+        <v>24</v>
+      </c>
+      <c r="K173" t="s">
+        <v>1152</v>
+      </c>
+      <c r="L173" t="s">
+        <v>1153</v>
+      </c>
+      <c r="M173" t="s">
+        <v>20</v>
+      </c>
+      <c r="N173" t="s">
+        <v>1154</v>
+      </c>
+      <c r="O173" t="s">
+        <v>48</v>
+      </c>
+      <c r="P173" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>30</v>
+      </c>
+      <c r="R173" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>18</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I174" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>1159</v>
+      </c>
+      <c r="L174" t="s">
+        <v>1160</v>
+      </c>
+      <c r="M174" t="s">
+        <v>20</v>
+      </c>
+      <c r="N174" t="s">
+        <v>455</v>
+      </c>
+      <c r="O174" t="s">
+        <v>274</v>
+      </c>
+      <c r="P174" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>30</v>
+      </c>
+      <c r="R174" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>18</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I175" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1164</v>
+      </c>
+      <c r="L175" t="s">
+        <v>859</v>
+      </c>
+      <c r="M175" t="s">
+        <v>20</v>
+      </c>
+      <c r="N175" t="s">
+        <v>816</v>
+      </c>
+      <c r="O175" t="s">
+        <v>210</v>
+      </c>
+      <c r="P175" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>212</v>
+      </c>
+      <c r="R175" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>18</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I176" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1169</v>
+      </c>
+      <c r="L176" t="s">
+        <v>374</v>
+      </c>
+      <c r="M176" t="s">
+        <v>20</v>
+      </c>
+      <c r="N176" t="s">
+        <v>816</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1171</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>1172</v>
+      </c>
+      <c r="R176" t="s">
+        <v>1173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P282"/>
+  <dimension ref="A1:P290"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1119</v>
+        <v>1174</v>
       </c>
       <c r="J1" t="s">
-        <v>1120</v>
+        <v>1175</v>
       </c>
       <c r="K1" t="s">
-        <v>1121</v>
+        <v>1176</v>
       </c>
       <c r="L1" t="s">
-        <v>1122</v>
+        <v>1177</v>
       </c>
       <c r="M1" t="s">
-        <v>1123</v>
+        <v>1178</v>
       </c>
       <c r="N1" t="s">
-        <v>1124</v>
+        <v>1179</v>
       </c>
       <c r="O1" t="s">
-        <v>1125</v>
+        <v>1180</v>
       </c>
       <c r="P1" t="s">
-        <v>1126</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B2" t="s">
-        <v>1128</v>
+        <v>1183</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1129</v>
+        <v>1184</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1130</v>
+        <v>1185</v>
       </c>
       <c r="H2" t="s">
-        <v>1131</v>
+        <v>1186</v>
       </c>
       <c r="I2" t="s">
-        <v>1132</v>
+        <v>1187</v>
       </c>
       <c r="J2" t="s">
-        <v>1133</v>
+        <v>1188</v>
       </c>
       <c r="K2" t="s">
-        <v>1134</v>
+        <v>1189</v>
       </c>
       <c r="L2" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M2" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N2" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O2" t="s">
-        <v>1138</v>
+        <v>1193</v>
       </c>
       <c r="P2" t="s">
-        <v>1139</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B3" t="s">
-        <v>1140</v>
+        <v>1195</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1141</v>
+        <v>1196</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1142</v>
+        <v>1197</v>
       </c>
       <c r="H3" t="s">
-        <v>1143</v>
+        <v>1198</v>
       </c>
       <c r="I3" t="s">
-        <v>1144</v>
+        <v>1199</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>1200</v>
       </c>
       <c r="K3" t="s">
-        <v>1145</v>
+        <v>1201</v>
       </c>
       <c r="L3" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M3" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N3" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O3" t="s">
-        <v>1146</v>
+        <v>1203</v>
       </c>
       <c r="P3" t="s">
-        <v>1147</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B4" t="s">
-        <v>1148</v>
+        <v>1205</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1149</v>
+        <v>1206</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1150</v>
+        <v>1207</v>
       </c>
       <c r="H4" t="s">
-        <v>1151</v>
+        <v>1208</v>
       </c>
       <c r="I4" t="s">
-        <v>1152</v>
+        <v>1209</v>
       </c>
       <c r="J4" t="s">
-        <v>1153</v>
+        <v>1200</v>
       </c>
       <c r="K4" t="s">
-        <v>753</v>
+        <v>1201</v>
       </c>
       <c r="L4" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M4" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N4" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O4" t="s">
-        <v>1138</v>
+        <v>1210</v>
       </c>
       <c r="P4" t="s">
-        <v>1154</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B5" t="s">
-        <v>1155</v>
+        <v>1212</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1156</v>
+        <v>1213</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1157</v>
+        <v>1214</v>
       </c>
       <c r="H5" t="s">
-        <v>1158</v>
+        <v>1215</v>
       </c>
       <c r="I5" t="s">
-        <v>1159</v>
+        <v>1216</v>
       </c>
       <c r="J5" t="s">
-        <v>1160</v>
+        <v>1217</v>
       </c>
       <c r="K5" t="s">
-        <v>1161</v>
+        <v>141</v>
       </c>
       <c r="L5" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M5" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N5" t="s">
-        <v>1163</v>
+        <v>1219</v>
       </c>
       <c r="O5" t="s">
-        <v>1164</v>
+        <v>1220</v>
       </c>
       <c r="P5" t="s">
-        <v>1165</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B6" t="s">
-        <v>1166</v>
+        <v>1222</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1167</v>
+        <v>1223</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1168</v>
+        <v>1224</v>
       </c>
       <c r="H6" t="s">
-        <v>1169</v>
+        <v>1225</v>
       </c>
       <c r="I6" t="s">
-        <v>1170</v>
+        <v>1226</v>
       </c>
       <c r="J6" t="s">
-        <v>20</v>
+        <v>1227</v>
       </c>
       <c r="K6" t="s">
-        <v>1171</v>
+        <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M6" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N6" t="s">
-        <v>1172</v>
+        <v>1219</v>
       </c>
       <c r="O6" t="s">
-        <v>1173</v>
+        <v>1228</v>
       </c>
       <c r="P6" t="s">
-        <v>1174</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B7" t="s">
-        <v>1175</v>
+        <v>1230</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1176</v>
+        <v>1231</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1177</v>
+        <v>1232</v>
       </c>
       <c r="H7" t="s">
-        <v>1178</v>
+        <v>1233</v>
       </c>
       <c r="I7" t="s">
-        <v>1179</v>
+        <v>1234</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>1235</v>
       </c>
       <c r="K7" t="s">
-        <v>1180</v>
+        <v>30</v>
       </c>
       <c r="L7" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M7" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N7" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O7" t="s">
-        <v>1146</v>
+        <v>1220</v>
       </c>
       <c r="P7" t="s">
-        <v>1181</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B8" t="s">
-        <v>1182</v>
+        <v>1237</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1183</v>
+        <v>1238</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1184</v>
+        <v>1239</v>
       </c>
       <c r="H8" t="s">
-        <v>1185</v>
+        <v>1240</v>
       </c>
       <c r="I8" t="s">
-        <v>1186</v>
+        <v>1241</v>
       </c>
       <c r="J8" t="s">
-        <v>1187</v>
+        <v>1227</v>
       </c>
       <c r="K8" t="s">
-        <v>1188</v>
+        <v>30</v>
       </c>
       <c r="L8" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M8" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N8" t="s">
-        <v>1172</v>
+        <v>1242</v>
       </c>
       <c r="O8" t="s">
-        <v>1173</v>
+        <v>1243</v>
       </c>
       <c r="P8" t="s">
-        <v>1189</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B9" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K9" t="s">
+        <v>30</v>
+      </c>
+      <c r="L9" t="s">
         <v>1190</v>
       </c>
-      <c r="C9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M9" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N9" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O9" t="s">
-        <v>1194</v>
+        <v>1248</v>
       </c>
       <c r="P9" t="s">
-        <v>1195</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B10" t="s">
-        <v>1196</v>
+        <v>1250</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1253</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1255</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M10" t="s">
         <v>1191</v>
       </c>
-      <c r="F10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O10" t="s">
-        <v>1194</v>
+        <v>1257</v>
       </c>
       <c r="P10" t="s">
-        <v>1200</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B11" t="s">
-        <v>1201</v>
+        <v>1259</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1202</v>
+        <v>1260</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1203</v>
+        <v>1261</v>
       </c>
       <c r="H11" t="s">
-        <v>1204</v>
+        <v>1262</v>
       </c>
       <c r="I11" t="s">
-        <v>1205</v>
+        <v>1263</v>
       </c>
       <c r="J11" t="s">
-        <v>1206</v>
+        <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>1207</v>
+        <v>1264</v>
       </c>
       <c r="L11" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M11" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N11" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O11" t="s">
-        <v>1146</v>
+        <v>1265</v>
       </c>
       <c r="P11" t="s">
-        <v>1208</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B12" t="s">
-        <v>1209</v>
+        <v>1267</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1210</v>
+        <v>1268</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1211</v>
+        <v>1269</v>
       </c>
       <c r="H12" t="s">
-        <v>1212</v>
+        <v>1270</v>
       </c>
       <c r="I12" t="s">
-        <v>1213</v>
+        <v>1271</v>
       </c>
       <c r="J12" t="s">
-        <v>1214</v>
+        <v>1272</v>
       </c>
       <c r="K12" t="s">
-        <v>1215</v>
+        <v>63</v>
       </c>
       <c r="L12" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M12" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N12" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O12" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P12" t="s">
-        <v>1216</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B13" t="s">
-        <v>1217</v>
+        <v>1274</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1277</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1278</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1279</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M13" t="s">
         <v>1218</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="N13" t="s">
         <v>1219</v>
       </c>
-      <c r="H13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>1146</v>
+        <v>1281</v>
       </c>
       <c r="P13" t="s">
-        <v>1221</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B14" t="s">
-        <v>1222</v>
+        <v>1283</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1218</v>
+        <v>1284</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1223</v>
+        <v>1285</v>
       </c>
       <c r="H14" t="s">
-        <v>1224</v>
+        <v>1286</v>
       </c>
       <c r="I14" t="s">
-        <v>1225</v>
+        <v>1287</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>1207</v>
+        <v>1288</v>
       </c>
       <c r="L14" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M14" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N14" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O14" t="s">
-        <v>1146</v>
+        <v>1290</v>
       </c>
       <c r="P14" t="s">
-        <v>1226</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B15" t="s">
-        <v>1227</v>
+        <v>1292</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1228</v>
+        <v>1293</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1229</v>
+        <v>1294</v>
       </c>
       <c r="H15" t="s">
-        <v>1230</v>
+        <v>1295</v>
       </c>
       <c r="I15" t="s">
-        <v>1225</v>
+        <v>1296</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>1207</v>
+        <v>1297</v>
       </c>
       <c r="L15" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M15" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N15" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O15" t="s">
-        <v>1146</v>
+        <v>1265</v>
       </c>
       <c r="P15" t="s">
-        <v>1231</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B16" t="s">
-        <v>1232</v>
+        <v>1299</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1233</v>
+        <v>1300</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1234</v>
+        <v>1301</v>
       </c>
       <c r="H16" t="s">
-        <v>1235</v>
+        <v>1302</v>
       </c>
       <c r="I16" t="s">
-        <v>1236</v>
+        <v>1303</v>
       </c>
       <c r="J16" t="s">
-        <v>1237</v>
+        <v>1200</v>
       </c>
       <c r="K16" t="s">
-        <v>30</v>
+        <v>1201</v>
       </c>
       <c r="L16" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M16" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N16" t="s">
-        <v>1163</v>
+        <v>1289</v>
       </c>
       <c r="O16" t="s">
-        <v>1238</v>
+        <v>1290</v>
       </c>
       <c r="P16" t="s">
-        <v>1239</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B17" t="s">
-        <v>1240</v>
+        <v>1305</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1241</v>
+        <v>1306</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1242</v>
+        <v>1307</v>
       </c>
       <c r="H17" t="s">
-        <v>1243</v>
+        <v>1308</v>
       </c>
       <c r="I17" t="s">
-        <v>1244</v>
+        <v>1303</v>
       </c>
       <c r="J17" t="s">
-        <v>1245</v>
+        <v>1200</v>
       </c>
       <c r="K17" t="s">
-        <v>1246</v>
+        <v>1201</v>
       </c>
       <c r="L17" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M17" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N17" t="s">
-        <v>1247</v>
+        <v>1289</v>
       </c>
       <c r="O17" t="s">
-        <v>1248</v>
+        <v>1309</v>
       </c>
       <c r="P17" t="s">
-        <v>1249</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B18" t="s">
-        <v>1250</v>
+        <v>1311</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1241</v>
+        <v>1306</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1251</v>
+        <v>1312</v>
       </c>
       <c r="H18" t="s">
-        <v>1252</v>
+        <v>1313</v>
       </c>
       <c r="I18" t="s">
-        <v>1244</v>
+        <v>1303</v>
       </c>
       <c r="J18" t="s">
-        <v>1245</v>
+        <v>1314</v>
       </c>
       <c r="K18" t="s">
-        <v>1246</v>
+        <v>1201</v>
       </c>
       <c r="L18" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M18" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N18" t="s">
-        <v>1247</v>
+        <v>1289</v>
       </c>
       <c r="O18" t="s">
-        <v>1253</v>
+        <v>1309</v>
       </c>
       <c r="P18" t="s">
-        <v>1254</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B19" t="s">
-        <v>1255</v>
+        <v>1316</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1256</v>
+        <v>1317</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1257</v>
+        <v>1318</v>
       </c>
       <c r="H19" t="s">
-        <v>1258</v>
+        <v>1319</v>
       </c>
       <c r="I19" t="s">
-        <v>1259</v>
+        <v>1320</v>
       </c>
       <c r="J19" t="s">
-        <v>20</v>
+        <v>1321</v>
       </c>
       <c r="K19" t="s">
-        <v>1260</v>
+        <v>1322</v>
       </c>
       <c r="L19" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M19" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N19" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O19" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P19" t="s">
-        <v>1261</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B20" t="s">
-        <v>1262</v>
+        <v>1324</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1263</v>
+        <v>1325</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1264</v>
+        <v>1326</v>
       </c>
       <c r="H20" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1330</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1192</v>
+      </c>
+      <c r="O20" t="s">
         <v>1265</v>
       </c>
-      <c r="I20" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P20" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B21" t="s">
-        <v>1268</v>
+        <v>1332</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1269</v>
+        <v>1333</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1270</v>
+        <v>1334</v>
       </c>
       <c r="H21" t="s">
-        <v>1271</v>
+        <v>1335</v>
       </c>
       <c r="I21" t="s">
-        <v>1272</v>
+        <v>1321</v>
       </c>
       <c r="J21" t="s">
-        <v>1273</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>1274</v>
+        <v>1322</v>
       </c>
       <c r="L21" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M21" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N21" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O21" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="P21" t="s">
-        <v>1275</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B22" t="s">
-        <v>1276</v>
+        <v>1337</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1269</v>
+        <v>1333</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1277</v>
+        <v>1338</v>
       </c>
       <c r="H22" t="s">
-        <v>1278</v>
+        <v>1339</v>
       </c>
       <c r="I22" t="s">
-        <v>1279</v>
+        <v>1340</v>
       </c>
       <c r="J22" t="s">
-        <v>1280</v>
+        <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>47</v>
+        <v>1322</v>
       </c>
       <c r="L22" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M22" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N22" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O22" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="P22" t="s">
-        <v>1281</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B23" t="s">
-        <v>1282</v>
+        <v>1342</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1283</v>
+        <v>1343</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1284</v>
+        <v>1344</v>
       </c>
       <c r="H23" t="s">
-        <v>1285</v>
+        <v>1345</v>
       </c>
       <c r="I23" t="s">
-        <v>1286</v>
+        <v>1340</v>
       </c>
       <c r="J23" t="s">
-        <v>1287</v>
+        <v>20</v>
       </c>
       <c r="K23" t="s">
-        <v>1288</v>
+        <v>1322</v>
       </c>
       <c r="L23" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M23" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N23" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O23" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P23" t="s">
-        <v>1289</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B24" t="s">
-        <v>1290</v>
+        <v>1347</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1283</v>
+        <v>1348</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1291</v>
+        <v>1349</v>
       </c>
       <c r="H24" t="s">
-        <v>1292</v>
+        <v>1350</v>
       </c>
       <c r="I24" t="s">
-        <v>1293</v>
+        <v>1351</v>
       </c>
       <c r="J24" t="s">
-        <v>1294</v>
+        <v>1227</v>
       </c>
       <c r="K24" t="s">
-        <v>1295</v>
+        <v>30</v>
       </c>
       <c r="L24" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M24" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N24" t="s">
-        <v>1296</v>
+        <v>1219</v>
       </c>
       <c r="O24" t="s">
-        <v>1297</v>
+        <v>1352</v>
       </c>
       <c r="P24" t="s">
-        <v>1298</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B25" t="s">
-        <v>1299</v>
+        <v>1354</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1300</v>
+        <v>1355</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1301</v>
+        <v>1356</v>
       </c>
       <c r="H25" t="s">
-        <v>1302</v>
+        <v>1357</v>
       </c>
       <c r="I25" t="s">
-        <v>1303</v>
+        <v>1358</v>
       </c>
       <c r="J25" t="s">
-        <v>1304</v>
+        <v>1359</v>
       </c>
       <c r="K25" t="s">
-        <v>1305</v>
+        <v>1360</v>
       </c>
       <c r="L25" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M25" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N25" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O25" t="s">
-        <v>1138</v>
+        <v>1362</v>
       </c>
       <c r="P25" t="s">
-        <v>1306</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B26" t="s">
-        <v>1307</v>
+        <v>1364</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1308</v>
+        <v>1355</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1309</v>
+        <v>1365</v>
       </c>
       <c r="H26" t="s">
-        <v>1310</v>
+        <v>1366</v>
       </c>
       <c r="I26" t="s">
-        <v>1311</v>
+        <v>1358</v>
       </c>
       <c r="J26" t="s">
-        <v>20</v>
+        <v>1359</v>
       </c>
       <c r="K26" t="s">
-        <v>1312</v>
+        <v>1360</v>
       </c>
       <c r="L26" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M26" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N26" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O26" t="s">
-        <v>1146</v>
+        <v>1367</v>
       </c>
       <c r="P26" t="s">
-        <v>1313</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B27" t="s">
-        <v>1314</v>
+        <v>1369</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1308</v>
+        <v>1370</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1315</v>
+        <v>1371</v>
       </c>
       <c r="H27" t="s">
-        <v>1316</v>
+        <v>1372</v>
       </c>
       <c r="I27" t="s">
-        <v>1317</v>
+        <v>1373</v>
       </c>
       <c r="J27" t="s">
-        <v>1311</v>
+        <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>1312</v>
+        <v>1374</v>
       </c>
       <c r="L27" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M27" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N27" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O27" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P27" t="s">
-        <v>1318</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B28" t="s">
-        <v>1319</v>
+        <v>1376</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1320</v>
+        <v>1377</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1321</v>
+        <v>1378</v>
       </c>
       <c r="H28" t="s">
-        <v>1322</v>
+        <v>1379</v>
       </c>
       <c r="I28" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="J28" t="s">
-        <v>1324</v>
+        <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="L28" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M28" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N28" t="s">
-        <v>1172</v>
+        <v>1289</v>
       </c>
       <c r="O28" t="s">
-        <v>1326</v>
+        <v>1380</v>
       </c>
       <c r="P28" t="s">
-        <v>1327</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B29" t="s">
-        <v>1328</v>
+        <v>1382</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1320</v>
+        <v>1383</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1329</v>
+        <v>1384</v>
       </c>
       <c r="H29" t="s">
-        <v>1330</v>
+        <v>1385</v>
       </c>
       <c r="I29" t="s">
-        <v>1331</v>
+        <v>1386</v>
       </c>
       <c r="J29" t="s">
-        <v>1332</v>
+        <v>1387</v>
       </c>
       <c r="K29" t="s">
-        <v>1333</v>
+        <v>1388</v>
       </c>
       <c r="L29" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M29" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N29" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O29" t="s">
-        <v>1138</v>
+        <v>1380</v>
       </c>
       <c r="P29" t="s">
-        <v>1334</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B30" t="s">
-        <v>1335</v>
+        <v>1390</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1336</v>
+        <v>1383</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1337</v>
+        <v>1391</v>
       </c>
       <c r="H30" t="s">
-        <v>1338</v>
+        <v>1392</v>
       </c>
       <c r="I30" t="s">
-        <v>1294</v>
+        <v>1393</v>
       </c>
       <c r="J30" t="s">
-        <v>20</v>
+        <v>1217</v>
       </c>
       <c r="K30" t="s">
-        <v>1295</v>
+        <v>141</v>
       </c>
       <c r="L30" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M30" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N30" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O30" t="s">
-        <v>1339</v>
+        <v>1380</v>
       </c>
       <c r="P30" t="s">
-        <v>1340</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B31" t="s">
-        <v>1341</v>
+        <v>1395</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1336</v>
+        <v>1396</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1342</v>
+        <v>1397</v>
       </c>
       <c r="H31" t="s">
-        <v>1343</v>
+        <v>1398</v>
       </c>
       <c r="I31" t="s">
-        <v>1344</v>
+        <v>1399</v>
       </c>
       <c r="J31" t="s">
-        <v>1280</v>
+        <v>1400</v>
       </c>
       <c r="K31" t="s">
-        <v>47</v>
+        <v>1401</v>
       </c>
       <c r="L31" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M31" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N31" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O31" t="s">
-        <v>1345</v>
+        <v>1257</v>
       </c>
       <c r="P31" t="s">
-        <v>1346</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B32" t="s">
-        <v>1347</v>
+        <v>1403</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1348</v>
+        <v>1396</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1349</v>
+        <v>1404</v>
       </c>
       <c r="H32" t="s">
-        <v>1350</v>
+        <v>1405</v>
       </c>
       <c r="I32" t="s">
-        <v>1294</v>
+        <v>1406</v>
       </c>
       <c r="J32" t="s">
-        <v>20</v>
+        <v>1407</v>
       </c>
       <c r="K32" t="s">
-        <v>1295</v>
+        <v>1408</v>
       </c>
       <c r="L32" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M32" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N32" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O32" t="s">
-        <v>1194</v>
+        <v>1409</v>
       </c>
       <c r="P32" t="s">
-        <v>1351</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B33" t="s">
-        <v>1352</v>
+        <v>1411</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1348</v>
+        <v>1412</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1353</v>
+        <v>1413</v>
       </c>
       <c r="H33" t="s">
-        <v>1354</v>
+        <v>1414</v>
       </c>
       <c r="I33" t="s">
-        <v>1355</v>
+        <v>1415</v>
       </c>
       <c r="J33" t="s">
-        <v>1356</v>
+        <v>1416</v>
       </c>
       <c r="K33" t="s">
-        <v>1357</v>
+        <v>1417</v>
       </c>
       <c r="L33" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M33" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N33" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O33" t="s">
-        <v>1358</v>
+        <v>1257</v>
       </c>
       <c r="P33" t="s">
-        <v>1359</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B34" t="s">
-        <v>1360</v>
+        <v>1419</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1348</v>
+        <v>1420</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1361</v>
+        <v>1421</v>
       </c>
       <c r="H34" t="s">
-        <v>1362</v>
+        <v>1422</v>
       </c>
       <c r="I34" t="s">
-        <v>1363</v>
+        <v>1423</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>1364</v>
+        <v>1424</v>
       </c>
       <c r="L34" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M34" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N34" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O34" t="s">
-        <v>1365</v>
+        <v>1265</v>
       </c>
       <c r="P34" t="s">
-        <v>1366</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B35" t="s">
-        <v>1367</v>
+        <v>1426</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1368</v>
+        <v>1420</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1369</v>
+        <v>1427</v>
       </c>
       <c r="H35" t="s">
-        <v>1370</v>
+        <v>1428</v>
       </c>
       <c r="I35" t="s">
-        <v>1371</v>
+        <v>1429</v>
       </c>
       <c r="J35" t="s">
-        <v>1206</v>
+        <v>1423</v>
       </c>
       <c r="K35" t="s">
-        <v>1207</v>
+        <v>1424</v>
       </c>
       <c r="L35" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M35" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N35" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O35" t="s">
-        <v>1372</v>
+        <v>1265</v>
       </c>
       <c r="P35" t="s">
-        <v>1373</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B36" t="s">
-        <v>1374</v>
+        <v>1431</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1375</v>
+        <v>1432</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1376</v>
+        <v>1433</v>
       </c>
       <c r="H36" t="s">
-        <v>1377</v>
+        <v>1434</v>
       </c>
       <c r="I36" t="s">
-        <v>1324</v>
+        <v>1435</v>
       </c>
       <c r="J36" t="s">
-        <v>20</v>
+        <v>1436</v>
       </c>
       <c r="K36" t="s">
-        <v>1325</v>
+        <v>1437</v>
       </c>
       <c r="L36" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M36" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N36" t="s">
-        <v>1163</v>
+        <v>1289</v>
       </c>
       <c r="O36" t="s">
-        <v>1378</v>
+        <v>1438</v>
       </c>
       <c r="P36" t="s">
-        <v>1379</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B37" t="s">
-        <v>1374</v>
+        <v>1440</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>1375</v>
+        <v>1432</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>1380</v>
+        <v>1441</v>
       </c>
       <c r="H37" t="s">
-        <v>1381</v>
+        <v>1442</v>
       </c>
       <c r="I37" t="s">
-        <v>1382</v>
+        <v>1443</v>
       </c>
       <c r="J37" t="s">
-        <v>1280</v>
+        <v>1444</v>
       </c>
       <c r="K37" t="s">
-        <v>47</v>
+        <v>1445</v>
       </c>
       <c r="L37" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M37" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N37" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O37" t="s">
-        <v>1378</v>
+        <v>1257</v>
       </c>
       <c r="P37" t="s">
-        <v>1383</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B38" t="s">
-        <v>1384</v>
+        <v>1447</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>1385</v>
+        <v>1448</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>1386</v>
+        <v>1449</v>
       </c>
       <c r="H38" t="s">
-        <v>1387</v>
+        <v>1450</v>
       </c>
       <c r="I38" t="s">
-        <v>1388</v>
+        <v>1451</v>
       </c>
       <c r="J38" t="s">
-        <v>1187</v>
+        <v>1217</v>
       </c>
       <c r="K38" t="s">
-        <v>1188</v>
+        <v>141</v>
       </c>
       <c r="L38" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M38" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N38" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O38" t="s">
-        <v>1138</v>
+        <v>1452</v>
       </c>
       <c r="P38" t="s">
-        <v>1389</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B39" t="s">
-        <v>1390</v>
+        <v>1454</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>1391</v>
+        <v>1448</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>1392</v>
+        <v>1455</v>
       </c>
       <c r="H39" t="s">
-        <v>1393</v>
+        <v>1456</v>
       </c>
       <c r="I39" t="s">
-        <v>1394</v>
+        <v>1407</v>
       </c>
       <c r="J39" t="s">
-        <v>1395</v>
+        <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="L39" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M39" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N39" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O39" t="s">
-        <v>1138</v>
+        <v>1210</v>
       </c>
       <c r="P39" t="s">
-        <v>1397</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B40" t="s">
-        <v>1398</v>
+        <v>1458</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>1399</v>
+        <v>1459</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>1400</v>
+        <v>1460</v>
       </c>
       <c r="H40" t="s">
-        <v>1401</v>
+        <v>1461</v>
       </c>
       <c r="I40" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="J40" t="s">
         <v>20</v>
       </c>
       <c r="K40" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="L40" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M40" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N40" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O40" t="s">
-        <v>1138</v>
+        <v>1309</v>
       </c>
       <c r="P40" t="s">
-        <v>1404</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B41" t="s">
-        <v>1405</v>
+        <v>1463</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>1406</v>
+        <v>1459</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>1407</v>
+        <v>1464</v>
       </c>
       <c r="H41" t="s">
-        <v>1408</v>
+        <v>1465</v>
       </c>
       <c r="I41" t="s">
-        <v>1409</v>
+        <v>1466</v>
       </c>
       <c r="J41" t="s">
-        <v>1356</v>
+        <v>1467</v>
       </c>
       <c r="K41" t="s">
-        <v>1357</v>
+        <v>1468</v>
       </c>
       <c r="L41" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M41" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N41" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O41" t="s">
-        <v>1138</v>
+        <v>1469</v>
       </c>
       <c r="P41" t="s">
-        <v>1410</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B42" t="s">
-        <v>1411</v>
+        <v>1471</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>1412</v>
+        <v>1459</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>1413</v>
+        <v>1472</v>
       </c>
       <c r="H42" t="s">
-        <v>1414</v>
+        <v>1473</v>
       </c>
       <c r="I42" t="s">
-        <v>1415</v>
+        <v>1474</v>
       </c>
       <c r="J42" t="s">
-        <v>1416</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>30</v>
+        <v>1475</v>
       </c>
       <c r="L42" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M42" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N42" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O42" t="s">
-        <v>1138</v>
+        <v>1476</v>
       </c>
       <c r="P42" t="s">
-        <v>1417</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B43" t="s">
-        <v>1418</v>
+        <v>1478</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>1419</v>
+        <v>1479</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>1420</v>
+        <v>1480</v>
       </c>
       <c r="H43" t="s">
-        <v>1421</v>
+        <v>1481</v>
       </c>
       <c r="I43" t="s">
-        <v>1422</v>
+        <v>1482</v>
       </c>
       <c r="J43" t="s">
-        <v>1423</v>
+        <v>1321</v>
       </c>
       <c r="K43" t="s">
-        <v>1424</v>
+        <v>1322</v>
       </c>
       <c r="L43" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M43" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N43" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O43" t="s">
-        <v>1146</v>
+        <v>1220</v>
       </c>
       <c r="P43" t="s">
-        <v>1425</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B44" t="s">
-        <v>1426</v>
+        <v>1484</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>1427</v>
+        <v>1485</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>1428</v>
+        <v>1486</v>
       </c>
       <c r="H44" t="s">
-        <v>1429</v>
+        <v>1487</v>
       </c>
       <c r="I44" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="J44" t="s">
-        <v>1431</v>
+        <v>20</v>
       </c>
       <c r="K44" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="L44" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M44" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N44" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O44" t="s">
-        <v>1138</v>
+        <v>1488</v>
       </c>
       <c r="P44" t="s">
-        <v>1433</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B45" t="s">
-        <v>1434</v>
+        <v>1484</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>1435</v>
+        <v>1485</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>1436</v>
+        <v>1490</v>
       </c>
       <c r="H45" t="s">
-        <v>1437</v>
+        <v>1491</v>
       </c>
       <c r="I45" t="s">
-        <v>1438</v>
+        <v>1492</v>
       </c>
       <c r="J45" t="s">
-        <v>1280</v>
+        <v>1217</v>
       </c>
       <c r="K45" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="L45" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M45" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N45" t="s">
-        <v>1247</v>
+        <v>1219</v>
       </c>
       <c r="O45" t="s">
-        <v>1253</v>
+        <v>1488</v>
       </c>
       <c r="P45" t="s">
-        <v>1439</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B46" t="s">
-        <v>1440</v>
+        <v>1494</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>1441</v>
+        <v>1495</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>1442</v>
+        <v>1496</v>
       </c>
       <c r="H46" t="s">
-        <v>1443</v>
+        <v>1497</v>
       </c>
       <c r="I46" t="s">
-        <v>1444</v>
+        <v>1498</v>
       </c>
       <c r="J46" t="s">
-        <v>1445</v>
+        <v>1200</v>
       </c>
       <c r="K46" t="s">
-        <v>1446</v>
+        <v>1201</v>
       </c>
       <c r="L46" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M46" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N46" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O46" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="P46" t="s">
-        <v>1447</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B47" t="s">
-        <v>1448</v>
+        <v>1500</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>1441</v>
+        <v>1501</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>1449</v>
+        <v>1502</v>
       </c>
       <c r="H47" t="s">
-        <v>1450</v>
+        <v>1503</v>
       </c>
       <c r="I47" t="s">
-        <v>1451</v>
+        <v>1504</v>
       </c>
       <c r="J47" t="s">
-        <v>1280</v>
+        <v>1505</v>
       </c>
       <c r="K47" t="s">
-        <v>47</v>
+        <v>1506</v>
       </c>
       <c r="L47" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M47" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N47" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O47" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="P47" t="s">
-        <v>1452</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B48" t="s">
-        <v>1453</v>
+        <v>1508</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>1454</v>
+        <v>1509</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>1455</v>
+        <v>1510</v>
       </c>
       <c r="H48" t="s">
-        <v>1456</v>
+        <v>1511</v>
       </c>
       <c r="I48" t="s">
-        <v>1457</v>
+        <v>1512</v>
       </c>
       <c r="J48" t="s">
-        <v>1237</v>
+        <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>30</v>
+        <v>1513</v>
       </c>
       <c r="L48" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M48" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N48" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O48" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="P48" t="s">
-        <v>1458</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B49" t="s">
-        <v>1459</v>
+        <v>1515</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>1460</v>
+        <v>1516</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>1461</v>
+        <v>1517</v>
       </c>
       <c r="H49" t="s">
-        <v>1462</v>
+        <v>1518</v>
       </c>
       <c r="I49" t="s">
-        <v>1463</v>
+        <v>1519</v>
       </c>
       <c r="J49" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="K49" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="L49" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M49" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N49" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O49" t="s">
-        <v>1466</v>
+        <v>1257</v>
       </c>
       <c r="P49" t="s">
-        <v>1467</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B50" t="s">
-        <v>1468</v>
+        <v>1521</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>1469</v>
+        <v>1522</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>1470</v>
+        <v>1523</v>
       </c>
       <c r="H50" t="s">
-        <v>1471</v>
+        <v>1524</v>
       </c>
       <c r="I50" t="s">
-        <v>1472</v>
+        <v>1525</v>
       </c>
       <c r="J50" t="s">
-        <v>1473</v>
+        <v>1526</v>
       </c>
       <c r="K50" t="s">
-        <v>1474</v>
+        <v>30</v>
       </c>
       <c r="L50" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M50" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N50" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O50" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P50" t="s">
-        <v>1475</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B51" t="s">
-        <v>1476</v>
+        <v>1528</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>1477</v>
+        <v>1529</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>1478</v>
+        <v>1530</v>
       </c>
       <c r="H51" t="s">
-        <v>1479</v>
+        <v>1531</v>
       </c>
       <c r="I51" t="s">
-        <v>1480</v>
+        <v>1532</v>
       </c>
       <c r="J51" t="s">
-        <v>1481</v>
+        <v>1533</v>
       </c>
       <c r="K51" t="s">
-        <v>47</v>
+        <v>1534</v>
       </c>
       <c r="L51" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M51" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N51" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O51" t="s">
-        <v>1482</v>
+        <v>1265</v>
       </c>
       <c r="P51" t="s">
-        <v>1483</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B52" t="s">
-        <v>1484</v>
+        <v>1536</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>1485</v>
+        <v>1537</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>1486</v>
+        <v>1538</v>
       </c>
       <c r="H52" t="s">
-        <v>1487</v>
+        <v>1539</v>
       </c>
       <c r="I52" t="s">
-        <v>1331</v>
+        <v>1540</v>
       </c>
       <c r="J52" t="s">
-        <v>1332</v>
+        <v>1541</v>
       </c>
       <c r="K52" t="s">
-        <v>1333</v>
+        <v>1542</v>
       </c>
       <c r="L52" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M52" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N52" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O52" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P52" t="s">
-        <v>1488</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B53" t="s">
-        <v>1489</v>
+        <v>1544</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>1490</v>
+        <v>1545</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>1491</v>
+        <v>1546</v>
       </c>
       <c r="H53" t="s">
-        <v>1492</v>
+        <v>1547</v>
       </c>
       <c r="I53" t="s">
-        <v>1493</v>
+        <v>1548</v>
       </c>
       <c r="J53" t="s">
-        <v>1402</v>
+        <v>1217</v>
       </c>
       <c r="K53" t="s">
-        <v>1403</v>
+        <v>141</v>
       </c>
       <c r="L53" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M53" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N53" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O53" t="s">
-        <v>1146</v>
+        <v>1367</v>
       </c>
       <c r="P53" t="s">
-        <v>1494</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B54" t="s">
-        <v>1495</v>
+        <v>1550</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>1490</v>
+        <v>1551</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>1496</v>
+        <v>1552</v>
       </c>
       <c r="H54" t="s">
-        <v>1497</v>
+        <v>1553</v>
       </c>
       <c r="I54" t="s">
-        <v>1498</v>
+        <v>1554</v>
       </c>
       <c r="J54" t="s">
-        <v>20</v>
+        <v>1555</v>
       </c>
       <c r="K54" t="s">
-        <v>1499</v>
+        <v>1556</v>
       </c>
       <c r="L54" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M54" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N54" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O54" t="s">
-        <v>1146</v>
+        <v>1362</v>
       </c>
       <c r="P54" t="s">
-        <v>1500</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B55" t="s">
-        <v>1501</v>
+        <v>1558</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>1490</v>
+        <v>1551</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>1502</v>
+        <v>1559</v>
       </c>
       <c r="H55" t="s">
-        <v>1503</v>
+        <v>1560</v>
       </c>
       <c r="I55" t="s">
-        <v>1504</v>
+        <v>1561</v>
       </c>
       <c r="J55" t="s">
-        <v>20</v>
+        <v>1217</v>
       </c>
       <c r="K55" t="s">
-        <v>1505</v>
+        <v>141</v>
       </c>
       <c r="L55" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M55" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N55" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O55" t="s">
-        <v>1146</v>
+        <v>1367</v>
       </c>
       <c r="P55" t="s">
-        <v>1506</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B56" t="s">
-        <v>1507</v>
+        <v>1563</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>1490</v>
+        <v>1564</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>1508</v>
+        <v>1565</v>
       </c>
       <c r="H56" t="s">
-        <v>1509</v>
+        <v>1566</v>
       </c>
       <c r="I56" t="s">
-        <v>1510</v>
+        <v>1567</v>
       </c>
       <c r="J56" t="s">
-        <v>20</v>
+        <v>1227</v>
       </c>
       <c r="K56" t="s">
-        <v>1511</v>
+        <v>30</v>
       </c>
       <c r="L56" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M56" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N56" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O56" t="s">
-        <v>1146</v>
+        <v>1352</v>
       </c>
       <c r="P56" t="s">
-        <v>1512</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B57" t="s">
-        <v>1513</v>
+        <v>1569</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>1490</v>
+        <v>1570</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>1514</v>
+        <v>1571</v>
       </c>
       <c r="H57" t="s">
-        <v>1515</v>
+        <v>1572</v>
       </c>
       <c r="I57" t="s">
-        <v>1395</v>
+        <v>1573</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>1574</v>
       </c>
       <c r="K57" t="s">
-        <v>1396</v>
+        <v>1575</v>
       </c>
       <c r="L57" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M57" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N57" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O57" t="s">
-        <v>1146</v>
+        <v>1576</v>
       </c>
       <c r="P57" t="s">
-        <v>1516</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B58" t="s">
-        <v>1517</v>
+        <v>1578</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>1518</v>
+        <v>1579</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>1519</v>
+        <v>1580</v>
       </c>
       <c r="H58" t="s">
-        <v>1520</v>
+        <v>1581</v>
       </c>
       <c r="I58" t="s">
-        <v>1521</v>
+        <v>1582</v>
       </c>
       <c r="J58" t="s">
-        <v>1522</v>
+        <v>1583</v>
       </c>
       <c r="K58" t="s">
-        <v>1523</v>
+        <v>1584</v>
       </c>
       <c r="L58" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M58" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N58" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O58" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P58" t="s">
-        <v>1524</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B59" t="s">
-        <v>1525</v>
+        <v>1586</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>1518</v>
+        <v>1587</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>1526</v>
+        <v>1588</v>
       </c>
       <c r="H59" t="s">
-        <v>1527</v>
+        <v>1589</v>
       </c>
       <c r="I59" t="s">
-        <v>1528</v>
+        <v>1590</v>
       </c>
       <c r="J59" t="s">
-        <v>20</v>
+        <v>1591</v>
       </c>
       <c r="K59" t="s">
-        <v>1529</v>
+        <v>141</v>
       </c>
       <c r="L59" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M59" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N59" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O59" t="s">
-        <v>1146</v>
+        <v>1592</v>
       </c>
       <c r="P59" t="s">
-        <v>1530</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B60" t="s">
-        <v>1531</v>
+        <v>1594</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>1518</v>
+        <v>1595</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>1532</v>
+        <v>1596</v>
       </c>
       <c r="H60" t="s">
-        <v>1533</v>
+        <v>1597</v>
       </c>
       <c r="I60" t="s">
-        <v>1304</v>
+        <v>1443</v>
       </c>
       <c r="J60" t="s">
-        <v>20</v>
+        <v>1444</v>
       </c>
       <c r="K60" t="s">
-        <v>1305</v>
+        <v>1445</v>
       </c>
       <c r="L60" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M60" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N60" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O60" t="s">
-        <v>1146</v>
+        <v>1265</v>
       </c>
       <c r="P60" t="s">
-        <v>1534</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B61" t="s">
-        <v>1535</v>
+        <v>1599</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>1536</v>
+        <v>1600</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>1537</v>
+        <v>1601</v>
       </c>
       <c r="H61" t="s">
-        <v>1538</v>
+        <v>1602</v>
       </c>
       <c r="I61" t="s">
-        <v>1539</v>
+        <v>1603</v>
       </c>
       <c r="J61" t="s">
-        <v>20</v>
+        <v>1512</v>
       </c>
       <c r="K61" t="s">
-        <v>1540</v>
+        <v>1513</v>
       </c>
       <c r="L61" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M61" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N61" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O61" t="s">
-        <v>1173</v>
+        <v>1265</v>
       </c>
       <c r="P61" t="s">
-        <v>1541</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B62" t="s">
-        <v>1542</v>
+        <v>1605</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>1536</v>
+        <v>1600</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>1543</v>
+        <v>1606</v>
       </c>
       <c r="H62" t="s">
-        <v>1544</v>
+        <v>1607</v>
       </c>
       <c r="I62" t="s">
-        <v>1545</v>
+        <v>1608</v>
       </c>
       <c r="J62" t="s">
-        <v>1481</v>
+        <v>20</v>
       </c>
       <c r="K62" t="s">
-        <v>47</v>
+        <v>1609</v>
       </c>
       <c r="L62" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M62" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N62" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O62" t="s">
-        <v>1546</v>
+        <v>1265</v>
       </c>
       <c r="P62" t="s">
-        <v>1547</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B63" t="s">
-        <v>1548</v>
+        <v>1611</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>1536</v>
+        <v>1600</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>1549</v>
+        <v>1612</v>
       </c>
       <c r="H63" t="s">
-        <v>1550</v>
+        <v>1613</v>
       </c>
       <c r="I63" t="s">
-        <v>1539</v>
+        <v>1614</v>
       </c>
       <c r="J63" t="s">
         <v>20</v>
       </c>
       <c r="K63" t="s">
-        <v>1540</v>
+        <v>1615</v>
       </c>
       <c r="L63" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M63" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N63" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O63" t="s">
-        <v>1297</v>
+        <v>1265</v>
       </c>
       <c r="P63" t="s">
-        <v>1551</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B64" t="s">
-        <v>1552</v>
+        <v>1617</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>1536</v>
+        <v>1600</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>1553</v>
+        <v>1618</v>
       </c>
       <c r="H64" t="s">
-        <v>1554</v>
+        <v>1619</v>
       </c>
       <c r="I64" t="s">
-        <v>1539</v>
+        <v>1620</v>
       </c>
       <c r="J64" t="s">
         <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>1540</v>
+        <v>1621</v>
       </c>
       <c r="L64" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M64" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N64" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O64" t="s">
-        <v>1194</v>
+        <v>1265</v>
       </c>
       <c r="P64" t="s">
-        <v>1555</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B65" t="s">
-        <v>1556</v>
+        <v>1623</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>1536</v>
+        <v>1600</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>1557</v>
+        <v>1624</v>
       </c>
       <c r="H65" t="s">
-        <v>1558</v>
+        <v>1625</v>
       </c>
       <c r="I65" t="s">
-        <v>1559</v>
+        <v>1505</v>
       </c>
       <c r="J65" t="s">
-        <v>1539</v>
+        <v>20</v>
       </c>
       <c r="K65" t="s">
-        <v>1540</v>
+        <v>1506</v>
       </c>
       <c r="L65" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M65" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N65" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O65" t="s">
-        <v>1339</v>
+        <v>1265</v>
       </c>
       <c r="P65" t="s">
-        <v>1560</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B66" t="s">
-        <v>1561</v>
+        <v>1627</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>1536</v>
+        <v>1628</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>1562</v>
+        <v>1629</v>
       </c>
       <c r="H66" t="s">
-        <v>1563</v>
+        <v>1630</v>
       </c>
       <c r="I66" t="s">
-        <v>1564</v>
+        <v>1631</v>
       </c>
       <c r="J66" t="s">
-        <v>1280</v>
+        <v>1632</v>
       </c>
       <c r="K66" t="s">
-        <v>47</v>
+        <v>1633</v>
       </c>
       <c r="L66" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M66" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N66" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O66" t="s">
-        <v>1358</v>
+        <v>1265</v>
       </c>
       <c r="P66" t="s">
-        <v>1565</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B67" t="s">
-        <v>1566</v>
+        <v>1635</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>1567</v>
+        <v>1628</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>1568</v>
+        <v>1636</v>
       </c>
       <c r="H67" t="s">
-        <v>1569</v>
+        <v>1637</v>
       </c>
       <c r="I67" t="s">
-        <v>1570</v>
+        <v>1638</v>
       </c>
       <c r="J67" t="s">
-        <v>1571</v>
+        <v>20</v>
       </c>
       <c r="K67" t="s">
-        <v>1572</v>
+        <v>1639</v>
       </c>
       <c r="L67" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M67" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N67" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O67" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P67" t="s">
-        <v>1573</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B68" t="s">
-        <v>1574</v>
+        <v>1641</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>1575</v>
+        <v>1628</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>1576</v>
+        <v>1642</v>
       </c>
       <c r="H68" t="s">
-        <v>1577</v>
+        <v>1643</v>
       </c>
       <c r="I68" t="s">
-        <v>1578</v>
+        <v>1416</v>
       </c>
       <c r="J68" t="s">
-        <v>1579</v>
+        <v>20</v>
       </c>
       <c r="K68" t="s">
-        <v>1446</v>
+        <v>1417</v>
       </c>
       <c r="L68" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M68" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N68" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O68" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P68" t="s">
-        <v>1580</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B69" t="s">
-        <v>1581</v>
+        <v>1645</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>1575</v>
+        <v>1646</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>1582</v>
+        <v>1647</v>
       </c>
       <c r="H69" t="s">
-        <v>1583</v>
+        <v>1648</v>
       </c>
       <c r="I69" t="s">
-        <v>1584</v>
+        <v>1649</v>
       </c>
       <c r="J69" t="s">
-        <v>1481</v>
+        <v>20</v>
       </c>
       <c r="K69" t="s">
-        <v>47</v>
+        <v>1650</v>
       </c>
       <c r="L69" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M69" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N69" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O69" t="s">
-        <v>1138</v>
+        <v>1290</v>
       </c>
       <c r="P69" t="s">
-        <v>1585</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B70" t="s">
-        <v>1586</v>
+        <v>1652</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>1575</v>
+        <v>1646</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>1587</v>
+        <v>1653</v>
       </c>
       <c r="H70" t="s">
-        <v>1588</v>
+        <v>1654</v>
       </c>
       <c r="I70" t="s">
-        <v>1589</v>
+        <v>1655</v>
       </c>
       <c r="J70" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="K70" t="s">
-        <v>1591</v>
+        <v>141</v>
       </c>
       <c r="L70" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M70" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N70" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O70" t="s">
-        <v>1138</v>
+        <v>1248</v>
       </c>
       <c r="P70" t="s">
-        <v>1592</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B71" t="s">
-        <v>1593</v>
+        <v>1657</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>1594</v>
+        <v>1646</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>1595</v>
+        <v>1658</v>
       </c>
       <c r="H71" t="s">
-        <v>1596</v>
+        <v>1659</v>
       </c>
       <c r="I71" t="s">
-        <v>1597</v>
+        <v>1649</v>
       </c>
       <c r="J71" t="s">
-        <v>1598</v>
+        <v>20</v>
       </c>
       <c r="K71" t="s">
-        <v>1599</v>
+        <v>1650</v>
       </c>
       <c r="L71" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M71" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N71" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O71" t="s">
-        <v>1138</v>
+        <v>1409</v>
       </c>
       <c r="P71" t="s">
-        <v>1600</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B72" t="s">
-        <v>1601</v>
+        <v>1661</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>1602</v>
+        <v>1646</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>1603</v>
+        <v>1662</v>
       </c>
       <c r="H72" t="s">
-        <v>1604</v>
+        <v>1663</v>
       </c>
       <c r="I72" t="s">
-        <v>1605</v>
+        <v>1649</v>
       </c>
       <c r="J72" t="s">
-        <v>1280</v>
+        <v>20</v>
       </c>
       <c r="K72" t="s">
-        <v>47</v>
+        <v>1650</v>
       </c>
       <c r="L72" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M72" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N72" t="s">
-        <v>1163</v>
+        <v>1289</v>
       </c>
       <c r="O72" t="s">
-        <v>1238</v>
+        <v>1309</v>
       </c>
       <c r="P72" t="s">
-        <v>1606</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B73" t="s">
-        <v>1607</v>
+        <v>1665</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>1608</v>
+        <v>1646</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>1609</v>
+        <v>1666</v>
       </c>
       <c r="H73" t="s">
-        <v>1610</v>
+        <v>1667</v>
       </c>
       <c r="I73" t="s">
-        <v>1611</v>
+        <v>1668</v>
       </c>
       <c r="J73" t="s">
-        <v>1160</v>
+        <v>1649</v>
       </c>
       <c r="K73" t="s">
-        <v>1161</v>
+        <v>1650</v>
       </c>
       <c r="L73" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M73" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N73" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O73" t="s">
-        <v>1146</v>
+        <v>1210</v>
       </c>
       <c r="P73" t="s">
-        <v>1612</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B74" t="s">
-        <v>1613</v>
+        <v>1670</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>1614</v>
+        <v>1646</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>1615</v>
+        <v>1671</v>
       </c>
       <c r="H74" t="s">
-        <v>1616</v>
+        <v>1672</v>
       </c>
       <c r="I74" t="s">
-        <v>1617</v>
+        <v>1673</v>
       </c>
       <c r="J74" t="s">
-        <v>1618</v>
+        <v>1217</v>
       </c>
       <c r="K74" t="s">
-        <v>1619</v>
+        <v>141</v>
       </c>
       <c r="L74" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M74" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N74" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O74" t="s">
-        <v>1365</v>
+        <v>1469</v>
       </c>
       <c r="P74" t="s">
-        <v>1620</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B75" t="s">
-        <v>1621</v>
+        <v>1675</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>1622</v>
+        <v>1676</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>1623</v>
+        <v>1677</v>
       </c>
       <c r="H75" t="s">
-        <v>1624</v>
+        <v>1678</v>
       </c>
       <c r="I75" t="s">
-        <v>1625</v>
+        <v>1679</v>
       </c>
       <c r="J75" t="s">
-        <v>1626</v>
+        <v>1680</v>
       </c>
       <c r="K75" t="s">
-        <v>1627</v>
+        <v>1681</v>
       </c>
       <c r="L75" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M75" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N75" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O75" t="s">
-        <v>1628</v>
+        <v>1257</v>
       </c>
       <c r="P75" t="s">
-        <v>1629</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B76" t="s">
-        <v>1630</v>
+        <v>1683</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>1622</v>
+        <v>1684</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>1631</v>
+        <v>1685</v>
       </c>
       <c r="H76" t="s">
-        <v>1632</v>
+        <v>1686</v>
       </c>
       <c r="I76" t="s">
-        <v>1625</v>
+        <v>1687</v>
       </c>
       <c r="J76" t="s">
-        <v>1626</v>
+        <v>1688</v>
       </c>
       <c r="K76" t="s">
-        <v>1627</v>
+        <v>1556</v>
       </c>
       <c r="L76" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M76" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N76" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O76" t="s">
-        <v>1633</v>
+        <v>1257</v>
       </c>
       <c r="P76" t="s">
-        <v>1634</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B77" t="s">
-        <v>1635</v>
+        <v>1690</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>1622</v>
+        <v>1684</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>1636</v>
+        <v>1691</v>
       </c>
       <c r="H77" t="s">
-        <v>1637</v>
+        <v>1692</v>
       </c>
       <c r="I77" t="s">
-        <v>1625</v>
+        <v>1693</v>
       </c>
       <c r="J77" t="s">
-        <v>1626</v>
+        <v>1591</v>
       </c>
       <c r="K77" t="s">
-        <v>1627</v>
+        <v>141</v>
       </c>
       <c r="L77" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M77" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N77" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O77" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P77" t="s">
-        <v>1638</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B78" t="s">
-        <v>1639</v>
+        <v>1695</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>1622</v>
+        <v>1684</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>1640</v>
+        <v>1696</v>
       </c>
       <c r="H78" t="s">
-        <v>1641</v>
+        <v>1697</v>
       </c>
       <c r="I78" t="s">
-        <v>1625</v>
+        <v>1698</v>
       </c>
       <c r="J78" t="s">
-        <v>1626</v>
+        <v>1699</v>
       </c>
       <c r="K78" t="s">
-        <v>1627</v>
+        <v>1700</v>
       </c>
       <c r="L78" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M78" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N78" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O78" t="s">
-        <v>1642</v>
+        <v>1257</v>
       </c>
       <c r="P78" t="s">
-        <v>1643</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B79" t="s">
-        <v>1644</v>
+        <v>1702</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1622</v>
+        <v>1703</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>1645</v>
+        <v>1704</v>
       </c>
       <c r="H79" t="s">
-        <v>1646</v>
+        <v>1705</v>
       </c>
       <c r="I79" t="s">
-        <v>1625</v>
+        <v>1706</v>
       </c>
       <c r="J79" t="s">
-        <v>1626</v>
+        <v>1707</v>
       </c>
       <c r="K79" t="s">
-        <v>1627</v>
+        <v>1708</v>
       </c>
       <c r="L79" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M79" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N79" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O79" t="s">
-        <v>1365</v>
+        <v>1257</v>
       </c>
       <c r="P79" t="s">
-        <v>1647</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B80" t="s">
-        <v>1648</v>
+        <v>1710</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1649</v>
+        <v>1711</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1650</v>
+        <v>1712</v>
       </c>
       <c r="H80" t="s">
-        <v>1651</v>
+        <v>1713</v>
       </c>
       <c r="I80" t="s">
-        <v>1652</v>
+        <v>1714</v>
       </c>
       <c r="J80" t="s">
-        <v>1653</v>
+        <v>1217</v>
       </c>
       <c r="K80" t="s">
-        <v>1246</v>
+        <v>141</v>
       </c>
       <c r="L80" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M80" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N80" t="s">
-        <v>1163</v>
+        <v>1219</v>
       </c>
       <c r="O80" t="s">
-        <v>1238</v>
+        <v>1352</v>
       </c>
       <c r="P80" t="s">
-        <v>1654</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B81" t="s">
-        <v>1655</v>
+        <v>1716</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>1656</v>
+        <v>1717</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>1657</v>
+        <v>1718</v>
       </c>
       <c r="H81" t="s">
-        <v>1658</v>
+        <v>1719</v>
       </c>
       <c r="I81" t="s">
-        <v>1659</v>
+        <v>1720</v>
       </c>
       <c r="J81" t="s">
+        <v>1279</v>
+      </c>
+      <c r="K81" t="s">
         <v>1280</v>
       </c>
-      <c r="K81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L81" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M81" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N81" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O81" t="s">
-        <v>1146</v>
+        <v>1265</v>
       </c>
       <c r="P81" t="s">
-        <v>1660</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B82" t="s">
-        <v>1661</v>
+        <v>1722</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1662</v>
+        <v>1723</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1663</v>
+        <v>1724</v>
       </c>
       <c r="H82" t="s">
-        <v>1664</v>
+        <v>1725</v>
       </c>
       <c r="I82" t="s">
-        <v>1665</v>
+        <v>1726</v>
       </c>
       <c r="J82" t="s">
-        <v>1280</v>
+        <v>1727</v>
       </c>
       <c r="K82" t="s">
-        <v>47</v>
+        <v>1728</v>
       </c>
       <c r="L82" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M82" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N82" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O82" t="s">
-        <v>1138</v>
+        <v>1476</v>
       </c>
       <c r="P82" t="s">
-        <v>1666</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B83" t="s">
-        <v>1667</v>
+        <v>1730</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>1668</v>
+        <v>1731</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>1669</v>
+        <v>1732</v>
       </c>
       <c r="H83" t="s">
-        <v>1670</v>
+        <v>1733</v>
       </c>
       <c r="I83" t="s">
-        <v>1671</v>
+        <v>1734</v>
       </c>
       <c r="J83" t="s">
-        <v>1481</v>
+        <v>1735</v>
       </c>
       <c r="K83" t="s">
-        <v>47</v>
+        <v>1736</v>
       </c>
       <c r="L83" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M83" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N83" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O83" t="s">
-        <v>1672</v>
+        <v>1737</v>
       </c>
       <c r="P83" t="s">
-        <v>1673</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B84" t="s">
-        <v>1674</v>
+        <v>1739</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>1675</v>
+        <v>1731</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1676</v>
+        <v>1740</v>
       </c>
       <c r="H84" t="s">
-        <v>1677</v>
+        <v>1741</v>
       </c>
       <c r="I84" t="s">
-        <v>1678</v>
+        <v>1734</v>
       </c>
       <c r="J84" t="s">
-        <v>1280</v>
+        <v>1735</v>
       </c>
       <c r="K84" t="s">
-        <v>47</v>
+        <v>1736</v>
       </c>
       <c r="L84" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M84" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N84" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O84" t="s">
-        <v>1146</v>
+        <v>1742</v>
       </c>
       <c r="P84" t="s">
-        <v>1679</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B85" t="s">
-        <v>1680</v>
+        <v>1744</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>1675</v>
+        <v>1731</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>1681</v>
+        <v>1745</v>
       </c>
       <c r="H85" t="s">
-        <v>1682</v>
+        <v>1746</v>
       </c>
       <c r="I85" t="s">
-        <v>1683</v>
+        <v>1734</v>
       </c>
       <c r="J85" t="s">
-        <v>1280</v>
+        <v>1735</v>
       </c>
       <c r="K85" t="s">
-        <v>47</v>
+        <v>1736</v>
       </c>
       <c r="L85" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M85" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N85" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O85" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P85" t="s">
-        <v>1684</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B86" t="s">
-        <v>1685</v>
+        <v>1748</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>1675</v>
+        <v>1731</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>1686</v>
+        <v>1749</v>
       </c>
       <c r="H86" t="s">
-        <v>1687</v>
+        <v>1750</v>
       </c>
       <c r="I86" t="s">
-        <v>1688</v>
+        <v>1734</v>
       </c>
       <c r="J86" t="s">
-        <v>1481</v>
+        <v>1735</v>
       </c>
       <c r="K86" t="s">
-        <v>47</v>
+        <v>1736</v>
       </c>
       <c r="L86" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M86" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N86" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O86" t="s">
-        <v>1146</v>
+        <v>1751</v>
       </c>
       <c r="P86" t="s">
-        <v>1689</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B87" t="s">
-        <v>1690</v>
+        <v>1753</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>1691</v>
+        <v>1731</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>1692</v>
+        <v>1754</v>
       </c>
       <c r="H87" t="s">
-        <v>1693</v>
+        <v>1755</v>
       </c>
       <c r="I87" t="s">
-        <v>1694</v>
+        <v>1734</v>
       </c>
       <c r="J87" t="s">
-        <v>1187</v>
+        <v>1735</v>
       </c>
       <c r="K87" t="s">
-        <v>1188</v>
+        <v>1736</v>
       </c>
       <c r="L87" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M87" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N87" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O87" t="s">
-        <v>1672</v>
+        <v>1476</v>
       </c>
       <c r="P87" t="s">
-        <v>1695</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B88" t="s">
-        <v>1696</v>
+        <v>1757</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1697</v>
+        <v>1758</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1698</v>
+        <v>1759</v>
       </c>
       <c r="H88" t="s">
-        <v>1699</v>
+        <v>1760</v>
       </c>
       <c r="I88" t="s">
-        <v>1700</v>
+        <v>1761</v>
       </c>
       <c r="J88" t="s">
-        <v>1701</v>
+        <v>1762</v>
       </c>
       <c r="K88" t="s">
-        <v>1702</v>
+        <v>1360</v>
       </c>
       <c r="L88" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M88" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N88" t="s">
-        <v>1296</v>
+        <v>1219</v>
       </c>
       <c r="O88" t="s">
-        <v>1703</v>
+        <v>1352</v>
       </c>
       <c r="P88" t="s">
-        <v>1704</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B89" t="s">
-        <v>1705</v>
+        <v>1764</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1706</v>
+        <v>1765</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1707</v>
+        <v>1766</v>
       </c>
       <c r="H89" t="s">
-        <v>1708</v>
+        <v>1767</v>
       </c>
       <c r="I89" t="s">
-        <v>1709</v>
+        <v>1768</v>
       </c>
       <c r="J89" t="s">
-        <v>1187</v>
+        <v>1217</v>
       </c>
       <c r="K89" t="s">
-        <v>1188</v>
+        <v>141</v>
       </c>
       <c r="L89" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M89" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N89" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O89" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P89" t="s">
-        <v>1710</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B90" t="s">
-        <v>1711</v>
+        <v>1770</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1712</v>
+        <v>1771</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1713</v>
+        <v>1772</v>
       </c>
       <c r="H90" t="s">
-        <v>1714</v>
+        <v>1773</v>
       </c>
       <c r="I90" t="s">
-        <v>1715</v>
+        <v>1774</v>
       </c>
       <c r="J90" t="s">
-        <v>20</v>
+        <v>1217</v>
       </c>
       <c r="K90" t="s">
-        <v>1716</v>
+        <v>141</v>
       </c>
       <c r="L90" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M90" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N90" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O90" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="P90" t="s">
-        <v>1717</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B91" t="s">
-        <v>1718</v>
+        <v>1776</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1712</v>
+        <v>1777</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1719</v>
+        <v>1778</v>
       </c>
       <c r="H91" t="s">
-        <v>1720</v>
+        <v>1779</v>
       </c>
       <c r="I91" t="s">
-        <v>1721</v>
+        <v>1780</v>
       </c>
       <c r="J91" t="s">
-        <v>1722</v>
+        <v>1591</v>
       </c>
       <c r="K91" t="s">
-        <v>1723</v>
+        <v>141</v>
       </c>
       <c r="L91" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M91" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N91" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O91" t="s">
-        <v>1238</v>
+        <v>1781</v>
       </c>
       <c r="P91" t="s">
-        <v>1724</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B92" t="s">
-        <v>1725</v>
+        <v>1783</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1726</v>
+        <v>1784</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1727</v>
+        <v>1785</v>
       </c>
       <c r="H92" t="s">
-        <v>1728</v>
+        <v>1786</v>
       </c>
       <c r="I92" t="s">
-        <v>1729</v>
+        <v>1787</v>
       </c>
       <c r="J92" t="s">
-        <v>1653</v>
+        <v>1217</v>
       </c>
       <c r="K92" t="s">
-        <v>1246</v>
+        <v>141</v>
       </c>
       <c r="L92" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M92" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N92" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O92" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P92" t="s">
-        <v>1730</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B93" t="s">
-        <v>1731</v>
+        <v>1789</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1732</v>
+        <v>1784</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1733</v>
+        <v>1790</v>
       </c>
       <c r="H93" t="s">
-        <v>1734</v>
+        <v>1791</v>
       </c>
       <c r="I93" t="s">
-        <v>1735</v>
+        <v>1792</v>
       </c>
       <c r="J93" t="s">
-        <v>20</v>
+        <v>1217</v>
       </c>
       <c r="K93" t="s">
-        <v>1736</v>
+        <v>141</v>
       </c>
       <c r="L93" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M93" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N93" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O93" t="s">
-        <v>1238</v>
+        <v>1265</v>
       </c>
       <c r="P93" t="s">
-        <v>1737</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B94" t="s">
-        <v>1738</v>
+        <v>1794</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>1739</v>
+        <v>1784</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1740</v>
+        <v>1795</v>
       </c>
       <c r="H94" t="s">
-        <v>1741</v>
+        <v>1796</v>
       </c>
       <c r="I94" t="s">
-        <v>1742</v>
+        <v>1797</v>
       </c>
       <c r="J94" t="s">
-        <v>1743</v>
+        <v>1591</v>
       </c>
       <c r="K94" t="s">
-        <v>1744</v>
+        <v>141</v>
       </c>
       <c r="L94" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M94" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N94" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O94" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P94" t="s">
-        <v>1745</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B95" t="s">
-        <v>1746</v>
+        <v>1799</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1739</v>
+        <v>1800</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1747</v>
+        <v>1801</v>
       </c>
       <c r="H95" t="s">
-        <v>1748</v>
+        <v>1802</v>
       </c>
       <c r="I95" t="s">
-        <v>1749</v>
+        <v>1803</v>
       </c>
       <c r="J95" t="s">
-        <v>1750</v>
+        <v>1200</v>
       </c>
       <c r="K95" t="s">
-        <v>1723</v>
+        <v>1201</v>
       </c>
       <c r="L95" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M95" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N95" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O95" t="s">
-        <v>1138</v>
+        <v>1781</v>
       </c>
       <c r="P95" t="s">
-        <v>1751</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B96" t="s">
-        <v>1752</v>
+        <v>1805</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1753</v>
+        <v>1806</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1754</v>
+        <v>1807</v>
       </c>
       <c r="H96" t="s">
-        <v>1755</v>
+        <v>1808</v>
       </c>
       <c r="I96" t="s">
-        <v>1756</v>
+        <v>1809</v>
       </c>
       <c r="J96" t="s">
-        <v>1653</v>
+        <v>1810</v>
       </c>
       <c r="K96" t="s">
-        <v>1246</v>
+        <v>1811</v>
       </c>
       <c r="L96" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M96" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N96" t="s">
-        <v>1247</v>
+        <v>1202</v>
       </c>
       <c r="O96" t="s">
-        <v>1757</v>
+        <v>1812</v>
       </c>
       <c r="P96" t="s">
-        <v>1758</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B97" t="s">
-        <v>1759</v>
+        <v>1814</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1760</v>
+        <v>1815</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1761</v>
+        <v>1816</v>
       </c>
       <c r="H97" t="s">
-        <v>1762</v>
+        <v>1817</v>
       </c>
       <c r="I97" t="s">
-        <v>1763</v>
+        <v>1818</v>
       </c>
       <c r="J97" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="K97" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="L97" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M97" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N97" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O97" t="s">
-        <v>1546</v>
+        <v>1257</v>
       </c>
       <c r="P97" t="s">
-        <v>1764</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B98" t="s">
-        <v>1765</v>
+        <v>1820</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1766</v>
+        <v>1821</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1767</v>
+        <v>1822</v>
       </c>
       <c r="H98" t="s">
-        <v>1768</v>
+        <v>1823</v>
       </c>
       <c r="I98" t="s">
-        <v>1769</v>
+        <v>1824</v>
       </c>
       <c r="J98" t="s">
-        <v>1770</v>
+        <v>20</v>
       </c>
       <c r="K98" t="s">
-        <v>1771</v>
+        <v>1825</v>
       </c>
       <c r="L98" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M98" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N98" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O98" t="s">
-        <v>1138</v>
+        <v>1352</v>
       </c>
       <c r="P98" t="s">
-        <v>1772</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B99" t="s">
-        <v>1773</v>
+        <v>1827</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1774</v>
+        <v>1821</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1775</v>
+        <v>1828</v>
       </c>
       <c r="H99" t="s">
-        <v>1776</v>
+        <v>1829</v>
       </c>
       <c r="I99" t="s">
-        <v>1777</v>
+        <v>1830</v>
       </c>
       <c r="J99" t="s">
-        <v>1280</v>
+        <v>1831</v>
       </c>
       <c r="K99" t="s">
-        <v>47</v>
+        <v>1832</v>
       </c>
       <c r="L99" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M99" t="s">
-        <v>1778</v>
+        <v>1218</v>
       </c>
       <c r="N99" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O99" t="s">
-        <v>1138</v>
+        <v>1352</v>
       </c>
       <c r="P99" t="s">
-        <v>1779</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B100" t="s">
-        <v>1780</v>
+        <v>1834</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>1781</v>
+        <v>1835</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1782</v>
+        <v>1836</v>
       </c>
       <c r="H100" t="s">
-        <v>1783</v>
+        <v>1837</v>
       </c>
       <c r="I100" t="s">
-        <v>1206</v>
+        <v>1838</v>
       </c>
       <c r="J100" t="s">
-        <v>20</v>
+        <v>1762</v>
       </c>
       <c r="K100" t="s">
-        <v>1207</v>
+        <v>1360</v>
       </c>
       <c r="L100" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M100" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N100" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O100" t="s">
-        <v>1757</v>
+        <v>1257</v>
       </c>
       <c r="P100" t="s">
-        <v>1784</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B101" t="s">
-        <v>1785</v>
+        <v>1840</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1781</v>
+        <v>1841</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1786</v>
+        <v>1842</v>
       </c>
       <c r="H101" t="s">
-        <v>1787</v>
+        <v>1843</v>
       </c>
       <c r="I101" t="s">
-        <v>1788</v>
+        <v>1844</v>
       </c>
       <c r="J101" t="s">
-        <v>1206</v>
+        <v>20</v>
       </c>
       <c r="K101" t="s">
-        <v>1207</v>
+        <v>1845</v>
       </c>
       <c r="L101" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M101" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N101" t="s">
-        <v>1247</v>
+        <v>1219</v>
       </c>
       <c r="O101" t="s">
-        <v>1253</v>
+        <v>1352</v>
       </c>
       <c r="P101" t="s">
-        <v>1789</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B102" t="s">
-        <v>1790</v>
+        <v>1847</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1791</v>
+        <v>1848</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1792</v>
+        <v>1849</v>
       </c>
       <c r="H102" t="s">
-        <v>1793</v>
+        <v>1850</v>
       </c>
       <c r="I102" t="s">
-        <v>1794</v>
+        <v>1851</v>
       </c>
       <c r="J102" t="s">
-        <v>1206</v>
+        <v>1852</v>
       </c>
       <c r="K102" t="s">
-        <v>1207</v>
+        <v>1853</v>
       </c>
       <c r="L102" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M102" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N102" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O102" t="s">
-        <v>1795</v>
+        <v>1257</v>
       </c>
       <c r="P102" t="s">
-        <v>1796</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B103" t="s">
-        <v>1797</v>
+        <v>1855</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1791</v>
+        <v>1848</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1798</v>
+        <v>1856</v>
       </c>
       <c r="H103" t="s">
-        <v>1799</v>
+        <v>1857</v>
       </c>
       <c r="I103" t="s">
-        <v>1800</v>
+        <v>1858</v>
       </c>
       <c r="J103" t="s">
-        <v>1206</v>
+        <v>1859</v>
       </c>
       <c r="K103" t="s">
-        <v>1207</v>
+        <v>1832</v>
       </c>
       <c r="L103" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M103" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N103" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O103" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="P103" t="s">
-        <v>1801</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B104" t="s">
-        <v>1802</v>
+        <v>1861</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1803</v>
+        <v>1862</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1804</v>
+        <v>1863</v>
       </c>
       <c r="H104" t="s">
-        <v>1805</v>
+        <v>1864</v>
       </c>
       <c r="I104" t="s">
-        <v>1806</v>
+        <v>1865</v>
       </c>
       <c r="J104" t="s">
-        <v>1356</v>
+        <v>1762</v>
       </c>
       <c r="K104" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="L104" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M104" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N104" t="s">
-        <v>1163</v>
+        <v>1361</v>
       </c>
       <c r="O104" t="s">
-        <v>1807</v>
+        <v>1866</v>
       </c>
       <c r="P104" t="s">
-        <v>1808</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B105" t="s">
-        <v>1809</v>
+        <v>1868</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1810</v>
+        <v>1869</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1811</v>
+        <v>1870</v>
       </c>
       <c r="H105" t="s">
-        <v>1812</v>
+        <v>1871</v>
       </c>
       <c r="I105" t="s">
-        <v>1813</v>
+        <v>1872</v>
       </c>
       <c r="J105" t="s">
-        <v>1814</v>
+        <v>1321</v>
       </c>
       <c r="K105" t="s">
-        <v>1815</v>
+        <v>1322</v>
       </c>
       <c r="L105" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M105" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N105" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O105" t="s">
-        <v>1138</v>
+        <v>1248</v>
       </c>
       <c r="P105" t="s">
-        <v>1816</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B106" t="s">
-        <v>1817</v>
+        <v>1874</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1810</v>
+        <v>1875</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1818</v>
+        <v>1876</v>
       </c>
       <c r="H106" t="s">
-        <v>1819</v>
+        <v>1877</v>
       </c>
       <c r="I106" t="s">
-        <v>1820</v>
+        <v>1878</v>
       </c>
       <c r="J106" t="s">
-        <v>20</v>
+        <v>1879</v>
       </c>
       <c r="K106" t="s">
-        <v>1821</v>
+        <v>1880</v>
       </c>
       <c r="L106" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M106" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N106" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O106" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P106" t="s">
-        <v>1822</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B107" t="s">
-        <v>1823</v>
+        <v>1882</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1810</v>
+        <v>1883</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1824</v>
+        <v>1884</v>
       </c>
       <c r="H107" t="s">
-        <v>1825</v>
+        <v>1885</v>
       </c>
       <c r="I107" t="s">
-        <v>1826</v>
+        <v>1886</v>
       </c>
       <c r="J107" t="s">
-        <v>1827</v>
+        <v>1217</v>
       </c>
       <c r="K107" t="s">
-        <v>1828</v>
+        <v>141</v>
       </c>
       <c r="L107" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M107" t="s">
-        <v>1162</v>
+        <v>1887</v>
       </c>
       <c r="N107" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O107" t="s">
-        <v>1194</v>
+        <v>1257</v>
       </c>
       <c r="P107" t="s">
-        <v>1829</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B108" t="s">
-        <v>1830</v>
+        <v>1889</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1831</v>
+        <v>1890</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1832</v>
+        <v>1891</v>
       </c>
       <c r="H108" t="s">
-        <v>1833</v>
+        <v>1892</v>
       </c>
       <c r="I108" t="s">
-        <v>1834</v>
+        <v>1321</v>
       </c>
       <c r="J108" t="s">
-        <v>1835</v>
+        <v>20</v>
       </c>
       <c r="K108" t="s">
-        <v>1836</v>
+        <v>1322</v>
       </c>
       <c r="L108" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M108" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N108" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O108" t="s">
-        <v>1138</v>
+        <v>1866</v>
       </c>
       <c r="P108" t="s">
-        <v>1837</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B109" t="s">
-        <v>1838</v>
+        <v>1894</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1839</v>
+        <v>1890</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1840</v>
+        <v>1895</v>
       </c>
       <c r="H109" t="s">
-        <v>1841</v>
+        <v>1896</v>
       </c>
       <c r="I109" t="s">
-        <v>1842</v>
+        <v>1897</v>
       </c>
       <c r="J109" t="s">
-        <v>1843</v>
+        <v>1321</v>
       </c>
       <c r="K109" t="s">
-        <v>1844</v>
+        <v>1322</v>
       </c>
       <c r="L109" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M109" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N109" t="s">
-        <v>1172</v>
+        <v>1361</v>
       </c>
       <c r="O109" t="s">
-        <v>1845</v>
+        <v>1367</v>
       </c>
       <c r="P109" t="s">
-        <v>1846</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B110" t="s">
-        <v>1847</v>
+        <v>1899</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1839</v>
+        <v>1900</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1848</v>
+        <v>1901</v>
       </c>
       <c r="H110" t="s">
-        <v>1849</v>
+        <v>1902</v>
       </c>
       <c r="I110" t="s">
-        <v>1539</v>
+        <v>1903</v>
       </c>
       <c r="J110" t="s">
-        <v>20</v>
+        <v>1321</v>
       </c>
       <c r="K110" t="s">
-        <v>1540</v>
+        <v>1322</v>
       </c>
       <c r="L110" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M110" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N110" t="s">
-        <v>1172</v>
+        <v>1361</v>
       </c>
       <c r="O110" t="s">
-        <v>1194</v>
+        <v>1904</v>
       </c>
       <c r="P110" t="s">
-        <v>1850</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B111" t="s">
-        <v>1851</v>
+        <v>1906</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1839</v>
+        <v>1900</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1852</v>
+        <v>1907</v>
       </c>
       <c r="H111" t="s">
-        <v>1853</v>
+        <v>1908</v>
       </c>
       <c r="I111" t="s">
-        <v>1700</v>
+        <v>1909</v>
       </c>
       <c r="J111" t="s">
-        <v>1701</v>
+        <v>1321</v>
       </c>
       <c r="K111" t="s">
-        <v>1702</v>
+        <v>1322</v>
       </c>
       <c r="L111" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M111" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N111" t="s">
-        <v>1296</v>
+        <v>1361</v>
       </c>
       <c r="O111" t="s">
-        <v>1339</v>
+        <v>1362</v>
       </c>
       <c r="P111" t="s">
-        <v>1854</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B112" t="s">
-        <v>1855</v>
+        <v>1911</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1856</v>
+        <v>1912</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1857</v>
+        <v>1913</v>
       </c>
       <c r="H112" t="s">
-        <v>1858</v>
+        <v>1914</v>
       </c>
       <c r="I112" t="s">
-        <v>1859</v>
+        <v>1915</v>
       </c>
       <c r="J112" t="s">
-        <v>1860</v>
+        <v>1467</v>
       </c>
       <c r="K112" t="s">
-        <v>1861</v>
+        <v>1468</v>
       </c>
       <c r="L112" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M112" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N112" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O112" t="s">
-        <v>1138</v>
+        <v>1916</v>
       </c>
       <c r="P112" t="s">
-        <v>1862</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B113" t="s">
-        <v>1855</v>
+        <v>1918</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1863</v>
+        <v>1919</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1864</v>
+        <v>1920</v>
       </c>
       <c r="H113" t="s">
-        <v>1865</v>
+        <v>1921</v>
       </c>
       <c r="I113" t="s">
-        <v>1866</v>
+        <v>1922</v>
       </c>
       <c r="J113" t="s">
-        <v>20</v>
+        <v>1923</v>
       </c>
       <c r="K113" t="s">
-        <v>1867</v>
+        <v>1924</v>
       </c>
       <c r="L113" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M113" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N113" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O113" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P113" t="s">
-        <v>1868</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B114" t="s">
-        <v>1869</v>
+        <v>1926</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1870</v>
+        <v>1919</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1871</v>
+        <v>1927</v>
       </c>
       <c r="H114" t="s">
-        <v>1872</v>
+        <v>1928</v>
       </c>
       <c r="I114" t="s">
-        <v>1873</v>
+        <v>1929</v>
       </c>
       <c r="J114" t="s">
-        <v>1843</v>
+        <v>20</v>
       </c>
       <c r="K114" t="s">
-        <v>1844</v>
+        <v>1930</v>
       </c>
       <c r="L114" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M114" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N114" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O114" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P114" t="s">
-        <v>1874</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B115" t="s">
-        <v>1875</v>
+        <v>1932</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1876</v>
+        <v>1919</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1877</v>
+        <v>1933</v>
       </c>
       <c r="H115" t="s">
-        <v>1878</v>
+        <v>1934</v>
       </c>
       <c r="I115" t="s">
-        <v>1879</v>
+        <v>1935</v>
       </c>
       <c r="J115" t="s">
-        <v>1880</v>
+        <v>1936</v>
       </c>
       <c r="K115" t="s">
-        <v>1881</v>
+        <v>1937</v>
       </c>
       <c r="L115" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M115" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N115" t="s">
-        <v>1172</v>
+        <v>1289</v>
       </c>
       <c r="O115" t="s">
-        <v>1173</v>
+        <v>1309</v>
       </c>
       <c r="P115" t="s">
-        <v>1882</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B116" t="s">
-        <v>1883</v>
+        <v>1939</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1884</v>
+        <v>1940</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1885</v>
+        <v>1941</v>
       </c>
       <c r="H116" t="s">
-        <v>1886</v>
+        <v>1942</v>
       </c>
       <c r="I116" t="s">
-        <v>1887</v>
+        <v>1943</v>
       </c>
       <c r="J116" t="s">
-        <v>1273</v>
+        <v>1944</v>
       </c>
       <c r="K116" t="s">
-        <v>1274</v>
+        <v>1945</v>
       </c>
       <c r="L116" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M116" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N116" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O116" t="s">
-        <v>1365</v>
+        <v>1257</v>
       </c>
       <c r="P116" t="s">
-        <v>1888</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B117" t="s">
-        <v>1889</v>
+        <v>1947</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1884</v>
+        <v>1948</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1890</v>
+        <v>1949</v>
       </c>
       <c r="H117" t="s">
-        <v>1891</v>
+        <v>1950</v>
       </c>
       <c r="I117" t="s">
-        <v>1892</v>
+        <v>1951</v>
       </c>
       <c r="J117" t="s">
-        <v>1273</v>
+        <v>1952</v>
       </c>
       <c r="K117" t="s">
-        <v>1274</v>
+        <v>1953</v>
       </c>
       <c r="L117" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M117" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N117" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O117" t="s">
-        <v>1365</v>
+        <v>1954</v>
       </c>
       <c r="P117" t="s">
-        <v>1893</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B118" t="s">
-        <v>1894</v>
+        <v>1956</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1895</v>
+        <v>1948</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1896</v>
+        <v>1957</v>
       </c>
       <c r="H118" t="s">
-        <v>1897</v>
+        <v>1958</v>
       </c>
       <c r="I118" t="s">
-        <v>1898</v>
+        <v>1649</v>
       </c>
       <c r="J118" t="s">
-        <v>1899</v>
+        <v>20</v>
       </c>
       <c r="K118" t="s">
-        <v>1900</v>
+        <v>1650</v>
       </c>
       <c r="L118" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M118" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N118" t="s">
-        <v>1172</v>
+        <v>1289</v>
       </c>
       <c r="O118" t="s">
-        <v>1194</v>
+        <v>1309</v>
       </c>
       <c r="P118" t="s">
-        <v>1901</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B119" t="s">
-        <v>1902</v>
+        <v>1960</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1903</v>
+        <v>1948</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1904</v>
+        <v>1961</v>
       </c>
       <c r="H119" t="s">
-        <v>1905</v>
+        <v>1962</v>
       </c>
       <c r="I119" t="s">
-        <v>1906</v>
+        <v>1809</v>
       </c>
       <c r="J119" t="s">
-        <v>1907</v>
+        <v>1810</v>
       </c>
       <c r="K119" t="s">
-        <v>1908</v>
+        <v>1811</v>
       </c>
       <c r="L119" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M119" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N119" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O119" t="s">
-        <v>1146</v>
+        <v>1210</v>
       </c>
       <c r="P119" t="s">
-        <v>1909</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B120" t="s">
-        <v>1910</v>
+        <v>1964</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1911</v>
+        <v>1965</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1912</v>
+        <v>1966</v>
       </c>
       <c r="H120" t="s">
-        <v>1913</v>
+        <v>1967</v>
       </c>
       <c r="I120" t="s">
-        <v>1133</v>
+        <v>1968</v>
       </c>
       <c r="J120" t="s">
-        <v>20</v>
+        <v>1969</v>
       </c>
       <c r="K120" t="s">
-        <v>1134</v>
+        <v>1970</v>
       </c>
       <c r="L120" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M120" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N120" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O120" t="s">
-        <v>1365</v>
+        <v>1257</v>
       </c>
       <c r="P120" t="s">
-        <v>1914</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B121" t="s">
-        <v>1915</v>
+        <v>1964</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1911</v>
+        <v>1972</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1916</v>
+        <v>1973</v>
       </c>
       <c r="H121" t="s">
-        <v>1917</v>
+        <v>1974</v>
       </c>
       <c r="I121" t="s">
-        <v>1133</v>
+        <v>1975</v>
       </c>
       <c r="J121" t="s">
         <v>20</v>
       </c>
       <c r="K121" t="s">
-        <v>1134</v>
+        <v>1976</v>
       </c>
       <c r="L121" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M121" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N121" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O121" t="s">
-        <v>1918</v>
+        <v>1257</v>
       </c>
       <c r="P121" t="s">
-        <v>1919</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B122" t="s">
-        <v>1920</v>
+        <v>1978</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1921</v>
+        <v>1979</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1922</v>
+        <v>1980</v>
       </c>
       <c r="H122" t="s">
-        <v>1923</v>
+        <v>1981</v>
       </c>
       <c r="I122" t="s">
-        <v>1924</v>
+        <v>1982</v>
       </c>
       <c r="J122" t="s">
-        <v>1925</v>
+        <v>1952</v>
       </c>
       <c r="K122" t="s">
-        <v>1926</v>
+        <v>1953</v>
       </c>
       <c r="L122" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M122" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N122" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O122" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P122" t="s">
-        <v>1927</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B123" t="s">
-        <v>1928</v>
+        <v>1984</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1929</v>
+        <v>1985</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1930</v>
+        <v>1986</v>
       </c>
       <c r="H123" t="s">
-        <v>1931</v>
+        <v>1987</v>
       </c>
       <c r="I123" t="s">
-        <v>1898</v>
+        <v>1988</v>
       </c>
       <c r="J123" t="s">
-        <v>1899</v>
+        <v>1989</v>
       </c>
       <c r="K123" t="s">
-        <v>1900</v>
+        <v>1990</v>
       </c>
       <c r="L123" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M123" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N123" t="s">
-        <v>1172</v>
+        <v>1289</v>
       </c>
       <c r="O123" t="s">
-        <v>1173</v>
+        <v>1290</v>
       </c>
       <c r="P123" t="s">
-        <v>1932</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B124" t="s">
-        <v>1933</v>
+        <v>1992</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>1934</v>
+        <v>1993</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1935</v>
+        <v>1994</v>
       </c>
       <c r="H124" t="s">
-        <v>1936</v>
+        <v>1995</v>
       </c>
       <c r="I124" t="s">
-        <v>1937</v>
+        <v>1996</v>
       </c>
       <c r="J124" t="s">
-        <v>1237</v>
+        <v>1387</v>
       </c>
       <c r="K124" t="s">
-        <v>30</v>
+        <v>1388</v>
       </c>
       <c r="L124" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M124" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N124" t="s">
-        <v>1163</v>
+        <v>1202</v>
       </c>
       <c r="O124" t="s">
-        <v>1238</v>
+        <v>1476</v>
       </c>
       <c r="P124" t="s">
-        <v>1938</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B125" t="s">
-        <v>1939</v>
+        <v>1998</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>1940</v>
+        <v>1993</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>1941</v>
+        <v>1999</v>
       </c>
       <c r="H125" t="s">
-        <v>1942</v>
+        <v>2000</v>
       </c>
       <c r="I125" t="s">
-        <v>1943</v>
+        <v>2001</v>
       </c>
       <c r="J125" t="s">
-        <v>20</v>
+        <v>1387</v>
       </c>
       <c r="K125" t="s">
-        <v>1207</v>
+        <v>1388</v>
       </c>
       <c r="L125" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M125" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N125" t="s">
-        <v>1247</v>
+        <v>1202</v>
       </c>
       <c r="O125" t="s">
-        <v>1253</v>
+        <v>1476</v>
       </c>
       <c r="P125" t="s">
-        <v>1944</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B126" t="s">
-        <v>1945</v>
+        <v>2003</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1946</v>
+        <v>2004</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1947</v>
+        <v>2005</v>
       </c>
       <c r="H126" t="s">
-        <v>1948</v>
+        <v>2006</v>
       </c>
       <c r="I126" t="s">
-        <v>1949</v>
+        <v>2007</v>
       </c>
       <c r="J126" t="s">
-        <v>1206</v>
+        <v>2008</v>
       </c>
       <c r="K126" t="s">
-        <v>1207</v>
+        <v>2009</v>
       </c>
       <c r="L126" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M126" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N126" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O126" t="s">
-        <v>1138</v>
+        <v>1309</v>
       </c>
       <c r="P126" t="s">
-        <v>1950</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B127" t="s">
-        <v>1951</v>
+        <v>2011</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>1946</v>
+        <v>2012</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>1952</v>
+        <v>2013</v>
       </c>
       <c r="H127" t="s">
-        <v>1953</v>
+        <v>2014</v>
       </c>
       <c r="I127" t="s">
-        <v>1954</v>
+        <v>2015</v>
       </c>
       <c r="J127" t="s">
-        <v>1955</v>
+        <v>2016</v>
       </c>
       <c r="K127" t="s">
-        <v>30</v>
+        <v>2017</v>
       </c>
       <c r="L127" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M127" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N127" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O127" t="s">
-        <v>1956</v>
+        <v>1265</v>
       </c>
       <c r="P127" t="s">
-        <v>1957</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B128" t="s">
-        <v>1958</v>
+        <v>2019</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>1959</v>
+        <v>2020</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>1960</v>
+        <v>2021</v>
       </c>
       <c r="H128" t="s">
-        <v>1961</v>
+        <v>2022</v>
       </c>
       <c r="I128" t="s">
-        <v>1962</v>
+        <v>1255</v>
       </c>
       <c r="J128" t="s">
-        <v>1206</v>
+        <v>20</v>
       </c>
       <c r="K128" t="s">
-        <v>1207</v>
+        <v>1256</v>
       </c>
       <c r="L128" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M128" t="s">
-        <v>1778</v>
+        <v>1191</v>
       </c>
       <c r="N128" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O128" t="s">
-        <v>1146</v>
+        <v>1476</v>
       </c>
       <c r="P128" t="s">
-        <v>1963</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B129" t="s">
-        <v>1964</v>
+        <v>2024</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>1959</v>
+        <v>2020</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1965</v>
+        <v>2025</v>
       </c>
       <c r="H129" t="s">
-        <v>1966</v>
+        <v>2026</v>
       </c>
       <c r="I129" t="s">
-        <v>1967</v>
+        <v>1255</v>
       </c>
       <c r="J129" t="s">
-        <v>1743</v>
+        <v>20</v>
       </c>
       <c r="K129" t="s">
-        <v>1744</v>
+        <v>1256</v>
       </c>
       <c r="L129" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M129" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N129" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O129" t="s">
-        <v>1146</v>
+        <v>1203</v>
       </c>
       <c r="P129" t="s">
-        <v>1968</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B130" t="s">
-        <v>1969</v>
+        <v>2028</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1970</v>
+        <v>2029</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1971</v>
+        <v>2030</v>
       </c>
       <c r="H130" t="s">
-        <v>1972</v>
+        <v>2031</v>
       </c>
       <c r="I130" t="s">
-        <v>1973</v>
+        <v>2032</v>
       </c>
       <c r="J130" t="s">
-        <v>1280</v>
+        <v>2033</v>
       </c>
       <c r="K130" t="s">
-        <v>47</v>
+        <v>2034</v>
       </c>
       <c r="L130" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M130" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N130" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O130" t="s">
-        <v>1297</v>
+        <v>1257</v>
       </c>
       <c r="P130" t="s">
-        <v>1974</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B131" t="s">
-        <v>1975</v>
+        <v>2036</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1976</v>
+        <v>2037</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1977</v>
+        <v>2038</v>
       </c>
       <c r="H131" t="s">
-        <v>1978</v>
+        <v>2039</v>
       </c>
       <c r="I131" t="s">
-        <v>1979</v>
+        <v>2007</v>
       </c>
       <c r="J131" t="s">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="K131" t="s">
-        <v>1981</v>
+        <v>2009</v>
       </c>
       <c r="L131" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M131" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N131" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O131" t="s">
-        <v>1365</v>
+        <v>1290</v>
       </c>
       <c r="P131" t="s">
-        <v>1982</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B132" t="s">
-        <v>1983</v>
+        <v>2041</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>1976</v>
+        <v>2042</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>1984</v>
+        <v>2043</v>
       </c>
       <c r="H132" t="s">
-        <v>1985</v>
+        <v>2044</v>
       </c>
       <c r="I132" t="s">
-        <v>1986</v>
+        <v>2045</v>
       </c>
       <c r="J132" t="s">
-        <v>1987</v>
+        <v>1227</v>
       </c>
       <c r="K132" t="s">
-        <v>1988</v>
+        <v>30</v>
       </c>
       <c r="L132" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M132" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N132" t="s">
-        <v>1296</v>
+        <v>1219</v>
       </c>
       <c r="O132" t="s">
-        <v>1633</v>
+        <v>1352</v>
       </c>
       <c r="P132" t="s">
-        <v>1989</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B133" t="s">
-        <v>1990</v>
+        <v>2047</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>1976</v>
+        <v>2048</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>1991</v>
+        <v>2049</v>
       </c>
       <c r="H133" t="s">
-        <v>1992</v>
+        <v>2050</v>
       </c>
       <c r="I133" t="s">
-        <v>1993</v>
+        <v>2051</v>
       </c>
       <c r="J133" t="s">
-        <v>1980</v>
+        <v>20</v>
       </c>
       <c r="K133" t="s">
-        <v>1981</v>
+        <v>1322</v>
       </c>
       <c r="L133" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M133" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N133" t="s">
-        <v>1296</v>
+        <v>1361</v>
       </c>
       <c r="O133" t="s">
-        <v>1642</v>
+        <v>1367</v>
       </c>
       <c r="P133" t="s">
-        <v>1994</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B134" t="s">
-        <v>1995</v>
+        <v>2053</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>1976</v>
+        <v>2054</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>1996</v>
+        <v>2055</v>
       </c>
       <c r="H134" t="s">
-        <v>1997</v>
+        <v>2056</v>
       </c>
       <c r="I134" t="s">
-        <v>1998</v>
+        <v>2057</v>
       </c>
       <c r="J134" t="s">
-        <v>1999</v>
+        <v>1321</v>
       </c>
       <c r="K134" t="s">
-        <v>118</v>
+        <v>1322</v>
       </c>
       <c r="L134" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M134" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N134" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O134" t="s">
-        <v>1326</v>
+        <v>1257</v>
       </c>
       <c r="P134" t="s">
-        <v>2000</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B135" t="s">
-        <v>2001</v>
+        <v>2059</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>1976</v>
+        <v>2054</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>2002</v>
+        <v>2060</v>
       </c>
       <c r="H135" t="s">
-        <v>2003</v>
+        <v>2061</v>
       </c>
       <c r="I135" t="s">
-        <v>2004</v>
+        <v>1234</v>
       </c>
       <c r="J135" t="s">
-        <v>1280</v>
+        <v>1235</v>
       </c>
       <c r="K135" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="L135" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M135" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N135" t="s">
-        <v>1296</v>
+        <v>1219</v>
       </c>
       <c r="O135" t="s">
-        <v>1918</v>
+        <v>2062</v>
       </c>
       <c r="P135" t="s">
-        <v>2005</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B136" t="s">
-        <v>2006</v>
+        <v>2064</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>1976</v>
+        <v>2065</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>2007</v>
+        <v>2066</v>
       </c>
       <c r="H136" t="s">
-        <v>2008</v>
+        <v>2067</v>
       </c>
       <c r="I136" t="s">
-        <v>2009</v>
+        <v>2068</v>
       </c>
       <c r="J136" t="s">
-        <v>1539</v>
+        <v>1321</v>
       </c>
       <c r="K136" t="s">
-        <v>1540</v>
+        <v>1322</v>
       </c>
       <c r="L136" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M136" t="s">
-        <v>1162</v>
+        <v>1887</v>
       </c>
       <c r="N136" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O136" t="s">
-        <v>1339</v>
+        <v>1265</v>
       </c>
       <c r="P136" t="s">
-        <v>2010</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B137" t="s">
-        <v>2011</v>
+        <v>2070</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>1976</v>
+        <v>2065</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>2012</v>
+        <v>2071</v>
       </c>
       <c r="H137" t="s">
-        <v>2013</v>
+        <v>2072</v>
       </c>
       <c r="I137" t="s">
-        <v>2014</v>
+        <v>2073</v>
       </c>
       <c r="J137" t="s">
-        <v>1280</v>
+        <v>1852</v>
       </c>
       <c r="K137" t="s">
-        <v>47</v>
+        <v>1853</v>
       </c>
       <c r="L137" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M137" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N137" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O137" t="s">
-        <v>1297</v>
+        <v>1265</v>
       </c>
       <c r="P137" t="s">
-        <v>2015</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B138" t="s">
-        <v>2016</v>
+        <v>2075</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>1976</v>
+        <v>2076</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>2017</v>
+        <v>2077</v>
       </c>
       <c r="H138" t="s">
-        <v>2018</v>
+        <v>2078</v>
       </c>
       <c r="I138" t="s">
-        <v>2019</v>
+        <v>2079</v>
       </c>
       <c r="J138" t="s">
-        <v>1999</v>
+        <v>1217</v>
       </c>
       <c r="K138" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="L138" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M138" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N138" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O138" t="s">
-        <v>1633</v>
+        <v>1409</v>
       </c>
       <c r="P138" t="s">
-        <v>2020</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B139" t="s">
-        <v>2021</v>
+        <v>2081</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>1976</v>
+        <v>2082</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>2022</v>
+        <v>2083</v>
       </c>
       <c r="H139" t="s">
-        <v>2023</v>
+        <v>2084</v>
       </c>
       <c r="I139" t="s">
-        <v>1998</v>
+        <v>2085</v>
       </c>
       <c r="J139" t="s">
-        <v>1999</v>
+        <v>2086</v>
       </c>
       <c r="K139" t="s">
-        <v>118</v>
+        <v>2087</v>
       </c>
       <c r="L139" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M139" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N139" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O139" t="s">
-        <v>1194</v>
+        <v>1476</v>
       </c>
       <c r="P139" t="s">
-        <v>2024</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B140" t="s">
-        <v>2025</v>
+        <v>2089</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>2026</v>
+        <v>2082</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>2027</v>
+        <v>2090</v>
       </c>
       <c r="H140" t="s">
-        <v>2028</v>
+        <v>2091</v>
       </c>
       <c r="I140" t="s">
-        <v>2029</v>
+        <v>2092</v>
       </c>
       <c r="J140" t="s">
-        <v>1653</v>
+        <v>2093</v>
       </c>
       <c r="K140" t="s">
-        <v>1246</v>
+        <v>2094</v>
       </c>
       <c r="L140" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M140" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N140" t="s">
-        <v>2030</v>
+        <v>1202</v>
       </c>
       <c r="O140" t="s">
-        <v>2031</v>
+        <v>1742</v>
       </c>
       <c r="P140" t="s">
-        <v>2032</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B141" t="s">
-        <v>2033</v>
+        <v>2096</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>2034</v>
+        <v>2082</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>2035</v>
+        <v>2097</v>
       </c>
       <c r="H141" t="s">
-        <v>2036</v>
+        <v>2098</v>
       </c>
       <c r="I141" t="s">
-        <v>2037</v>
+        <v>2099</v>
       </c>
       <c r="J141" t="s">
-        <v>1237</v>
+        <v>2086</v>
       </c>
       <c r="K141" t="s">
-        <v>30</v>
+        <v>2087</v>
       </c>
       <c r="L141" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M141" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N141" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O141" t="s">
-        <v>1339</v>
+        <v>1751</v>
       </c>
       <c r="P141" t="s">
-        <v>2038</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B142" t="s">
-        <v>2039</v>
+        <v>2101</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>2040</v>
+        <v>2082</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>2041</v>
+        <v>2102</v>
       </c>
       <c r="H142" t="s">
-        <v>2042</v>
+        <v>2103</v>
       </c>
       <c r="I142" t="s">
-        <v>2043</v>
+        <v>2104</v>
       </c>
       <c r="J142" t="s">
-        <v>20</v>
+        <v>2105</v>
       </c>
       <c r="K142" t="s">
-        <v>2044</v>
+        <v>212</v>
       </c>
       <c r="L142" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M142" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N142" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O142" t="s">
-        <v>1672</v>
+        <v>1438</v>
       </c>
       <c r="P142" t="s">
-        <v>2045</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B143" t="s">
-        <v>2046</v>
+        <v>2107</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>2040</v>
+        <v>2082</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>2047</v>
+        <v>2108</v>
       </c>
       <c r="H143" t="s">
-        <v>2048</v>
+        <v>2109</v>
       </c>
       <c r="I143" t="s">
-        <v>2049</v>
+        <v>2110</v>
       </c>
       <c r="J143" t="s">
-        <v>1287</v>
+        <v>1217</v>
       </c>
       <c r="K143" t="s">
-        <v>1288</v>
+        <v>141</v>
       </c>
       <c r="L143" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M143" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N143" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O143" t="s">
-        <v>1146</v>
+        <v>1203</v>
       </c>
       <c r="P143" t="s">
-        <v>2050</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B144" t="s">
-        <v>2051</v>
+        <v>2112</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>2040</v>
+        <v>2082</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>2052</v>
+        <v>2113</v>
       </c>
       <c r="H144" t="s">
-        <v>2053</v>
+        <v>2114</v>
       </c>
       <c r="I144" t="s">
-        <v>1701</v>
+        <v>2115</v>
       </c>
       <c r="J144" t="s">
-        <v>20</v>
+        <v>1649</v>
       </c>
       <c r="K144" t="s">
-        <v>1702</v>
+        <v>1650</v>
       </c>
       <c r="L144" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M144" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N144" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O144" t="s">
-        <v>1146</v>
+        <v>1210</v>
       </c>
       <c r="P144" t="s">
-        <v>2054</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B145" t="s">
-        <v>2055</v>
+        <v>2117</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>2040</v>
+        <v>2082</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>2056</v>
+        <v>2118</v>
       </c>
       <c r="H145" t="s">
-        <v>2057</v>
+        <v>2119</v>
       </c>
       <c r="I145" t="s">
-        <v>2058</v>
+        <v>2120</v>
       </c>
       <c r="J145" t="s">
-        <v>1237</v>
+        <v>1217</v>
       </c>
       <c r="K145" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="L145" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M145" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N145" t="s">
-        <v>2059</v>
+        <v>1202</v>
       </c>
       <c r="O145" t="s">
-        <v>2060</v>
+        <v>1409</v>
       </c>
       <c r="P145" t="s">
-        <v>2061</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B146" t="s">
-        <v>2062</v>
+        <v>2122</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>2063</v>
+        <v>2082</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>2064</v>
+        <v>2123</v>
       </c>
       <c r="H146" t="s">
-        <v>2065</v>
+        <v>2124</v>
       </c>
       <c r="I146" t="s">
-        <v>1356</v>
+        <v>2125</v>
       </c>
       <c r="J146" t="s">
-        <v>20</v>
+        <v>2105</v>
       </c>
       <c r="K146" t="s">
-        <v>1357</v>
+        <v>212</v>
       </c>
       <c r="L146" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M146" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N146" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O146" t="s">
-        <v>1146</v>
+        <v>1742</v>
       </c>
       <c r="P146" t="s">
-        <v>2066</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B147" t="s">
-        <v>2067</v>
+        <v>2127</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>2063</v>
+        <v>2082</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>2068</v>
+        <v>2128</v>
       </c>
       <c r="H147" t="s">
-        <v>2069</v>
+        <v>2129</v>
       </c>
       <c r="I147" t="s">
-        <v>2070</v>
+        <v>2104</v>
       </c>
       <c r="J147" t="s">
-        <v>20</v>
+        <v>2105</v>
       </c>
       <c r="K147" t="s">
-        <v>2071</v>
+        <v>212</v>
       </c>
       <c r="L147" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M147" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N147" t="s">
-        <v>1172</v>
+        <v>1289</v>
       </c>
       <c r="O147" t="s">
-        <v>1194</v>
+        <v>1309</v>
       </c>
       <c r="P147" t="s">
-        <v>2072</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B148" t="s">
-        <v>2073</v>
+        <v>2131</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>2063</v>
+        <v>2132</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>2074</v>
+        <v>2133</v>
       </c>
       <c r="H148" t="s">
-        <v>2075</v>
+        <v>2134</v>
       </c>
       <c r="I148" t="s">
-        <v>1144</v>
+        <v>2135</v>
       </c>
       <c r="J148" t="s">
-        <v>20</v>
+        <v>1762</v>
       </c>
       <c r="K148" t="s">
-        <v>1145</v>
+        <v>1360</v>
       </c>
       <c r="L148" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M148" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N148" t="s">
-        <v>1296</v>
+        <v>2136</v>
       </c>
       <c r="O148" t="s">
-        <v>1365</v>
+        <v>2137</v>
       </c>
       <c r="P148" t="s">
-        <v>2076</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B149" t="s">
-        <v>2077</v>
+        <v>2139</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>2063</v>
+        <v>2140</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>2078</v>
+        <v>2141</v>
       </c>
       <c r="H149" t="s">
-        <v>2079</v>
+        <v>2142</v>
       </c>
       <c r="I149" t="s">
-        <v>1144</v>
+        <v>2143</v>
       </c>
       <c r="J149" t="s">
-        <v>20</v>
+        <v>1227</v>
       </c>
       <c r="K149" t="s">
-        <v>1145</v>
+        <v>30</v>
       </c>
       <c r="L149" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M149" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N149" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O149" t="s">
-        <v>1642</v>
+        <v>1210</v>
       </c>
       <c r="P149" t="s">
-        <v>2080</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B150" t="s">
-        <v>2081</v>
+        <v>2145</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>2063</v>
+        <v>2146</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>2082</v>
+        <v>2147</v>
       </c>
       <c r="H150" t="s">
-        <v>2083</v>
+        <v>2148</v>
       </c>
       <c r="I150" t="s">
-        <v>2084</v>
+        <v>2149</v>
       </c>
       <c r="J150" t="s">
-        <v>1445</v>
+        <v>20</v>
       </c>
       <c r="K150" t="s">
-        <v>1446</v>
+        <v>2150</v>
       </c>
       <c r="L150" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M150" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N150" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O150" t="s">
-        <v>1365</v>
+        <v>1781</v>
       </c>
       <c r="P150" t="s">
-        <v>2085</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B151" t="s">
-        <v>2086</v>
+        <v>2152</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>2063</v>
+        <v>2146</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>2087</v>
+        <v>2153</v>
       </c>
       <c r="H151" t="s">
-        <v>2088</v>
+        <v>2154</v>
       </c>
       <c r="I151" t="s">
-        <v>2070</v>
+        <v>2155</v>
       </c>
       <c r="J151" t="s">
-        <v>20</v>
+        <v>1400</v>
       </c>
       <c r="K151" t="s">
-        <v>2071</v>
+        <v>1401</v>
       </c>
       <c r="L151" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M151" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N151" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O151" t="s">
-        <v>1918</v>
+        <v>1265</v>
       </c>
       <c r="P151" t="s">
-        <v>2089</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B152" t="s">
-        <v>2090</v>
+        <v>2157</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>2063</v>
+        <v>2146</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>2091</v>
+        <v>2158</v>
       </c>
       <c r="H152" t="s">
-        <v>2092</v>
+        <v>2159</v>
       </c>
       <c r="I152" t="s">
-        <v>2070</v>
+        <v>1810</v>
       </c>
       <c r="J152" t="s">
         <v>20</v>
       </c>
       <c r="K152" t="s">
-        <v>2071</v>
+        <v>1811</v>
       </c>
       <c r="L152" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M152" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N152" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O152" t="s">
-        <v>1365</v>
+        <v>1265</v>
       </c>
       <c r="P152" t="s">
-        <v>2093</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B153" t="s">
-        <v>2094</v>
+        <v>2161</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>2095</v>
+        <v>2146</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>2096</v>
+        <v>2162</v>
       </c>
       <c r="H153" t="s">
-        <v>2097</v>
+        <v>2163</v>
       </c>
       <c r="I153" t="s">
-        <v>2098</v>
+        <v>2164</v>
       </c>
       <c r="J153" t="s">
-        <v>2099</v>
+        <v>1227</v>
       </c>
       <c r="K153" t="s">
-        <v>965</v>
+        <v>30</v>
       </c>
       <c r="L153" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M153" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N153" t="s">
-        <v>1296</v>
+        <v>1242</v>
       </c>
       <c r="O153" t="s">
-        <v>1365</v>
+        <v>1243</v>
       </c>
       <c r="P153" t="s">
-        <v>2100</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B154" t="s">
-        <v>2101</v>
+        <v>2166</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>2102</v>
+        <v>2168</v>
       </c>
       <c r="H154" t="s">
-        <v>2103</v>
+        <v>2169</v>
       </c>
       <c r="I154" t="s">
-        <v>2104</v>
+        <v>1467</v>
       </c>
       <c r="J154" t="s">
-        <v>2099</v>
+        <v>20</v>
       </c>
       <c r="K154" t="s">
-        <v>965</v>
+        <v>1468</v>
       </c>
       <c r="L154" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M154" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N154" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O154" t="s">
-        <v>1365</v>
+        <v>1265</v>
       </c>
       <c r="P154" t="s">
-        <v>2105</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B155" t="s">
-        <v>2106</v>
+        <v>2171</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>2107</v>
+        <v>2172</v>
       </c>
       <c r="H155" t="s">
-        <v>2108</v>
+        <v>2173</v>
       </c>
       <c r="I155" t="s">
-        <v>2109</v>
+        <v>2174</v>
       </c>
       <c r="J155" t="s">
-        <v>2099</v>
+        <v>20</v>
       </c>
       <c r="K155" t="s">
-        <v>965</v>
+        <v>2175</v>
       </c>
       <c r="L155" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M155" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N155" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O155" t="s">
-        <v>1918</v>
+        <v>1309</v>
       </c>
       <c r="P155" t="s">
-        <v>2110</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B156" t="s">
-        <v>2111</v>
+        <v>2177</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>2112</v>
+        <v>2178</v>
       </c>
       <c r="H156" t="s">
-        <v>2113</v>
+        <v>2179</v>
       </c>
       <c r="I156" t="s">
-        <v>2114</v>
+        <v>1263</v>
       </c>
       <c r="J156" t="s">
-        <v>1539</v>
+        <v>20</v>
       </c>
       <c r="K156" t="s">
-        <v>1540</v>
+        <v>1264</v>
       </c>
       <c r="L156" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M156" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N156" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O156" t="s">
-        <v>1326</v>
+        <v>1476</v>
       </c>
       <c r="P156" t="s">
-        <v>2115</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B157" t="s">
-        <v>2116</v>
+        <v>2181</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>2117</v>
+        <v>2182</v>
       </c>
       <c r="H157" t="s">
-        <v>2118</v>
+        <v>2183</v>
       </c>
       <c r="I157" t="s">
-        <v>2119</v>
+        <v>1263</v>
       </c>
       <c r="J157" t="s">
-        <v>1653</v>
+        <v>20</v>
       </c>
       <c r="K157" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="L157" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M157" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N157" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O157" t="s">
-        <v>1918</v>
+        <v>1751</v>
       </c>
       <c r="P157" t="s">
-        <v>2120</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B158" t="s">
-        <v>2121</v>
+        <v>2185</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>2122</v>
+        <v>2186</v>
       </c>
       <c r="H158" t="s">
-        <v>2123</v>
+        <v>2187</v>
       </c>
       <c r="I158" t="s">
-        <v>2124</v>
+        <v>2188</v>
       </c>
       <c r="J158" t="s">
-        <v>2125</v>
+        <v>1555</v>
       </c>
       <c r="K158" t="s">
-        <v>2126</v>
+        <v>1556</v>
       </c>
       <c r="L158" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M158" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N158" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O158" t="s">
-        <v>1918</v>
+        <v>1476</v>
       </c>
       <c r="P158" t="s">
-        <v>2127</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B159" t="s">
-        <v>2128</v>
+        <v>2190</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>2129</v>
+        <v>2191</v>
       </c>
       <c r="H159" t="s">
-        <v>2130</v>
+        <v>2192</v>
       </c>
       <c r="I159" t="s">
-        <v>2131</v>
+        <v>2174</v>
       </c>
       <c r="J159" t="s">
-        <v>2132</v>
+        <v>20</v>
       </c>
       <c r="K159" t="s">
-        <v>1591</v>
+        <v>2175</v>
       </c>
       <c r="L159" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M159" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N159" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O159" t="s">
-        <v>1173</v>
+        <v>1203</v>
       </c>
       <c r="P159" t="s">
-        <v>2133</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B160" t="s">
-        <v>2134</v>
+        <v>2194</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>2095</v>
+        <v>2167</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>2135</v>
+        <v>2195</v>
       </c>
       <c r="H160" t="s">
-        <v>2136</v>
+        <v>2196</v>
       </c>
       <c r="I160" t="s">
-        <v>2137</v>
+        <v>2174</v>
       </c>
       <c r="J160" t="s">
-        <v>2125</v>
+        <v>20</v>
       </c>
       <c r="K160" t="s">
-        <v>2126</v>
+        <v>2175</v>
       </c>
       <c r="L160" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M160" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N160" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O160" t="s">
-        <v>1339</v>
+        <v>1476</v>
       </c>
       <c r="P160" t="s">
-        <v>2138</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B161" t="s">
-        <v>2139</v>
+        <v>2198</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>2140</v>
+        <v>2200</v>
       </c>
       <c r="H161" t="s">
-        <v>2141</v>
+        <v>2201</v>
       </c>
       <c r="I161" t="s">
-        <v>2009</v>
+        <v>2202</v>
       </c>
       <c r="J161" t="s">
-        <v>1539</v>
+        <v>2203</v>
       </c>
       <c r="K161" t="s">
-        <v>1540</v>
+        <v>1023</v>
       </c>
       <c r="L161" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M161" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N161" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O161" t="s">
-        <v>1365</v>
+        <v>1476</v>
       </c>
       <c r="P161" t="s">
-        <v>2142</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B162" t="s">
-        <v>2143</v>
+        <v>2205</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>2144</v>
+        <v>2206</v>
       </c>
       <c r="H162" t="s">
-        <v>2145</v>
+        <v>2207</v>
       </c>
       <c r="I162" t="s">
-        <v>2146</v>
+        <v>2208</v>
       </c>
       <c r="J162" t="s">
-        <v>2125</v>
+        <v>2203</v>
       </c>
       <c r="K162" t="s">
-        <v>2126</v>
+        <v>1023</v>
       </c>
       <c r="L162" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M162" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N162" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O162" t="s">
-        <v>1365</v>
+        <v>1476</v>
       </c>
       <c r="P162" t="s">
-        <v>2147</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B163" t="s">
-        <v>2148</v>
+        <v>2210</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>2149</v>
+        <v>2211</v>
       </c>
       <c r="H163" t="s">
-        <v>2150</v>
+        <v>2212</v>
       </c>
       <c r="I163" t="s">
-        <v>1294</v>
+        <v>2213</v>
       </c>
       <c r="J163" t="s">
-        <v>20</v>
+        <v>2203</v>
       </c>
       <c r="K163" t="s">
-        <v>1295</v>
+        <v>1023</v>
       </c>
       <c r="L163" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M163" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N163" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O163" t="s">
-        <v>1642</v>
+        <v>1203</v>
       </c>
       <c r="P163" t="s">
-        <v>2151</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B164" t="s">
-        <v>2152</v>
+        <v>2215</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>2153</v>
+        <v>2216</v>
       </c>
       <c r="H164" t="s">
-        <v>2154</v>
+        <v>2217</v>
       </c>
       <c r="I164" t="s">
-        <v>1294</v>
+        <v>2218</v>
       </c>
       <c r="J164" t="s">
-        <v>20</v>
+        <v>1649</v>
       </c>
       <c r="K164" t="s">
-        <v>1295</v>
+        <v>1650</v>
       </c>
       <c r="L164" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M164" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N164" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O164" t="s">
-        <v>1633</v>
+        <v>1438</v>
       </c>
       <c r="P164" t="s">
-        <v>2155</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B165" t="s">
-        <v>2156</v>
+        <v>2220</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>2157</v>
+        <v>2221</v>
       </c>
       <c r="H165" t="s">
-        <v>2158</v>
+        <v>2222</v>
       </c>
       <c r="I165" t="s">
-        <v>2159</v>
+        <v>2223</v>
       </c>
       <c r="J165" t="s">
-        <v>1294</v>
+        <v>1762</v>
       </c>
       <c r="K165" t="s">
-        <v>1295</v>
+        <v>1360</v>
       </c>
       <c r="L165" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M165" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N165" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O165" t="s">
-        <v>1365</v>
+        <v>1203</v>
       </c>
       <c r="P165" t="s">
-        <v>2160</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B166" t="s">
-        <v>2161</v>
+        <v>2225</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>2162</v>
+        <v>2226</v>
       </c>
       <c r="H166" t="s">
-        <v>2163</v>
+        <v>2227</v>
       </c>
       <c r="I166" t="s">
-        <v>2164</v>
+        <v>2228</v>
       </c>
       <c r="J166" t="s">
-        <v>1481</v>
+        <v>2229</v>
       </c>
       <c r="K166" t="s">
-        <v>47</v>
+        <v>2230</v>
       </c>
       <c r="L166" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M166" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N166" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O166" t="s">
-        <v>1642</v>
+        <v>1203</v>
       </c>
       <c r="P166" t="s">
-        <v>2165</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B167" t="s">
-        <v>2166</v>
+        <v>2232</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>2095</v>
+        <v>2199</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>2167</v>
+        <v>2233</v>
       </c>
       <c r="H167" t="s">
-        <v>2168</v>
+        <v>2234</v>
       </c>
       <c r="I167" t="s">
-        <v>2169</v>
+        <v>2235</v>
       </c>
       <c r="J167" t="s">
-        <v>2132</v>
+        <v>2236</v>
       </c>
       <c r="K167" t="s">
-        <v>1591</v>
+        <v>1700</v>
       </c>
       <c r="L167" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M167" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N167" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O167" t="s">
-        <v>1628</v>
+        <v>1290</v>
       </c>
       <c r="P167" t="s">
-        <v>2170</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B168" t="s">
-        <v>2171</v>
+        <v>2238</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>2172</v>
+        <v>2199</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>2173</v>
+        <v>2239</v>
       </c>
       <c r="H168" t="s">
-        <v>2174</v>
+        <v>2240</v>
       </c>
       <c r="I168" t="s">
-        <v>2175</v>
+        <v>2241</v>
       </c>
       <c r="J168" t="s">
-        <v>1416</v>
+        <v>2229</v>
       </c>
       <c r="K168" t="s">
-        <v>30</v>
+        <v>2230</v>
       </c>
       <c r="L168" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M168" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N168" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O168" t="s">
-        <v>1633</v>
+        <v>1210</v>
       </c>
       <c r="P168" t="s">
-        <v>2176</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B169" t="s">
-        <v>2177</v>
+        <v>2243</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>2178</v>
+        <v>2199</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>2179</v>
+        <v>2244</v>
       </c>
       <c r="H169" t="s">
-        <v>2180</v>
+        <v>2245</v>
       </c>
       <c r="I169" t="s">
-        <v>2181</v>
+        <v>2115</v>
       </c>
       <c r="J169" t="s">
-        <v>20</v>
+        <v>1649</v>
       </c>
       <c r="K169" t="s">
-        <v>2182</v>
+        <v>1650</v>
       </c>
       <c r="L169" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M169" t="s">
-        <v>1778</v>
+        <v>1218</v>
       </c>
       <c r="N169" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O169" t="s">
-        <v>1138</v>
+        <v>1476</v>
       </c>
       <c r="P169" t="s">
-        <v>2183</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B170" t="s">
-        <v>2184</v>
+        <v>2247</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>2185</v>
+        <v>2199</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>2186</v>
+        <v>2248</v>
       </c>
       <c r="H170" t="s">
-        <v>2187</v>
+        <v>2249</v>
       </c>
       <c r="I170" t="s">
-        <v>2188</v>
+        <v>2250</v>
       </c>
       <c r="J170" t="s">
-        <v>2189</v>
+        <v>2229</v>
       </c>
       <c r="K170" t="s">
-        <v>2190</v>
+        <v>2230</v>
       </c>
       <c r="L170" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M170" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N170" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O170" t="s">
-        <v>1138</v>
+        <v>1476</v>
       </c>
       <c r="P170" t="s">
-        <v>2191</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B171" t="s">
-        <v>2192</v>
+        <v>2252</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>2193</v>
+        <v>2199</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>2194</v>
+        <v>2253</v>
       </c>
       <c r="H171" t="s">
-        <v>2195</v>
+        <v>2254</v>
       </c>
       <c r="I171" t="s">
-        <v>2188</v>
+        <v>1407</v>
       </c>
       <c r="J171" t="s">
-        <v>2189</v>
+        <v>20</v>
       </c>
       <c r="K171" t="s">
-        <v>2190</v>
+        <v>1408</v>
       </c>
       <c r="L171" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M171" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N171" t="s">
-        <v>2030</v>
+        <v>1202</v>
       </c>
       <c r="O171" t="s">
-        <v>2031</v>
+        <v>1751</v>
       </c>
       <c r="P171" t="s">
-        <v>2196</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B172" t="s">
-        <v>2197</v>
+        <v>2256</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>2199</v>
+        <v>2257</v>
       </c>
       <c r="H172" t="s">
-        <v>2200</v>
+        <v>2258</v>
       </c>
       <c r="I172" t="s">
-        <v>2201</v>
+        <v>1407</v>
       </c>
       <c r="J172" t="s">
-        <v>1237</v>
+        <v>20</v>
       </c>
       <c r="K172" t="s">
-        <v>30</v>
+        <v>1408</v>
       </c>
       <c r="L172" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M172" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N172" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O172" t="s">
-        <v>1546</v>
+        <v>1742</v>
       </c>
       <c r="P172" t="s">
-        <v>2202</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B173" t="s">
-        <v>2203</v>
+        <v>2260</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>2204</v>
+        <v>2199</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>2205</v>
+        <v>2261</v>
       </c>
       <c r="H173" t="s">
-        <v>2206</v>
+        <v>2262</v>
       </c>
       <c r="I173" t="s">
-        <v>2207</v>
+        <v>2263</v>
       </c>
       <c r="J173" t="s">
-        <v>1416</v>
+        <v>1407</v>
       </c>
       <c r="K173" t="s">
-        <v>30</v>
+        <v>1408</v>
       </c>
       <c r="L173" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M173" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N173" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O173" t="s">
-        <v>1358</v>
+        <v>1476</v>
       </c>
       <c r="P173" t="s">
-        <v>2208</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B174" t="s">
-        <v>2209</v>
+        <v>2265</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>2210</v>
+        <v>2199</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>2211</v>
+        <v>2266</v>
       </c>
       <c r="H174" t="s">
-        <v>2212</v>
+        <v>2267</v>
       </c>
       <c r="I174" t="s">
-        <v>2213</v>
+        <v>2268</v>
       </c>
       <c r="J174" t="s">
-        <v>20</v>
+        <v>1591</v>
       </c>
       <c r="K174" t="s">
-        <v>2214</v>
+        <v>141</v>
       </c>
       <c r="L174" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M174" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N174" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O174" t="s">
-        <v>1146</v>
+        <v>1751</v>
       </c>
       <c r="P174" t="s">
-        <v>2215</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B175" t="s">
-        <v>2216</v>
+        <v>2270</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>2210</v>
+        <v>2199</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>2217</v>
+        <v>2271</v>
       </c>
       <c r="H175" t="s">
-        <v>2218</v>
+        <v>2272</v>
       </c>
       <c r="I175" t="s">
-        <v>2219</v>
+        <v>2273</v>
       </c>
       <c r="J175" t="s">
-        <v>1179</v>
+        <v>2236</v>
       </c>
       <c r="K175" t="s">
-        <v>1180</v>
+        <v>1700</v>
       </c>
       <c r="L175" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M175" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N175" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O175" t="s">
-        <v>1138</v>
+        <v>1737</v>
       </c>
       <c r="P175" t="s">
-        <v>2220</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B176" t="s">
-        <v>2221</v>
+        <v>2275</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>2210</v>
+        <v>2276</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>2222</v>
+        <v>2277</v>
       </c>
       <c r="H176" t="s">
-        <v>2223</v>
+        <v>2278</v>
       </c>
       <c r="I176" t="s">
-        <v>2099</v>
+        <v>2279</v>
       </c>
       <c r="J176" t="s">
-        <v>20</v>
+        <v>1526</v>
       </c>
       <c r="K176" t="s">
-        <v>965</v>
+        <v>30</v>
       </c>
       <c r="L176" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M176" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N176" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O176" t="s">
-        <v>1138</v>
+        <v>1742</v>
       </c>
       <c r="P176" t="s">
-        <v>2224</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B177" t="s">
-        <v>2225</v>
+        <v>2281</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>2226</v>
+        <v>2282</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>2227</v>
+        <v>2283</v>
       </c>
       <c r="H177" t="s">
-        <v>2228</v>
+        <v>2284</v>
       </c>
       <c r="I177" t="s">
-        <v>2229</v>
+        <v>2285</v>
       </c>
       <c r="J177" t="s">
-        <v>1750</v>
+        <v>20</v>
       </c>
       <c r="K177" t="s">
-        <v>1723</v>
+        <v>2286</v>
       </c>
       <c r="L177" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M177" t="s">
-        <v>1162</v>
+        <v>1887</v>
       </c>
       <c r="N177" t="s">
-        <v>2030</v>
+        <v>1192</v>
       </c>
       <c r="O177" t="s">
-        <v>2230</v>
+        <v>1257</v>
       </c>
       <c r="P177" t="s">
-        <v>2231</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B178" t="s">
-        <v>2232</v>
+        <v>2288</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>2226</v>
+        <v>2289</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>2233</v>
+        <v>2290</v>
       </c>
       <c r="H178" t="s">
-        <v>2234</v>
+        <v>2291</v>
       </c>
       <c r="I178" t="s">
-        <v>2235</v>
+        <v>2292</v>
       </c>
       <c r="J178" t="s">
-        <v>1416</v>
+        <v>2293</v>
       </c>
       <c r="K178" t="s">
-        <v>30</v>
+        <v>2294</v>
       </c>
       <c r="L178" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M178" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N178" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O178" t="s">
-        <v>1918</v>
+        <v>1257</v>
       </c>
       <c r="P178" t="s">
-        <v>2236</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B179" t="s">
-        <v>2237</v>
+        <v>2296</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>2226</v>
+        <v>2297</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>2238</v>
+        <v>2298</v>
       </c>
       <c r="H179" t="s">
-        <v>2239</v>
+        <v>2299</v>
       </c>
       <c r="I179" t="s">
-        <v>2201</v>
+        <v>2292</v>
       </c>
       <c r="J179" t="s">
-        <v>1237</v>
+        <v>2293</v>
       </c>
       <c r="K179" t="s">
-        <v>30</v>
+        <v>2294</v>
       </c>
       <c r="L179" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M179" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N179" t="s">
-        <v>1296</v>
+        <v>2136</v>
       </c>
       <c r="O179" t="s">
-        <v>1297</v>
+        <v>2137</v>
       </c>
       <c r="P179" t="s">
-        <v>2240</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B180" t="s">
-        <v>2241</v>
+        <v>2301</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>2242</v>
+        <v>2302</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>2243</v>
+        <v>2303</v>
       </c>
       <c r="H180" t="s">
-        <v>2244</v>
+        <v>2304</v>
       </c>
       <c r="I180" t="s">
-        <v>2245</v>
+        <v>2305</v>
       </c>
       <c r="J180" t="s">
-        <v>2246</v>
+        <v>1227</v>
       </c>
       <c r="K180" t="s">
-        <v>2247</v>
+        <v>30</v>
       </c>
       <c r="L180" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M180" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N180" t="s">
-        <v>1163</v>
+        <v>1202</v>
       </c>
       <c r="O180" t="s">
-        <v>1238</v>
+        <v>1248</v>
       </c>
       <c r="P180" t="s">
-        <v>2248</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B181" t="s">
-        <v>2249</v>
+        <v>2307</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>2250</v>
+        <v>2308</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>2251</v>
+        <v>2309</v>
       </c>
       <c r="H181" t="s">
-        <v>2252</v>
+        <v>2310</v>
       </c>
       <c r="I181" t="s">
-        <v>2253</v>
+        <v>2311</v>
       </c>
       <c r="J181" t="s">
-        <v>1416</v>
+        <v>1526</v>
       </c>
       <c r="K181" t="s">
         <v>30</v>
       </c>
       <c r="L181" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M181" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N181" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O181" t="s">
-        <v>1194</v>
+        <v>1469</v>
       </c>
       <c r="P181" t="s">
-        <v>2254</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B182" t="s">
-        <v>2255</v>
+        <v>2313</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>2250</v>
+        <v>2314</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>2256</v>
+        <v>2315</v>
       </c>
       <c r="H182" t="s">
-        <v>2257</v>
+        <v>2316</v>
       </c>
       <c r="I182" t="s">
-        <v>2253</v>
+        <v>2317</v>
       </c>
       <c r="J182" t="s">
-        <v>1416</v>
+        <v>20</v>
       </c>
       <c r="K182" t="s">
-        <v>30</v>
+        <v>2318</v>
       </c>
       <c r="L182" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M182" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N182" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O182" t="s">
-        <v>1194</v>
+        <v>1265</v>
       </c>
       <c r="P182" t="s">
-        <v>2258</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B183" t="s">
-        <v>2259</v>
+        <v>2320</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
-        <v>2250</v>
+        <v>2314</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
-        <v>2260</v>
+        <v>2321</v>
       </c>
       <c r="H183" t="s">
-        <v>2261</v>
+        <v>2322</v>
       </c>
       <c r="I183" t="s">
-        <v>2201</v>
+        <v>2323</v>
       </c>
       <c r="J183" t="s">
-        <v>1237</v>
+        <v>1296</v>
       </c>
       <c r="K183" t="s">
-        <v>30</v>
+        <v>1297</v>
       </c>
       <c r="L183" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M183" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N183" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O183" t="s">
-        <v>1173</v>
+        <v>1257</v>
       </c>
       <c r="P183" t="s">
-        <v>2262</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B184" t="s">
-        <v>2263</v>
+        <v>2325</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>2264</v>
+        <v>2314</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>2265</v>
+        <v>2326</v>
       </c>
       <c r="H184" t="s">
-        <v>2266</v>
+        <v>2327</v>
       </c>
       <c r="I184" t="s">
-        <v>2267</v>
+        <v>2203</v>
       </c>
       <c r="J184" t="s">
-        <v>2268</v>
+        <v>20</v>
       </c>
       <c r="K184" t="s">
-        <v>2269</v>
+        <v>1023</v>
       </c>
       <c r="L184" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M184" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N184" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O184" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P184" t="s">
-        <v>2270</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B185" t="s">
-        <v>2271</v>
+        <v>2329</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>2264</v>
+        <v>2330</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>2272</v>
+        <v>2331</v>
       </c>
       <c r="H185" t="s">
-        <v>2273</v>
+        <v>2332</v>
       </c>
       <c r="I185" t="s">
-        <v>2274</v>
+        <v>2333</v>
       </c>
       <c r="J185" t="s">
-        <v>20</v>
+        <v>1859</v>
       </c>
       <c r="K185" t="s">
-        <v>30</v>
+        <v>1832</v>
       </c>
       <c r="L185" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M185" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N185" t="s">
-        <v>1296</v>
+        <v>2136</v>
       </c>
       <c r="O185" t="s">
-        <v>1633</v>
+        <v>2334</v>
       </c>
       <c r="P185" t="s">
-        <v>2275</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B186" t="s">
-        <v>2276</v>
+        <v>2336</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>2277</v>
+        <v>2330</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>2278</v>
+        <v>2337</v>
       </c>
       <c r="H186" t="s">
-        <v>2279</v>
+        <v>2338</v>
       </c>
       <c r="I186" t="s">
-        <v>2280</v>
+        <v>2339</v>
       </c>
       <c r="J186" t="s">
-        <v>1280</v>
+        <v>1526</v>
       </c>
       <c r="K186" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="L186" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M186" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N186" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O186" t="s">
-        <v>1138</v>
+        <v>1203</v>
       </c>
       <c r="P186" t="s">
-        <v>2281</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B187" t="s">
-        <v>2282</v>
+        <v>2341</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>2283</v>
+        <v>2330</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>2284</v>
+        <v>2342</v>
       </c>
       <c r="H187" t="s">
-        <v>2285</v>
+        <v>2343</v>
       </c>
       <c r="I187" t="s">
-        <v>2286</v>
+        <v>2305</v>
       </c>
       <c r="J187" t="s">
-        <v>1528</v>
+        <v>1227</v>
       </c>
       <c r="K187" t="s">
-        <v>1529</v>
+        <v>30</v>
       </c>
       <c r="L187" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M187" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N187" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O187" t="s">
-        <v>1633</v>
+        <v>1409</v>
       </c>
       <c r="P187" t="s">
-        <v>2287</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B188" t="s">
-        <v>1830</v>
+        <v>2345</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>2288</v>
+        <v>2346</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>2289</v>
+        <v>2347</v>
       </c>
       <c r="H188" t="s">
-        <v>2290</v>
+        <v>2348</v>
       </c>
       <c r="I188" t="s">
-        <v>1539</v>
+        <v>2349</v>
       </c>
       <c r="J188" t="s">
-        <v>20</v>
+        <v>2350</v>
       </c>
       <c r="K188" t="s">
-        <v>1540</v>
+        <v>2351</v>
       </c>
       <c r="L188" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M188" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N188" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O188" t="s">
-        <v>1138</v>
+        <v>1352</v>
       </c>
       <c r="P188" t="s">
-        <v>2291</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B189" t="s">
-        <v>2292</v>
+        <v>2353</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>2288</v>
+        <v>2354</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>2293</v>
+        <v>2355</v>
       </c>
       <c r="H189" t="s">
-        <v>2294</v>
+        <v>2356</v>
       </c>
       <c r="I189" t="s">
-        <v>2295</v>
+        <v>2357</v>
       </c>
       <c r="J189" t="s">
-        <v>1416</v>
+        <v>1526</v>
       </c>
       <c r="K189" t="s">
         <v>30</v>
       </c>
       <c r="L189" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M189" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N189" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O189" t="s">
-        <v>1138</v>
+        <v>1309</v>
       </c>
       <c r="P189" t="s">
-        <v>2296</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B190" t="s">
-        <v>2297</v>
+        <v>2359</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>2288</v>
+        <v>2354</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>2298</v>
+        <v>2360</v>
       </c>
       <c r="H190" t="s">
-        <v>2299</v>
+        <v>2361</v>
       </c>
       <c r="I190" t="s">
-        <v>2300</v>
+        <v>2357</v>
       </c>
       <c r="J190" t="s">
-        <v>1280</v>
+        <v>1526</v>
       </c>
       <c r="K190" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="L190" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M190" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N190" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O190" t="s">
-        <v>1138</v>
+        <v>1309</v>
       </c>
       <c r="P190" t="s">
-        <v>2301</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B191" t="s">
-        <v>2302</v>
+        <v>2363</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>2288</v>
+        <v>2354</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>2303</v>
+        <v>2364</v>
       </c>
       <c r="H191" t="s">
-        <v>2304</v>
+        <v>2365</v>
       </c>
       <c r="I191" t="s">
         <v>2305</v>
       </c>
       <c r="J191" t="s">
-        <v>2306</v>
+        <v>1227</v>
       </c>
       <c r="K191" t="s">
-        <v>1446</v>
+        <v>30</v>
       </c>
       <c r="L191" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M191" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N191" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O191" t="s">
-        <v>1138</v>
+        <v>1290</v>
       </c>
       <c r="P191" t="s">
-        <v>2307</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B192" t="s">
-        <v>2308</v>
+        <v>2367</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>2288</v>
+        <v>2368</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>2309</v>
+        <v>2369</v>
       </c>
       <c r="H192" t="s">
-        <v>2310</v>
+        <v>2370</v>
       </c>
       <c r="I192" t="s">
-        <v>2311</v>
+        <v>2371</v>
       </c>
       <c r="J192" t="s">
-        <v>2312</v>
+        <v>2372</v>
       </c>
       <c r="K192" t="s">
-        <v>30</v>
+        <v>2373</v>
       </c>
       <c r="L192" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M192" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N192" t="s">
-        <v>2030</v>
+        <v>1192</v>
       </c>
       <c r="O192" t="s">
-        <v>2230</v>
+        <v>1257</v>
       </c>
       <c r="P192" t="s">
-        <v>2313</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B193" t="s">
-        <v>2314</v>
+        <v>2375</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>2315</v>
+        <v>2368</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>2316</v>
+        <v>2376</v>
       </c>
       <c r="H193" t="s">
-        <v>2317</v>
+        <v>2377</v>
       </c>
       <c r="I193" t="s">
-        <v>2318</v>
+        <v>2378</v>
       </c>
       <c r="J193" t="s">
         <v>20</v>
       </c>
       <c r="K193" t="s">
-        <v>2319</v>
+        <v>30</v>
       </c>
       <c r="L193" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M193" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N193" t="s">
-        <v>1172</v>
+        <v>1202</v>
       </c>
       <c r="O193" t="s">
-        <v>1173</v>
+        <v>1742</v>
       </c>
       <c r="P193" t="s">
-        <v>2320</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B194" t="s">
-        <v>2321</v>
+        <v>2380</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>2315</v>
+        <v>2381</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>2322</v>
+        <v>2382</v>
       </c>
       <c r="H194" t="s">
-        <v>2323</v>
+        <v>2383</v>
       </c>
       <c r="I194" t="s">
-        <v>2324</v>
+        <v>2384</v>
       </c>
       <c r="J194" t="s">
-        <v>20</v>
+        <v>1217</v>
       </c>
       <c r="K194" t="s">
-        <v>2325</v>
+        <v>141</v>
       </c>
       <c r="L194" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M194" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N194" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O194" t="s">
-        <v>1642</v>
+        <v>1257</v>
       </c>
       <c r="P194" t="s">
-        <v>2326</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B195" t="s">
-        <v>2327</v>
+        <v>2386</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>2315</v>
+        <v>2387</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>2328</v>
+        <v>2388</v>
       </c>
       <c r="H195" t="s">
-        <v>2329</v>
+        <v>2389</v>
       </c>
       <c r="I195" t="s">
-        <v>2324</v>
+        <v>2390</v>
       </c>
       <c r="J195" t="s">
-        <v>20</v>
+        <v>1638</v>
       </c>
       <c r="K195" t="s">
-        <v>2325</v>
+        <v>1639</v>
       </c>
       <c r="L195" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M195" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N195" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O195" t="s">
-        <v>1633</v>
+        <v>1742</v>
       </c>
       <c r="P195" t="s">
-        <v>2330</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B196" t="s">
-        <v>2331</v>
+        <v>1939</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>2332</v>
+        <v>2392</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>2333</v>
+        <v>2393</v>
       </c>
       <c r="H196" t="s">
-        <v>2334</v>
+        <v>2394</v>
       </c>
       <c r="I196" t="s">
-        <v>2335</v>
+        <v>1649</v>
       </c>
       <c r="J196" t="s">
-        <v>2336</v>
+        <v>20</v>
       </c>
       <c r="K196" t="s">
-        <v>2337</v>
+        <v>1650</v>
       </c>
       <c r="L196" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M196" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N196" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O196" t="s">
-        <v>1466</v>
+        <v>1257</v>
       </c>
       <c r="P196" t="s">
-        <v>2338</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B197" t="s">
-        <v>2339</v>
+        <v>2396</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>2340</v>
+        <v>2392</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>2341</v>
+        <v>2397</v>
       </c>
       <c r="H197" t="s">
-        <v>2342</v>
+        <v>2398</v>
       </c>
       <c r="I197" t="s">
-        <v>2343</v>
+        <v>2399</v>
       </c>
       <c r="J197" t="s">
-        <v>20</v>
+        <v>1526</v>
       </c>
       <c r="K197" t="s">
-        <v>2344</v>
+        <v>30</v>
       </c>
       <c r="L197" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M197" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N197" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O197" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P197" t="s">
-        <v>2345</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B198" t="s">
-        <v>2346</v>
+        <v>2401</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>2347</v>
+        <v>2392</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>2348</v>
+        <v>2402</v>
       </c>
       <c r="H198" t="s">
-        <v>2349</v>
+        <v>2403</v>
       </c>
       <c r="I198" t="s">
-        <v>2099</v>
+        <v>2404</v>
       </c>
       <c r="J198" t="s">
-        <v>20</v>
+        <v>1217</v>
       </c>
       <c r="K198" t="s">
-        <v>965</v>
+        <v>141</v>
       </c>
       <c r="L198" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M198" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N198" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O198" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P198" t="s">
-        <v>2350</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B199" t="s">
-        <v>2351</v>
+        <v>2406</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>2347</v>
+        <v>2392</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>2352</v>
+        <v>2407</v>
       </c>
       <c r="H199" t="s">
-        <v>2353</v>
+        <v>2408</v>
       </c>
       <c r="I199" t="s">
-        <v>2354</v>
+        <v>2409</v>
       </c>
       <c r="J199" t="s">
-        <v>2355</v>
+        <v>2410</v>
       </c>
       <c r="K199" t="s">
-        <v>965</v>
+        <v>1556</v>
       </c>
       <c r="L199" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M199" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N199" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O199" t="s">
-        <v>1138</v>
+        <v>1257</v>
       </c>
       <c r="P199" t="s">
-        <v>2356</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B200" t="s">
-        <v>2357</v>
+        <v>2412</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>2347</v>
+        <v>2392</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>2358</v>
+        <v>2413</v>
       </c>
       <c r="H200" t="s">
-        <v>2359</v>
+        <v>2414</v>
       </c>
       <c r="I200" t="s">
-        <v>2099</v>
+        <v>2415</v>
       </c>
       <c r="J200" t="s">
-        <v>20</v>
+        <v>2416</v>
       </c>
       <c r="K200" t="s">
-        <v>965</v>
+        <v>30</v>
       </c>
       <c r="L200" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M200" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N200" t="s">
-        <v>1137</v>
+        <v>2136</v>
       </c>
       <c r="O200" t="s">
-        <v>1138</v>
+        <v>2334</v>
       </c>
       <c r="P200" t="s">
-        <v>2360</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B201" t="s">
-        <v>2361</v>
+        <v>2418</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>2362</v>
+        <v>2419</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>2363</v>
+        <v>2420</v>
       </c>
       <c r="H201" t="s">
-        <v>2364</v>
+        <v>2421</v>
       </c>
       <c r="I201" t="s">
-        <v>2365</v>
+        <v>2422</v>
       </c>
       <c r="J201" t="s">
-        <v>2366</v>
+        <v>20</v>
       </c>
       <c r="K201" t="s">
-        <v>2367</v>
+        <v>2423</v>
       </c>
       <c r="L201" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M201" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N201" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O201" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="P201" t="s">
-        <v>2368</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B202" t="s">
-        <v>2369</v>
+        <v>2425</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>2370</v>
+        <v>2419</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>2371</v>
+        <v>2426</v>
       </c>
       <c r="H202" t="s">
-        <v>2372</v>
+        <v>2427</v>
       </c>
       <c r="I202" t="s">
-        <v>2373</v>
+        <v>2428</v>
       </c>
       <c r="J202" t="s">
-        <v>2355</v>
+        <v>20</v>
       </c>
       <c r="K202" t="s">
-        <v>965</v>
+        <v>2429</v>
       </c>
       <c r="L202" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M202" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N202" t="s">
-        <v>1247</v>
+        <v>1202</v>
       </c>
       <c r="O202" t="s">
-        <v>1253</v>
+        <v>1751</v>
       </c>
       <c r="P202" t="s">
-        <v>2374</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B203" t="s">
-        <v>2375</v>
+        <v>2431</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>2370</v>
+        <v>2419</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>2376</v>
+        <v>2432</v>
       </c>
       <c r="H203" t="s">
-        <v>2377</v>
+        <v>2433</v>
       </c>
       <c r="I203" t="s">
-        <v>1770</v>
+        <v>2428</v>
       </c>
       <c r="J203" t="s">
         <v>20</v>
       </c>
       <c r="K203" t="s">
-        <v>1771</v>
+        <v>2429</v>
       </c>
       <c r="L203" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M203" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N203" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O203" t="s">
-        <v>1146</v>
+        <v>1742</v>
       </c>
       <c r="P203" t="s">
-        <v>2378</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B204" t="s">
-        <v>2379</v>
+        <v>2435</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>2380</v>
+        <v>2436</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>2381</v>
+        <v>2437</v>
       </c>
       <c r="H204" t="s">
-        <v>2382</v>
+        <v>2438</v>
       </c>
       <c r="I204" t="s">
-        <v>2383</v>
+        <v>2439</v>
       </c>
       <c r="J204" t="s">
-        <v>2189</v>
+        <v>2440</v>
       </c>
       <c r="K204" t="s">
-        <v>2190</v>
+        <v>2441</v>
       </c>
       <c r="L204" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M204" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N204" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O204" t="s">
-        <v>1146</v>
+        <v>1576</v>
       </c>
       <c r="P204" t="s">
-        <v>2384</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B205" t="s">
-        <v>2385</v>
+        <v>2443</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>2380</v>
+        <v>2444</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>2386</v>
+        <v>2445</v>
       </c>
       <c r="H205" t="s">
-        <v>2387</v>
+        <v>2446</v>
       </c>
       <c r="I205" t="s">
-        <v>2388</v>
+        <v>2447</v>
       </c>
       <c r="J205" t="s">
-        <v>2189</v>
+        <v>20</v>
       </c>
       <c r="K205" t="s">
-        <v>2190</v>
+        <v>2448</v>
       </c>
       <c r="L205" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M205" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N205" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O205" t="s">
-        <v>1146</v>
+        <v>1265</v>
       </c>
       <c r="P205" t="s">
-        <v>2389</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B206" t="s">
-        <v>2390</v>
+        <v>2450</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>2380</v>
+        <v>2451</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>2391</v>
+        <v>2452</v>
       </c>
       <c r="H206" t="s">
-        <v>2392</v>
+        <v>2453</v>
       </c>
       <c r="I206" t="s">
-        <v>2393</v>
+        <v>2203</v>
       </c>
       <c r="J206" t="s">
-        <v>1280</v>
+        <v>20</v>
       </c>
       <c r="K206" t="s">
-        <v>47</v>
+        <v>1023</v>
       </c>
       <c r="L206" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M206" t="s">
-        <v>1778</v>
+        <v>1191</v>
       </c>
       <c r="N206" t="s">
-        <v>2059</v>
+        <v>1192</v>
       </c>
       <c r="O206" t="s">
-        <v>2060</v>
+        <v>1257</v>
       </c>
       <c r="P206" t="s">
-        <v>2394</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B207" t="s">
-        <v>2395</v>
+        <v>2455</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>2396</v>
+        <v>2451</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>2397</v>
+        <v>2456</v>
       </c>
       <c r="H207" t="s">
-        <v>2398</v>
+        <v>2457</v>
       </c>
       <c r="I207" t="s">
-        <v>2399</v>
+        <v>2458</v>
       </c>
       <c r="J207" t="s">
-        <v>2400</v>
+        <v>2459</v>
       </c>
       <c r="K207" t="s">
-        <v>2401</v>
+        <v>1023</v>
       </c>
       <c r="L207" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M207" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N207" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O207" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="P207" t="s">
-        <v>2402</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B208" t="s">
-        <v>2403</v>
+        <v>2461</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>2396</v>
+        <v>2451</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>2404</v>
+        <v>2462</v>
       </c>
       <c r="H208" t="s">
-        <v>2405</v>
+        <v>2463</v>
       </c>
       <c r="I208" t="s">
-        <v>2406</v>
+        <v>2203</v>
       </c>
       <c r="J208" t="s">
-        <v>1187</v>
+        <v>20</v>
       </c>
       <c r="K208" t="s">
-        <v>1188</v>
+        <v>1023</v>
       </c>
       <c r="L208" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M208" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N208" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O208" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="P208" t="s">
-        <v>2407</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B209" t="s">
-        <v>2408</v>
+        <v>2465</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>2396</v>
+        <v>2466</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>2409</v>
+        <v>2467</v>
       </c>
       <c r="H209" t="s">
-        <v>2410</v>
+        <v>2468</v>
       </c>
       <c r="I209" t="s">
-        <v>2411</v>
+        <v>2469</v>
       </c>
       <c r="J209" t="s">
-        <v>1187</v>
+        <v>2470</v>
       </c>
       <c r="K209" t="s">
-        <v>1188</v>
+        <v>2471</v>
       </c>
       <c r="L209" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M209" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N209" t="s">
-        <v>1163</v>
+        <v>1202</v>
       </c>
       <c r="O209" t="s">
-        <v>1238</v>
+        <v>1409</v>
       </c>
       <c r="P209" t="s">
-        <v>2412</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B210" t="s">
-        <v>2413</v>
+        <v>2473</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>2396</v>
+        <v>2474</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>2414</v>
+        <v>2475</v>
       </c>
       <c r="H210" t="s">
-        <v>2415</v>
+        <v>2476</v>
       </c>
       <c r="I210" t="s">
-        <v>2416</v>
+        <v>2477</v>
       </c>
       <c r="J210" t="s">
-        <v>1187</v>
+        <v>2459</v>
       </c>
       <c r="K210" t="s">
-        <v>1188</v>
+        <v>1023</v>
       </c>
       <c r="L210" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M210" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N210" t="s">
-        <v>1163</v>
+        <v>1361</v>
       </c>
       <c r="O210" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="P210" t="s">
-        <v>2417</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B211" t="s">
-        <v>2418</v>
+        <v>2479</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>2396</v>
+        <v>2474</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>2419</v>
+        <v>2480</v>
       </c>
       <c r="H211" t="s">
-        <v>2420</v>
+        <v>2481</v>
       </c>
       <c r="I211" t="s">
-        <v>2421</v>
+        <v>1879</v>
       </c>
       <c r="J211" t="s">
-        <v>1481</v>
+        <v>20</v>
       </c>
       <c r="K211" t="s">
-        <v>47</v>
+        <v>1880</v>
       </c>
       <c r="L211" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M211" t="s">
-        <v>1778</v>
+        <v>1191</v>
       </c>
       <c r="N211" t="s">
-        <v>2030</v>
+        <v>1192</v>
       </c>
       <c r="O211" t="s">
-        <v>2230</v>
+        <v>1265</v>
       </c>
       <c r="P211" t="s">
-        <v>2422</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B212" t="s">
-        <v>2423</v>
+        <v>2483</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>2424</v>
+        <v>2484</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>2425</v>
+        <v>2485</v>
       </c>
       <c r="H212" t="s">
-        <v>2426</v>
+        <v>2486</v>
       </c>
       <c r="I212" t="s">
-        <v>2427</v>
+        <v>2487</v>
       </c>
       <c r="J212" t="s">
-        <v>1416</v>
+        <v>2293</v>
       </c>
       <c r="K212" t="s">
-        <v>30</v>
+        <v>2294</v>
       </c>
       <c r="L212" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M212" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N212" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O212" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P212" t="s">
-        <v>2428</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B213" t="s">
-        <v>2429</v>
+        <v>2489</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>2430</v>
+        <v>2484</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>2431</v>
+        <v>2490</v>
       </c>
       <c r="H213" t="s">
-        <v>2432</v>
+        <v>2491</v>
       </c>
       <c r="I213" t="s">
-        <v>2433</v>
+        <v>2492</v>
       </c>
       <c r="J213" t="s">
-        <v>2132</v>
+        <v>2293</v>
       </c>
       <c r="K213" t="s">
-        <v>1591</v>
+        <v>2294</v>
       </c>
       <c r="L213" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M213" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N213" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O213" t="s">
-        <v>1365</v>
+        <v>1265</v>
       </c>
       <c r="P213" t="s">
-        <v>2434</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B214" t="s">
-        <v>2435</v>
+        <v>2494</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>2436</v>
+        <v>2484</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>2437</v>
+        <v>2495</v>
       </c>
       <c r="H214" t="s">
-        <v>2438</v>
+        <v>2496</v>
       </c>
       <c r="I214" t="s">
-        <v>2439</v>
+        <v>2497</v>
       </c>
       <c r="J214" t="s">
-        <v>1237</v>
+        <v>1217</v>
       </c>
       <c r="K214" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="L214" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M214" t="s">
-        <v>1162</v>
+        <v>1887</v>
       </c>
       <c r="N214" t="s">
-        <v>1296</v>
+        <v>1242</v>
       </c>
       <c r="O214" t="s">
-        <v>1642</v>
+        <v>1243</v>
       </c>
       <c r="P214" t="s">
-        <v>2440</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B215" t="s">
-        <v>2441</v>
+        <v>2499</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>2436</v>
+        <v>2500</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>2442</v>
+        <v>2501</v>
       </c>
       <c r="H215" t="s">
-        <v>2443</v>
+        <v>2502</v>
       </c>
       <c r="I215" t="s">
-        <v>2444</v>
+        <v>2503</v>
       </c>
       <c r="J215" t="s">
-        <v>1237</v>
+        <v>2504</v>
       </c>
       <c r="K215" t="s">
-        <v>30</v>
+        <v>2505</v>
       </c>
       <c r="L215" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M215" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N215" t="s">
-        <v>1296</v>
+        <v>1219</v>
       </c>
       <c r="O215" t="s">
-        <v>1628</v>
+        <v>1352</v>
       </c>
       <c r="P215" t="s">
-        <v>2445</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B216" t="s">
-        <v>2446</v>
+        <v>2507</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>2436</v>
+        <v>2500</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>2447</v>
+        <v>2508</v>
       </c>
       <c r="H216" t="s">
-        <v>2448</v>
+        <v>2509</v>
       </c>
       <c r="I216" t="s">
-        <v>2449</v>
+        <v>2510</v>
       </c>
       <c r="J216" t="s">
-        <v>1280</v>
+        <v>1200</v>
       </c>
       <c r="K216" t="s">
-        <v>47</v>
+        <v>1201</v>
       </c>
       <c r="L216" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M216" t="s">
-        <v>1778</v>
+        <v>1218</v>
       </c>
       <c r="N216" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O216" t="s">
-        <v>1138</v>
+        <v>1352</v>
       </c>
       <c r="P216" t="s">
-        <v>2450</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B217" t="s">
-        <v>2451</v>
+        <v>2512</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217" t="s">
-        <v>2452</v>
+        <v>2500</v>
       </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217" t="s">
-        <v>2453</v>
+        <v>2513</v>
       </c>
       <c r="H217" t="s">
-        <v>2454</v>
+        <v>2514</v>
       </c>
       <c r="I217" t="s">
-        <v>2455</v>
+        <v>2515</v>
       </c>
       <c r="J217" t="s">
-        <v>2456</v>
+        <v>1200</v>
       </c>
       <c r="K217" t="s">
-        <v>2457</v>
+        <v>1201</v>
       </c>
       <c r="L217" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M217" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N217" t="s">
-        <v>1172</v>
+        <v>1219</v>
       </c>
       <c r="O217" t="s">
-        <v>2458</v>
+        <v>1352</v>
       </c>
       <c r="P217" t="s">
-        <v>2459</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B218" t="s">
-        <v>1964</v>
+        <v>2517</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>2460</v>
+        <v>2500</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>2461</v>
+        <v>2518</v>
       </c>
       <c r="H218" t="s">
-        <v>2462</v>
+        <v>2519</v>
       </c>
       <c r="I218" t="s">
-        <v>2463</v>
+        <v>2520</v>
       </c>
       <c r="J218" t="s">
-        <v>20</v>
+        <v>1200</v>
       </c>
       <c r="K218" t="s">
-        <v>2464</v>
+        <v>1201</v>
       </c>
       <c r="L218" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M218" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N218" t="s">
-        <v>1137</v>
+        <v>1219</v>
       </c>
       <c r="O218" t="s">
-        <v>1146</v>
+        <v>1220</v>
       </c>
       <c r="P218" t="s">
-        <v>2465</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B219" t="s">
-        <v>2466</v>
+        <v>2522</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>2467</v>
+        <v>2500</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>2468</v>
+        <v>2523</v>
       </c>
       <c r="H219" t="s">
-        <v>2469</v>
+        <v>2524</v>
       </c>
       <c r="I219" t="s">
-        <v>2470</v>
+        <v>2525</v>
       </c>
       <c r="J219" t="s">
-        <v>1750</v>
+        <v>1591</v>
       </c>
       <c r="K219" t="s">
-        <v>1723</v>
+        <v>141</v>
       </c>
       <c r="L219" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M219" t="s">
-        <v>1162</v>
+        <v>1887</v>
       </c>
       <c r="N219" t="s">
-        <v>1172</v>
+        <v>2136</v>
       </c>
       <c r="O219" t="s">
-        <v>1845</v>
+        <v>2334</v>
       </c>
       <c r="P219" t="s">
-        <v>2471</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B220" t="s">
-        <v>2472</v>
+        <v>2527</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>2467</v>
+        <v>2528</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>2473</v>
+        <v>2529</v>
       </c>
       <c r="H220" t="s">
-        <v>2474</v>
+        <v>2530</v>
       </c>
       <c r="I220" t="s">
-        <v>2475</v>
+        <v>2531</v>
       </c>
       <c r="J220" t="s">
-        <v>2476</v>
+        <v>1526</v>
       </c>
       <c r="K220" t="s">
         <v>30</v>
       </c>
       <c r="L220" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M220" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N220" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O220" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="P220" t="s">
-        <v>2477</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B221" t="s">
-        <v>2478</v>
+        <v>2533</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>2467</v>
+        <v>2534</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>2479</v>
+        <v>2535</v>
       </c>
       <c r="H221" t="s">
-        <v>2480</v>
+        <v>2536</v>
       </c>
       <c r="I221" t="s">
-        <v>2481</v>
+        <v>2537</v>
       </c>
       <c r="J221" t="s">
-        <v>2482</v>
+        <v>2236</v>
       </c>
       <c r="K221" t="s">
-        <v>2483</v>
+        <v>1700</v>
       </c>
       <c r="L221" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M221" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N221" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O221" t="s">
-        <v>1138</v>
+        <v>1476</v>
       </c>
       <c r="P221" t="s">
-        <v>2484</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B222" t="s">
-        <v>2485</v>
+        <v>2539</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>2486</v>
+        <v>2540</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>2487</v>
+        <v>2541</v>
       </c>
       <c r="H222" t="s">
-        <v>2488</v>
+        <v>2542</v>
       </c>
       <c r="I222" t="s">
-        <v>2489</v>
+        <v>2543</v>
       </c>
       <c r="J222" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="K222" t="s">
         <v>30</v>
       </c>
       <c r="L222" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M222" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N222" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O222" t="s">
-        <v>1918</v>
+        <v>1751</v>
       </c>
       <c r="P222" t="s">
-        <v>2490</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B223" t="s">
-        <v>2491</v>
+        <v>2545</v>
       </c>
       <c r="C223" t="s">
         <v>20</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223" t="s">
-        <v>2486</v>
+        <v>2540</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
-        <v>2492</v>
+        <v>2546</v>
       </c>
       <c r="H223" t="s">
-        <v>2493</v>
+        <v>2547</v>
       </c>
       <c r="I223" t="s">
-        <v>2489</v>
+        <v>2548</v>
       </c>
       <c r="J223" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="K223" t="s">
         <v>30</v>
       </c>
       <c r="L223" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M223" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N223" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O223" t="s">
-        <v>1365</v>
+        <v>1737</v>
       </c>
       <c r="P223" t="s">
-        <v>2494</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B224" t="s">
-        <v>2495</v>
+        <v>2550</v>
       </c>
       <c r="C224" t="s">
         <v>20</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224" t="s">
-        <v>2486</v>
+        <v>2540</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
-        <v>2496</v>
+        <v>2551</v>
       </c>
       <c r="H224" t="s">
-        <v>2497</v>
+        <v>2552</v>
       </c>
       <c r="I224" t="s">
-        <v>2498</v>
+        <v>2553</v>
       </c>
       <c r="J224" t="s">
-        <v>1416</v>
+        <v>1217</v>
       </c>
       <c r="K224" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="L224" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M224" t="s">
-        <v>1162</v>
+        <v>1887</v>
       </c>
       <c r="N224" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O224" t="s">
-        <v>1642</v>
+        <v>1257</v>
       </c>
       <c r="P224" t="s">
-        <v>2499</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B225" t="s">
-        <v>2500</v>
+        <v>2555</v>
       </c>
       <c r="C225" t="s">
         <v>20</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225" t="s">
-        <v>2486</v>
+        <v>2556</v>
       </c>
       <c r="F225" t="s">
         <v>20</v>
       </c>
       <c r="G225" t="s">
-        <v>2501</v>
+        <v>2557</v>
       </c>
       <c r="H225" t="s">
-        <v>2502</v>
+        <v>2558</v>
       </c>
       <c r="I225" t="s">
-        <v>2318</v>
+        <v>2559</v>
       </c>
       <c r="J225" t="s">
-        <v>20</v>
+        <v>2560</v>
       </c>
       <c r="K225" t="s">
-        <v>2319</v>
+        <v>2561</v>
       </c>
       <c r="L225" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M225" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N225" t="s">
-        <v>1137</v>
+        <v>1289</v>
       </c>
       <c r="O225" t="s">
-        <v>1146</v>
+        <v>2562</v>
       </c>
       <c r="P225" t="s">
-        <v>2503</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B226" t="s">
-        <v>2504</v>
+        <v>2070</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226" t="s">
-        <v>2486</v>
+        <v>2564</v>
       </c>
       <c r="F226" t="s">
         <v>20</v>
       </c>
       <c r="G226" t="s">
-        <v>2505</v>
+        <v>2565</v>
       </c>
       <c r="H226" t="s">
-        <v>2506</v>
+        <v>2566</v>
       </c>
       <c r="I226" t="s">
-        <v>1273</v>
+        <v>2567</v>
       </c>
       <c r="J226" t="s">
         <v>20</v>
       </c>
       <c r="K226" t="s">
-        <v>1274</v>
+        <v>2568</v>
       </c>
       <c r="L226" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M226" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N226" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O226" t="s">
-        <v>1146</v>
+        <v>1265</v>
       </c>
       <c r="P226" t="s">
-        <v>2507</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B227" t="s">
-        <v>2508</v>
+        <v>2570</v>
       </c>
       <c r="C227" t="s">
         <v>20</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227" t="s">
-        <v>2509</v>
+        <v>2571</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
-        <v>2510</v>
+        <v>2572</v>
       </c>
       <c r="H227" t="s">
-        <v>2511</v>
+        <v>2573</v>
       </c>
       <c r="I227" t="s">
-        <v>2512</v>
+        <v>2574</v>
       </c>
       <c r="J227" t="s">
-        <v>1153</v>
+        <v>1859</v>
       </c>
       <c r="K227" t="s">
-        <v>753</v>
+        <v>1832</v>
       </c>
       <c r="L227" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M227" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N227" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O227" t="s">
-        <v>1339</v>
+        <v>1954</v>
       </c>
       <c r="P227" t="s">
-        <v>2513</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B228" t="s">
-        <v>2514</v>
+        <v>2576</v>
       </c>
       <c r="C228" t="s">
         <v>20</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228" t="s">
-        <v>2515</v>
+        <v>2571</v>
       </c>
       <c r="F228" t="s">
         <v>20</v>
       </c>
       <c r="G228" t="s">
-        <v>2516</v>
+        <v>2577</v>
       </c>
       <c r="H228" t="s">
-        <v>2517</v>
+        <v>2578</v>
       </c>
       <c r="I228" t="s">
-        <v>2518</v>
+        <v>2579</v>
       </c>
       <c r="J228" t="s">
-        <v>1153</v>
+        <v>2580</v>
       </c>
       <c r="K228" t="s">
-        <v>753</v>
+        <v>30</v>
       </c>
       <c r="L228" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M228" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N228" t="s">
-        <v>1172</v>
+        <v>1219</v>
       </c>
       <c r="O228" t="s">
-        <v>1173</v>
+        <v>1352</v>
       </c>
       <c r="P228" t="s">
-        <v>2519</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B229" t="s">
-        <v>2520</v>
+        <v>2582</v>
       </c>
       <c r="C229" t="s">
         <v>20</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229" t="s">
-        <v>2521</v>
+        <v>2571</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
-        <v>2522</v>
+        <v>2583</v>
       </c>
       <c r="H229" t="s">
-        <v>2523</v>
+        <v>2584</v>
       </c>
       <c r="I229" t="s">
-        <v>1273</v>
+        <v>2585</v>
       </c>
       <c r="J229" t="s">
-        <v>20</v>
+        <v>2586</v>
       </c>
       <c r="K229" t="s">
-        <v>1274</v>
+        <v>2587</v>
       </c>
       <c r="L229" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M229" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N229" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O229" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P229" t="s">
-        <v>2524</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B230" t="s">
-        <v>2525</v>
+        <v>2589</v>
       </c>
       <c r="C230" t="s">
         <v>20</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230" t="s">
-        <v>2526</v>
+        <v>2590</v>
       </c>
       <c r="F230" t="s">
         <v>20</v>
       </c>
       <c r="G230" t="s">
-        <v>2527</v>
+        <v>2591</v>
       </c>
       <c r="H230" t="s">
-        <v>2528</v>
+        <v>2592</v>
       </c>
       <c r="I230" t="s">
-        <v>2529</v>
+        <v>2593</v>
       </c>
       <c r="J230" t="s">
-        <v>1653</v>
+        <v>1227</v>
       </c>
       <c r="K230" t="s">
-        <v>1246</v>
+        <v>30</v>
       </c>
       <c r="L230" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M230" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N230" t="s">
-        <v>2059</v>
+        <v>1202</v>
       </c>
       <c r="O230" t="s">
-        <v>2060</v>
+        <v>1203</v>
       </c>
       <c r="P230" t="s">
-        <v>2530</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B231" t="s">
-        <v>2531</v>
+        <v>2595</v>
       </c>
       <c r="C231" t="s">
         <v>20</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231" t="s">
-        <v>2532</v>
+        <v>2590</v>
       </c>
       <c r="F231" t="s">
         <v>20</v>
       </c>
       <c r="G231" t="s">
-        <v>2533</v>
+        <v>2596</v>
       </c>
       <c r="H231" t="s">
-        <v>2534</v>
+        <v>2597</v>
       </c>
       <c r="I231" t="s">
-        <v>1445</v>
+        <v>2593</v>
       </c>
       <c r="J231" t="s">
-        <v>20</v>
+        <v>1227</v>
       </c>
       <c r="K231" t="s">
-        <v>1446</v>
+        <v>30</v>
       </c>
       <c r="L231" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M231" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N231" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O231" t="s">
-        <v>1146</v>
+        <v>1476</v>
       </c>
       <c r="P231" t="s">
-        <v>2535</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B232" t="s">
-        <v>2536</v>
+        <v>2599</v>
       </c>
       <c r="C232" t="s">
         <v>20</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232" t="s">
-        <v>2532</v>
+        <v>2590</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
-        <v>2537</v>
+        <v>2600</v>
       </c>
       <c r="H232" t="s">
-        <v>2538</v>
+        <v>2601</v>
       </c>
       <c r="I232" t="s">
-        <v>1445</v>
+        <v>2602</v>
       </c>
       <c r="J232" t="s">
-        <v>20</v>
+        <v>1526</v>
       </c>
       <c r="K232" t="s">
-        <v>1446</v>
+        <v>30</v>
       </c>
       <c r="L232" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M232" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N232" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O232" t="s">
-        <v>1146</v>
+        <v>1751</v>
       </c>
       <c r="P232" t="s">
-        <v>2539</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B233" t="s">
-        <v>2540</v>
+        <v>2604</v>
       </c>
       <c r="C233" t="s">
         <v>20</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>2541</v>
+        <v>2590</v>
       </c>
       <c r="F233" t="s">
         <v>20</v>
       </c>
       <c r="G233" t="s">
-        <v>2542</v>
+        <v>2605</v>
       </c>
       <c r="H233" t="s">
-        <v>2543</v>
+        <v>2606</v>
       </c>
       <c r="I233" t="s">
-        <v>2544</v>
+        <v>2422</v>
       </c>
       <c r="J233" t="s">
-        <v>1280</v>
+        <v>20</v>
       </c>
       <c r="K233" t="s">
-        <v>47</v>
+        <v>2423</v>
       </c>
       <c r="L233" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M233" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N233" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O233" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P233" t="s">
-        <v>2545</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B234" t="s">
-        <v>2546</v>
+        <v>2608</v>
       </c>
       <c r="C234" t="s">
         <v>20</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234" t="s">
-        <v>2541</v>
+        <v>2590</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
-        <v>2547</v>
+        <v>2609</v>
       </c>
       <c r="H234" t="s">
-        <v>2548</v>
+        <v>2610</v>
       </c>
       <c r="I234" t="s">
-        <v>2549</v>
+        <v>1387</v>
       </c>
       <c r="J234" t="s">
-        <v>1170</v>
+        <v>20</v>
       </c>
       <c r="K234" t="s">
-        <v>1171</v>
+        <v>1388</v>
       </c>
       <c r="L234" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M234" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N234" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O234" t="s">
-        <v>1138</v>
+        <v>1265</v>
       </c>
       <c r="P234" t="s">
-        <v>2550</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B235" t="s">
-        <v>2551</v>
+        <v>2612</v>
       </c>
       <c r="C235" t="s">
         <v>20</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235" t="s">
-        <v>2552</v>
+        <v>2613</v>
       </c>
       <c r="F235" t="s">
         <v>20</v>
       </c>
       <c r="G235" t="s">
-        <v>2553</v>
+        <v>2614</v>
       </c>
       <c r="H235" t="s">
-        <v>2554</v>
+        <v>2615</v>
       </c>
       <c r="I235" t="s">
-        <v>2555</v>
+        <v>2616</v>
       </c>
       <c r="J235" t="s">
-        <v>2556</v>
+        <v>1272</v>
       </c>
       <c r="K235" t="s">
-        <v>2557</v>
+        <v>63</v>
       </c>
       <c r="L235" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M235" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N235" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O235" t="s">
-        <v>1138</v>
+        <v>1210</v>
       </c>
       <c r="P235" t="s">
-        <v>2558</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B236" t="s">
-        <v>2559</v>
+        <v>2618</v>
       </c>
       <c r="C236" t="s">
         <v>20</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236" t="s">
-        <v>2552</v>
+        <v>2619</v>
       </c>
       <c r="F236" t="s">
         <v>20</v>
       </c>
       <c r="G236" t="s">
-        <v>2560</v>
+        <v>2620</v>
       </c>
       <c r="H236" t="s">
-        <v>2561</v>
+        <v>2621</v>
       </c>
       <c r="I236" t="s">
-        <v>1170</v>
+        <v>2622</v>
       </c>
       <c r="J236" t="s">
-        <v>20</v>
+        <v>1272</v>
       </c>
       <c r="K236" t="s">
-        <v>1171</v>
+        <v>63</v>
       </c>
       <c r="L236" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M236" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N236" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O236" t="s">
-        <v>2562</v>
+        <v>1290</v>
       </c>
       <c r="P236" t="s">
-        <v>2563</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B237" t="s">
-        <v>2564</v>
+        <v>2624</v>
       </c>
       <c r="C237" t="s">
         <v>20</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237" t="s">
-        <v>2565</v>
+        <v>2625</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
-        <v>2566</v>
+        <v>2626</v>
       </c>
       <c r="H237" t="s">
-        <v>2567</v>
+        <v>2627</v>
       </c>
       <c r="I237" t="s">
-        <v>2568</v>
+        <v>1387</v>
       </c>
       <c r="J237" t="s">
-        <v>2569</v>
+        <v>20</v>
       </c>
       <c r="K237" t="s">
-        <v>2570</v>
+        <v>1388</v>
       </c>
       <c r="L237" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M237" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N237" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O237" t="s">
-        <v>1365</v>
+        <v>1265</v>
       </c>
       <c r="P237" t="s">
-        <v>2571</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B238" t="s">
-        <v>2572</v>
+        <v>2629</v>
       </c>
       <c r="C238" t="s">
         <v>20</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238" t="s">
-        <v>2573</v>
+        <v>2630</v>
       </c>
       <c r="F238" t="s">
         <v>20</v>
       </c>
       <c r="G238" t="s">
-        <v>2574</v>
+        <v>2631</v>
       </c>
       <c r="H238" t="s">
-        <v>2575</v>
+        <v>2632</v>
       </c>
       <c r="I238" t="s">
-        <v>2576</v>
+        <v>2633</v>
       </c>
       <c r="J238" t="s">
-        <v>1423</v>
+        <v>1762</v>
       </c>
       <c r="K238" t="s">
-        <v>1424</v>
+        <v>1360</v>
       </c>
       <c r="L238" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M238" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N238" t="s">
-        <v>1137</v>
+        <v>1242</v>
       </c>
       <c r="O238" t="s">
-        <v>1138</v>
+        <v>1243</v>
       </c>
       <c r="P238" t="s">
-        <v>2577</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B239" t="s">
-        <v>2578</v>
+        <v>2635</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239" t="s">
-        <v>2579</v>
+        <v>2636</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
-        <v>2580</v>
+        <v>2637</v>
       </c>
       <c r="H239" t="s">
-        <v>2581</v>
+        <v>2638</v>
       </c>
       <c r="I239" t="s">
-        <v>2582</v>
+        <v>1555</v>
       </c>
       <c r="J239" t="s">
-        <v>2583</v>
+        <v>20</v>
       </c>
       <c r="K239" t="s">
-        <v>2584</v>
+        <v>1556</v>
       </c>
       <c r="L239" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M239" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N239" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O239" t="s">
-        <v>1194</v>
+        <v>1265</v>
       </c>
       <c r="P239" t="s">
-        <v>2585</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B240" t="s">
-        <v>2586</v>
+        <v>2640</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>2579</v>
+        <v>2636</v>
       </c>
       <c r="F240" t="s">
         <v>20</v>
       </c>
       <c r="G240" t="s">
-        <v>2587</v>
+        <v>2641</v>
       </c>
       <c r="H240" t="s">
-        <v>2588</v>
+        <v>2642</v>
       </c>
       <c r="I240" t="s">
-        <v>2589</v>
+        <v>1555</v>
       </c>
       <c r="J240" t="s">
-        <v>1860</v>
+        <v>20</v>
       </c>
       <c r="K240" t="s">
-        <v>1861</v>
+        <v>1556</v>
       </c>
       <c r="L240" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M240" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N240" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O240" t="s">
-        <v>1173</v>
+        <v>1265</v>
       </c>
       <c r="P240" t="s">
-        <v>2590</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B241" t="s">
-        <v>2591</v>
+        <v>2644</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241" t="s">
-        <v>2592</v>
+        <v>2645</v>
       </c>
       <c r="F241" t="s">
         <v>20</v>
       </c>
       <c r="G241" t="s">
-        <v>2593</v>
+        <v>2646</v>
       </c>
       <c r="H241" t="s">
-        <v>2594</v>
+        <v>2647</v>
       </c>
       <c r="I241" t="s">
-        <v>2595</v>
+        <v>2648</v>
       </c>
       <c r="J241" t="s">
-        <v>2596</v>
+        <v>1217</v>
       </c>
       <c r="K241" t="s">
-        <v>2597</v>
+        <v>141</v>
       </c>
       <c r="L241" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M241" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N241" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O241" t="s">
-        <v>1297</v>
+        <v>1257</v>
       </c>
       <c r="P241" t="s">
-        <v>2598</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B242" t="s">
-        <v>2599</v>
+        <v>2650</v>
       </c>
       <c r="C242" t="s">
         <v>20</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242" t="s">
-        <v>2600</v>
+        <v>2645</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
-        <v>2601</v>
+        <v>2651</v>
       </c>
       <c r="H242" t="s">
-        <v>2602</v>
+        <v>2652</v>
       </c>
       <c r="I242" t="s">
-        <v>1445</v>
+        <v>2653</v>
       </c>
       <c r="J242" t="s">
-        <v>20</v>
+        <v>1287</v>
       </c>
       <c r="K242" t="s">
-        <v>1446</v>
+        <v>1288</v>
       </c>
       <c r="L242" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M242" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N242" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O242" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="P242" t="s">
-        <v>2603</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B243" t="s">
-        <v>2604</v>
+        <v>2655</v>
       </c>
       <c r="C243" t="s">
         <v>20</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243" t="s">
-        <v>2600</v>
+        <v>2656</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
-        <v>2605</v>
+        <v>2657</v>
       </c>
       <c r="H243" t="s">
-        <v>2606</v>
+        <v>2658</v>
       </c>
       <c r="I243" t="s">
-        <v>2607</v>
+        <v>2659</v>
       </c>
       <c r="J243" t="s">
-        <v>1423</v>
+        <v>2660</v>
       </c>
       <c r="K243" t="s">
-        <v>1424</v>
+        <v>2661</v>
       </c>
       <c r="L243" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M243" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N243" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O243" t="s">
-        <v>1628</v>
+        <v>1257</v>
       </c>
       <c r="P243" t="s">
-        <v>2608</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B244" t="s">
-        <v>2609</v>
+        <v>2663</v>
       </c>
       <c r="C244" t="s">
         <v>20</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244" t="s">
-        <v>2600</v>
+        <v>2656</v>
       </c>
       <c r="F244" t="s">
         <v>20</v>
       </c>
       <c r="G244" t="s">
-        <v>2610</v>
+        <v>2664</v>
       </c>
       <c r="H244" t="s">
-        <v>2611</v>
+        <v>2665</v>
       </c>
       <c r="I244" t="s">
-        <v>2595</v>
+        <v>1287</v>
       </c>
       <c r="J244" t="s">
-        <v>2596</v>
+        <v>20</v>
       </c>
       <c r="K244" t="s">
-        <v>2597</v>
+        <v>1288</v>
       </c>
       <c r="L244" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M244" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N244" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O244" t="s">
-        <v>1339</v>
+        <v>2666</v>
       </c>
       <c r="P244" t="s">
-        <v>2612</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B245" t="s">
-        <v>2613</v>
+        <v>2668</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
         <v>20</v>
       </c>
       <c r="E245" t="s">
-        <v>2614</v>
+        <v>2669</v>
       </c>
       <c r="F245" t="s">
         <v>20</v>
       </c>
       <c r="G245" t="s">
-        <v>2615</v>
+        <v>2670</v>
       </c>
       <c r="H245" t="s">
-        <v>2616</v>
+        <v>2671</v>
       </c>
       <c r="I245" t="s">
-        <v>2617</v>
+        <v>2672</v>
       </c>
       <c r="J245" t="s">
-        <v>2463</v>
+        <v>2673</v>
       </c>
       <c r="K245" t="s">
-        <v>2464</v>
+        <v>2674</v>
       </c>
       <c r="L245" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M245" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N245" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O245" t="s">
-        <v>1642</v>
+        <v>1476</v>
       </c>
       <c r="P245" t="s">
-        <v>2618</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B246" t="s">
-        <v>2619</v>
+        <v>2676</v>
       </c>
       <c r="C246" t="s">
         <v>20</v>
       </c>
       <c r="D246" t="s">
         <v>20</v>
       </c>
       <c r="E246" t="s">
-        <v>2620</v>
+        <v>2677</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
-        <v>2621</v>
+        <v>2678</v>
       </c>
       <c r="H246" t="s">
-        <v>2622</v>
+        <v>2679</v>
       </c>
       <c r="I246" t="s">
-        <v>2595</v>
+        <v>2680</v>
       </c>
       <c r="J246" t="s">
-        <v>2596</v>
+        <v>1533</v>
       </c>
       <c r="K246" t="s">
-        <v>2597</v>
+        <v>1534</v>
       </c>
       <c r="L246" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M246" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N246" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O246" t="s">
-        <v>1358</v>
+        <v>1257</v>
       </c>
       <c r="P246" t="s">
-        <v>2623</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B247" t="s">
-        <v>2624</v>
+        <v>2682</v>
       </c>
       <c r="C247" t="s">
         <v>20</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247" t="s">
-        <v>2625</v>
+        <v>2683</v>
       </c>
       <c r="F247" t="s">
         <v>20</v>
       </c>
       <c r="G247" t="s">
-        <v>2626</v>
+        <v>2684</v>
       </c>
       <c r="H247" t="s">
-        <v>2627</v>
+        <v>2685</v>
       </c>
       <c r="I247" t="s">
-        <v>2628</v>
+        <v>2686</v>
       </c>
       <c r="J247" t="s">
-        <v>1237</v>
+        <v>2687</v>
       </c>
       <c r="K247" t="s">
-        <v>30</v>
+        <v>2688</v>
       </c>
       <c r="L247" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M247" t="s">
-        <v>1778</v>
+        <v>1218</v>
       </c>
       <c r="N247" t="s">
-        <v>2059</v>
+        <v>1289</v>
       </c>
       <c r="O247" t="s">
-        <v>2060</v>
+        <v>1309</v>
       </c>
       <c r="P247" t="s">
-        <v>2629</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B248" t="s">
-        <v>2630</v>
+        <v>2690</v>
       </c>
       <c r="C248" t="s">
         <v>20</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248" t="s">
-        <v>2631</v>
+        <v>2683</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
-        <v>2632</v>
+        <v>2691</v>
       </c>
       <c r="H248" t="s">
-        <v>2633</v>
+        <v>2692</v>
       </c>
       <c r="I248" t="s">
-        <v>2498</v>
+        <v>2693</v>
       </c>
       <c r="J248" t="s">
-        <v>1237</v>
+        <v>1969</v>
       </c>
       <c r="K248" t="s">
-        <v>30</v>
+        <v>1970</v>
       </c>
       <c r="L248" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M248" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N248" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O248" t="s">
-        <v>1365</v>
+        <v>1290</v>
       </c>
       <c r="P248" t="s">
-        <v>2634</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B249" t="s">
-        <v>2635</v>
+        <v>2695</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
         <v>20</v>
       </c>
       <c r="E249" t="s">
-        <v>2631</v>
+        <v>2696</v>
       </c>
       <c r="F249" t="s">
         <v>20</v>
       </c>
       <c r="G249" t="s">
-        <v>2636</v>
+        <v>2697</v>
       </c>
       <c r="H249" t="s">
-        <v>2637</v>
+        <v>2698</v>
       </c>
       <c r="I249" t="s">
-        <v>2498</v>
+        <v>2699</v>
       </c>
       <c r="J249" t="s">
-        <v>1416</v>
+        <v>2700</v>
       </c>
       <c r="K249" t="s">
-        <v>30</v>
+        <v>2701</v>
       </c>
       <c r="L249" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M249" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N249" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O249" t="s">
-        <v>1628</v>
+        <v>1409</v>
       </c>
       <c r="P249" t="s">
-        <v>2638</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B250" t="s">
-        <v>2639</v>
+        <v>2703</v>
       </c>
       <c r="C250" t="s">
         <v>20</v>
       </c>
       <c r="D250" t="s">
         <v>20</v>
       </c>
       <c r="E250" t="s">
-        <v>2640</v>
+        <v>2704</v>
       </c>
       <c r="F250" t="s">
         <v>20</v>
       </c>
       <c r="G250" t="s">
-        <v>2641</v>
+        <v>2705</v>
       </c>
       <c r="H250" t="s">
-        <v>2642</v>
+        <v>2706</v>
       </c>
       <c r="I250" t="s">
-        <v>2643</v>
+        <v>1555</v>
       </c>
       <c r="J250" t="s">
-        <v>1653</v>
+        <v>20</v>
       </c>
       <c r="K250" t="s">
-        <v>1246</v>
+        <v>1556</v>
       </c>
       <c r="L250" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M250" t="s">
-        <v>1778</v>
+        <v>1191</v>
       </c>
       <c r="N250" t="s">
-        <v>2059</v>
+        <v>1192</v>
       </c>
       <c r="O250" t="s">
-        <v>2060</v>
+        <v>1265</v>
       </c>
       <c r="P250" t="s">
-        <v>2644</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B251" t="s">
-        <v>2645</v>
+        <v>2708</v>
       </c>
       <c r="C251" t="s">
         <v>20</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251" t="s">
-        <v>2646</v>
+        <v>2704</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
-        <v>2647</v>
+        <v>2709</v>
       </c>
       <c r="H251" t="s">
-        <v>2648</v>
+        <v>2710</v>
       </c>
       <c r="I251" t="s">
-        <v>2649</v>
+        <v>2711</v>
       </c>
       <c r="J251" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="K251" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="L251" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M251" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N251" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O251" t="s">
-        <v>1358</v>
+        <v>1737</v>
       </c>
       <c r="P251" t="s">
-        <v>2650</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B252" t="s">
-        <v>2651</v>
+        <v>2713</v>
       </c>
       <c r="C252" t="s">
         <v>20</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252" t="s">
-        <v>2646</v>
+        <v>2704</v>
       </c>
       <c r="F252" t="s">
         <v>20</v>
       </c>
       <c r="G252" t="s">
-        <v>2652</v>
+        <v>2714</v>
       </c>
       <c r="H252" t="s">
-        <v>2653</v>
+        <v>2715</v>
       </c>
       <c r="I252" t="s">
-        <v>2654</v>
+        <v>2699</v>
       </c>
       <c r="J252" t="s">
-        <v>2655</v>
+        <v>2700</v>
       </c>
       <c r="K252" t="s">
-        <v>2656</v>
+        <v>2701</v>
       </c>
       <c r="L252" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M252" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N252" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O252" t="s">
-        <v>1546</v>
+        <v>1210</v>
       </c>
       <c r="P252" t="s">
-        <v>2657</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B253" t="s">
-        <v>2658</v>
+        <v>2717</v>
       </c>
       <c r="C253" t="s">
         <v>20</v>
       </c>
       <c r="D253" t="s">
         <v>20</v>
       </c>
       <c r="E253" t="s">
-        <v>2646</v>
+        <v>2718</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
-        <v>2659</v>
+        <v>2719</v>
       </c>
       <c r="H253" t="s">
-        <v>2660</v>
+        <v>2720</v>
       </c>
       <c r="I253" t="s">
-        <v>2654</v>
+        <v>2721</v>
       </c>
       <c r="J253" t="s">
-        <v>2655</v>
+        <v>2567</v>
       </c>
       <c r="K253" t="s">
-        <v>2656</v>
+        <v>2568</v>
       </c>
       <c r="L253" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M253" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N253" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O253" t="s">
-        <v>1297</v>
+        <v>1751</v>
       </c>
       <c r="P253" t="s">
-        <v>2661</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B254" t="s">
-        <v>2662</v>
+        <v>2723</v>
       </c>
       <c r="C254" t="s">
         <v>20</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254" t="s">
-        <v>2663</v>
+        <v>2724</v>
       </c>
       <c r="F254" t="s">
         <v>20</v>
       </c>
       <c r="G254" t="s">
-        <v>2664</v>
+        <v>2725</v>
       </c>
       <c r="H254" t="s">
-        <v>2665</v>
+        <v>2726</v>
       </c>
       <c r="I254" t="s">
-        <v>2666</v>
+        <v>2699</v>
       </c>
       <c r="J254" t="s">
-        <v>2667</v>
+        <v>2700</v>
       </c>
       <c r="K254" t="s">
-        <v>47</v>
+        <v>2701</v>
       </c>
       <c r="L254" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M254" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N254" t="s">
-        <v>1247</v>
+        <v>1202</v>
       </c>
       <c r="O254" t="s">
-        <v>1253</v>
+        <v>1469</v>
       </c>
       <c r="P254" t="s">
-        <v>2668</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B255" t="s">
-        <v>2669</v>
+        <v>2728</v>
       </c>
       <c r="C255" t="s">
         <v>20</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255" t="s">
-        <v>2663</v>
+        <v>2729</v>
       </c>
       <c r="F255" t="s">
         <v>20</v>
       </c>
       <c r="G255" t="s">
-        <v>2670</v>
+        <v>2730</v>
       </c>
       <c r="H255" t="s">
-        <v>2671</v>
+        <v>2731</v>
       </c>
       <c r="I255" t="s">
-        <v>2672</v>
+        <v>2732</v>
       </c>
       <c r="J255" t="s">
-        <v>1579</v>
+        <v>1227</v>
       </c>
       <c r="K255" t="s">
-        <v>1446</v>
+        <v>30</v>
       </c>
       <c r="L255" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M255" t="s">
-        <v>1136</v>
+        <v>1887</v>
       </c>
       <c r="N255" t="s">
-        <v>2673</v>
+        <v>1242</v>
       </c>
       <c r="O255" t="s">
-        <v>2674</v>
+        <v>1243</v>
       </c>
       <c r="P255" t="s">
-        <v>2675</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B256" t="s">
-        <v>2676</v>
+        <v>2734</v>
       </c>
       <c r="C256" t="s">
         <v>20</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256" t="s">
-        <v>2677</v>
+        <v>2735</v>
       </c>
       <c r="F256" t="s">
         <v>20</v>
       </c>
       <c r="G256" t="s">
-        <v>2678</v>
+        <v>2736</v>
       </c>
       <c r="H256" t="s">
-        <v>2679</v>
+        <v>2737</v>
       </c>
       <c r="I256" t="s">
-        <v>2680</v>
+        <v>2602</v>
       </c>
       <c r="J256" t="s">
-        <v>2681</v>
+        <v>1227</v>
       </c>
       <c r="K256" t="s">
-        <v>813</v>
+        <v>30</v>
       </c>
       <c r="L256" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M256" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N256" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O256" t="s">
-        <v>1138</v>
+        <v>1476</v>
       </c>
       <c r="P256" t="s">
-        <v>2682</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B257" t="s">
-        <v>2683</v>
+        <v>2739</v>
       </c>
       <c r="C257" t="s">
         <v>20</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257" t="s">
-        <v>2677</v>
+        <v>2735</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
-        <v>2684</v>
+        <v>2740</v>
       </c>
       <c r="H257" t="s">
-        <v>2685</v>
+        <v>2741</v>
       </c>
       <c r="I257" t="s">
-        <v>2686</v>
+        <v>2602</v>
       </c>
       <c r="J257" t="s">
-        <v>1160</v>
+        <v>1526</v>
       </c>
       <c r="K257" t="s">
-        <v>1161</v>
+        <v>30</v>
       </c>
       <c r="L257" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M257" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N257" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O257" t="s">
-        <v>1138</v>
+        <v>1737</v>
       </c>
       <c r="P257" t="s">
-        <v>2687</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B258" t="s">
-        <v>2688</v>
+        <v>2743</v>
       </c>
       <c r="C258" t="s">
         <v>20</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258" t="s">
-        <v>2677</v>
+        <v>2744</v>
       </c>
       <c r="F258" t="s">
         <v>20</v>
       </c>
       <c r="G258" t="s">
-        <v>2689</v>
+        <v>2745</v>
       </c>
       <c r="H258" t="s">
-        <v>2690</v>
+        <v>2746</v>
       </c>
       <c r="I258" t="s">
-        <v>2691</v>
+        <v>2747</v>
       </c>
       <c r="J258" t="s">
-        <v>2681</v>
+        <v>1762</v>
       </c>
       <c r="K258" t="s">
-        <v>813</v>
+        <v>1360</v>
       </c>
       <c r="L258" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M258" t="s">
-        <v>1136</v>
+        <v>1887</v>
       </c>
       <c r="N258" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="O258" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="P258" t="s">
-        <v>2692</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B259" t="s">
-        <v>2693</v>
+        <v>2749</v>
       </c>
       <c r="C259" t="s">
         <v>20</v>
       </c>
       <c r="D259" t="s">
         <v>20</v>
       </c>
       <c r="E259" t="s">
-        <v>2694</v>
+        <v>2750</v>
       </c>
       <c r="F259" t="s">
         <v>20</v>
       </c>
       <c r="G259" t="s">
-        <v>2695</v>
+        <v>2751</v>
       </c>
       <c r="H259" t="s">
-        <v>2696</v>
+        <v>2752</v>
       </c>
       <c r="I259" t="s">
-        <v>2697</v>
+        <v>2753</v>
       </c>
       <c r="J259" t="s">
-        <v>2698</v>
+        <v>1649</v>
       </c>
       <c r="K259" t="s">
-        <v>2699</v>
+        <v>1650</v>
       </c>
       <c r="L259" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M259" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N259" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O259" t="s">
-        <v>1138</v>
+        <v>1469</v>
       </c>
       <c r="P259" t="s">
-        <v>2700</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B260" t="s">
-        <v>2701</v>
+        <v>2755</v>
       </c>
       <c r="C260" t="s">
         <v>20</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260" t="s">
-        <v>2702</v>
+        <v>2750</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
-        <v>2703</v>
+        <v>2756</v>
       </c>
       <c r="H260" t="s">
-        <v>2704</v>
+        <v>2757</v>
       </c>
       <c r="I260" t="s">
-        <v>2705</v>
+        <v>2758</v>
       </c>
       <c r="J260" t="s">
-        <v>20</v>
+        <v>2759</v>
       </c>
       <c r="K260" t="s">
-        <v>2706</v>
+        <v>2760</v>
       </c>
       <c r="L260" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M260" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N260" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O260" t="s">
-        <v>1146</v>
+        <v>1248</v>
       </c>
       <c r="P260" t="s">
-        <v>2707</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B261" t="s">
-        <v>2708</v>
+        <v>2762</v>
       </c>
       <c r="C261" t="s">
         <v>20</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261" t="s">
-        <v>2709</v>
+        <v>2750</v>
       </c>
       <c r="F261" t="s">
         <v>20</v>
       </c>
       <c r="G261" t="s">
-        <v>2710</v>
+        <v>2763</v>
       </c>
       <c r="H261" t="s">
-        <v>2711</v>
+        <v>2764</v>
       </c>
       <c r="I261" t="s">
-        <v>1423</v>
+        <v>2758</v>
       </c>
       <c r="J261" t="s">
-        <v>20</v>
+        <v>2759</v>
       </c>
       <c r="K261" t="s">
-        <v>1424</v>
+        <v>2760</v>
       </c>
       <c r="L261" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M261" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N261" t="s">
-        <v>1137</v>
+        <v>1202</v>
       </c>
       <c r="O261" t="s">
-        <v>1672</v>
+        <v>1409</v>
       </c>
       <c r="P261" t="s">
-        <v>2712</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B262" t="s">
-        <v>2713</v>
+        <v>2766</v>
       </c>
       <c r="C262" t="s">
         <v>20</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
-        <v>2709</v>
+        <v>2767</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
-        <v>2714</v>
+        <v>2768</v>
       </c>
       <c r="H262" t="s">
-        <v>2715</v>
+        <v>2769</v>
       </c>
       <c r="I262" t="s">
-        <v>2716</v>
+        <v>2770</v>
       </c>
       <c r="J262" t="s">
-        <v>1214</v>
+        <v>2771</v>
       </c>
       <c r="K262" t="s">
-        <v>1215</v>
+        <v>141</v>
       </c>
       <c r="L262" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M262" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N262" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O262" t="s">
-        <v>1672</v>
+        <v>1367</v>
       </c>
       <c r="P262" t="s">
-        <v>2717</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B263" t="s">
-        <v>2718</v>
+        <v>2773</v>
       </c>
       <c r="C263" t="s">
         <v>20</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263" t="s">
-        <v>2719</v>
+        <v>2767</v>
       </c>
       <c r="F263" t="s">
         <v>20</v>
       </c>
       <c r="G263" t="s">
-        <v>2720</v>
+        <v>2774</v>
       </c>
       <c r="H263" t="s">
-        <v>2721</v>
+        <v>2775</v>
       </c>
       <c r="I263" t="s">
-        <v>2455</v>
+        <v>2776</v>
       </c>
       <c r="J263" t="s">
-        <v>2456</v>
+        <v>1688</v>
       </c>
       <c r="K263" t="s">
-        <v>2457</v>
+        <v>1556</v>
       </c>
       <c r="L263" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M263" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N263" t="s">
-        <v>1172</v>
+        <v>2777</v>
       </c>
       <c r="O263" t="s">
-        <v>2458</v>
+        <v>2778</v>
       </c>
       <c r="P263" t="s">
-        <v>2722</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B264" t="s">
-        <v>2723</v>
+        <v>2780</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
         <v>20</v>
       </c>
       <c r="E264" t="s">
-        <v>2724</v>
+        <v>2781</v>
       </c>
       <c r="F264" t="s">
         <v>20</v>
       </c>
       <c r="G264" t="s">
-        <v>2725</v>
+        <v>2782</v>
       </c>
       <c r="H264" t="s">
-        <v>2726</v>
+        <v>2783</v>
       </c>
       <c r="I264" t="s">
-        <v>2681</v>
+        <v>2784</v>
       </c>
       <c r="J264" t="s">
-        <v>20</v>
+        <v>2785</v>
       </c>
       <c r="K264" t="s">
-        <v>813</v>
+        <v>874</v>
       </c>
       <c r="L264" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M264" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N264" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O264" t="s">
-        <v>1672</v>
+        <v>1257</v>
       </c>
       <c r="P264" t="s">
-        <v>2727</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B265" t="s">
-        <v>2728</v>
+        <v>2787</v>
       </c>
       <c r="C265" t="s">
         <v>20</v>
       </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265" t="s">
-        <v>2729</v>
+        <v>2781</v>
       </c>
       <c r="F265" t="s">
         <v>20</v>
       </c>
       <c r="G265" t="s">
-        <v>2730</v>
+        <v>2788</v>
       </c>
       <c r="H265" t="s">
-        <v>2731</v>
+        <v>2789</v>
       </c>
       <c r="I265" t="s">
-        <v>1859</v>
+        <v>2790</v>
       </c>
       <c r="J265" t="s">
-        <v>1860</v>
+        <v>1279</v>
       </c>
       <c r="K265" t="s">
-        <v>1861</v>
+        <v>1280</v>
       </c>
       <c r="L265" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M265" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N265" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O265" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="P265" t="s">
-        <v>2732</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B266" t="s">
-        <v>2733</v>
+        <v>2792</v>
       </c>
       <c r="C266" t="s">
         <v>20</v>
       </c>
       <c r="D266" t="s">
         <v>20</v>
       </c>
       <c r="E266" t="s">
-        <v>2734</v>
+        <v>2781</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
-        <v>2735</v>
+        <v>2793</v>
       </c>
       <c r="H266" t="s">
-        <v>2736</v>
+        <v>2794</v>
       </c>
       <c r="I266" t="s">
-        <v>2737</v>
+        <v>2795</v>
       </c>
       <c r="J266" t="s">
-        <v>2738</v>
+        <v>2785</v>
       </c>
       <c r="K266" t="s">
-        <v>2739</v>
+        <v>874</v>
       </c>
       <c r="L266" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M266" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N266" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O266" t="s">
-        <v>1138</v>
+        <v>1367</v>
       </c>
       <c r="P266" t="s">
-        <v>2740</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B267" t="s">
-        <v>2741</v>
+        <v>2797</v>
       </c>
       <c r="C267" t="s">
         <v>20</v>
       </c>
       <c r="D267" t="s">
         <v>20</v>
       </c>
       <c r="E267" t="s">
-        <v>2734</v>
+        <v>2798</v>
       </c>
       <c r="F267" t="s">
         <v>20</v>
       </c>
       <c r="G267" t="s">
-        <v>2742</v>
+        <v>2799</v>
       </c>
       <c r="H267" t="s">
-        <v>2743</v>
+        <v>2800</v>
       </c>
       <c r="I267" t="s">
-        <v>2744</v>
+        <v>2801</v>
       </c>
       <c r="J267" t="s">
-        <v>1843</v>
+        <v>2802</v>
       </c>
       <c r="K267" t="s">
-        <v>1844</v>
+        <v>2803</v>
       </c>
       <c r="L267" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M267" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N267" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O267" t="s">
-        <v>1194</v>
+        <v>1257</v>
       </c>
       <c r="P267" t="s">
-        <v>2745</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B268" t="s">
-        <v>2746</v>
+        <v>2805</v>
       </c>
       <c r="C268" t="s">
         <v>20</v>
       </c>
       <c r="D268" t="s">
         <v>20</v>
       </c>
       <c r="E268" t="s">
-        <v>2747</v>
+        <v>2806</v>
       </c>
       <c r="F268" t="s">
         <v>20</v>
       </c>
       <c r="G268" t="s">
-        <v>2748</v>
+        <v>2807</v>
       </c>
       <c r="H268" t="s">
-        <v>2749</v>
+        <v>2808</v>
       </c>
       <c r="I268" t="s">
-        <v>2750</v>
+        <v>2809</v>
       </c>
       <c r="J268" t="s">
-        <v>2246</v>
+        <v>20</v>
       </c>
       <c r="K268" t="s">
-        <v>2247</v>
+        <v>2810</v>
       </c>
       <c r="L268" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M268" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N268" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O268" t="s">
-        <v>1845</v>
+        <v>1265</v>
       </c>
       <c r="P268" t="s">
-        <v>2751</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B269" t="s">
-        <v>2752</v>
+        <v>2812</v>
       </c>
       <c r="C269" t="s">
         <v>20</v>
       </c>
       <c r="D269" t="s">
         <v>20</v>
       </c>
       <c r="E269" t="s">
-        <v>2753</v>
+        <v>2813</v>
       </c>
       <c r="F269" t="s">
         <v>20</v>
       </c>
       <c r="G269" t="s">
-        <v>2754</v>
+        <v>2814</v>
       </c>
       <c r="H269" t="s">
-        <v>2755</v>
+        <v>2815</v>
       </c>
       <c r="I269" t="s">
-        <v>2756</v>
+        <v>1533</v>
       </c>
       <c r="J269" t="s">
-        <v>2757</v>
+        <v>20</v>
       </c>
       <c r="K269" t="s">
-        <v>2758</v>
+        <v>1534</v>
       </c>
       <c r="L269" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M269" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N269" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O269" t="s">
-        <v>1633</v>
+        <v>1781</v>
       </c>
       <c r="P269" t="s">
-        <v>2759</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B270" t="s">
-        <v>2760</v>
+        <v>2817</v>
       </c>
       <c r="C270" t="s">
         <v>20</v>
       </c>
       <c r="D270" t="s">
         <v>20</v>
       </c>
       <c r="E270" t="s">
-        <v>2761</v>
+        <v>2813</v>
       </c>
       <c r="F270" t="s">
         <v>20</v>
       </c>
       <c r="G270" t="s">
-        <v>2762</v>
+        <v>2818</v>
       </c>
       <c r="H270" t="s">
-        <v>2763</v>
+        <v>2819</v>
       </c>
       <c r="I270" t="s">
-        <v>2764</v>
+        <v>2820</v>
       </c>
       <c r="J270" t="s">
-        <v>20</v>
+        <v>1329</v>
       </c>
       <c r="K270" t="s">
-        <v>2765</v>
+        <v>1330</v>
       </c>
       <c r="L270" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M270" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N270" t="s">
-        <v>1137</v>
+        <v>1192</v>
       </c>
       <c r="O270" t="s">
-        <v>1146</v>
+        <v>1781</v>
       </c>
       <c r="P270" t="s">
-        <v>2766</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B271" t="s">
-        <v>2767</v>
+        <v>2822</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
         <v>20</v>
       </c>
       <c r="E271" t="s">
-        <v>2768</v>
+        <v>2823</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
-        <v>2769</v>
+        <v>2824</v>
       </c>
       <c r="H271" t="s">
-        <v>2770</v>
+        <v>2825</v>
       </c>
       <c r="I271" t="s">
-        <v>2771</v>
+        <v>2559</v>
       </c>
       <c r="J271" t="s">
-        <v>1237</v>
+        <v>2560</v>
       </c>
       <c r="K271" t="s">
-        <v>30</v>
+        <v>2561</v>
       </c>
       <c r="L271" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M271" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N271" t="s">
-        <v>1247</v>
+        <v>1289</v>
       </c>
       <c r="O271" t="s">
-        <v>1253</v>
+        <v>2562</v>
       </c>
       <c r="P271" t="s">
-        <v>2772</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B272" t="s">
-        <v>2773</v>
+        <v>2827</v>
       </c>
       <c r="C272" t="s">
         <v>20</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272" t="s">
-        <v>2768</v>
+        <v>2828</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
-        <v>2774</v>
+        <v>2829</v>
       </c>
       <c r="H272" t="s">
-        <v>2775</v>
+        <v>2830</v>
       </c>
       <c r="I272" t="s">
-        <v>2776</v>
+        <v>2785</v>
       </c>
       <c r="J272" t="s">
-        <v>1237</v>
+        <v>20</v>
       </c>
       <c r="K272" t="s">
-        <v>30</v>
+        <v>874</v>
       </c>
       <c r="L272" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M272" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N272" t="s">
-        <v>1247</v>
+        <v>1192</v>
       </c>
       <c r="O272" t="s">
-        <v>1757</v>
+        <v>1781</v>
       </c>
       <c r="P272" t="s">
-        <v>2777</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B273" t="s">
-        <v>2778</v>
+        <v>2832</v>
       </c>
       <c r="C273" t="s">
         <v>20</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273" t="s">
-        <v>2779</v>
+        <v>2833</v>
       </c>
       <c r="F273" t="s">
         <v>20</v>
       </c>
       <c r="G273" t="s">
-        <v>2780</v>
+        <v>2834</v>
       </c>
       <c r="H273" t="s">
-        <v>2781</v>
+        <v>2835</v>
       </c>
       <c r="I273" t="s">
-        <v>2782</v>
+        <v>1968</v>
       </c>
       <c r="J273" t="s">
-        <v>2783</v>
+        <v>1969</v>
       </c>
       <c r="K273" t="s">
-        <v>2784</v>
+        <v>1970</v>
       </c>
       <c r="L273" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M273" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N273" t="s">
-        <v>1137</v>
+        <v>1361</v>
       </c>
       <c r="O273" t="s">
-        <v>1138</v>
+        <v>1367</v>
       </c>
       <c r="P273" t="s">
-        <v>2785</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B274" t="s">
-        <v>2786</v>
+        <v>2837</v>
       </c>
       <c r="C274" t="s">
         <v>20</v>
       </c>
       <c r="D274" t="s">
         <v>20</v>
       </c>
       <c r="E274" t="s">
-        <v>2787</v>
+        <v>2838</v>
       </c>
       <c r="F274" t="s">
         <v>20</v>
       </c>
       <c r="G274" t="s">
-        <v>2788</v>
+        <v>2839</v>
       </c>
       <c r="H274" t="s">
-        <v>2789</v>
+        <v>2840</v>
       </c>
       <c r="I274" t="s">
-        <v>2099</v>
+        <v>2841</v>
       </c>
       <c r="J274" t="s">
-        <v>20</v>
+        <v>2842</v>
       </c>
       <c r="K274" t="s">
-        <v>965</v>
+        <v>2843</v>
       </c>
       <c r="L274" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M274" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N274" t="s">
-        <v>1296</v>
+        <v>1192</v>
       </c>
       <c r="O274" t="s">
-        <v>1918</v>
+        <v>1257</v>
       </c>
       <c r="P274" t="s">
-        <v>2790</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B275" t="s">
-        <v>2791</v>
+        <v>2845</v>
       </c>
       <c r="C275" t="s">
         <v>20</v>
       </c>
       <c r="D275" t="s">
         <v>20</v>
       </c>
       <c r="E275" t="s">
-        <v>2787</v>
+        <v>2838</v>
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
-        <v>2792</v>
+        <v>2846</v>
       </c>
       <c r="H275" t="s">
-        <v>2793</v>
+        <v>2847</v>
       </c>
       <c r="I275" t="s">
-        <v>2099</v>
+        <v>2848</v>
       </c>
       <c r="J275" t="s">
-        <v>20</v>
+        <v>1952</v>
       </c>
       <c r="K275" t="s">
-        <v>965</v>
+        <v>1953</v>
       </c>
       <c r="L275" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M275" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N275" t="s">
-        <v>1172</v>
+        <v>1289</v>
       </c>
       <c r="O275" t="s">
-        <v>1194</v>
+        <v>1309</v>
       </c>
       <c r="P275" t="s">
-        <v>2794</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B276" t="s">
-        <v>2795</v>
+        <v>2850</v>
       </c>
       <c r="C276" t="s">
         <v>20</v>
       </c>
       <c r="D276" t="s">
         <v>20</v>
       </c>
       <c r="E276" t="s">
-        <v>2787</v>
+        <v>2851</v>
       </c>
       <c r="F276" t="s">
         <v>20</v>
       </c>
       <c r="G276" t="s">
-        <v>2796</v>
+        <v>2852</v>
       </c>
       <c r="H276" t="s">
-        <v>2797</v>
+        <v>2853</v>
       </c>
       <c r="I276" t="s">
-        <v>2099</v>
+        <v>2854</v>
       </c>
       <c r="J276" t="s">
-        <v>20</v>
+        <v>2350</v>
       </c>
       <c r="K276" t="s">
-        <v>965</v>
+        <v>2351</v>
       </c>
       <c r="L276" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M276" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N276" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="O276" t="s">
-        <v>1339</v>
+        <v>1954</v>
       </c>
       <c r="P276" t="s">
-        <v>2798</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B277" t="s">
-        <v>2799</v>
+        <v>2856</v>
       </c>
       <c r="C277" t="s">
         <v>20</v>
       </c>
       <c r="D277" t="s">
         <v>20</v>
       </c>
       <c r="E277" t="s">
-        <v>2787</v>
+        <v>2857</v>
       </c>
       <c r="F277" t="s">
         <v>20</v>
       </c>
       <c r="G277" t="s">
-        <v>2800</v>
+        <v>2858</v>
       </c>
       <c r="H277" t="s">
-        <v>2801</v>
+        <v>2859</v>
       </c>
       <c r="I277" t="s">
-        <v>2802</v>
+        <v>2860</v>
       </c>
       <c r="J277" t="s">
-        <v>20</v>
+        <v>2861</v>
       </c>
       <c r="K277" t="s">
-        <v>965</v>
+        <v>2862</v>
       </c>
       <c r="L277" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M277" t="s">
-        <v>1136</v>
+        <v>1218</v>
       </c>
       <c r="N277" t="s">
-        <v>1296</v>
+        <v>1202</v>
       </c>
       <c r="O277" t="s">
-        <v>1297</v>
+        <v>1742</v>
       </c>
       <c r="P277" t="s">
-        <v>2803</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B278" t="s">
-        <v>2804</v>
+        <v>2864</v>
       </c>
       <c r="C278" t="s">
         <v>20</v>
       </c>
       <c r="D278" t="s">
         <v>20</v>
       </c>
       <c r="E278" t="s">
-        <v>2805</v>
+        <v>2865</v>
       </c>
       <c r="F278" t="s">
         <v>20</v>
       </c>
       <c r="G278" t="s">
-        <v>2806</v>
+        <v>2866</v>
       </c>
       <c r="H278" t="s">
-        <v>2807</v>
+        <v>2867</v>
       </c>
       <c r="I278" t="s">
-        <v>1701</v>
+        <v>2868</v>
       </c>
       <c r="J278" t="s">
         <v>20</v>
       </c>
       <c r="K278" t="s">
-        <v>1702</v>
+        <v>2869</v>
       </c>
       <c r="L278" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M278" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N278" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="O278" t="s">
-        <v>2808</v>
+        <v>1265</v>
       </c>
       <c r="P278" t="s">
-        <v>2809</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B279" t="s">
-        <v>2810</v>
+        <v>2871</v>
       </c>
       <c r="C279" t="s">
         <v>20</v>
       </c>
       <c r="D279" t="s">
         <v>20</v>
       </c>
       <c r="E279" t="s">
-        <v>2811</v>
+        <v>2872</v>
       </c>
       <c r="F279" t="s">
         <v>20</v>
       </c>
       <c r="G279" t="s">
-        <v>2812</v>
+        <v>2873</v>
       </c>
       <c r="H279" t="s">
-        <v>2813</v>
+        <v>2874</v>
       </c>
       <c r="I279" t="s">
-        <v>2814</v>
+        <v>2875</v>
       </c>
       <c r="J279" t="s">
-        <v>1214</v>
+        <v>1227</v>
       </c>
       <c r="K279" t="s">
-        <v>1215</v>
+        <v>30</v>
       </c>
       <c r="L279" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M279" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N279" t="s">
-        <v>1296</v>
+        <v>1361</v>
       </c>
       <c r="O279" t="s">
-        <v>1339</v>
+        <v>1367</v>
       </c>
       <c r="P279" t="s">
-        <v>2815</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B280" t="s">
-        <v>2816</v>
+        <v>2877</v>
       </c>
       <c r="C280" t="s">
         <v>20</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280" t="s">
-        <v>2811</v>
+        <v>2872</v>
       </c>
       <c r="F280" t="s">
         <v>20</v>
       </c>
       <c r="G280" t="s">
-        <v>2817</v>
+        <v>2878</v>
       </c>
       <c r="H280" t="s">
-        <v>2818</v>
+        <v>2879</v>
       </c>
       <c r="I280" t="s">
-        <v>2819</v>
+        <v>2880</v>
       </c>
       <c r="J280" t="s">
-        <v>1280</v>
+        <v>1227</v>
       </c>
       <c r="K280" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="L280" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M280" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="N280" t="s">
-        <v>1172</v>
+        <v>1361</v>
       </c>
       <c r="O280" t="s">
-        <v>1173</v>
+        <v>1866</v>
       </c>
       <c r="P280" t="s">
-        <v>2820</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B281" t="s">
-        <v>2821</v>
+        <v>2882</v>
       </c>
       <c r="C281" t="s">
         <v>20</v>
       </c>
       <c r="D281" t="s">
         <v>20</v>
       </c>
       <c r="E281" t="s">
-        <v>2822</v>
+        <v>2883</v>
       </c>
       <c r="F281" t="s">
         <v>20</v>
       </c>
       <c r="G281" t="s">
-        <v>2823</v>
+        <v>2884</v>
       </c>
       <c r="H281" t="s">
-        <v>2824</v>
+        <v>2885</v>
       </c>
       <c r="I281" t="s">
-        <v>2825</v>
+        <v>2886</v>
       </c>
       <c r="J281" t="s">
-        <v>1280</v>
+        <v>2887</v>
       </c>
       <c r="K281" t="s">
-        <v>47</v>
+        <v>2888</v>
       </c>
       <c r="L281" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M281" t="s">
-        <v>1162</v>
+        <v>1191</v>
       </c>
       <c r="N281" t="s">
-        <v>1163</v>
+        <v>1192</v>
       </c>
       <c r="O281" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="P281" t="s">
-        <v>2826</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B282" t="s">
-        <v>2827</v>
+        <v>2890</v>
       </c>
       <c r="C282" t="s">
         <v>20</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282" t="s">
-        <v>2828</v>
+        <v>2891</v>
       </c>
       <c r="F282" t="s">
         <v>20</v>
       </c>
       <c r="G282" t="s">
-        <v>2829</v>
+        <v>2892</v>
       </c>
       <c r="H282" t="s">
-        <v>2830</v>
+        <v>2893</v>
       </c>
       <c r="I282" t="s">
-        <v>2831</v>
+        <v>2203</v>
       </c>
       <c r="J282" t="s">
-        <v>1999</v>
+        <v>20</v>
       </c>
       <c r="K282" t="s">
-        <v>118</v>
+        <v>1023</v>
       </c>
       <c r="L282" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="M282" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="N282" t="s">
-        <v>1247</v>
+        <v>1202</v>
       </c>
       <c r="O282" t="s">
-        <v>1253</v>
+        <v>1203</v>
       </c>
       <c r="P282" t="s">
-        <v>2832</v>
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B283" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C283" t="s">
+        <v>20</v>
+      </c>
+      <c r="D283" t="s">
+        <v>20</v>
+      </c>
+      <c r="E283" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F283" t="s">
+        <v>20</v>
+      </c>
+      <c r="G283" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H283" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I283" t="s">
+        <v>2203</v>
+      </c>
+      <c r="J283" t="s">
+        <v>20</v>
+      </c>
+      <c r="K283" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M283" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N283" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1309</v>
+      </c>
+      <c r="P283" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B284" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C284" t="s">
+        <v>20</v>
+      </c>
+      <c r="D284" t="s">
+        <v>20</v>
+      </c>
+      <c r="E284" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F284" t="s">
+        <v>20</v>
+      </c>
+      <c r="G284" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H284" t="s">
+        <v>2901</v>
+      </c>
+      <c r="I284" t="s">
+        <v>2203</v>
+      </c>
+      <c r="J284" t="s">
+        <v>20</v>
+      </c>
+      <c r="K284" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M284" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N284" t="s">
+        <v>1202</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P284" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B285" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C285" t="s">
+        <v>20</v>
+      </c>
+      <c r="D285" t="s">
+        <v>20</v>
+      </c>
+      <c r="E285" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F285" t="s">
+        <v>20</v>
+      </c>
+      <c r="G285" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H285" t="s">
+        <v>2905</v>
+      </c>
+      <c r="I285" t="s">
+        <v>2906</v>
+      </c>
+      <c r="J285" t="s">
+        <v>20</v>
+      </c>
+      <c r="K285" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M285" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N285" t="s">
+        <v>1202</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1409</v>
+      </c>
+      <c r="P285" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B286" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C286" t="s">
+        <v>20</v>
+      </c>
+      <c r="D286" t="s">
+        <v>20</v>
+      </c>
+      <c r="E286" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F286" t="s">
+        <v>20</v>
+      </c>
+      <c r="G286" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H286" t="s">
+        <v>2911</v>
+      </c>
+      <c r="I286" t="s">
+        <v>1810</v>
+      </c>
+      <c r="J286" t="s">
+        <v>20</v>
+      </c>
+      <c r="K286" t="s">
+        <v>1811</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M286" t="s">
+        <v>1218</v>
+      </c>
+      <c r="N286" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O286" t="s">
+        <v>2912</v>
+      </c>
+      <c r="P286" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B287" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C287" t="s">
+        <v>20</v>
+      </c>
+      <c r="D287" t="s">
+        <v>20</v>
+      </c>
+      <c r="E287" t="s">
+        <v>2915</v>
+      </c>
+      <c r="F287" t="s">
+        <v>20</v>
+      </c>
+      <c r="G287" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H287" t="s">
+        <v>2917</v>
+      </c>
+      <c r="I287" t="s">
+        <v>2918</v>
+      </c>
+      <c r="J287" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K287" t="s">
+        <v>1330</v>
+      </c>
+      <c r="L287" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M287" t="s">
+        <v>1218</v>
+      </c>
+      <c r="N287" t="s">
+        <v>1202</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P287" t="s">
+        <v>2919</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B288" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C288" t="s">
+        <v>20</v>
+      </c>
+      <c r="D288" t="s">
+        <v>20</v>
+      </c>
+      <c r="E288" t="s">
+        <v>2915</v>
+      </c>
+      <c r="F288" t="s">
+        <v>20</v>
+      </c>
+      <c r="G288" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H288" t="s">
+        <v>2922</v>
+      </c>
+      <c r="I288" t="s">
+        <v>2923</v>
+      </c>
+      <c r="J288" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K288" t="s">
+        <v>141</v>
+      </c>
+      <c r="L288" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M288" t="s">
+        <v>1218</v>
+      </c>
+      <c r="N288" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P288" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B289" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C289" t="s">
+        <v>20</v>
+      </c>
+      <c r="D289" t="s">
+        <v>20</v>
+      </c>
+      <c r="E289" t="s">
+        <v>2926</v>
+      </c>
+      <c r="F289" t="s">
+        <v>20</v>
+      </c>
+      <c r="G289" t="s">
+        <v>2927</v>
+      </c>
+      <c r="H289" t="s">
+        <v>2928</v>
+      </c>
+      <c r="I289" t="s">
+        <v>2929</v>
+      </c>
+      <c r="J289" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K289" t="s">
+        <v>141</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M289" t="s">
+        <v>1218</v>
+      </c>
+      <c r="N289" t="s">
+        <v>1219</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P289" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B290" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C290" t="s">
+        <v>20</v>
+      </c>
+      <c r="D290" t="s">
+        <v>20</v>
+      </c>
+      <c r="E290" t="s">
+        <v>2932</v>
+      </c>
+      <c r="F290" t="s">
+        <v>20</v>
+      </c>
+      <c r="G290" t="s">
+        <v>2933</v>
+      </c>
+      <c r="H290" t="s">
+        <v>2934</v>
+      </c>
+      <c r="I290" t="s">
+        <v>2935</v>
+      </c>
+      <c r="J290" t="s">
+        <v>2105</v>
+      </c>
+      <c r="K290" t="s">
+        <v>212</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M290" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N290" t="s">
+        <v>1361</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P290" t="s">
+        <v>2936</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2833</v>
+        <v>2937</v>
       </c>
       <c r="L1" t="s">
-        <v>2834</v>
+        <v>2938</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B2" t="s">
-        <v>2836</v>
+        <v>2940</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2837</v>
+        <v>2941</v>
       </c>
       <c r="H2" t="s">
-        <v>2838</v>
+        <v>2942</v>
       </c>
       <c r="I2" t="s">
-        <v>2839</v>
+        <v>60</v>
       </c>
       <c r="J2" t="s">
-        <v>1099</v>
+        <v>48</v>
       </c>
       <c r="K2" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>2840</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B3" t="s">
-        <v>2841</v>
+        <v>2944</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2842</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2843</v>
+        <v>2945</v>
       </c>
       <c r="H3" t="s">
-        <v>2844</v>
+        <v>2946</v>
       </c>
       <c r="I3" t="s">
-        <v>2845</v>
+        <v>2947</v>
       </c>
       <c r="J3" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="K3" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L3" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="M3" t="s">
-        <v>2846</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B4" t="s">
-        <v>2847</v>
+        <v>2949</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>174</v>
+        <v>127</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2848</v>
+        <v>2950</v>
       </c>
       <c r="H4" t="s">
-        <v>2849</v>
+        <v>2951</v>
       </c>
       <c r="I4" t="s">
-        <v>2850</v>
+        <v>2952</v>
       </c>
       <c r="J4" t="s">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="K4" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L4" t="s">
-        <v>182</v>
+        <v>31</v>
       </c>
       <c r="M4" t="s">
-        <v>2851</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B5" t="s">
-        <v>2852</v>
+        <v>2954</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2853</v>
+        <v>2955</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2854</v>
+        <v>2956</v>
       </c>
       <c r="H5" t="s">
-        <v>2855</v>
+        <v>2957</v>
       </c>
       <c r="I5" t="s">
-        <v>2856</v>
+        <v>2958</v>
       </c>
       <c r="J5" t="s">
-        <v>80</v>
+        <v>149</v>
       </c>
       <c r="K5" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L5" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
       <c r="M5" t="s">
-        <v>2857</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B6" t="s">
-        <v>2858</v>
+        <v>2960</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2859</v>
+        <v>268</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2860</v>
+        <v>2961</v>
       </c>
       <c r="H6" t="s">
-        <v>2861</v>
+        <v>2962</v>
       </c>
       <c r="I6" t="s">
-        <v>2862</v>
+        <v>2963</v>
       </c>
       <c r="J6" t="s">
-        <v>509</v>
+        <v>274</v>
       </c>
       <c r="K6" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L6" t="s">
-        <v>236</v>
+        <v>276</v>
       </c>
       <c r="M6" t="s">
-        <v>2863</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B7" t="s">
-        <v>2847</v>
+        <v>2965</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2864</v>
+        <v>2966</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2865</v>
+        <v>2967</v>
       </c>
       <c r="H7" t="s">
-        <v>2866</v>
+        <v>2968</v>
       </c>
       <c r="I7" t="s">
-        <v>2867</v>
+        <v>2969</v>
       </c>
       <c r="J7" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="K7" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L7" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="M7" t="s">
-        <v>2868</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B8" t="s">
-        <v>2869</v>
+        <v>2971</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2870</v>
+        <v>2972</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2871</v>
+        <v>2973</v>
       </c>
       <c r="H8" t="s">
-        <v>2872</v>
+        <v>2974</v>
       </c>
       <c r="I8" t="s">
-        <v>2873</v>
+        <v>2975</v>
       </c>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>584</v>
       </c>
       <c r="K8" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L8" t="s">
-        <v>82</v>
+        <v>324</v>
       </c>
       <c r="M8" t="s">
-        <v>2874</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2835</v>
+        <v>2939</v>
       </c>
       <c r="B9" t="s">
-        <v>2875</v>
+        <v>2960</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2876</v>
+        <v>2977</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2877</v>
+        <v>2978</v>
       </c>
       <c r="H9" t="s">
-        <v>2878</v>
+        <v>2979</v>
       </c>
       <c r="I9" t="s">
-        <v>2879</v>
+        <v>2980</v>
       </c>
       <c r="J9" t="s">
-        <v>55</v>
+        <v>274</v>
       </c>
       <c r="K9" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="L9" t="s">
-        <v>56</v>
+        <v>276</v>
       </c>
       <c r="M9" t="s">
-        <v>2880</v>
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2983</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2984</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2985</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2986</v>
+      </c>
+      <c r="J10" t="s">
+        <v>174</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="L10" t="s">
+        <v>176</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2989</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2991</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2992</v>
+      </c>
+      <c r="J11" t="s">
+        <v>149</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1190</v>
+      </c>
+      <c r="L11" t="s">
+        <v>150</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2993</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2881</v>
+        <v>2994</v>
       </c>
       <c r="J1" t="s">
-        <v>1119</v>
+        <v>1174</v>
       </c>
       <c r="K1" t="s">
-        <v>2882</v>
+        <v>2995</v>
       </c>
       <c r="L1" t="s">
-        <v>1121</v>
+        <v>1176</v>
       </c>
       <c r="M1" t="s">
-        <v>1122</v>
+        <v>1177</v>
       </c>
       <c r="N1" t="s">
-        <v>2883</v>
+        <v>2996</v>
       </c>
       <c r="O1" t="s">
-        <v>2884</v>
+        <v>2997</v>
       </c>
       <c r="P1" t="s">
-        <v>2885</v>
+        <v>2998</v>
       </c>
       <c r="Q1" t="s">
-        <v>2886</v>
+        <v>2999</v>
       </c>
       <c r="R1" t="s">
-        <v>1123</v>
+        <v>1178</v>
       </c>
       <c r="S1" t="s">
-        <v>2887</v>
+        <v>3000</v>
       </c>
       <c r="T1" t="s">
-        <v>2888</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B2" t="s">
-        <v>2890</v>
+        <v>3003</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2891</v>
+        <v>3004</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2892</v>
+        <v>3005</v>
       </c>
       <c r="H2" t="s">
-        <v>2893</v>
+        <v>3006</v>
       </c>
       <c r="I2" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>1843</v>
+        <v>1952</v>
       </c>
       <c r="L2" t="s">
-        <v>1844</v>
+        <v>1953</v>
       </c>
       <c r="M2" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N2" t="s">
-        <v>2895</v>
+        <v>3008</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q2" t="s">
-        <v>2897</v>
+        <v>3010</v>
       </c>
       <c r="R2" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S2" t="s">
-        <v>2898</v>
+        <v>3011</v>
       </c>
       <c r="T2" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B3" t="s">
-        <v>2900</v>
+        <v>3013</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2901</v>
+        <v>3014</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2902</v>
+        <v>3015</v>
       </c>
       <c r="H3" t="s">
-        <v>2903</v>
+        <v>3016</v>
       </c>
       <c r="I3" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>1304</v>
+        <v>1416</v>
       </c>
       <c r="L3" t="s">
-        <v>1305</v>
+        <v>1417</v>
       </c>
       <c r="M3" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N3" t="s">
-        <v>2904</v>
+        <v>3017</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q3" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R3" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S3" t="s">
-        <v>2907</v>
+        <v>3020</v>
       </c>
       <c r="T3" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B4" t="s">
-        <v>2909</v>
+        <v>3022</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2901</v>
+        <v>3014</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2910</v>
+        <v>3023</v>
       </c>
       <c r="H4" t="s">
-        <v>2911</v>
+        <v>3024</v>
       </c>
       <c r="I4" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J4" t="s">
-        <v>2913</v>
+        <v>3026</v>
       </c>
       <c r="K4" t="s">
-        <v>1304</v>
+        <v>1416</v>
       </c>
       <c r="L4" t="s">
-        <v>1305</v>
+        <v>1417</v>
       </c>
       <c r="M4" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N4" t="s">
-        <v>2904</v>
+        <v>3017</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q4" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R4" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S4" t="s">
-        <v>2915</v>
+        <v>3028</v>
       </c>
       <c r="T4" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B5" t="s">
-        <v>2916</v>
+        <v>3029</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2917</v>
+        <v>3030</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2918</v>
+        <v>3031</v>
       </c>
       <c r="H5" t="s">
-        <v>2919</v>
+        <v>3032</v>
       </c>
       <c r="I5" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J5" t="s">
-        <v>2920</v>
+        <v>3033</v>
       </c>
       <c r="K5" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N5" t="s">
-        <v>2921</v>
+        <v>3034</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q5" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R5" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S5" t="s">
-        <v>2923</v>
+        <v>3036</v>
       </c>
       <c r="T5" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B6" t="s">
-        <v>2924</v>
+        <v>3037</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2925</v>
+        <v>3038</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2926</v>
+        <v>3039</v>
       </c>
       <c r="H6" t="s">
-        <v>2927</v>
+        <v>3040</v>
       </c>
       <c r="I6" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L6" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M6" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N6" t="s">
-        <v>2928</v>
+        <v>3041</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q6" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R6" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S6" t="s">
-        <v>2929</v>
+        <v>3042</v>
       </c>
       <c r="T6" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B7" t="s">
-        <v>2930</v>
+        <v>3043</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2931</v>
+        <v>3044</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2932</v>
+        <v>3045</v>
       </c>
       <c r="H7" t="s">
-        <v>2933</v>
+        <v>3046</v>
       </c>
       <c r="I7" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J7" t="s">
-        <v>2934</v>
+        <v>3047</v>
       </c>
       <c r="K7" t="s">
-        <v>2935</v>
+        <v>3048</v>
       </c>
       <c r="L7" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M7" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N7" t="s">
-        <v>2936</v>
+        <v>3049</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q7" t="s">
-        <v>2937</v>
+        <v>3050</v>
       </c>
       <c r="R7" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S7" t="s">
-        <v>82</v>
+        <v>176</v>
       </c>
       <c r="T7" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B8" t="s">
-        <v>2938</v>
+        <v>3051</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2939</v>
+        <v>3052</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2940</v>
+        <v>3053</v>
       </c>
       <c r="H8" t="s">
-        <v>2941</v>
+        <v>3054</v>
       </c>
       <c r="I8" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>2942</v>
+        <v>3055</v>
       </c>
       <c r="L8" t="s">
-        <v>2943</v>
+        <v>3056</v>
       </c>
       <c r="M8" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N8" t="s">
-        <v>2944</v>
+        <v>3057</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q8" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R8" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S8" t="s">
-        <v>2945</v>
+        <v>3058</v>
       </c>
       <c r="T8" t="s">
-        <v>2946</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B9" t="s">
-        <v>2947</v>
+        <v>3060</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2948</v>
+        <v>3061</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2949</v>
+        <v>3062</v>
       </c>
       <c r="H9" t="s">
-        <v>2950</v>
+        <v>3063</v>
       </c>
       <c r="I9" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J9" t="s">
-        <v>2951</v>
+        <v>3064</v>
       </c>
       <c r="K9" t="s">
-        <v>1416</v>
+        <v>1526</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N9" t="s">
-        <v>2952</v>
+        <v>3065</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q9" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R9" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S9" t="s">
-        <v>2953</v>
+        <v>3066</v>
       </c>
       <c r="T9" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B10" t="s">
-        <v>2954</v>
+        <v>3067</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2955</v>
+        <v>3068</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2956</v>
+        <v>3069</v>
       </c>
       <c r="H10" t="s">
-        <v>2957</v>
+        <v>3070</v>
       </c>
       <c r="I10" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J10" t="s">
-        <v>2958</v>
+        <v>3071</v>
       </c>
       <c r="K10" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="L10" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="M10" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N10" t="s">
-        <v>2959</v>
+        <v>3072</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q10" t="s">
-        <v>2960</v>
+        <v>3073</v>
       </c>
       <c r="R10" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S10" t="s">
-        <v>2961</v>
+        <v>3074</v>
       </c>
       <c r="T10" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B11" t="s">
-        <v>2962</v>
+        <v>3075</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2963</v>
+        <v>3076</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2964</v>
+        <v>3077</v>
       </c>
       <c r="H11" t="s">
-        <v>2965</v>
+        <v>3078</v>
       </c>
       <c r="I11" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J11" t="s">
-        <v>2966</v>
+        <v>3079</v>
       </c>
       <c r="K11" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L11" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M11" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N11" t="s">
-        <v>2967</v>
+        <v>3080</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q11" t="s">
-        <v>2968</v>
+        <v>3081</v>
       </c>
       <c r="R11" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S11" t="s">
-        <v>2969</v>
+        <v>3082</v>
       </c>
       <c r="T11" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B12" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2963</v>
+        <v>3076</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2970</v>
+        <v>3083</v>
       </c>
       <c r="H12" t="s">
-        <v>2971</v>
+        <v>3084</v>
       </c>
       <c r="I12" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J12" t="s">
-        <v>2966</v>
+        <v>3079</v>
       </c>
       <c r="K12" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L12" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M12" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N12" t="s">
-        <v>2972</v>
+        <v>3085</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q12" t="s">
-        <v>2973</v>
+        <v>3086</v>
       </c>
       <c r="R12" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S12" t="s">
-        <v>119</v>
+        <v>213</v>
       </c>
       <c r="T12" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B13" t="s">
-        <v>2974</v>
+        <v>3087</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2975</v>
+        <v>3088</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2976</v>
+        <v>3089</v>
       </c>
       <c r="H13" t="s">
-        <v>2977</v>
+        <v>3090</v>
       </c>
       <c r="I13" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J13" t="s">
-        <v>2978</v>
+        <v>3091</v>
       </c>
       <c r="K13" t="s">
-        <v>2979</v>
+        <v>3092</v>
       </c>
       <c r="L13" t="s">
-        <v>2980</v>
+        <v>3093</v>
       </c>
       <c r="M13" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N13" t="s">
-        <v>2981</v>
+        <v>3094</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q13" t="s">
-        <v>2968</v>
+        <v>3081</v>
       </c>
       <c r="R13" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S13" t="s">
-        <v>2982</v>
+        <v>3095</v>
       </c>
       <c r="T13" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B14" t="s">
-        <v>2983</v>
+        <v>3096</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2984</v>
+        <v>3097</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2985</v>
+        <v>3098</v>
       </c>
       <c r="H14" t="s">
-        <v>2986</v>
+        <v>3099</v>
       </c>
       <c r="I14" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J14" t="s">
-        <v>2691</v>
+        <v>2795</v>
       </c>
       <c r="K14" t="s">
-        <v>2681</v>
+        <v>2785</v>
       </c>
       <c r="L14" t="s">
-        <v>813</v>
+        <v>874</v>
       </c>
       <c r="M14" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N14" t="s">
-        <v>2987</v>
+        <v>3100</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q14" t="s">
-        <v>2988</v>
+        <v>3101</v>
       </c>
       <c r="R14" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S14" t="s">
-        <v>2989</v>
+        <v>3102</v>
       </c>
       <c r="T14" t="s">
-        <v>2990</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B15" t="s">
-        <v>2991</v>
+        <v>3104</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2984</v>
+        <v>3097</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2992</v>
+        <v>3105</v>
       </c>
       <c r="H15" t="s">
-        <v>2993</v>
+        <v>3106</v>
       </c>
       <c r="I15" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J15" t="s">
-        <v>2686</v>
+        <v>2790</v>
       </c>
       <c r="K15" t="s">
-        <v>1160</v>
+        <v>1279</v>
       </c>
       <c r="L15" t="s">
-        <v>1161</v>
+        <v>1280</v>
       </c>
       <c r="M15" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N15" t="s">
-        <v>2994</v>
+        <v>3107</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q15" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R15" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S15" t="s">
-        <v>2995</v>
+        <v>3108</v>
       </c>
       <c r="T15" t="s">
-        <v>2990</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B16" t="s">
-        <v>2996</v>
+        <v>3109</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2997</v>
+        <v>3110</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2998</v>
+        <v>3111</v>
       </c>
       <c r="H16" t="s">
-        <v>2999</v>
+        <v>3112</v>
       </c>
       <c r="I16" t="s">
-        <v>2912</v>
+        <v>3007</v>
       </c>
       <c r="J16" t="s">
-        <v>3000</v>
+        <v>3113</v>
       </c>
       <c r="K16" t="s">
-        <v>2681</v>
+        <v>2785</v>
       </c>
       <c r="L16" t="s">
-        <v>813</v>
+        <v>874</v>
       </c>
       <c r="M16" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N16" t="s">
-        <v>3001</v>
+        <v>3114</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q16" t="s">
-        <v>3002</v>
+        <v>3115</v>
       </c>
       <c r="R16" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S16" t="s">
-        <v>814</v>
+        <v>875</v>
       </c>
       <c r="T16" t="s">
-        <v>3003</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B17" t="s">
-        <v>1099</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>3004</v>
+        <v>3116</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>3005</v>
+        <v>3117</v>
       </c>
       <c r="H17" t="s">
-        <v>3006</v>
+        <v>3118</v>
       </c>
       <c r="I17" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J17" t="s">
-        <v>3007</v>
+        <v>3119</v>
       </c>
       <c r="K17" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="L17" t="s">
         <v>30</v>
       </c>
       <c r="M17" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N17" t="s">
-        <v>3008</v>
+        <v>3120</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q17" t="s">
-        <v>2973</v>
+        <v>3086</v>
       </c>
       <c r="R17" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S17" t="s">
         <v>31</v>
       </c>
       <c r="T17" t="s">
-        <v>3003</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B18" t="s">
-        <v>3009</v>
+        <v>3121</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>3010</v>
+        <v>3122</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>3011</v>
+        <v>3123</v>
       </c>
       <c r="H18" t="s">
-        <v>3012</v>
+        <v>3124</v>
       </c>
       <c r="I18" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>1943</v>
+        <v>2051</v>
       </c>
       <c r="L18" t="s">
-        <v>1207</v>
+        <v>1322</v>
       </c>
       <c r="M18" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N18" t="s">
-        <v>3014</v>
+        <v>3126</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q18" t="s">
-        <v>3015</v>
+        <v>3127</v>
       </c>
       <c r="R18" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S18" t="s">
-        <v>3016</v>
+        <v>3128</v>
       </c>
       <c r="T18" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B19" t="s">
-        <v>3017</v>
+        <v>3129</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
+        <v>3130</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3131</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3132</v>
+      </c>
+      <c r="I19" t="s">
+        <v>3007</v>
+      </c>
+      <c r="J19" t="s">
+        <v>3133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>3134</v>
+      </c>
+      <c r="L19" t="s">
+        <v>3135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1190</v>
+      </c>
+      <c r="N19" t="s">
+        <v>3136</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
         <v>3018</v>
       </c>
-      <c r="F19" t="s">
-[...11 lines deleted...]
-      <c r="J19" t="s">
+      <c r="Q19" t="s">
+        <v>3010</v>
+      </c>
+      <c r="R19" t="s">
+        <v>1191</v>
+      </c>
+      <c r="S19" t="s">
+        <v>3137</v>
+      </c>
+      <c r="T19" t="s">
         <v>3021</v>
-      </c>
-[...28 lines deleted...]
-        <v>2908</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B20" t="s">
-        <v>3026</v>
+        <v>3138</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>3027</v>
+        <v>3139</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>3028</v>
+        <v>3140</v>
       </c>
       <c r="H20" t="s">
-        <v>3029</v>
+        <v>3141</v>
       </c>
       <c r="I20" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J20" t="s">
-        <v>3030</v>
+        <v>3142</v>
       </c>
       <c r="K20" t="s">
-        <v>1504</v>
+        <v>1614</v>
       </c>
       <c r="L20" t="s">
-        <v>1505</v>
+        <v>1615</v>
       </c>
       <c r="M20" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N20" t="s">
-        <v>3031</v>
+        <v>3143</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q20" t="s">
-        <v>2897</v>
+        <v>3010</v>
       </c>
       <c r="R20" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S20" t="s">
-        <v>3032</v>
+        <v>3144</v>
       </c>
       <c r="T20" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B21" t="s">
-        <v>3033</v>
+        <v>3145</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>3034</v>
+        <v>3146</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>3035</v>
+        <v>3147</v>
       </c>
       <c r="H21" t="s">
-        <v>3036</v>
+        <v>3148</v>
       </c>
       <c r="I21" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J21" t="s">
-        <v>3037</v>
+        <v>3149</v>
       </c>
       <c r="K21" t="s">
-        <v>1273</v>
+        <v>1387</v>
       </c>
       <c r="L21" t="s">
-        <v>1274</v>
+        <v>1388</v>
       </c>
       <c r="M21" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N21" t="s">
-        <v>3038</v>
+        <v>3150</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q21" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R21" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S21" t="s">
-        <v>3039</v>
+        <v>3151</v>
       </c>
       <c r="T21" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B22" t="s">
-        <v>3040</v>
+        <v>3152</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>3027</v>
+        <v>3139</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>3041</v>
+        <v>3153</v>
       </c>
       <c r="H22" t="s">
-        <v>3042</v>
+        <v>3154</v>
       </c>
       <c r="I22" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J22" t="s">
-        <v>2576</v>
+        <v>2680</v>
       </c>
       <c r="K22" t="s">
-        <v>1423</v>
+        <v>1533</v>
       </c>
       <c r="L22" t="s">
-        <v>1424</v>
+        <v>1534</v>
       </c>
       <c r="M22" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N22" t="s">
-        <v>3043</v>
+        <v>3155</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q22" t="s">
-        <v>2897</v>
+        <v>3010</v>
       </c>
       <c r="R22" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S22" t="s">
-        <v>3044</v>
+        <v>3156</v>
       </c>
       <c r="T22" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>149</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>3046</v>
+        <v>3158</v>
       </c>
       <c r="H23" t="s">
-        <v>3047</v>
+        <v>3159</v>
       </c>
       <c r="I23" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J23" t="s">
-        <v>3048</v>
+        <v>3160</v>
       </c>
       <c r="K23" t="s">
-        <v>1280</v>
+        <v>1217</v>
       </c>
       <c r="L23" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M23" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N23" t="s">
-        <v>3049</v>
+        <v>3161</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q23" t="s">
-        <v>3051</v>
+        <v>3163</v>
       </c>
       <c r="R23" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S23" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
       <c r="T23" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B24" t="s">
-        <v>3052</v>
+        <v>3164</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>3053</v>
+        <v>3165</v>
       </c>
       <c r="H24" t="s">
-        <v>3054</v>
+        <v>3166</v>
       </c>
       <c r="I24" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J24" t="s">
-        <v>1589</v>
+        <v>1698</v>
       </c>
       <c r="K24" t="s">
-        <v>1590</v>
+        <v>1699</v>
       </c>
       <c r="L24" t="s">
-        <v>1591</v>
+        <v>1700</v>
       </c>
       <c r="M24" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N24" t="s">
-        <v>3049</v>
+        <v>3161</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q24" t="s">
-        <v>2968</v>
+        <v>3081</v>
       </c>
       <c r="R24" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S24" t="s">
-        <v>3055</v>
+        <v>3167</v>
       </c>
       <c r="T24" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B25" t="s">
-        <v>3056</v>
+        <v>3168</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>3034</v>
+        <v>3146</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>3057</v>
+        <v>3169</v>
       </c>
       <c r="H25" t="s">
-        <v>3058</v>
+        <v>3170</v>
       </c>
       <c r="I25" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J25" t="s">
-        <v>1859</v>
+        <v>1968</v>
       </c>
       <c r="K25" t="s">
-        <v>1860</v>
+        <v>1969</v>
       </c>
       <c r="L25" t="s">
-        <v>1861</v>
+        <v>1970</v>
       </c>
       <c r="M25" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N25" t="s">
-        <v>3059</v>
+        <v>3171</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q25" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R25" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S25" t="s">
-        <v>3060</v>
+        <v>3172</v>
       </c>
       <c r="T25" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B26" t="s">
-        <v>3061</v>
+        <v>3173</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>3062</v>
+        <v>3174</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>3063</v>
+        <v>3175</v>
       </c>
       <c r="H26" t="s">
-        <v>3064</v>
+        <v>3176</v>
       </c>
       <c r="I26" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>2667</v>
+        <v>2771</v>
       </c>
       <c r="L26" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M26" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N26" t="s">
-        <v>3065</v>
+        <v>3177</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>3066</v>
+        <v>3178</v>
       </c>
       <c r="Q26" t="s">
-        <v>3067</v>
+        <v>3179</v>
       </c>
       <c r="R26" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S26" t="s">
-        <v>48</v>
+        <v>142</v>
       </c>
       <c r="T26" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B27" t="s">
-        <v>3068</v>
+        <v>3180</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>3069</v>
+        <v>3181</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>3070</v>
+        <v>3182</v>
       </c>
       <c r="H27" t="s">
-        <v>3071</v>
+        <v>3183</v>
       </c>
       <c r="I27" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J27" t="s">
-        <v>3072</v>
+        <v>3184</v>
       </c>
       <c r="K27" t="s">
-        <v>3073</v>
+        <v>3185</v>
       </c>
       <c r="L27" t="s">
-        <v>1723</v>
+        <v>1832</v>
       </c>
       <c r="M27" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N27" t="s">
-        <v>3074</v>
+        <v>3186</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q27" t="s">
-        <v>3075</v>
+        <v>3187</v>
       </c>
       <c r="R27" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S27" t="s">
-        <v>3076</v>
+        <v>3188</v>
       </c>
       <c r="T27" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B28" t="s">
-        <v>3077</v>
+        <v>3189</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>3078</v>
+        <v>3190</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>3079</v>
+        <v>3191</v>
       </c>
       <c r="H28" t="s">
-        <v>3080</v>
+        <v>3192</v>
       </c>
       <c r="I28" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J28" t="s">
-        <v>1709</v>
+        <v>1818</v>
       </c>
       <c r="K28" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="L28" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="M28" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N28" t="s">
-        <v>3081</v>
+        <v>3193</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q28" t="s">
-        <v>2897</v>
+        <v>3010</v>
       </c>
       <c r="R28" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S28" t="s">
-        <v>3082</v>
+        <v>3194</v>
       </c>
       <c r="T28" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B29" t="s">
-        <v>963</v>
+        <v>1021</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>3083</v>
+        <v>3195</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>3084</v>
+        <v>3196</v>
       </c>
       <c r="H29" t="s">
-        <v>3085</v>
+        <v>3197</v>
       </c>
       <c r="I29" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J29" t="s">
         <v>20</v>
       </c>
       <c r="K29" t="s">
-        <v>2355</v>
+        <v>2459</v>
       </c>
       <c r="L29" t="s">
-        <v>965</v>
+        <v>1023</v>
       </c>
       <c r="M29" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N29" t="s">
-        <v>3086</v>
+        <v>3198</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q29" t="s">
-        <v>3087</v>
+        <v>3199</v>
       </c>
       <c r="R29" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S29" t="s">
-        <v>966</v>
+        <v>1024</v>
       </c>
       <c r="T29" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B30" t="s">
-        <v>3088</v>
+        <v>3200</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>3089</v>
+        <v>3201</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>3090</v>
+        <v>3202</v>
       </c>
       <c r="H30" t="s">
-        <v>3091</v>
+        <v>3203</v>
       </c>
       <c r="I30" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J30" t="s">
-        <v>2672</v>
+        <v>2776</v>
       </c>
       <c r="K30" t="s">
-        <v>1579</v>
+        <v>1688</v>
       </c>
       <c r="L30" t="s">
-        <v>1446</v>
+        <v>1556</v>
       </c>
       <c r="M30" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N30" t="s">
-        <v>3092</v>
+        <v>3204</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q30" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R30" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S30" t="s">
-        <v>3093</v>
+        <v>3205</v>
       </c>
       <c r="T30" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B31" t="s">
-        <v>3094</v>
+        <v>3206</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>3095</v>
+        <v>3207</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>3096</v>
+        <v>3208</v>
       </c>
       <c r="H31" t="s">
-        <v>3097</v>
+        <v>3209</v>
       </c>
       <c r="I31" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>1245</v>
+        <v>1359</v>
       </c>
       <c r="L31" t="s">
-        <v>1246</v>
+        <v>1360</v>
       </c>
       <c r="M31" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N31" t="s">
-        <v>3098</v>
+        <v>3210</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q31" t="s">
-        <v>3099</v>
+        <v>3211</v>
       </c>
       <c r="R31" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S31" t="s">
-        <v>3100</v>
+        <v>3212</v>
       </c>
       <c r="T31" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B32" t="s">
-        <v>3101</v>
+        <v>3213</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>3102</v>
+        <v>3214</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>3103</v>
+        <v>3215</v>
       </c>
       <c r="H32" t="s">
-        <v>3104</v>
+        <v>3216</v>
       </c>
       <c r="I32" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J32" t="s">
-        <v>1578</v>
+        <v>1687</v>
       </c>
       <c r="K32" t="s">
-        <v>1579</v>
+        <v>1688</v>
       </c>
       <c r="L32" t="s">
-        <v>1446</v>
+        <v>1556</v>
       </c>
       <c r="M32" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N32" t="s">
-        <v>3105</v>
+        <v>3217</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q32" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R32" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S32" t="s">
-        <v>3106</v>
+        <v>3218</v>
       </c>
       <c r="T32" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B33" t="s">
-        <v>3107</v>
+        <v>3219</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>3108</v>
+        <v>3220</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>3109</v>
+        <v>3221</v>
       </c>
       <c r="H33" t="s">
-        <v>3110</v>
+        <v>3222</v>
       </c>
       <c r="I33" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J33" t="s">
-        <v>2716</v>
+        <v>2820</v>
       </c>
       <c r="K33" t="s">
-        <v>3111</v>
+        <v>3223</v>
       </c>
       <c r="L33" t="s">
-        <v>1215</v>
+        <v>1330</v>
       </c>
       <c r="M33" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N33" t="s">
-        <v>3112</v>
+        <v>3224</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q33" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R33" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S33" t="s">
-        <v>3113</v>
+        <v>3225</v>
       </c>
       <c r="T33" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>3114</v>
+        <v>3226</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>3115</v>
+        <v>3227</v>
       </c>
       <c r="H34" t="s">
-        <v>3116</v>
+        <v>3228</v>
       </c>
       <c r="I34" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J34" t="s">
-        <v>3117</v>
+        <v>3229</v>
       </c>
       <c r="K34" t="s">
-        <v>1416</v>
+        <v>1526</v>
       </c>
       <c r="L34" t="s">
         <v>30</v>
       </c>
       <c r="M34" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N34" t="s">
-        <v>3118</v>
+        <v>3230</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q34" t="s">
-        <v>3119</v>
+        <v>3231</v>
       </c>
       <c r="R34" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S34" t="s">
-        <v>182</v>
+        <v>276</v>
       </c>
       <c r="T34" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B35" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>3120</v>
+        <v>3232</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>3121</v>
+        <v>3233</v>
       </c>
       <c r="H35" t="s">
-        <v>3122</v>
+        <v>3234</v>
       </c>
       <c r="I35" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J35" t="s">
-        <v>3123</v>
+        <v>3235</v>
       </c>
       <c r="K35" t="s">
-        <v>3124</v>
+        <v>3236</v>
       </c>
       <c r="L35" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M35" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N35" t="s">
-        <v>3125</v>
+        <v>3237</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q35" t="s">
-        <v>3126</v>
+        <v>3238</v>
       </c>
       <c r="R35" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S35" t="s">
-        <v>236</v>
+        <v>324</v>
       </c>
       <c r="T35" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B36" t="s">
-        <v>3127</v>
+        <v>3239</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>3128</v>
+        <v>3240</v>
       </c>
       <c r="H36" t="s">
-        <v>3129</v>
+        <v>3241</v>
       </c>
       <c r="I36" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J36" t="s">
-        <v>1749</v>
+        <v>1858</v>
       </c>
       <c r="K36" t="s">
-        <v>1750</v>
+        <v>1859</v>
       </c>
       <c r="L36" t="s">
-        <v>1723</v>
+        <v>1832</v>
       </c>
       <c r="M36" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N36" t="s">
-        <v>3130</v>
+        <v>3242</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q36" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R36" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S36" t="s">
-        <v>3131</v>
+        <v>3243</v>
       </c>
       <c r="T36" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B37" t="s">
-        <v>421</v>
+        <v>496</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>3132</v>
+        <v>3244</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>3133</v>
+        <v>3245</v>
       </c>
       <c r="H37" t="s">
-        <v>3134</v>
+        <v>3246</v>
       </c>
       <c r="I37" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J37" t="s">
-        <v>3135</v>
+        <v>3247</v>
       </c>
       <c r="K37" t="s">
-        <v>3136</v>
+        <v>3248</v>
       </c>
       <c r="L37" t="s">
-        <v>423</v>
+        <v>498</v>
       </c>
       <c r="M37" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N37" t="s">
-        <v>3137</v>
+        <v>3249</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q37" t="s">
-        <v>3138</v>
+        <v>3250</v>
       </c>
       <c r="R37" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S37" t="s">
-        <v>424</v>
+        <v>499</v>
       </c>
       <c r="T37" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B38" t="s">
-        <v>3139</v>
+        <v>3251</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>3114</v>
+        <v>3226</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>3140</v>
+        <v>3252</v>
       </c>
       <c r="H38" t="s">
-        <v>3141</v>
+        <v>3253</v>
       </c>
       <c r="I38" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J38" t="s">
         <v>20</v>
       </c>
       <c r="K38" t="s">
-        <v>1324</v>
+        <v>1436</v>
       </c>
       <c r="L38" t="s">
-        <v>1325</v>
+        <v>1437</v>
       </c>
       <c r="M38" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N38" t="s">
-        <v>3118</v>
+        <v>3230</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q38" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R38" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S38" t="s">
-        <v>3142</v>
+        <v>3254</v>
       </c>
       <c r="T38" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B39" t="s">
-        <v>3143</v>
+        <v>3255</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>3034</v>
+        <v>3146</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>3144</v>
+        <v>3256</v>
       </c>
       <c r="H39" t="s">
-        <v>3145</v>
+        <v>3257</v>
       </c>
       <c r="I39" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J39" t="s">
         <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>1860</v>
+        <v>1969</v>
       </c>
       <c r="L39" t="s">
-        <v>1861</v>
+        <v>1970</v>
       </c>
       <c r="M39" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N39" t="s">
-        <v>3059</v>
+        <v>3171</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q39" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R39" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S39" t="s">
-        <v>3146</v>
+        <v>3258</v>
       </c>
       <c r="T39" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B40" t="s">
-        <v>3147</v>
+        <v>3259</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>3148</v>
+        <v>3260</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>3149</v>
+        <v>3261</v>
       </c>
       <c r="H40" t="s">
-        <v>3150</v>
+        <v>3262</v>
       </c>
       <c r="I40" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J40" t="s">
-        <v>3151</v>
+        <v>3263</v>
       </c>
       <c r="K40" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L40" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M40" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N40" t="s">
-        <v>3152</v>
+        <v>3264</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q40" t="s">
-        <v>3002</v>
+        <v>3115</v>
       </c>
       <c r="R40" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S40" t="s">
-        <v>128</v>
+        <v>222</v>
       </c>
       <c r="T40" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B41" t="s">
-        <v>3153</v>
+        <v>3265</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>3154</v>
+        <v>3266</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>3155</v>
+        <v>3267</v>
       </c>
       <c r="H41" t="s">
-        <v>3156</v>
+        <v>3268</v>
       </c>
       <c r="I41" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J41" t="s">
-        <v>3157</v>
+        <v>3269</v>
       </c>
       <c r="K41" t="s">
-        <v>3158</v>
+        <v>3270</v>
       </c>
       <c r="L41" t="s">
-        <v>3159</v>
+        <v>3271</v>
       </c>
       <c r="M41" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N41" t="s">
-        <v>3160</v>
+        <v>3272</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q41" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R41" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S41" t="s">
-        <v>3161</v>
+        <v>3273</v>
       </c>
       <c r="T41" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B42" t="s">
-        <v>3162</v>
+        <v>3274</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>3163</v>
+        <v>3275</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>3164</v>
+        <v>3276</v>
       </c>
       <c r="H42" t="s">
-        <v>3165</v>
+        <v>3277</v>
       </c>
       <c r="I42" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J42" t="s">
-        <v>3166</v>
+        <v>3278</v>
       </c>
       <c r="K42" t="s">
-        <v>3167</v>
+        <v>3279</v>
       </c>
       <c r="L42" t="s">
-        <v>3168</v>
+        <v>3280</v>
       </c>
       <c r="M42" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N42" t="s">
-        <v>3169</v>
+        <v>3281</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q42" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R42" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S42" t="s">
-        <v>3170</v>
+        <v>3282</v>
       </c>
       <c r="T42" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B43" t="s">
-        <v>3171</v>
+        <v>3283</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>3172</v>
+        <v>3284</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>3173</v>
+        <v>3285</v>
       </c>
       <c r="H43" t="s">
-        <v>3174</v>
+        <v>3286</v>
       </c>
       <c r="I43" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J43" t="s">
-        <v>3175</v>
+        <v>3287</v>
       </c>
       <c r="K43" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L43" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M43" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N43" t="s">
-        <v>3176</v>
+        <v>3288</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q43" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R43" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S43" t="s">
-        <v>3177</v>
+        <v>3289</v>
       </c>
       <c r="T43" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B44" t="s">
-        <v>3178</v>
+        <v>3290</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>3010</v>
+        <v>3122</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>3179</v>
+        <v>3291</v>
       </c>
       <c r="H44" t="s">
-        <v>3180</v>
+        <v>3292</v>
       </c>
       <c r="I44" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J44" t="s">
-        <v>3181</v>
+        <v>3293</v>
       </c>
       <c r="K44" t="s">
-        <v>1179</v>
+        <v>1296</v>
       </c>
       <c r="L44" t="s">
-        <v>1180</v>
+        <v>1297</v>
       </c>
       <c r="M44" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N44" t="s">
-        <v>3182</v>
+        <v>3294</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q44" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R44" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S44" t="s">
-        <v>3183</v>
+        <v>3295</v>
       </c>
       <c r="T44" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B45" t="s">
-        <v>3184</v>
+        <v>3296</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>3185</v>
+        <v>3297</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>3186</v>
+        <v>3298</v>
       </c>
       <c r="H45" t="s">
-        <v>3187</v>
+        <v>3299</v>
       </c>
       <c r="I45" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J45" t="s">
-        <v>3188</v>
+        <v>3300</v>
       </c>
       <c r="K45" t="s">
-        <v>1416</v>
+        <v>1526</v>
       </c>
       <c r="L45" t="s">
         <v>30</v>
       </c>
       <c r="M45" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N45" t="s">
-        <v>3189</v>
+        <v>3301</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q45" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R45" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S45" t="s">
-        <v>3190</v>
+        <v>3302</v>
       </c>
       <c r="T45" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B46" t="s">
-        <v>3191</v>
+        <v>3303</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>3192</v>
+        <v>3304</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>3193</v>
+        <v>3305</v>
       </c>
       <c r="H46" t="s">
-        <v>3194</v>
+        <v>3306</v>
       </c>
       <c r="I46" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J46" t="s">
         <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L46" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M46" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N46" t="s">
-        <v>3195</v>
+        <v>3307</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q46" t="s">
-        <v>3196</v>
+        <v>3308</v>
       </c>
       <c r="R46" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S46" t="s">
-        <v>3197</v>
+        <v>3309</v>
       </c>
       <c r="T46" t="s">
-        <v>2990</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B47" t="s">
-        <v>3198</v>
+        <v>3310</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>3199</v>
+        <v>3311</v>
       </c>
       <c r="H47" t="s">
-        <v>3200</v>
+        <v>3312</v>
       </c>
       <c r="I47" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J47" t="s">
-        <v>3201</v>
+        <v>3313</v>
       </c>
       <c r="K47" t="s">
-        <v>1999</v>
+        <v>2105</v>
       </c>
       <c r="L47" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="M47" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N47" t="s">
-        <v>3202</v>
+        <v>3314</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q47" t="s">
-        <v>3203</v>
+        <v>3315</v>
       </c>
       <c r="R47" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S47" t="s">
-        <v>3204</v>
+        <v>3316</v>
       </c>
       <c r="T47" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B48" t="s">
-        <v>3205</v>
+        <v>3317</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>3206</v>
+        <v>3318</v>
       </c>
       <c r="H48" t="s">
-        <v>3207</v>
+        <v>3319</v>
       </c>
       <c r="I48" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J48" t="s">
         <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>1170</v>
+        <v>1287</v>
       </c>
       <c r="L48" t="s">
-        <v>1171</v>
+        <v>1288</v>
       </c>
       <c r="M48" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N48" t="s">
-        <v>3208</v>
+        <v>3320</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q48" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R48" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S48" t="s">
-        <v>3209</v>
+        <v>3321</v>
       </c>
       <c r="T48" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B49" t="s">
-        <v>3210</v>
+        <v>3322</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>3010</v>
+        <v>3122</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>3211</v>
+        <v>3323</v>
       </c>
       <c r="H49" t="s">
-        <v>3212</v>
+        <v>3324</v>
       </c>
       <c r="I49" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J49" t="s">
-        <v>1949</v>
+        <v>2057</v>
       </c>
       <c r="K49" t="s">
-        <v>1206</v>
+        <v>1321</v>
       </c>
       <c r="L49" t="s">
-        <v>1207</v>
+        <v>1322</v>
       </c>
       <c r="M49" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N49" t="s">
-        <v>3213</v>
+        <v>3325</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q49" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R49" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S49" t="s">
-        <v>3214</v>
+        <v>3326</v>
       </c>
       <c r="T49" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B50" t="s">
-        <v>3215</v>
+        <v>3327</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>3083</v>
+        <v>3195</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>3216</v>
+        <v>3328</v>
       </c>
       <c r="H50" t="s">
-        <v>3217</v>
+        <v>3329</v>
       </c>
       <c r="I50" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J50" t="s">
-        <v>3218</v>
+        <v>3330</v>
       </c>
       <c r="K50" t="s">
-        <v>2099</v>
+        <v>2203</v>
       </c>
       <c r="L50" t="s">
-        <v>965</v>
+        <v>1023</v>
       </c>
       <c r="M50" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N50" t="s">
-        <v>3219</v>
+        <v>3331</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q50" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R50" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S50" t="s">
-        <v>3220</v>
+        <v>3332</v>
       </c>
       <c r="T50" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B51" t="s">
-        <v>3221</v>
+        <v>3333</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>3222</v>
+        <v>3334</v>
       </c>
       <c r="H51" t="s">
-        <v>3223</v>
+        <v>3335</v>
       </c>
       <c r="I51" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J51" t="s">
-        <v>1589</v>
+        <v>1698</v>
       </c>
       <c r="K51" t="s">
-        <v>1590</v>
+        <v>1699</v>
       </c>
       <c r="L51" t="s">
-        <v>1591</v>
+        <v>1700</v>
       </c>
       <c r="M51" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N51" t="s">
-        <v>3049</v>
+        <v>3161</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q51" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R51" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S51" t="s">
-        <v>3224</v>
+        <v>3336</v>
       </c>
       <c r="T51" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B52" t="s">
-        <v>3225</v>
+        <v>3337</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>3045</v>
+        <v>3157</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>3226</v>
+        <v>3338</v>
       </c>
       <c r="H52" t="s">
-        <v>3227</v>
+        <v>3339</v>
       </c>
       <c r="I52" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J52" t="s">
         <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>1170</v>
+        <v>1287</v>
       </c>
       <c r="L52" t="s">
-        <v>1171</v>
+        <v>1288</v>
       </c>
       <c r="M52" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N52" t="s">
-        <v>3208</v>
+        <v>3320</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>3050</v>
+        <v>3162</v>
       </c>
       <c r="Q52" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R52" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S52" t="s">
-        <v>3228</v>
+        <v>3340</v>
       </c>
       <c r="T52" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B53" t="s">
-        <v>3229</v>
+        <v>3341</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>3230</v>
+        <v>3342</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>3231</v>
+        <v>3343</v>
       </c>
       <c r="H53" t="s">
-        <v>3232</v>
+        <v>3344</v>
       </c>
       <c r="I53" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J53" t="s">
-        <v>3233</v>
+        <v>3345</v>
       </c>
       <c r="K53" t="s">
-        <v>1481</v>
+        <v>1591</v>
       </c>
       <c r="L53" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M53" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N53" t="s">
-        <v>3234</v>
+        <v>3346</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q53" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R53" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S53" t="s">
-        <v>3235</v>
+        <v>3347</v>
       </c>
       <c r="T53" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B54" t="s">
-        <v>3236</v>
+        <v>3348</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>3237</v>
+        <v>3349</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>3238</v>
+        <v>3350</v>
       </c>
       <c r="H54" t="s">
-        <v>3239</v>
+        <v>3351</v>
       </c>
       <c r="I54" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J54" t="s">
-        <v>3240</v>
+        <v>3352</v>
       </c>
       <c r="K54" t="s">
-        <v>1925</v>
+        <v>2033</v>
       </c>
       <c r="L54" t="s">
-        <v>1926</v>
+        <v>2034</v>
       </c>
       <c r="M54" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N54" t="s">
-        <v>3241</v>
+        <v>3353</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q54" t="s">
-        <v>2906</v>
+        <v>3019</v>
       </c>
       <c r="R54" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S54" t="s">
-        <v>3242</v>
+        <v>3354</v>
       </c>
       <c r="T54" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B55" t="s">
-        <v>767</v>
+        <v>830</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>3230</v>
+        <v>3342</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>3243</v>
+        <v>3355</v>
       </c>
       <c r="H55" t="s">
-        <v>3244</v>
+        <v>3356</v>
       </c>
       <c r="I55" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J55" t="s">
-        <v>3245</v>
+        <v>3357</v>
       </c>
       <c r="K55" t="s">
-        <v>3246</v>
+        <v>3358</v>
       </c>
       <c r="L55" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M55" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N55" t="s">
-        <v>3247</v>
+        <v>3359</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q55" t="s">
-        <v>3248</v>
+        <v>3360</v>
       </c>
       <c r="R55" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S55" t="s">
-        <v>301</v>
+        <v>389</v>
       </c>
       <c r="T55" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B56" t="s">
-        <v>3249</v>
+        <v>3361</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>3251</v>
+        <v>3363</v>
       </c>
       <c r="H56" t="s">
-        <v>3252</v>
+        <v>3364</v>
       </c>
       <c r="I56" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J56" t="s">
-        <v>3253</v>
+        <v>3365</v>
       </c>
       <c r="K56" t="s">
-        <v>2099</v>
+        <v>2203</v>
       </c>
       <c r="L56" t="s">
-        <v>965</v>
+        <v>1023</v>
       </c>
       <c r="M56" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N56" t="s">
-        <v>3254</v>
+        <v>3366</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q56" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R56" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S56" t="s">
-        <v>3256</v>
+        <v>3368</v>
       </c>
       <c r="T56" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B57" t="s">
-        <v>3257</v>
+        <v>3369</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>3258</v>
+        <v>3370</v>
       </c>
       <c r="H57" t="s">
-        <v>3259</v>
+        <v>3371</v>
       </c>
       <c r="I57" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J57" t="s">
         <v>20</v>
       </c>
       <c r="K57" t="s">
-        <v>1504</v>
+        <v>1614</v>
       </c>
       <c r="L57" t="s">
-        <v>1505</v>
+        <v>1615</v>
       </c>
       <c r="M57" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N57" t="s">
-        <v>3260</v>
+        <v>3372</v>
       </c>
       <c r="O57" t="s">
         <v>20</v>
       </c>
       <c r="P57" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q57" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R57" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S57" t="s">
-        <v>3261</v>
+        <v>3373</v>
       </c>
       <c r="T57" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B58" t="s">
-        <v>3262</v>
+        <v>3374</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>3263</v>
+        <v>3375</v>
       </c>
       <c r="H58" t="s">
-        <v>3264</v>
+        <v>3376</v>
       </c>
       <c r="I58" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J58" t="s">
-        <v>3265</v>
+        <v>3377</v>
       </c>
       <c r="K58" t="s">
-        <v>2125</v>
+        <v>2229</v>
       </c>
       <c r="L58" t="s">
-        <v>2126</v>
+        <v>2230</v>
       </c>
       <c r="M58" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N58" t="s">
-        <v>3266</v>
+        <v>3378</v>
       </c>
       <c r="O58" t="s">
         <v>20</v>
       </c>
       <c r="P58" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q58" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R58" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S58" t="s">
-        <v>3267</v>
+        <v>3379</v>
       </c>
       <c r="T58" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B59" t="s">
-        <v>3268</v>
+        <v>3380</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>3269</v>
+        <v>3381</v>
       </c>
       <c r="H59" t="s">
-        <v>3270</v>
+        <v>3382</v>
       </c>
       <c r="I59" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J59" t="s">
-        <v>3271</v>
+        <v>3383</v>
       </c>
       <c r="K59" t="s">
-        <v>1280</v>
+        <v>1217</v>
       </c>
       <c r="L59" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M59" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N59" t="s">
-        <v>3272</v>
+        <v>3384</v>
       </c>
       <c r="O59" t="s">
         <v>20</v>
       </c>
       <c r="P59" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q59" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R59" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S59" t="s">
-        <v>3273</v>
+        <v>3385</v>
       </c>
       <c r="T59" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B60" t="s">
-        <v>3274</v>
+        <v>3386</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>3275</v>
+        <v>3387</v>
       </c>
       <c r="H60" t="s">
-        <v>3276</v>
+        <v>3388</v>
       </c>
       <c r="I60" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J60" t="s">
-        <v>3277</v>
+        <v>3389</v>
       </c>
       <c r="K60" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="L60" t="s">
         <v>30</v>
       </c>
       <c r="M60" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N60" t="s">
-        <v>3278</v>
+        <v>3390</v>
       </c>
       <c r="O60" t="s">
         <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q60" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R60" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S60" t="s">
-        <v>3279</v>
+        <v>3391</v>
       </c>
       <c r="T60" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B61" t="s">
-        <v>3280</v>
+        <v>3392</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>3281</v>
+        <v>3393</v>
       </c>
       <c r="H61" t="s">
-        <v>3282</v>
+        <v>3394</v>
       </c>
       <c r="I61" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J61" t="s">
         <v>20</v>
       </c>
       <c r="K61" t="s">
-        <v>1206</v>
+        <v>1321</v>
       </c>
       <c r="L61" t="s">
-        <v>1207</v>
+        <v>1322</v>
       </c>
       <c r="M61" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N61" t="s">
-        <v>3283</v>
+        <v>3395</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q61" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R61" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S61" t="s">
-        <v>3284</v>
+        <v>3396</v>
       </c>
       <c r="T61" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B62" t="s">
-        <v>3285</v>
+        <v>3397</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>3286</v>
+        <v>3398</v>
       </c>
       <c r="H62" t="s">
-        <v>3287</v>
+        <v>3399</v>
       </c>
       <c r="I62" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J62" t="s">
-        <v>3288</v>
+        <v>3400</v>
       </c>
       <c r="K62" t="s">
-        <v>1416</v>
+        <v>1526</v>
       </c>
       <c r="L62" t="s">
         <v>30</v>
       </c>
       <c r="M62" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N62" t="s">
-        <v>3289</v>
+        <v>3401</v>
       </c>
       <c r="O62" t="s">
         <v>20</v>
       </c>
       <c r="P62" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q62" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R62" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S62" t="s">
-        <v>3290</v>
+        <v>3402</v>
       </c>
       <c r="T62" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B63" t="s">
-        <v>3291</v>
+        <v>3403</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>3250</v>
+        <v>3362</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>3292</v>
+        <v>3404</v>
       </c>
       <c r="H63" t="s">
-        <v>3293</v>
+        <v>3405</v>
       </c>
       <c r="I63" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J63" t="s">
         <v>20</v>
       </c>
       <c r="K63" t="s">
-        <v>3294</v>
+        <v>3406</v>
       </c>
       <c r="L63" t="s">
-        <v>3295</v>
+        <v>3407</v>
       </c>
       <c r="M63" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N63" t="s">
-        <v>3296</v>
+        <v>3408</v>
       </c>
       <c r="O63" t="s">
         <v>20</v>
       </c>
       <c r="P63" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q63" t="s">
-        <v>3255</v>
+        <v>3367</v>
       </c>
       <c r="R63" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S63" t="s">
-        <v>3297</v>
+        <v>3409</v>
       </c>
       <c r="T63" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B64" t="s">
-        <v>3298</v>
+        <v>3410</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>3299</v>
+        <v>3411</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>3300</v>
+        <v>3412</v>
       </c>
       <c r="H64" t="s">
-        <v>3301</v>
+        <v>3413</v>
       </c>
       <c r="I64" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J64" t="s">
-        <v>3302</v>
+        <v>3414</v>
       </c>
       <c r="K64" t="s">
-        <v>1280</v>
+        <v>1217</v>
       </c>
       <c r="L64" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="M64" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N64" t="s">
-        <v>3303</v>
+        <v>3415</v>
       </c>
       <c r="O64" t="s">
         <v>20</v>
       </c>
       <c r="P64" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q64" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R64" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S64" t="s">
-        <v>3304</v>
+        <v>3416</v>
       </c>
       <c r="T64" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B65" t="s">
-        <v>3305</v>
+        <v>3417</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>3306</v>
+        <v>3418</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>3307</v>
+        <v>3419</v>
       </c>
       <c r="H65" t="s">
-        <v>3308</v>
+        <v>3420</v>
       </c>
       <c r="I65" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J65" t="s">
-        <v>3309</v>
+        <v>3421</v>
       </c>
       <c r="K65" t="s">
-        <v>1214</v>
+        <v>1329</v>
       </c>
       <c r="L65" t="s">
-        <v>1215</v>
+        <v>1330</v>
       </c>
       <c r="M65" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N65" t="s">
-        <v>3310</v>
+        <v>3422</v>
       </c>
       <c r="O65" t="s">
         <v>20</v>
       </c>
       <c r="P65" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q65" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R65" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S65" t="s">
-        <v>3311</v>
+        <v>3423</v>
       </c>
       <c r="T65" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B66" t="s">
-        <v>3312</v>
+        <v>3424</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>3083</v>
+        <v>3195</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>3313</v>
+        <v>3425</v>
       </c>
       <c r="H66" t="s">
-        <v>3314</v>
+        <v>3426</v>
       </c>
       <c r="I66" t="s">
-        <v>2912</v>
+        <v>3007</v>
       </c>
       <c r="J66" t="s">
-        <v>3315</v>
+        <v>3427</v>
       </c>
       <c r="K66" t="s">
-        <v>2099</v>
+        <v>2203</v>
       </c>
       <c r="L66" t="s">
-        <v>965</v>
+        <v>1023</v>
       </c>
       <c r="M66" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N66" t="s">
         <v>20</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="Q66" t="s">
-        <v>3002</v>
+        <v>3115</v>
       </c>
       <c r="R66" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="S66" t="s">
-        <v>3316</v>
+        <v>3428</v>
       </c>
       <c r="T66" t="s">
-        <v>2908</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B67" t="s">
-        <v>3317</v>
+        <v>3429</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>3318</v>
+        <v>3430</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>3319</v>
+        <v>3431</v>
       </c>
       <c r="H67" t="s">
-        <v>3320</v>
+        <v>3432</v>
       </c>
       <c r="I67" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J67" t="s">
-        <v>3321</v>
+        <v>3433</v>
       </c>
       <c r="K67" t="s">
-        <v>3322</v>
+        <v>3434</v>
       </c>
       <c r="L67" t="s">
         <v>30</v>
       </c>
       <c r="M67" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N67" t="s">
-        <v>3323</v>
+        <v>3435</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q67" t="s">
-        <v>3324</v>
+        <v>3436</v>
       </c>
       <c r="R67" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S67" t="s">
-        <v>3325</v>
+        <v>3437</v>
       </c>
       <c r="T67" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B68" t="s">
-        <v>3326</v>
+        <v>3438</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>3318</v>
+        <v>3430</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>3327</v>
+        <v>3439</v>
       </c>
       <c r="H68" t="s">
-        <v>3328</v>
+        <v>3440</v>
       </c>
       <c r="I68" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J68" t="s">
-        <v>3329</v>
+        <v>3441</v>
       </c>
       <c r="K68" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="L68" t="s">
         <v>30</v>
       </c>
       <c r="M68" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N68" t="s">
-        <v>3330</v>
+        <v>3442</v>
       </c>
       <c r="O68" t="s">
         <v>20</v>
       </c>
       <c r="P68" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q68" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R68" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S68" t="s">
-        <v>3331</v>
+        <v>3443</v>
       </c>
       <c r="T68" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B69" t="s">
-        <v>3332</v>
+        <v>3444</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>3318</v>
+        <v>3430</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>3333</v>
+        <v>3445</v>
       </c>
       <c r="H69" t="s">
-        <v>3334</v>
+        <v>3446</v>
       </c>
       <c r="I69" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J69" t="s">
-        <v>3321</v>
+        <v>3433</v>
       </c>
       <c r="K69" t="s">
-        <v>3322</v>
+        <v>3434</v>
       </c>
       <c r="L69" t="s">
         <v>30</v>
       </c>
       <c r="M69" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N69" t="s">
         <v>20</v>
       </c>
       <c r="O69" t="s">
         <v>20</v>
       </c>
       <c r="P69" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q69" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R69" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S69" t="s">
-        <v>3335</v>
+        <v>3447</v>
       </c>
       <c r="T69" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B70" t="s">
-        <v>3336</v>
+        <v>3448</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>3318</v>
+        <v>3430</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>3337</v>
+        <v>3449</v>
       </c>
       <c r="H70" t="s">
-        <v>3338</v>
+        <v>3450</v>
       </c>
       <c r="I70" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J70" t="s">
-        <v>3329</v>
+        <v>3441</v>
       </c>
       <c r="K70" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="L70" t="s">
         <v>30</v>
       </c>
       <c r="M70" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N70" t="s">
-        <v>3339</v>
+        <v>3451</v>
       </c>
       <c r="O70" t="s">
         <v>20</v>
       </c>
       <c r="P70" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q70" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R70" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S70" t="s">
-        <v>3340</v>
+        <v>3452</v>
       </c>
       <c r="T70" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B71" t="s">
-        <v>751</v>
+        <v>61</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>3318</v>
+        <v>3430</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>3341</v>
+        <v>3453</v>
       </c>
       <c r="H71" t="s">
-        <v>3342</v>
+        <v>3454</v>
       </c>
       <c r="I71" t="s">
-        <v>3013</v>
+        <v>3125</v>
       </c>
       <c r="J71" t="s">
-        <v>3343</v>
+        <v>3455</v>
       </c>
       <c r="K71" t="s">
-        <v>1153</v>
+        <v>1272</v>
       </c>
       <c r="L71" t="s">
-        <v>753</v>
+        <v>63</v>
       </c>
       <c r="M71" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N71" t="s">
-        <v>3323</v>
+        <v>3435</v>
       </c>
       <c r="O71" t="s">
         <v>20</v>
       </c>
       <c r="P71" t="s">
-        <v>2905</v>
+        <v>3018</v>
       </c>
       <c r="Q71" t="s">
-        <v>3344</v>
+        <v>3456</v>
       </c>
       <c r="R71" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S71" t="s">
-        <v>754</v>
+        <v>64</v>
       </c>
       <c r="T71" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B72" t="s">
-        <v>3345</v>
+        <v>3457</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>3318</v>
+        <v>3430</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>3346</v>
+        <v>3458</v>
       </c>
       <c r="H72" t="s">
-        <v>3347</v>
+        <v>3459</v>
       </c>
       <c r="I72" t="s">
-        <v>2912</v>
+        <v>3025</v>
       </c>
       <c r="J72" t="s">
-        <v>3321</v>
+        <v>3433</v>
       </c>
       <c r="K72" t="s">
-        <v>3322</v>
+        <v>3434</v>
       </c>
       <c r="L72" t="s">
         <v>30</v>
       </c>
       <c r="M72" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N72" t="s">
-        <v>3323</v>
+        <v>3435</v>
       </c>
       <c r="O72" t="s">
         <v>20</v>
       </c>
       <c r="P72" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="Q72" t="s">
-        <v>2914</v>
+        <v>3027</v>
       </c>
       <c r="R72" t="s">
-        <v>1136</v>
+        <v>1191</v>
       </c>
       <c r="S72" t="s">
-        <v>3348</v>
+        <v>3460</v>
       </c>
       <c r="T72" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2889</v>
+        <v>3002</v>
       </c>
       <c r="B73" t="s">
-        <v>3349</v>
+        <v>3461</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>3350</v>
+        <v>3462</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>3351</v>
+        <v>3463</v>
       </c>
       <c r="H73" t="s">
-        <v>3352</v>
+        <v>3464</v>
       </c>
       <c r="I73" t="s">
-        <v>2894</v>
+        <v>3007</v>
       </c>
       <c r="J73" t="s">
-        <v>3353</v>
+        <v>3465</v>
       </c>
       <c r="K73" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="L73" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="M73" t="s">
-        <v>1135</v>
+        <v>1190</v>
       </c>
       <c r="N73" t="s">
         <v>20</v>
       </c>
       <c r="O73" t="s">
         <v>20</v>
       </c>
       <c r="P73" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="Q73" t="s">
-        <v>2922</v>
+        <v>3035</v>
       </c>
       <c r="R73" t="s">
-        <v>2896</v>
+        <v>3009</v>
       </c>
       <c r="S73" t="s">
-        <v>3354</v>
+        <v>3466</v>
       </c>
       <c r="T73" t="s">
-        <v>2899</v>
+        <v>3012</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>