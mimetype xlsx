--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="977" uniqueCount="424">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -252,96 +258,1125 @@
     <t>MICHEL</t>
   </si>
   <si>
     <t>28 April 2022</t>
   </si>
   <si>
     <t>Docteur THIERRY GOUGAM</t>
   </si>
   <si>
     <t>06/04/2020 10:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3169700/fr/docteur-thierry-gougam</t>
   </si>
   <si>
     <t>p_3169700</t>
   </si>
   <si>
     <t>GOUGAM</t>
   </si>
   <si>
     <t>THIERRY</t>
   </si>
   <si>
     <t>06 June 2024</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>MAS LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15043_FicheESSMS/fr/mas-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>15043_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Alfred Dreyfus</t>
+  </si>
+  <si>
+    <t>23000 GUERET</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>230000473</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT APAJH</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14359_FicheESSMS/fr/foyer-d-hebergement-apajh</t>
+  </si>
+  <si>
+    <t>14359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23270 CHATELUS MALVALEIX</t>
+  </si>
+  <si>
+    <t>CHATELUS MALVALEIX</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>230781932</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14358_FicheESSMS/fr/foyer-occupationnel-apajh</t>
+  </si>
+  <si>
+    <t>14358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23700 ARFEUILLE CHATAIN</t>
+  </si>
+  <si>
+    <t>ARFEUILLE CHATAIN</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>230001539</t>
+  </si>
+  <si>
+    <t>FOYER POUR HANDICAPES APAJH</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13920_FicheESSMS/fr/foyer-pour-handicapes-apajh</t>
+  </si>
+  <si>
+    <t>13920_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Salvador Allende</t>
+  </si>
+  <si>
+    <t>230000044</t>
+  </si>
+  <si>
+    <t>EHPAD ET UNITE PROTEGEE LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13340_FicheESSMS/fr/ehpad-et-unite-protegee-la-souterraine</t>
+  </si>
+  <si>
+    <t>13340_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Avenue Pasteur</t>
+  </si>
+  <si>
+    <t>23300 LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>230780314</t>
+  </si>
+  <si>
+    <t>SERVICE INVESTIGATION EDUCATION AECJF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/826_FicheESSMS/fr/service-investigation-education-aecjf</t>
+  </si>
+  <si>
+    <t>826_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>23001 GUERET</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>230000192</t>
+  </si>
+  <si>
+    <t>SERVICE DPF AECJF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/825_FicheESSMS/fr/service-dpf-aecjf</t>
+  </si>
+  <si>
+    <t>825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>230000184</t>
+  </si>
+  <si>
+    <t>SERVICE MJMP AECJF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/824_FicheESSMS/fr/service-mjmp-aecjf</t>
+  </si>
+  <si>
+    <t>824_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>230004384</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM MSA LIM SERV GUERET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2700_FicheESSMS/fr/service-mjpm-msa-lim-serv-gueret</t>
+  </si>
+  <si>
+    <t>2700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue D Auvergne</t>
+  </si>
+  <si>
+    <t>230004301</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ATMPC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3640_FicheESSMS/fr/service-mjpm-atmpc</t>
+  </si>
+  <si>
+    <t>3640_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23000 ST SULPICE LE GUERETOIS</t>
+  </si>
+  <si>
+    <t>ST SULPICE LE GUERETOIS</t>
+  </si>
+  <si>
+    <t>230004319</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE DES CHAMPS BLANCS APAJH23</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4167_FicheESSMS/fr/foyer-de-vie-des-champs-blancs-apajh23</t>
+  </si>
+  <si>
+    <t>4167_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue Du Champ De Course</t>
+  </si>
+  <si>
+    <t>23000 STE FEYRE</t>
+  </si>
+  <si>
+    <t>STE FEYRE</t>
+  </si>
+  <si>
+    <t>230004848</t>
+  </si>
+  <si>
+    <t>MAS LES CHAUMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4166_FicheESSMS/fr/mas-les-chaumes</t>
+  </si>
+  <si>
+    <t>4166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Docteur Turquet</t>
+  </si>
+  <si>
+    <t>23270 CLUGNAT</t>
+  </si>
+  <si>
+    <t>CLUGNAT</t>
+  </si>
+  <si>
+    <t>230004012</t>
+  </si>
+  <si>
+    <t>SAMSAH HANDICAP PSYCHIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4165_FicheESSMS/fr/samsah-handicap-psychique</t>
+  </si>
+  <si>
+    <t>4165_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue D'Auvergne</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>230005126</t>
+  </si>
+  <si>
+    <t>ESAT LES ATELIERS DU MASGEROT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4164_FicheESSMS/fr/esat-les-ateliers-du-masgerot</t>
+  </si>
+  <si>
+    <t>4164_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>230000051</t>
+  </si>
+  <si>
+    <t>SCE D'ACCOMPAGNEMENT ET SOUTIEN APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4163_FicheESSMS/fr/sce-d-accompagnement-et-soutien-apajh</t>
+  </si>
+  <si>
+    <t>4163_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>230782658</t>
+  </si>
+  <si>
+    <t>IME DE GRANCHER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4162_FicheESSMS/fr/ime-de-grancher</t>
+  </si>
+  <si>
+    <t>4162_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>230780124</t>
+  </si>
+  <si>
+    <t>IME DE LA RIBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4161_FicheESSMS/fr/ime-de-la-ribe</t>
+  </si>
+  <si>
+    <t>4161_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23240 LE GRAND BOURG</t>
+  </si>
+  <si>
+    <t>LE GRAND BOURG</t>
+  </si>
+  <si>
+    <t>230780025</t>
+  </si>
+  <si>
+    <t>SESSAD APAJH DE LA CREUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4160_FicheESSMS/fr/sessad-apajh-de-la-creuse</t>
+  </si>
+  <si>
+    <t>4160_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Martinet</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>230003311</t>
+  </si>
+  <si>
+    <t>RES SOC FJT JEAN PETITBOUEX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6173_FicheESSMS/fr/res-soc-fjt-jean-petitbouex</t>
+  </si>
+  <si>
+    <t>6173_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue De Jouhet</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>230782278</t>
+  </si>
+  <si>
+    <t>RES SOC FJT ALLENDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6172_FicheESSMS/fr/res-soc-fjt-allende</t>
+  </si>
+  <si>
+    <t>6172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Salvador Allende</t>
+  </si>
+  <si>
+    <t>230782260</t>
+  </si>
+  <si>
+    <t>STEMO LIMOUSIN - UEMO GUERET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6594_FicheESSMS/fr/stemo-limousin-uemo-gueret</t>
+  </si>
+  <si>
+    <t>6594_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue De La Senatorie</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>230004863</t>
+  </si>
+  <si>
+    <t>MAS DE SAUZET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6868_FicheESSMS/fr/mas-de-sauzet</t>
+  </si>
+  <si>
+    <t>6868_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23170 BUDELIERE</t>
+  </si>
+  <si>
+    <t>BUDELIERE</t>
+  </si>
+  <si>
+    <t>230781593</t>
+  </si>
+  <si>
+    <t>EAM GENTIOUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6867_FicheESSMS/fr/eam-gentioux</t>
+  </si>
+  <si>
+    <t>6867_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Route De Vassiviere</t>
+  </si>
+  <si>
+    <t>23340 GENTIOUX PIGEROLLES</t>
+  </si>
+  <si>
+    <t>GENTIOUX PIGEROLLES</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>230782492</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LE SOLEIL LEVANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8236_FicheESSMS/fr/lieu-de-vie-le-soleil-levant</t>
+  </si>
+  <si>
+    <t>8236_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place De La Bascule</t>
+  </si>
+  <si>
+    <t>23140 DOMEYROT</t>
+  </si>
+  <si>
+    <t>DOMEYROT</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>230001919</t>
+  </si>
+  <si>
+    <t>EHPAD LES GENETS D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9174_FicheESSMS/fr/ehpad-les-genets-d-or</t>
+  </si>
+  <si>
+    <t>9174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23110 EVAUX LES BAINS</t>
+  </si>
+  <si>
+    <t>EVAUX LES BAINS</t>
+  </si>
+  <si>
+    <t>230004178</t>
+  </si>
+  <si>
+    <t>SSAD BERTHA ROOS CREUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9704_FicheESSMS/fr/ssad-bertha-roos-creuse</t>
+  </si>
+  <si>
+    <t>9704_FicheESSMS</t>
+  </si>
+  <si>
+    <t>230003139</t>
+  </si>
+  <si>
+    <t>EHPAD EUGENE ROMAINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10115_FicheESSMS/fr/ehpad-eugene-romaine</t>
+  </si>
+  <si>
+    <t>10115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse Des Troenes</t>
+  </si>
+  <si>
+    <t>23600 BOUSSAC</t>
+  </si>
+  <si>
+    <t>BOUSSAC</t>
+  </si>
+  <si>
+    <t>230781627</t>
+  </si>
+  <si>
+    <t>EHPAD LE MONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10128_FicheESSMS/fr/ehpad-le-mont</t>
+  </si>
+  <si>
+    <t>10128_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Henri Dunant</t>
+  </si>
+  <si>
+    <t>23200 AUBUSSON</t>
+  </si>
+  <si>
+    <t>AUBUSSON</t>
+  </si>
+  <si>
+    <t>230004129</t>
+  </si>
+  <si>
+    <t>EHPAD LES 4 CADRANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10116_FicheESSMS/fr/ehpad-les-4-cadrans</t>
+  </si>
+  <si>
+    <t>10116_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Combeau</t>
+  </si>
+  <si>
+    <t>230003618</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION ET READAPTATION FONCTIONNELLE</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:45:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/663_FicheEtablissement/fr/crrf-andre-lalande</t>
+  </si>
+  <si>
+    <t>663_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>23300 NOTH</t>
+  </si>
+  <si>
+    <t>NOTH</t>
+  </si>
+  <si>
+    <t>0555896400</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>230782617</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MOYEN SEJOUR D'EVAUX-LES-BAINS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/656_FicheEtablissement/fr/ctre-hospitalier-moyen-sejour-evaux</t>
+  </si>
+  <si>
+    <t>656_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0555656000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>230000952</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LA VALETTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/655_FicheEtablissement/fr/centre-hospitalier-saint-vaury</t>
+  </si>
+  <si>
+    <t>655_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23320 ST VAURY</t>
+  </si>
+  <si>
+    <t>ST VAURY</t>
+  </si>
+  <si>
+    <t>0555517700</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>230000853</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER BERNARD DESPLAS DE BOURGANEUF</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/654_FicheEtablissement/fr/c-h-bernard-desplas-bourganeuf</t>
+  </si>
+  <si>
+    <t>654_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23400 BOURGANEUF</t>
+  </si>
+  <si>
+    <t>BOURGANEUF</t>
+  </si>
+  <si>
+    <t>0555545000</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>230000846</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'AUBUSSON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/653_FicheEtablissement/fr/centre-hospitalier-d-aubusson</t>
+  </si>
+  <si>
+    <t>653_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0555835050</t>
+  </si>
+  <si>
+    <t>230000838</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE GUERET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/652_FicheEtablissement/fr/centre-hospitalier-gueret</t>
+  </si>
+  <si>
+    <t>652_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>39 Avenue De La Senatorerie</t>
+  </si>
+  <si>
+    <t>23011 GUERET</t>
+  </si>
+  <si>
+    <t>0555517000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>USLD - CH GUERET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/651_FicheEtablissement/fr/usld-ch-gueret</t>
+  </si>
+  <si>
+    <t>651_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Tanguy Prigent</t>
+  </si>
+  <si>
+    <t>0555814400</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>230000259</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CH DE BOURGANEUF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/650_FicheEtablissement/fr/usld-ch-b-desplas-bourganeuf</t>
+  </si>
+  <si>
+    <t>650_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>230000234</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA MARCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/661_FicheEtablissement/fr/clinique-de-la-marche-gueret</t>
+  </si>
+  <si>
+    <t>661_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57 Avenue Du Berry</t>
+  </si>
+  <si>
+    <t>0555518940</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICAL NATIONAL ALFRED LEUNE - MGEN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/660_FicheEtablissement/fr/centre-medical-national-sainte-feyre</t>
+  </si>
+  <si>
+    <t>660_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0555514000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>230780082</t>
+  </si>
+  <si>
+    <t>SITE CROIX BLANCHE - CH AUBUSSON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/658_FicheEtablissement/fr/site-croix-blanche</t>
+  </si>
+  <si>
+    <t>658_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23200 MOUTIER ROZEILLE</t>
+  </si>
+  <si>
+    <t>MOUTIER ROZEILLE</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>230004657</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MOYEN SEJOUR DE LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/657_FicheEtablissement/fr/ctre-hospital-moyen-sejour-souterraine</t>
+  </si>
+  <si>
+    <t>657_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0555895800</t>
+  </si>
+  <si>
+    <t>230000960</t>
+  </si>
+  <si>
+    <t>USLD D'EVAUX-LES-BAINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/665_FicheEtablissement/fr/usld-d-evaux-les-bains</t>
+  </si>
+  <si>
+    <t>665_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>230782724</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE D'AUBUSSON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/664_FicheEtablissement/fr/usld-ch-d-aubusson</t>
+  </si>
+  <si>
+    <t>664_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>230782716</t>
+  </si>
+  <si>
+    <t>CLINIQUE  CHATELGUYON  VIERSAT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/662_FicheEtablissement/fr/clinique-chatelguyon-viersat</t>
+  </si>
+  <si>
+    <t>662_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Chatel Guyon</t>
+  </si>
+  <si>
+    <t>23170 VIERSAT</t>
+  </si>
+  <si>
+    <t>VIERSAT</t>
+  </si>
+  <si>
+    <t>0555657297</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>230780181</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CH DE LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/666_FicheEtablissement/fr/usld-du-ch-de-la-souterraine</t>
+  </si>
+  <si>
+    <t>666_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>230782732</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE GUERET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3637_FicheEtablissement/fr/unite-de-dialyse-gueret</t>
+  </si>
+  <si>
+    <t>3637_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0555520996</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>230003576</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -758,41 +1793,2685 @@
       </c>
       <c r="L8" t="s">
         <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
         <v>80</v>
       </c>
       <c r="O8" t="s">
         <v>58</v>
       </c>
       <c r="P8" t="s">
         <v>39</v>
       </c>
       <c r="Q8" t="s">
         <v>40</v>
       </c>
       <c r="R8" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>81</v>
+      </c>
+      <c r="J1" t="s">
+        <v>82</v>
+      </c>
+      <c r="K1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L1" t="s">
+        <v>84</v>
+      </c>
+      <c r="M1" t="s">
+        <v>85</v>
+      </c>
+      <c r="N1" t="s">
+        <v>86</v>
+      </c>
+      <c r="O1" t="s">
+        <v>87</v>
+      </c>
+      <c r="P1" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H2" t="s">
+        <v>93</v>
+      </c>
+      <c r="I2" t="s">
+        <v>94</v>
+      </c>
+      <c r="J2" t="s">
+        <v>95</v>
+      </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" t="s">
+        <v>96</v>
+      </c>
+      <c r="M2" t="s">
+        <v>97</v>
+      </c>
+      <c r="N2" t="s">
+        <v>98</v>
+      </c>
+      <c r="O2" t="s">
+        <v>99</v>
+      </c>
+      <c r="P2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I3" t="s">
+        <v>105</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>106</v>
+      </c>
+      <c r="L3" t="s">
+        <v>96</v>
+      </c>
+      <c r="M3" t="s">
+        <v>97</v>
+      </c>
+      <c r="N3" t="s">
+        <v>98</v>
+      </c>
+      <c r="O3" t="s">
+        <v>107</v>
+      </c>
+      <c r="P3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>111</v>
+      </c>
+      <c r="I4" t="s">
+        <v>112</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>113</v>
+      </c>
+      <c r="L4" t="s">
+        <v>96</v>
+      </c>
+      <c r="M4" t="s">
+        <v>97</v>
+      </c>
+      <c r="N4" t="s">
+        <v>98</v>
+      </c>
+      <c r="O4" t="s">
+        <v>114</v>
+      </c>
+      <c r="P4" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>117</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>118</v>
+      </c>
+      <c r="H5" t="s">
+        <v>119</v>
+      </c>
+      <c r="I5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" t="s">
+        <v>96</v>
+      </c>
+      <c r="M5" t="s">
+        <v>97</v>
+      </c>
+      <c r="N5" t="s">
+        <v>98</v>
+      </c>
+      <c r="O5" t="s">
+        <v>107</v>
+      </c>
+      <c r="P5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>124</v>
+      </c>
+      <c r="H6" t="s">
+        <v>125</v>
+      </c>
+      <c r="I6" t="s">
+        <v>126</v>
+      </c>
+      <c r="J6" t="s">
+        <v>127</v>
+      </c>
+      <c r="K6" t="s">
+        <v>128</v>
+      </c>
+      <c r="L6" t="s">
+        <v>96</v>
+      </c>
+      <c r="M6" t="s">
+        <v>129</v>
+      </c>
+      <c r="N6" t="s">
+        <v>130</v>
+      </c>
+      <c r="O6" t="s">
+        <v>131</v>
+      </c>
+      <c r="P6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>135</v>
+      </c>
+      <c r="H7" t="s">
+        <v>136</v>
+      </c>
+      <c r="I7" t="s">
+        <v>137</v>
+      </c>
+      <c r="J7" t="s">
+        <v>138</v>
+      </c>
+      <c r="K7" t="s">
+        <v>40</v>
+      </c>
+      <c r="L7" t="s">
+        <v>96</v>
+      </c>
+      <c r="M7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N7" t="s">
+        <v>139</v>
+      </c>
+      <c r="O7" t="s">
+        <v>140</v>
+      </c>
+      <c r="P7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>89</v>
+      </c>
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>134</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>143</v>
+      </c>
+      <c r="H8" t="s">
+        <v>144</v>
+      </c>
+      <c r="I8" t="s">
+        <v>145</v>
+      </c>
+      <c r="J8" t="s">
+        <v>95</v>
+      </c>
+      <c r="K8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L8" t="s">
+        <v>96</v>
+      </c>
+      <c r="M8" t="s">
+        <v>97</v>
+      </c>
+      <c r="N8" t="s">
+        <v>139</v>
+      </c>
+      <c r="O8" t="s">
+        <v>146</v>
+      </c>
+      <c r="P8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>134</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>149</v>
+      </c>
+      <c r="H9" t="s">
+        <v>150</v>
+      </c>
+      <c r="I9" t="s">
+        <v>145</v>
+      </c>
+      <c r="J9" t="s">
+        <v>95</v>
+      </c>
+      <c r="K9" t="s">
+        <v>40</v>
+      </c>
+      <c r="L9" t="s">
+        <v>96</v>
+      </c>
+      <c r="M9" t="s">
+        <v>97</v>
+      </c>
+      <c r="N9" t="s">
+        <v>151</v>
+      </c>
+      <c r="O9" t="s">
+        <v>152</v>
+      </c>
+      <c r="P9" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>154</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>155</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>156</v>
+      </c>
+      <c r="H10" t="s">
+        <v>157</v>
+      </c>
+      <c r="I10" t="s">
+        <v>158</v>
+      </c>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>40</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
+        <v>151</v>
+      </c>
+      <c r="O10" t="s">
+        <v>152</v>
+      </c>
+      <c r="P10" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>160</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>161</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>162</v>
+      </c>
+      <c r="H11" t="s">
+        <v>163</v>
+      </c>
+      <c r="I11" t="s">
+        <v>164</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>165</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>151</v>
+      </c>
+      <c r="O11" t="s">
+        <v>152</v>
+      </c>
+      <c r="P11" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>168</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>169</v>
+      </c>
+      <c r="H12" t="s">
+        <v>170</v>
+      </c>
+      <c r="I12" t="s">
+        <v>171</v>
+      </c>
+      <c r="J12" t="s">
+        <v>172</v>
+      </c>
+      <c r="K12" t="s">
+        <v>173</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>98</v>
+      </c>
+      <c r="O12" t="s">
+        <v>114</v>
+      </c>
+      <c r="P12" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>175</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>168</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" t="s">
+        <v>177</v>
+      </c>
+      <c r="I13" t="s">
+        <v>178</v>
+      </c>
+      <c r="J13" t="s">
+        <v>179</v>
+      </c>
+      <c r="K13" t="s">
+        <v>180</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>98</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>182</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>168</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>183</v>
+      </c>
+      <c r="H14" t="s">
+        <v>184</v>
+      </c>
+      <c r="I14" t="s">
+        <v>185</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
+        <v>40</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>98</v>
+      </c>
+      <c r="O14" t="s">
+        <v>186</v>
+      </c>
+      <c r="P14" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>188</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>168</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>189</v>
+      </c>
+      <c r="H15" t="s">
+        <v>190</v>
+      </c>
+      <c r="I15" t="s">
+        <v>164</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>165</v>
+      </c>
+      <c r="L15" t="s">
+        <v>96</v>
+      </c>
+      <c r="M15" t="s">
+        <v>97</v>
+      </c>
+      <c r="N15" t="s">
+        <v>98</v>
+      </c>
+      <c r="O15" t="s">
+        <v>191</v>
+      </c>
+      <c r="P15" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" t="s">
+        <v>193</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>168</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>194</v>
+      </c>
+      <c r="H16" t="s">
+        <v>195</v>
+      </c>
+      <c r="I16" t="s">
+        <v>185</v>
+      </c>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>40</v>
+      </c>
+      <c r="L16" t="s">
+        <v>96</v>
+      </c>
+      <c r="M16" t="s">
+        <v>97</v>
+      </c>
+      <c r="N16" t="s">
+        <v>98</v>
+      </c>
+      <c r="O16" t="s">
+        <v>196</v>
+      </c>
+      <c r="P16" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>198</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>168</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>199</v>
+      </c>
+      <c r="H17" t="s">
+        <v>200</v>
+      </c>
+      <c r="I17" t="s">
+        <v>95</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>40</v>
+      </c>
+      <c r="L17" t="s">
+        <v>96</v>
+      </c>
+      <c r="M17" t="s">
+        <v>97</v>
+      </c>
+      <c r="N17" t="s">
+        <v>201</v>
+      </c>
+      <c r="O17" t="s">
+        <v>202</v>
+      </c>
+      <c r="P17" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" t="s">
+        <v>204</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>168</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>205</v>
+      </c>
+      <c r="H18" t="s">
+        <v>206</v>
+      </c>
+      <c r="I18" t="s">
+        <v>207</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>208</v>
+      </c>
+      <c r="L18" t="s">
+        <v>96</v>
+      </c>
+      <c r="M18" t="s">
+        <v>97</v>
+      </c>
+      <c r="N18" t="s">
+        <v>201</v>
+      </c>
+      <c r="O18" t="s">
+        <v>202</v>
+      </c>
+      <c r="P18" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" t="s">
+        <v>210</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>168</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>211</v>
+      </c>
+      <c r="H19" t="s">
+        <v>212</v>
+      </c>
+      <c r="I19" t="s">
+        <v>213</v>
+      </c>
+      <c r="J19" t="s">
+        <v>95</v>
+      </c>
+      <c r="K19" t="s">
+        <v>40</v>
+      </c>
+      <c r="L19" t="s">
+        <v>96</v>
+      </c>
+      <c r="M19" t="s">
+        <v>97</v>
+      </c>
+      <c r="N19" t="s">
+        <v>201</v>
+      </c>
+      <c r="O19" t="s">
+        <v>214</v>
+      </c>
+      <c r="P19" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" t="s">
+        <v>216</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>217</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>218</v>
+      </c>
+      <c r="H20" t="s">
+        <v>219</v>
+      </c>
+      <c r="I20" t="s">
+        <v>220</v>
+      </c>
+      <c r="J20" t="s">
+        <v>95</v>
+      </c>
+      <c r="K20" t="s">
+        <v>40</v>
+      </c>
+      <c r="L20" t="s">
+        <v>96</v>
+      </c>
+      <c r="M20" t="s">
+        <v>97</v>
+      </c>
+      <c r="N20" t="s">
+        <v>221</v>
+      </c>
+      <c r="O20" t="s">
+        <v>222</v>
+      </c>
+      <c r="P20" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>224</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>217</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>225</v>
+      </c>
+      <c r="H21" t="s">
+        <v>226</v>
+      </c>
+      <c r="I21" t="s">
+        <v>227</v>
+      </c>
+      <c r="J21" t="s">
+        <v>95</v>
+      </c>
+      <c r="K21" t="s">
+        <v>40</v>
+      </c>
+      <c r="L21" t="s">
+        <v>96</v>
+      </c>
+      <c r="M21" t="s">
+        <v>97</v>
+      </c>
+      <c r="N21" t="s">
+        <v>221</v>
+      </c>
+      <c r="O21" t="s">
+        <v>222</v>
+      </c>
+      <c r="P21" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" t="s">
+        <v>229</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>230</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>231</v>
+      </c>
+      <c r="H22" t="s">
+        <v>232</v>
+      </c>
+      <c r="I22" t="s">
+        <v>233</v>
+      </c>
+      <c r="J22" t="s">
+        <v>95</v>
+      </c>
+      <c r="K22" t="s">
+        <v>40</v>
+      </c>
+      <c r="L22" t="s">
+        <v>96</v>
+      </c>
+      <c r="M22" t="s">
+        <v>129</v>
+      </c>
+      <c r="N22" t="s">
+        <v>139</v>
+      </c>
+      <c r="O22" t="s">
+        <v>234</v>
+      </c>
+      <c r="P22" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" t="s">
+        <v>236</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>237</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>238</v>
+      </c>
+      <c r="H23" t="s">
+        <v>239</v>
+      </c>
+      <c r="I23" t="s">
+        <v>240</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>241</v>
+      </c>
+      <c r="L23" t="s">
+        <v>96</v>
+      </c>
+      <c r="M23" t="s">
+        <v>97</v>
+      </c>
+      <c r="N23" t="s">
+        <v>98</v>
+      </c>
+      <c r="O23" t="s">
+        <v>99</v>
+      </c>
+      <c r="P23" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" t="s">
+        <v>243</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>237</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>244</v>
+      </c>
+      <c r="H24" t="s">
+        <v>245</v>
+      </c>
+      <c r="I24" t="s">
+        <v>246</v>
+      </c>
+      <c r="J24" t="s">
+        <v>247</v>
+      </c>
+      <c r="K24" t="s">
+        <v>248</v>
+      </c>
+      <c r="L24" t="s">
+        <v>96</v>
+      </c>
+      <c r="M24" t="s">
+        <v>97</v>
+      </c>
+      <c r="N24" t="s">
+        <v>98</v>
+      </c>
+      <c r="O24" t="s">
+        <v>249</v>
+      </c>
+      <c r="P24" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B25" t="s">
+        <v>251</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>252</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>253</v>
+      </c>
+      <c r="H25" t="s">
+        <v>254</v>
+      </c>
+      <c r="I25" t="s">
+        <v>255</v>
+      </c>
+      <c r="J25" t="s">
+        <v>256</v>
+      </c>
+      <c r="K25" t="s">
+        <v>257</v>
+      </c>
+      <c r="L25" t="s">
+        <v>96</v>
+      </c>
+      <c r="M25" t="s">
+        <v>258</v>
+      </c>
+      <c r="N25" t="s">
+        <v>259</v>
+      </c>
+      <c r="O25" t="s">
+        <v>260</v>
+      </c>
+      <c r="P25" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" t="s">
+        <v>262</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>263</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>264</v>
+      </c>
+      <c r="H26" t="s">
+        <v>265</v>
+      </c>
+      <c r="I26" t="s">
+        <v>266</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>267</v>
+      </c>
+      <c r="L26" t="s">
+        <v>96</v>
+      </c>
+      <c r="M26" t="s">
+        <v>129</v>
+      </c>
+      <c r="N26" t="s">
+        <v>130</v>
+      </c>
+      <c r="O26" t="s">
+        <v>131</v>
+      </c>
+      <c r="P26" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" t="s">
+        <v>269</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>270</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>271</v>
+      </c>
+      <c r="H27" t="s">
+        <v>272</v>
+      </c>
+      <c r="I27" t="s">
+        <v>127</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>128</v>
+      </c>
+      <c r="L27" t="s">
+        <v>96</v>
+      </c>
+      <c r="M27" t="s">
+        <v>97</v>
+      </c>
+      <c r="N27" t="s">
+        <v>201</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>89</v>
+      </c>
+      <c r="B28" t="s">
+        <v>274</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>275</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>276</v>
+      </c>
+      <c r="H28" t="s">
+        <v>277</v>
+      </c>
+      <c r="I28" t="s">
+        <v>278</v>
+      </c>
+      <c r="J28" t="s">
+        <v>279</v>
+      </c>
+      <c r="K28" t="s">
+        <v>280</v>
+      </c>
+      <c r="L28" t="s">
+        <v>96</v>
+      </c>
+      <c r="M28" t="s">
+        <v>129</v>
+      </c>
+      <c r="N28" t="s">
+        <v>130</v>
+      </c>
+      <c r="O28" t="s">
+        <v>131</v>
+      </c>
+      <c r="P28" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" t="s">
+        <v>282</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>283</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>284</v>
+      </c>
+      <c r="H29" t="s">
+        <v>285</v>
+      </c>
+      <c r="I29" t="s">
+        <v>286</v>
+      </c>
+      <c r="J29" t="s">
+        <v>287</v>
+      </c>
+      <c r="K29" t="s">
+        <v>288</v>
+      </c>
+      <c r="L29" t="s">
+        <v>96</v>
+      </c>
+      <c r="M29" t="s">
+        <v>129</v>
+      </c>
+      <c r="N29" t="s">
+        <v>130</v>
+      </c>
+      <c r="O29" t="s">
+        <v>131</v>
+      </c>
+      <c r="P29" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" t="s">
+        <v>290</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>283</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>291</v>
+      </c>
+      <c r="H30" t="s">
+        <v>292</v>
+      </c>
+      <c r="I30" t="s">
+        <v>293</v>
+      </c>
+      <c r="J30" t="s">
+        <v>105</v>
+      </c>
+      <c r="K30" t="s">
+        <v>106</v>
+      </c>
+      <c r="L30" t="s">
+        <v>96</v>
+      </c>
+      <c r="M30" t="s">
+        <v>129</v>
+      </c>
+      <c r="N30" t="s">
+        <v>130</v>
+      </c>
+      <c r="O30" t="s">
+        <v>131</v>
+      </c>
+      <c r="P30" t="s">
+        <v>294</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>295</v>
+      </c>
+      <c r="J1" t="s">
+        <v>81</v>
+      </c>
+      <c r="K1" t="s">
+        <v>296</v>
+      </c>
+      <c r="L1" t="s">
+        <v>83</v>
+      </c>
+      <c r="M1" t="s">
+        <v>84</v>
+      </c>
+      <c r="N1" t="s">
+        <v>297</v>
+      </c>
+      <c r="O1" t="s">
+        <v>298</v>
+      </c>
+      <c r="P1" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>300</v>
+      </c>
+      <c r="R1" t="s">
+        <v>85</v>
+      </c>
+      <c r="S1" t="s">
+        <v>301</v>
+      </c>
+      <c r="T1" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>303</v>
+      </c>
+      <c r="B2" t="s">
+        <v>304</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H2" t="s">
+        <v>307</v>
+      </c>
+      <c r="I2" t="s">
+        <v>308</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>309</v>
+      </c>
+      <c r="L2" t="s">
+        <v>310</v>
+      </c>
+      <c r="M2" t="s">
+        <v>96</v>
+      </c>
+      <c r="N2" t="s">
+        <v>311</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>312</v>
+      </c>
+      <c r="R2" t="s">
+        <v>97</v>
+      </c>
+      <c r="S2" t="s">
+        <v>313</v>
+      </c>
+      <c r="T2" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>317</v>
+      </c>
+      <c r="H3" t="s">
+        <v>318</v>
+      </c>
+      <c r="I3" t="s">
+        <v>308</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>266</v>
+      </c>
+      <c r="L3" t="s">
+        <v>267</v>
+      </c>
+      <c r="M3" t="s">
+        <v>96</v>
+      </c>
+      <c r="N3" t="s">
+        <v>319</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>312</v>
+      </c>
+      <c r="R3" t="s">
+        <v>129</v>
+      </c>
+      <c r="S3" t="s">
+        <v>321</v>
+      </c>
+      <c r="T3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B4" t="s">
+        <v>322</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>323</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>324</v>
+      </c>
+      <c r="H4" t="s">
+        <v>325</v>
+      </c>
+      <c r="I4" t="s">
+        <v>308</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>326</v>
+      </c>
+      <c r="L4" t="s">
+        <v>327</v>
+      </c>
+      <c r="M4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N4" t="s">
+        <v>328</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>329</v>
+      </c>
+      <c r="R4" t="s">
+        <v>129</v>
+      </c>
+      <c r="S4" t="s">
+        <v>330</v>
+      </c>
+      <c r="T4" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>303</v>
+      </c>
+      <c r="B5" t="s">
+        <v>331</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>332</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>333</v>
+      </c>
+      <c r="H5" t="s">
+        <v>334</v>
+      </c>
+      <c r="I5" t="s">
+        <v>308</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>335</v>
+      </c>
+      <c r="L5" t="s">
+        <v>336</v>
+      </c>
+      <c r="M5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N5" t="s">
+        <v>337</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>338</v>
+      </c>
+      <c r="R5" t="s">
+        <v>129</v>
+      </c>
+      <c r="S5" t="s">
+        <v>339</v>
+      </c>
+      <c r="T5" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B6" t="s">
+        <v>340</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>341</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>342</v>
+      </c>
+      <c r="H6" t="s">
+        <v>343</v>
+      </c>
+      <c r="I6" t="s">
+        <v>308</v>
+      </c>
+      <c r="J6" t="s">
+        <v>286</v>
+      </c>
+      <c r="K6" t="s">
+        <v>287</v>
+      </c>
+      <c r="L6" t="s">
+        <v>288</v>
+      </c>
+      <c r="M6" t="s">
+        <v>96</v>
+      </c>
+      <c r="N6" t="s">
+        <v>344</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>312</v>
+      </c>
+      <c r="R6" t="s">
+        <v>129</v>
+      </c>
+      <c r="S6" t="s">
+        <v>345</v>
+      </c>
+      <c r="T6" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>303</v>
+      </c>
+      <c r="B7" t="s">
+        <v>346</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>347</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>348</v>
+      </c>
+      <c r="H7" t="s">
+        <v>349</v>
+      </c>
+      <c r="I7" t="s">
+        <v>308</v>
+      </c>
+      <c r="J7" t="s">
+        <v>350</v>
+      </c>
+      <c r="K7" t="s">
+        <v>351</v>
+      </c>
+      <c r="L7" t="s">
+        <v>40</v>
+      </c>
+      <c r="M7" t="s">
+        <v>96</v>
+      </c>
+      <c r="N7" t="s">
+        <v>352</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>353</v>
+      </c>
+      <c r="R7" t="s">
+        <v>129</v>
+      </c>
+      <c r="S7" t="s">
+        <v>41</v>
+      </c>
+      <c r="T7" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>303</v>
+      </c>
+      <c r="B8" t="s">
+        <v>355</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>347</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>356</v>
+      </c>
+      <c r="H8" t="s">
+        <v>357</v>
+      </c>
+      <c r="I8" t="s">
+        <v>308</v>
+      </c>
+      <c r="J8" t="s">
+        <v>358</v>
+      </c>
+      <c r="K8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L8" t="s">
+        <v>40</v>
+      </c>
+      <c r="M8" t="s">
+        <v>96</v>
+      </c>
+      <c r="N8" t="s">
+        <v>359</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>360</v>
+      </c>
+      <c r="R8" t="s">
+        <v>129</v>
+      </c>
+      <c r="S8" t="s">
+        <v>361</v>
+      </c>
+      <c r="T8" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>303</v>
+      </c>
+      <c r="B9" t="s">
+        <v>362</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>332</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>363</v>
+      </c>
+      <c r="H9" t="s">
+        <v>364</v>
+      </c>
+      <c r="I9" t="s">
+        <v>365</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>335</v>
+      </c>
+      <c r="L9" t="s">
+        <v>336</v>
+      </c>
+      <c r="M9" t="s">
+        <v>96</v>
+      </c>
+      <c r="N9" t="s">
+        <v>337</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>360</v>
+      </c>
+      <c r="R9" t="s">
+        <v>129</v>
+      </c>
+      <c r="S9" t="s">
+        <v>366</v>
+      </c>
+      <c r="T9" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>303</v>
+      </c>
+      <c r="B10" t="s">
+        <v>367</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>323</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>368</v>
+      </c>
+      <c r="H10" t="s">
+        <v>369</v>
+      </c>
+      <c r="I10" t="s">
+        <v>308</v>
+      </c>
+      <c r="J10" t="s">
+        <v>370</v>
+      </c>
+      <c r="K10" t="s">
+        <v>351</v>
+      </c>
+      <c r="L10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>371</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>373</v>
+      </c>
+      <c r="R10" t="s">
+        <v>372</v>
+      </c>
+      <c r="S10" t="s">
+        <v>59</v>
+      </c>
+      <c r="T10" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>303</v>
+      </c>
+      <c r="B11" t="s">
+        <v>374</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>375</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>376</v>
+      </c>
+      <c r="H11" t="s">
+        <v>377</v>
+      </c>
+      <c r="I11" t="s">
+        <v>308</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>172</v>
+      </c>
+      <c r="L11" t="s">
+        <v>173</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>378</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>379</v>
+      </c>
+      <c r="R11" t="s">
+        <v>97</v>
+      </c>
+      <c r="S11" t="s">
+        <v>380</v>
+      </c>
+      <c r="T11" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>303</v>
+      </c>
+      <c r="B12" t="s">
+        <v>381</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>341</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>382</v>
+      </c>
+      <c r="H12" t="s">
+        <v>383</v>
+      </c>
+      <c r="I12" t="s">
+        <v>308</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>384</v>
+      </c>
+      <c r="L12" t="s">
+        <v>385</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>344</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>386</v>
+      </c>
+      <c r="R12" t="s">
+        <v>129</v>
+      </c>
+      <c r="S12" t="s">
+        <v>387</v>
+      </c>
+      <c r="T12" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>303</v>
+      </c>
+      <c r="B13" t="s">
+        <v>388</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>389</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>390</v>
+      </c>
+      <c r="H13" t="s">
+        <v>391</v>
+      </c>
+      <c r="I13" t="s">
+        <v>308</v>
+      </c>
+      <c r="J13" t="s">
+        <v>126</v>
+      </c>
+      <c r="K13" t="s">
+        <v>127</v>
+      </c>
+      <c r="L13" t="s">
+        <v>128</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>392</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>320</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>312</v>
+      </c>
+      <c r="R13" t="s">
+        <v>129</v>
+      </c>
+      <c r="S13" t="s">
+        <v>393</v>
+      </c>
+      <c r="T13" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>303</v>
+      </c>
+      <c r="B14" t="s">
+        <v>394</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>316</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>395</v>
+      </c>
+      <c r="H14" t="s">
+        <v>396</v>
+      </c>
+      <c r="I14" t="s">
+        <v>365</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>266</v>
+      </c>
+      <c r="L14" t="s">
+        <v>267</v>
+      </c>
+      <c r="M14" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" t="s">
+        <v>319</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>360</v>
+      </c>
+      <c r="R14" t="s">
+        <v>129</v>
+      </c>
+      <c r="S14" t="s">
+        <v>397</v>
+      </c>
+      <c r="T14" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>303</v>
+      </c>
+      <c r="B15" t="s">
+        <v>398</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>341</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>399</v>
+      </c>
+      <c r="H15" t="s">
+        <v>400</v>
+      </c>
+      <c r="I15" t="s">
+        <v>365</v>
+      </c>
+      <c r="J15" t="s">
+        <v>286</v>
+      </c>
+      <c r="K15" t="s">
+        <v>287</v>
+      </c>
+      <c r="L15" t="s">
+        <v>288</v>
+      </c>
+      <c r="M15" t="s">
+        <v>96</v>
+      </c>
+      <c r="N15" t="s">
+        <v>344</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>360</v>
+      </c>
+      <c r="R15" t="s">
+        <v>129</v>
+      </c>
+      <c r="S15" t="s">
+        <v>401</v>
+      </c>
+      <c r="T15" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>303</v>
+      </c>
+      <c r="B16" t="s">
+        <v>402</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>403</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>404</v>
+      </c>
+      <c r="H16" t="s">
+        <v>405</v>
+      </c>
+      <c r="I16" t="s">
+        <v>308</v>
+      </c>
+      <c r="J16" t="s">
+        <v>406</v>
+      </c>
+      <c r="K16" t="s">
+        <v>407</v>
+      </c>
+      <c r="L16" t="s">
+        <v>408</v>
+      </c>
+      <c r="M16" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" t="s">
+        <v>409</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>410</v>
+      </c>
+      <c r="R16" t="s">
+        <v>372</v>
+      </c>
+      <c r="S16" t="s">
+        <v>411</v>
+      </c>
+      <c r="T16" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>303</v>
+      </c>
+      <c r="B17" t="s">
+        <v>413</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>389</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>414</v>
+      </c>
+      <c r="H17" t="s">
+        <v>415</v>
+      </c>
+      <c r="I17" t="s">
+        <v>365</v>
+      </c>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" t="s">
+        <v>127</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" t="s">
+        <v>392</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>360</v>
+      </c>
+      <c r="R17" t="s">
+        <v>129</v>
+      </c>
+      <c r="S17" t="s">
+        <v>416</v>
+      </c>
+      <c r="T17" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>303</v>
+      </c>
+      <c r="B18" t="s">
+        <v>417</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>418</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>419</v>
+      </c>
+      <c r="H18" t="s">
+        <v>420</v>
+      </c>
+      <c r="I18" t="s">
+        <v>308</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>95</v>
+      </c>
+      <c r="L18" t="s">
+        <v>40</v>
+      </c>
+      <c r="M18" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" t="s">
+        <v>421</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>422</v>
+      </c>
+      <c r="R18" t="s">
+        <v>97</v>
+      </c>
+      <c r="S18" t="s">
+        <v>423</v>
+      </c>
+      <c r="T18" t="s">
+        <v>412</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>