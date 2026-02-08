--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="977" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="993" uniqueCount="431">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -287,74 +287,98 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>CADA VILTAÏS 23</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15584_FicheESSMS/fr/cada-viltais-23</t>
+  </si>
+  <si>
+    <t>15584_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De Vernet</t>
+  </si>
+  <si>
+    <t>23000 GUERET</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>230005043</t>
+  </si>
+  <si>
     <t>MAS LA ROSE DES VENTS</t>
   </si>
   <si>
     <t>05/12/2025 05:10:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15043_FicheESSMS/fr/mas-la-rose-des-vents</t>
   </si>
   <si>
     <t>15043_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Alfred Dreyfus</t>
   </si>
   <si>
-    <t>23000 GUERET</t>
-[...7 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
   </si>
   <si>
     <t>230000473</t>
   </si>
   <si>
     <t>FOYER D'HEBERGEMENT APAJH</t>
   </si>
   <si>
     <t>07/11/2025 16:26:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14359_FicheESSMS/fr/foyer-d-hebergement-apajh</t>
   </si>
   <si>
     <t>14359_FicheESSMS</t>
   </si>
   <si>
     <t>23270 CHATELUS MALVALEIX</t>
   </si>
   <si>
     <t>CHATELUS MALVALEIX</t>
@@ -680,53 +704,50 @@
   <si>
     <t>8 Rue Martinet</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>230003311</t>
   </si>
   <si>
     <t>RES SOC FJT JEAN PETITBOUEX</t>
   </si>
   <si>
     <t>10/09/2025 12:23:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6173_FicheESSMS/fr/res-soc-fjt-jean-petitbouex</t>
   </si>
   <si>
     <t>6173_FicheESSMS</t>
   </si>
   <si>
     <t>39 Rue De Jouhet</t>
   </si>
   <si>
-    <t>Accueil, Hébergement, Insertion</t>
-[...1 lines deleted...]
-  <si>
     <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
   </si>
   <si>
     <t>230782278</t>
   </si>
   <si>
     <t>RES SOC FJT ALLENDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6172_FicheESSMS/fr/res-soc-fjt-allende</t>
   </si>
   <si>
     <t>6172_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Salvador Allende</t>
   </si>
   <si>
     <t>230782260</t>
   </si>
   <si>
     <t>STEMO LIMOUSIN - UEMO GUERET</t>
   </si>
   <si>
     <t>10/09/2025 12:23:40</t>
@@ -1139,51 +1160,51 @@
   <si>
     <t>230000234</t>
   </si>
   <si>
     <t>CLINIQUE DE LA MARCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/661_FicheEtablissement/fr/clinique-de-la-marche-gueret</t>
   </si>
   <si>
     <t>661_FicheEtablissement</t>
   </si>
   <si>
     <t>57 Avenue Du Berry</t>
   </si>
   <si>
     <t>0555518940</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
-    <t>CENTRE MEDICAL NATIONAL ALFRED LEUNE - MGEN</t>
+    <t>CENTRE MEDICAL NATIONAL SAINTE FEYRE</t>
   </si>
   <si>
     <t>21/01/2025 10:15:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/660_FicheEtablissement/fr/centre-medical-national-sainte-feyre</t>
   </si>
   <si>
     <t>660_FicheEtablissement</t>
   </si>
   <si>
     <t>0555514000</t>
   </si>
   <si>
     <t>Cancérologie, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>230780082</t>
   </si>
   <si>
     <t>SITE CROIX BLANCHE - CH AUBUSSON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/658_FicheEtablissement/fr/site-croix-blanche</t>
   </si>
@@ -1799,51 +1820,51 @@
       </c>
       <c r="N8" t="s">
         <v>80</v>
       </c>
       <c r="O8" t="s">
         <v>58</v>
       </c>
       <c r="P8" t="s">
         <v>39</v>
       </c>
       <c r="Q8" t="s">
         <v>40</v>
       </c>
       <c r="R8" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1934,2544 +1955,2594 @@
       <c r="B3" t="s">
         <v>101</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>102</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>103</v>
       </c>
       <c r="H3" t="s">
         <v>104</v>
       </c>
       <c r="I3" t="s">
         <v>105</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K3" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
         <v>96</v>
       </c>
       <c r="M3" t="s">
         <v>97</v>
       </c>
       <c r="N3" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O3" t="s">
         <v>107</v>
       </c>
       <c r="P3" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>89</v>
       </c>
       <c r="B4" t="s">
         <v>109</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="L4" t="s">
         <v>96</v>
       </c>
       <c r="M4" t="s">
         <v>97</v>
       </c>
       <c r="N4" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>89</v>
       </c>
       <c r="B5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>118</v>
       </c>
       <c r="H5" t="s">
         <v>119</v>
       </c>
       <c r="I5" t="s">
         <v>120</v>
       </c>
       <c r="J5" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="L5" t="s">
         <v>96</v>
       </c>
       <c r="M5" t="s">
         <v>97</v>
       </c>
       <c r="N5" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O5" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="P5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>89</v>
       </c>
       <c r="B6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J6" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="K6" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="L6" t="s">
         <v>96</v>
       </c>
       <c r="M6" t="s">
+        <v>97</v>
+      </c>
+      <c r="N6" t="s">
+        <v>106</v>
+      </c>
+      <c r="O6" t="s">
+        <v>115</v>
+      </c>
+      <c r="P6" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>89</v>
       </c>
       <c r="B7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>132</v>
+      </c>
+      <c r="H7" t="s">
         <v>133</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>134</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="J7" t="s">
         <v>135</v>
       </c>
-      <c r="H7" t="s">
+      <c r="K7" t="s">
         <v>136</v>
       </c>
-      <c r="I7" t="s">
+      <c r="L7" t="s">
+        <v>96</v>
+      </c>
+      <c r="M7" t="s">
         <v>137</v>
       </c>
-      <c r="J7" t="s">
+      <c r="N7" t="s">
         <v>138</v>
       </c>
-      <c r="K7" t="s">
-[...8 lines deleted...]
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>139</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>89</v>
       </c>
       <c r="B8" t="s">
+        <v>141</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>143</v>
       </c>
       <c r="H8" t="s">
         <v>144</v>
       </c>
       <c r="I8" t="s">
         <v>145</v>
       </c>
       <c r="J8" t="s">
-        <v>95</v>
+        <v>146</v>
       </c>
       <c r="K8" t="s">
         <v>40</v>
       </c>
       <c r="L8" t="s">
         <v>96</v>
       </c>
       <c r="M8" t="s">
         <v>97</v>
       </c>
       <c r="N8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="O8" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P8" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>89</v>
       </c>
       <c r="B9" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H9" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="I9" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="J9" t="s">
         <v>95</v>
       </c>
       <c r="K9" t="s">
         <v>40</v>
       </c>
       <c r="L9" t="s">
         <v>96</v>
       </c>
       <c r="M9" t="s">
         <v>97</v>
       </c>
       <c r="N9" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="O9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="P9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I10" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="J10" t="s">
         <v>95</v>
       </c>
       <c r="K10" t="s">
         <v>40</v>
       </c>
       <c r="L10" t="s">
         <v>96</v>
       </c>
       <c r="M10" t="s">
         <v>97</v>
       </c>
       <c r="N10" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="O10" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="P10" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H11" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I11" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J11" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="L11" t="s">
         <v>96</v>
       </c>
       <c r="M11" t="s">
         <v>97</v>
       </c>
       <c r="N11" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="O11" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="P11" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H12" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I12" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J12" t="s">
-        <v>172</v>
+        <v>20</v>
       </c>
       <c r="K12" t="s">
         <v>173</v>
       </c>
       <c r="L12" t="s">
         <v>96</v>
       </c>
       <c r="M12" t="s">
         <v>97</v>
       </c>
       <c r="N12" t="s">
-        <v>98</v>
+        <v>159</v>
       </c>
       <c r="O12" t="s">
-        <v>114</v>
+        <v>160</v>
       </c>
       <c r="P12" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>175</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I13" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K13" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L13" t="s">
         <v>96</v>
       </c>
       <c r="M13" t="s">
         <v>97</v>
       </c>
       <c r="N13" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="P13" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H14" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I14" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J14" t="s">
-        <v>95</v>
+        <v>187</v>
       </c>
       <c r="K14" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="L14" t="s">
         <v>96</v>
       </c>
       <c r="M14" t="s">
         <v>97</v>
       </c>
       <c r="N14" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O14" t="s">
-        <v>186</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>89</v>
       </c>
       <c r="B15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="I15" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="J15" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K15" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="L15" t="s">
         <v>96</v>
       </c>
       <c r="M15" t="s">
         <v>97</v>
       </c>
       <c r="N15" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="P15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="H16" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="I16" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="J16" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="L16" t="s">
         <v>96</v>
       </c>
       <c r="M16" t="s">
         <v>97</v>
       </c>
       <c r="N16" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O16" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="P16" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="H17" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="I17" t="s">
+        <v>193</v>
+      </c>
+      <c r="J17" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K17" t="s">
         <v>40</v>
       </c>
       <c r="L17" t="s">
         <v>96</v>
       </c>
       <c r="M17" t="s">
         <v>97</v>
       </c>
       <c r="N17" t="s">
-        <v>201</v>
+        <v>106</v>
       </c>
       <c r="O17" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="P17" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>89</v>
       </c>
       <c r="B18" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H18" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I18" t="s">
-        <v>207</v>
+        <v>95</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="L18" t="s">
         <v>96</v>
       </c>
       <c r="M18" t="s">
         <v>97</v>
       </c>
       <c r="N18" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="O18" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="P18" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>89</v>
       </c>
       <c r="B19" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H19" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I19" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J19" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="L19" t="s">
         <v>96</v>
       </c>
       <c r="M19" t="s">
         <v>97</v>
       </c>
       <c r="N19" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="O19" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="P19" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>89</v>
       </c>
       <c r="B20" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>217</v>
+        <v>176</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I20" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J20" t="s">
         <v>95</v>
       </c>
       <c r="K20" t="s">
         <v>40</v>
       </c>
       <c r="L20" t="s">
         <v>96</v>
       </c>
       <c r="M20" t="s">
         <v>97</v>
       </c>
       <c r="N20" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="O20" t="s">
         <v>222</v>
       </c>
       <c r="P20" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>89</v>
       </c>
       <c r="B21" t="s">
         <v>224</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H21" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J21" t="s">
         <v>95</v>
       </c>
       <c r="K21" t="s">
         <v>40</v>
       </c>
       <c r="L21" t="s">
         <v>96</v>
       </c>
       <c r="M21" t="s">
         <v>97</v>
       </c>
       <c r="N21" t="s">
-        <v>221</v>
+        <v>98</v>
       </c>
       <c r="O21" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="P21" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H22" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I22" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J22" t="s">
         <v>95</v>
       </c>
       <c r="K22" t="s">
         <v>40</v>
       </c>
       <c r="L22" t="s">
         <v>96</v>
       </c>
       <c r="M22" t="s">
-        <v>129</v>
+        <v>97</v>
       </c>
       <c r="N22" t="s">
-        <v>139</v>
+        <v>98</v>
       </c>
       <c r="O22" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="P22" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>89</v>
       </c>
       <c r="B23" t="s">
         <v>236</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>237</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>238</v>
       </c>
       <c r="H23" t="s">
         <v>239</v>
       </c>
       <c r="I23" t="s">
         <v>240</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K23" t="s">
+        <v>40</v>
+      </c>
+      <c r="L23" t="s">
+        <v>96</v>
+      </c>
+      <c r="M23" t="s">
+        <v>137</v>
+      </c>
+      <c r="N23" t="s">
+        <v>147</v>
+      </c>
+      <c r="O23" t="s">
         <v>241</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
       <c r="P23" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>89</v>
       </c>
       <c r="B24" t="s">
         <v>243</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I24" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J24" t="s">
-        <v>247</v>
+        <v>20</v>
       </c>
       <c r="K24" t="s">
         <v>248</v>
       </c>
       <c r="L24" t="s">
         <v>96</v>
       </c>
       <c r="M24" t="s">
         <v>97</v>
       </c>
       <c r="N24" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="O24" t="s">
+        <v>107</v>
+      </c>
+      <c r="P24" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>89</v>
       </c>
       <c r="B25" t="s">
+        <v>250</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>244</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>251</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>252</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="I25" t="s">
         <v>253</v>
       </c>
-      <c r="H25" t="s">
+      <c r="J25" t="s">
         <v>254</v>
       </c>
-      <c r="I25" t="s">
+      <c r="K25" t="s">
         <v>255</v>
       </c>
-      <c r="J25" t="s">
+      <c r="L25" t="s">
+        <v>96</v>
+      </c>
+      <c r="M25" t="s">
+        <v>97</v>
+      </c>
+      <c r="N25" t="s">
+        <v>106</v>
+      </c>
+      <c r="O25" t="s">
         <v>256</v>
       </c>
-      <c r="K25" t="s">
+      <c r="P25" t="s">
         <v>257</v>
-      </c>
-[...13 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>89</v>
       </c>
       <c r="B26" t="s">
+        <v>258</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>259</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>260</v>
+      </c>
+      <c r="H26" t="s">
+        <v>261</v>
+      </c>
+      <c r="I26" t="s">
         <v>262</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="J26" t="s">
         <v>263</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="K26" t="s">
         <v>264</v>
       </c>
-      <c r="H26" t="s">
+      <c r="L26" t="s">
+        <v>96</v>
+      </c>
+      <c r="M26" t="s">
         <v>265</v>
       </c>
-      <c r="I26" t="s">
+      <c r="N26" t="s">
         <v>266</v>
       </c>
-      <c r="J26" t="s">
-[...2 lines deleted...]
-      <c r="K26" t="s">
+      <c r="O26" t="s">
         <v>267</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="P26" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>89</v>
       </c>
       <c r="B27" t="s">
         <v>269</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>270</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>271</v>
       </c>
       <c r="H27" t="s">
         <v>272</v>
       </c>
       <c r="I27" t="s">
-        <v>127</v>
+        <v>273</v>
       </c>
       <c r="J27" t="s">
         <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>128</v>
+        <v>274</v>
       </c>
       <c r="L27" t="s">
         <v>96</v>
       </c>
       <c r="M27" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="N27" t="s">
-        <v>201</v>
+        <v>138</v>
       </c>
       <c r="O27" t="s">
-        <v>214</v>
+        <v>139</v>
       </c>
       <c r="P27" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>89</v>
       </c>
       <c r="B28" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H28" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I28" t="s">
-        <v>278</v>
+        <v>135</v>
       </c>
       <c r="J28" t="s">
-        <v>279</v>
+        <v>20</v>
       </c>
       <c r="K28" t="s">
+        <v>136</v>
+      </c>
+      <c r="L28" t="s">
+        <v>96</v>
+      </c>
+      <c r="M28" t="s">
+        <v>97</v>
+      </c>
+      <c r="N28" t="s">
+        <v>209</v>
+      </c>
+      <c r="O28" t="s">
+        <v>222</v>
+      </c>
+      <c r="P28" t="s">
         <v>280</v>
-      </c>
-[...13 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>89</v>
       </c>
       <c r="B29" t="s">
+        <v>281</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
         <v>282</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>283</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>284</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>285</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
         <v>286</v>
       </c>
-      <c r="J29" t="s">
+      <c r="K29" t="s">
         <v>287</v>
       </c>
-      <c r="K29" t="s">
+      <c r="L29" t="s">
+        <v>96</v>
+      </c>
+      <c r="M29" t="s">
+        <v>137</v>
+      </c>
+      <c r="N29" t="s">
+        <v>138</v>
+      </c>
+      <c r="O29" t="s">
+        <v>139</v>
+      </c>
+      <c r="P29" t="s">
         <v>288</v>
-      </c>
-[...13 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>89</v>
       </c>
       <c r="B30" t="s">
+        <v>289</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>283</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>291</v>
       </c>
       <c r="H30" t="s">
         <v>292</v>
       </c>
       <c r="I30" t="s">
         <v>293</v>
       </c>
       <c r="J30" t="s">
-        <v>105</v>
+        <v>294</v>
       </c>
       <c r="K30" t="s">
-        <v>106</v>
+        <v>295</v>
       </c>
       <c r="L30" t="s">
         <v>96</v>
       </c>
       <c r="M30" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="N30" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="O30" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="P30" t="s">
-        <v>294</v>
+        <v>296</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" t="s">
+        <v>297</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>290</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>298</v>
+      </c>
+      <c r="H31" t="s">
+        <v>299</v>
+      </c>
+      <c r="I31" t="s">
+        <v>300</v>
+      </c>
+      <c r="J31" t="s">
+        <v>113</v>
+      </c>
+      <c r="K31" t="s">
+        <v>114</v>
+      </c>
+      <c r="L31" t="s">
+        <v>96</v>
+      </c>
+      <c r="M31" t="s">
+        <v>137</v>
+      </c>
+      <c r="N31" t="s">
+        <v>138</v>
+      </c>
+      <c r="O31" t="s">
+        <v>139</v>
+      </c>
+      <c r="P31" t="s">
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="J1" t="s">
         <v>81</v>
       </c>
       <c r="K1" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="L1" t="s">
         <v>83</v>
       </c>
       <c r="M1" t="s">
         <v>84</v>
       </c>
       <c r="N1" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="O1" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="P1" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="Q1" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="R1" t="s">
         <v>85</v>
       </c>
       <c r="S1" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="T1" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B2" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="H2" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="I2" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="L2" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="M2" t="s">
         <v>96</v>
       </c>
       <c r="N2" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
         <v>97</v>
       </c>
       <c r="Q2" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="R2" t="s">
         <v>97</v>
       </c>
       <c r="S2" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="T2" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>324</v>
+      </c>
+      <c r="H3" t="s">
+        <v>325</v>
+      </c>
+      <c r="I3" t="s">
         <v>315</v>
       </c>
-      <c r="C3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="L3" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="M3" t="s">
         <v>96</v>
       </c>
       <c r="N3" t="s">
+        <v>326</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>327</v>
+      </c>
+      <c r="Q3" t="s">
         <v>319</v>
       </c>
-      <c r="O3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S3" t="s">
+        <v>328</v>
+      </c>
+      <c r="T3" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B4" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="H4" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="I4" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="L4" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="M4" t="s">
         <v>96</v>
       </c>
       <c r="N4" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q4" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="R4" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S4" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="T4" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B5" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="H5" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="I5" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="L5" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="M5" t="s">
         <v>96</v>
       </c>
       <c r="N5" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="Q5" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="R5" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S5" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="T5" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B6" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="H6" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="I6" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J6" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="K6" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="L6" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="M6" t="s">
         <v>96</v>
       </c>
       <c r="N6" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="Q6" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="R6" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S6" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="T6" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B7" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="H7" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="I7" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J7" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="K7" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="L7" t="s">
         <v>40</v>
       </c>
       <c r="M7" t="s">
         <v>96</v>
       </c>
       <c r="N7" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="Q7" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="R7" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S7" t="s">
         <v>41</v>
       </c>
       <c r="T7" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B8" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="H8" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="I8" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J8" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="K8" t="s">
         <v>95</v>
       </c>
       <c r="L8" t="s">
         <v>40</v>
       </c>
       <c r="M8" t="s">
         <v>96</v>
       </c>
       <c r="N8" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q8" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="R8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S8" t="s">
+        <v>368</v>
+      </c>
+      <c r="T8" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B9" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="H9" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="I9" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="L9" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="M9" t="s">
         <v>96</v>
       </c>
       <c r="N9" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q9" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="R9" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S9" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="T9" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B10" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="H10" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="I10" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J10" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="K10" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="L10" t="s">
         <v>40</v>
       </c>
       <c r="M10" t="s">
         <v>96</v>
       </c>
       <c r="N10" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="Q10" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="R10" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="S10" t="s">
         <v>59</v>
       </c>
       <c r="T10" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B11" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="H11" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="I11" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="L11" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="M11" t="s">
         <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
         <v>97</v>
       </c>
       <c r="Q11" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="R11" t="s">
         <v>97</v>
       </c>
       <c r="S11" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="T11" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B12" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="H12" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="I12" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="L12" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="M12" t="s">
         <v>96</v>
       </c>
       <c r="N12" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="Q12" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="R12" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S12" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="T12" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B13" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="H13" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="I13" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J13" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="K13" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="L13" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="M13" t="s">
         <v>96</v>
       </c>
       <c r="N13" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="Q13" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="R13" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S13" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="T13" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B14" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="H14" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="I14" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="L14" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="M14" t="s">
         <v>96</v>
       </c>
       <c r="N14" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q14" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="R14" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S14" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="T14" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B15" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="H15" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="I15" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="J15" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="K15" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="L15" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="M15" t="s">
         <v>96</v>
       </c>
       <c r="N15" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q15" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="R15" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S15" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="T15" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="H16" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="I16" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J16" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="K16" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="L16" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="M16" t="s">
         <v>96</v>
       </c>
       <c r="N16" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="Q16" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="R16" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="S16" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="T16" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B17" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="H17" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="I17" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="J17" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="K17" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="M17" t="s">
         <v>96</v>
       </c>
       <c r="N17" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q17" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="R17" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S17" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="T17" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B18" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="H18" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="I18" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
         <v>95</v>
       </c>
       <c r="L18" t="s">
         <v>40</v>
       </c>
       <c r="M18" t="s">
         <v>96</v>
       </c>
       <c r="N18" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
         <v>97</v>
       </c>
       <c r="Q18" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="R18" t="s">
         <v>97</v>
       </c>
       <c r="S18" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="T18" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>