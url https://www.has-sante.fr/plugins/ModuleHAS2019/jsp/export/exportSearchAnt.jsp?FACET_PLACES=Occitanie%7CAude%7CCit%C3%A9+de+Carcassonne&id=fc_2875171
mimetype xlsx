--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="544" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="245">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -722,99 +722,75 @@
   <si>
     <t>B</t>
   </si>
   <si>
     <t>POLYCLINIQUE MONTREAL CARCASSONNE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/283_FicheEtablissement/fr/polycl-montreal-carcassonne</t>
   </si>
   <si>
     <t>283_FicheEtablissement</t>
   </si>
   <si>
     <t>0468115353</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>110780483</t>
   </si>
   <si>
-    <t>AIDER SANTE UDM CH CARCASSONNE</t>
+    <t>AIDER SANTE UAD UDM CH CARCASSONNE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3584_FicheEtablissement/fr/aider-sante-udm-ch-carcassonne</t>
+    <t>https://www.has-sante.fr/jcms/3584_FicheEtablissement/fr/aider-sante-uad-udm-ch-carcassonne</t>
   </si>
   <si>
     <t>3584_FicheEtablissement</t>
   </si>
   <si>
     <t>1060 Chemin De Christol</t>
   </si>
   <si>
     <t>0430731013</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>110005311</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
-  </si>
-[...22 lines deleted...]
-    <t>110005394</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -2035,51 +2011,51 @@
       </c>
       <c r="L24" t="s">
         <v>24</v>
       </c>
       <c r="M24" t="s">
         <v>34</v>
       </c>
       <c r="N24" t="s">
         <v>64</v>
       </c>
       <c r="O24" t="s">
         <v>106</v>
       </c>
       <c r="P24" t="s">
         <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2473,107 +2449,45 @@
         <v>84</v>
       </c>
       <c r="M7" t="s">
         <v>24</v>
       </c>
       <c r="N7" t="s">
         <v>241</v>
       </c>
       <c r="O7" t="s">
         <v>18</v>
       </c>
       <c r="P7" t="s">
         <v>25</v>
       </c>
       <c r="Q7" t="s">
         <v>242</v>
       </c>
       <c r="R7" t="s">
         <v>25</v>
       </c>
       <c r="S7" t="s">
         <v>243</v>
       </c>
       <c r="T7" t="s">
         <v>244</v>
-      </c>
-[...60 lines deleted...]
-        <v>200</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>