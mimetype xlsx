--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -98,99 +98,99 @@
   <si>
     <t>202_FicheESSMS</t>
   </si>
   <si>
     <t>12240 COLOMBIES</t>
   </si>
   <si>
     <t>COLOMBIES</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Résidences autonomie</t>
   </si>
   <si>
     <t>120787056</t>
   </si>
   <si>
+    <t>LIEUX DE VIE ET D'ACCUEIL LA CHABRAQUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6445_FicheESSMS/fr/lieux-de-vie-et-d-accueil-la-chabraque</t>
+  </si>
+  <si>
+    <t>6445_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12240 CASTANET</t>
+  </si>
+  <si>
+    <t>CASTANET</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>120785118</t>
+  </si>
+  <si>
     <t>LIEU DE VIE ET D'ACCUEIL HIPPO CAP</t>
   </si>
   <si>
     <t>10/09/2025 12:23:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6449_FicheESSMS/fr/lieu-de-vie-et-d-accueil-hippo-cap</t>
   </si>
   <si>
     <t>6449_FicheESSMS</t>
   </si>
   <si>
     <t>12240 LA CAPELLE BLEYS</t>
   </si>
   <si>
     <t>LA CAPELLE BLEYS</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
-    <t>Lieux de Vie et d'Accueil</t>
-[...1 lines deleted...]
-  <si>
     <t>120007869</t>
-  </si>
-[...22 lines deleted...]
-    <t>120785118</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">