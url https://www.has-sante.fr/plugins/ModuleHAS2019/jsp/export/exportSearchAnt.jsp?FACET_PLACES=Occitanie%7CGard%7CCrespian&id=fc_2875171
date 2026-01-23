--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -65,66 +65,66 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>SAD ADMR QUISSAC</t>
+    <t>SAD ADMR LES RIVES DU VIDOURIE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>26/11/2025 16:17:55</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/14898_FicheESSMS/fr/sad-admr-quissac</t>
+    <t>https://www.has-sante.fr/jcms/14898_FicheESSMS/fr/sad-admr-les-rives-du-vidourie</t>
   </si>
   <si>
     <t>14898_FicheESSMS</t>
   </si>
   <si>
-    <t>103 Voie Romaine</t>
+    <t>42 Route De Brouzet</t>
   </si>
   <si>
     <t>30260 QUISSAC</t>
   </si>
   <si>
     <t>QUISSAC</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>300018462</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>