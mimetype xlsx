--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>AAIR UAD L'ISLE JOURDAIN</t>
+    <t>AAIR UAD UDM L'ISLE JOURDAIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:12</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/fr/aair-uad-l-isle-jourdain</t>
+    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/fr/aair-uad-udm-l-isle-jourdain</t>
   </si>
   <si>
     <t>4138_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>12 Avenue De Verdun</t>
   </si>
   <si>
     <t>32600 L ISLE JOURDAIN</t>
   </si>
   <si>
     <t>L ISLE JOURDAIN</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>0561161100</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>