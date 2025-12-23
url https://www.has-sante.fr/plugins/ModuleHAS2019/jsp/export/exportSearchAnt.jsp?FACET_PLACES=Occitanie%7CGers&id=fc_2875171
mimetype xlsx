--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,62 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Équipe accréditée" r:id="rId4" sheetId="2"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1334" uniqueCount="548">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -197,133 +203,1555 @@
   <si>
     <t>310026083,320000086</t>
   </si>
   <si>
     <t>Docteur Thierry ASENSIO</t>
   </si>
   <si>
     <t>08/11/2016 11:35:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712846/fr/docteur-thierry-asensio</t>
   </si>
   <si>
     <t>c_2712846</t>
   </si>
   <si>
     <t>ASENSIO</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
     <t>22 September 2022</t>
   </si>
   <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SESSAD PHILIPPE MONELLO</t>
+  </si>
+  <si>
+    <t>17/12/2025 05:05:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15259_FicheESSMS/fr/sessad-philippe-monello</t>
+  </si>
+  <si>
+    <t>15259_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>32000 AUCH</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>320782113</t>
+  </si>
+  <si>
+    <t>ITEP "PHILIPPE MONELLO" AUCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15258_FicheESSMS/fr/itep-philippe-monello-auch</t>
+  </si>
+  <si>
+    <t>15258_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue De La Somme</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>320780042</t>
+  </si>
+  <si>
+    <t>SESSAD AUTISME ADSEA LA CONVENTION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15257_FicheESSMS/fr/sessad-autisme-adsea-la-convention</t>
+  </si>
+  <si>
+    <t>15257_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>320004955</t>
+  </si>
+  <si>
+    <t>IME LA CONVENTION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15256_FicheESSMS/fr/ime-la-convention</t>
+  </si>
+  <si>
+    <t>15256_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Chemin Plan De Terraube</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>320782154</t>
+  </si>
+  <si>
+    <t>S.A.V.S ESSOR</t>
+  </si>
+  <si>
+    <t>07/12/2025 05:04:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15083_FicheESSMS/fr/s-a-v-s-essor</t>
+  </si>
+  <si>
+    <t>15083_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Place De La Mairie</t>
+  </si>
+  <si>
+    <t>32240 MONGUILHEM</t>
+  </si>
+  <si>
+    <t>MONGUILHEM</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>320005028</t>
+  </si>
+  <si>
+    <t>EHPAD CH MAUVEZIN</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14762_FicheESSMS/fr/ehpad-ch-mauvezin</t>
+  </si>
+  <si>
+    <t>14762_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Buguet</t>
+  </si>
+  <si>
+    <t>32120 MAUVEZIN</t>
+  </si>
+  <si>
+    <t>MAUVEZIN</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>320783160</t>
+  </si>
+  <si>
+    <t>EHPAD ROBERT BARGUISSEAU</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14404_FicheESSMS/fr/ehpad-robert-barguisseau</t>
+  </si>
+  <si>
+    <t>14404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32008 AUCH</t>
+  </si>
+  <si>
+    <t>320782758</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DE MONGUILHEM</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14478_FicheESSMS/fr/foyer-d-hebergement-de-monguilhem</t>
+  </si>
+  <si>
+    <t>14478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>320782931</t>
+  </si>
+  <si>
+    <t>SAVS APF GERS</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13665_FicheESSMS/fr/savs-apf-gers</t>
+  </si>
+  <si>
+    <t>13665_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue Des Canaris</t>
+  </si>
+  <si>
+    <t>320003049</t>
+  </si>
+  <si>
+    <t>CSAPA ARTHUR RIMBAUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/579_FicheESSMS/fr/csapa-arthur-rimbaud</t>
+  </si>
+  <si>
+    <t>579_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Michelet</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>320002819</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL DE JOUR RELAIS CAJOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/930_FicheESSMS/fr/centre-d-accueil-de-jour-relais-cajou</t>
+  </si>
+  <si>
+    <t>930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Du 8 Mai</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>320001118</t>
+  </si>
+  <si>
+    <t>FAM  L'OUSTALOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1979_FicheESSMS/fr/fam-l-oustalou</t>
+  </si>
+  <si>
+    <t>1979_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>320784754</t>
+  </si>
+  <si>
+    <t>EHPAD CH VIC-FEZENSAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2457_FicheESSMS/fr/ehpad-ch-vic-fezensac</t>
+  </si>
+  <si>
+    <t>2457_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32190 VIC FEZENSAC</t>
+  </si>
+  <si>
+    <t>VIC FEZENSAC</t>
+  </si>
+  <si>
+    <t>320783194</t>
+  </si>
+  <si>
+    <t>CAARUD CENTRE ACCUEIL ET ACCOMPAGNEMEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2882_FicheESSMS/fr/caarud-centre-accueil-et-accompagnemen</t>
+  </si>
+  <si>
+    <t>2882_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>320004336</t>
+  </si>
+  <si>
+    <t>EHPAD LAS PEYRERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3050_FicheESSMS/fr/ehpad-las-peyreres</t>
+  </si>
+  <si>
+    <t>3050_FicheESSMS</t>
+  </si>
+  <si>
+    <t>655 Chemin De La Jourdiane</t>
+  </si>
+  <si>
+    <t>32420 SIMORRE</t>
+  </si>
+  <si>
+    <t>SIMORRE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>320780497</t>
+  </si>
+  <si>
+    <t>EHPAD "LE CHATEAU FLEURI" VIC-FEZENSAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3447_FicheESSMS/fr/ehpad-le-chateau-fleuri-vic-fezensac</t>
+  </si>
+  <si>
+    <t>3447_FicheESSMS</t>
+  </si>
+  <si>
+    <t>320782253</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MONT-ROYAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3965_FicheESSMS/fr/ehpad-residence-mont-royal</t>
+  </si>
+  <si>
+    <t>3965_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32250 MONTREAL DU GERS</t>
+  </si>
+  <si>
+    <t>MONTREAL DU GERS</t>
+  </si>
+  <si>
+    <t>320785629</t>
+  </si>
+  <si>
+    <t>SAVS COMPLEXE DE PAGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4178_FicheESSMS/fr/savs-complexe-de-pages</t>
+  </si>
+  <si>
+    <t>4178_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32160 BEAUMARCHES</t>
+  </si>
+  <si>
+    <t>BEAUMARCHES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>320005507</t>
+  </si>
+  <si>
+    <t>IMPRO DE PAGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4177_FicheESSMS/fr/impro-de-pages</t>
+  </si>
+  <si>
+    <t>4177_FicheESSMS</t>
+  </si>
+  <si>
+    <t>320780257</t>
+  </si>
+  <si>
+    <t>FJT "LE NOCTILE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4239_FicheESSMS/fr/fjt-le-noctile</t>
+  </si>
+  <si>
+    <t>4239_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>320004856</t>
+  </si>
+  <si>
+    <t>EHPAD CH NOGARO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4333_FicheESSMS/fr/ehpad-ch-nogaro</t>
+  </si>
+  <si>
+    <t>4333_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Des Pyrenees</t>
+  </si>
+  <si>
+    <t>32110 NOGARO</t>
+  </si>
+  <si>
+    <t>NOGARO</t>
+  </si>
+  <si>
+    <t>320783186</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE ELUSA" EAUZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4388_FicheESSMS/fr/ehpad-residence-elusa-eauze</t>
+  </si>
+  <si>
+    <t>4388_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Avenue Sauboires</t>
+  </si>
+  <si>
+    <t>32800 EAUZE</t>
+  </si>
+  <si>
+    <t>EAUZE</t>
+  </si>
+  <si>
+    <t>320780463</t>
+  </si>
+  <si>
+    <t>EHPAD LA TENAREZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4733_FicheESSMS/fr/ehpad-la-tenareze</t>
+  </si>
+  <si>
+    <t>4733_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>32100 CONDOM</t>
+  </si>
+  <si>
+    <t>CONDOM</t>
+  </si>
+  <si>
+    <t>320782212</t>
+  </si>
+  <si>
+    <t>MAS ESPAGNET LADEVEZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4730_FicheESSMS/fr/mas-espagnet-ladeveze</t>
+  </si>
+  <si>
+    <t>4730_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Chemin D'Espagnet</t>
+  </si>
+  <si>
+    <t>32230 LADEVEZE VILLE</t>
+  </si>
+  <si>
+    <t>LADEVEZE VILLE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>320784085</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE OUSTALOU MONTGUILHEM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4802_FicheESSMS/fr/foyer-de-vie-oustalou-montguilhem</t>
+  </si>
+  <si>
+    <t>4802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>320002488</t>
+  </si>
+  <si>
+    <t>ESAT L'ESSOR MONGUILHEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4801_FicheESSMS/fr/esat-l-essor-monguilhem</t>
+  </si>
+  <si>
+    <t>4801_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>320780430</t>
+  </si>
+  <si>
+    <t>ITEP L'ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4958_FicheESSMS/fr/itep-l-essor</t>
+  </si>
+  <si>
+    <t>4958_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32490 MONFERRAN SAVES</t>
+  </si>
+  <si>
+    <t>MONFERRAN SAVES</t>
+  </si>
+  <si>
+    <t>320780364</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. AUCH - ASS. TUT. GERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5065_FicheESSMS/fr/serv-m-j-p-m-auch-ass-tut-gers</t>
+  </si>
+  <si>
+    <t>5065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue Jeanne D'Albert</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>320004559</t>
+  </si>
+  <si>
+    <t>CMPP UPAES L'ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5240_FicheESSMS/fr/cmpp-upaes-l-essor</t>
+  </si>
+  <si>
+    <t>5240_FicheESSMS</t>
+  </si>
+  <si>
+    <t>584 Route Du Calvaire</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>320002389</t>
+  </si>
+  <si>
+    <t>IMPRO DE PAUILHAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5982_FicheESSMS/fr/impro-de-pauilhac</t>
+  </si>
+  <si>
+    <t>5982_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32500 PAUILHAC</t>
+  </si>
+  <si>
+    <t>PAUILHAC</t>
+  </si>
+  <si>
+    <t>320780448</t>
+  </si>
+  <si>
+    <t>SAVS L'ESSOR AUCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6195_FicheESSMS/fr/savs-l-essor-auch</t>
+  </si>
+  <si>
+    <t>6195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue De Colmar</t>
+  </si>
+  <si>
+    <t>320002058</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. AUCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7652_FicheESSMS/fr/serv-d-p-f-auch</t>
+  </si>
+  <si>
+    <t>7652_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Edouard Lartet</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>320004575</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. AUCH - UDAF DU GERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7651_FicheESSMS/fr/serv-m-j-p-m-auch-udaf-du-gers</t>
+  </si>
+  <si>
+    <t>7651_FicheESSMS</t>
+  </si>
+  <si>
+    <t>320004567</t>
+  </si>
+  <si>
+    <t>FAM CILT ST BLANCARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8210_FicheESSMS/fr/fam-cilt-st-blancard</t>
+  </si>
+  <si>
+    <t>8210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32140 ST BLANCARD</t>
+  </si>
+  <si>
+    <t>ST BLANCARD</t>
+  </si>
+  <si>
+    <t>320003122</t>
+  </si>
+  <si>
+    <t>PUV LA TOUR DE L'AGE D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8900_FicheESSMS/fr/puv-la-tour-de-l-age-d-or</t>
+  </si>
+  <si>
+    <t>8900_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32400 TERMES D ARMAGNAC</t>
+  </si>
+  <si>
+    <t>TERMES D ARMAGNAC</t>
+  </si>
+  <si>
+    <t>320782139</t>
+  </si>
+  <si>
+    <t>EHPAD ROGER RAMBOUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8899_FicheESSMS/fr/ehpad-roger-rambour</t>
+  </si>
+  <si>
+    <t>8899_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Voltaire</t>
+  </si>
+  <si>
+    <t>32310 VALENCE SUR BAISE</t>
+  </si>
+  <si>
+    <t>VALENCE SUR BAISE</t>
+  </si>
+  <si>
+    <t>320785363</t>
+  </si>
+  <si>
+    <t>CAMSP DU GERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10483_FicheESSMS/fr/camsp-du-gers</t>
+  </si>
+  <si>
+    <t>10483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Eugene Sue</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>320002769</t>
+  </si>
+  <si>
+    <t>CADA FTDA AUCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11715_FicheESSMS/fr/cada-ftda-auch</t>
+  </si>
+  <si>
+    <t>11715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quai Des Marronniers</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>320001068</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DE PAGES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12677_FicheESSMS/fr/foyer-hebergement-de-pages</t>
+  </si>
+  <si>
+    <t>12677_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>320002868</t>
+  </si>
+  <si>
+    <t>ESAT DE PAGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12676_FicheESSMS/fr/esat-de-pages</t>
+  </si>
+  <si>
+    <t>12676_FicheESSMS</t>
+  </si>
+  <si>
+    <t>320002728</t>
+  </si>
+  <si>
+    <t>SAMSAH L'ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12919_FicheESSMS/fr/samsah-l-essor</t>
+  </si>
+  <si>
+    <t>12919_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>320005556</t>
+  </si>
+  <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
     <t>Équipe de Gynécologie Obstétrique CH AUCH EN GASCOGNE  (32)</t>
   </si>
   <si>
     <t>12/03/2025 15:30:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3595762/fr/equipe-de-gynecologie-obstetrique-ch-auch-en-gascogne-32</t>
   </si>
   <si>
     <t>p_3595762</t>
   </si>
   <si>
     <t>25 November 2022</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur SOPHIE HAMOUDA, Docteur MARINE HERMAN, Docteur Véronique LEJEUNE</t>
   </si>
   <si>
     <t>28/11/2022 18:30:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3391413/fr/equipe-de-gynecologie-obstetrique-ch-auch-en-gascogne-32</t>
   </si>
   <si>
     <t>p_3391413</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CH INTERCOMMUNAL DE LOMBEZ SAMATAN (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>27/01/2025 11:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/980_FicheEtablissement/fr/chi-lombez-samatan</t>
+  </si>
+  <si>
+    <t>980_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>10 Chemin Des Religieuses</t>
+  </si>
+  <si>
+    <t>32220 LOMBEZ</t>
+  </si>
+  <si>
+    <t>LOMBEZ</t>
+  </si>
+  <si>
+    <t>0562620707</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>320000144</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CHI DE LOMBEZ SAMATAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/990_FicheEtablissement/fr/usld-chi-lombez-samatan</t>
+  </si>
+  <si>
+    <t>990_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0562620722</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>320784036</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'AUCH EN GASCOGNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/975_FicheEtablissement/fr/ch-auch-en-gascogne</t>
+  </si>
+  <si>
+    <t>975_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0562613232</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>ETAB PUBLIC SANTE LOMAGNE SITE DE FLEURANCE (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/978_FicheEtablissement/fr/eps-lomagne-site-de-fleurance</t>
+  </si>
+  <si>
+    <t>978_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32500 FLEURANCE</t>
+  </si>
+  <si>
+    <t>FLEURANCE</t>
+  </si>
+  <si>
+    <t>0562642000</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>320000110</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE CONDOM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/977_FicheEtablissement/fr/ch-condom</t>
+  </si>
+  <si>
+    <t>977_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>21 Avenue Marechal Joffre</t>
+  </si>
+  <si>
+    <t>0562282077</t>
+  </si>
+  <si>
+    <t>320000102</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DU GERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/976_FicheEtablissement/fr/chs-du-gers</t>
+  </si>
+  <si>
+    <t>976_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue Michelet</t>
+  </si>
+  <si>
+    <t>0562606500</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>320000094</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MIRANDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/982_FicheEtablissement/fr/ch-mirande</t>
+  </si>
+  <si>
+    <t>982_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Avenue Chanzy</t>
+  </si>
+  <si>
+    <t>32300 MIRANDE</t>
+  </si>
+  <si>
+    <t>MIRANDE</t>
+  </si>
+  <si>
+    <t>0562668800</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>320000169</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MAUVEZIN (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/981_FicheEtablissement/fr/ch-de-mauvezin</t>
+  </si>
+  <si>
+    <t>981_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562583200</t>
+  </si>
+  <si>
+    <t>320000151</t>
+  </si>
+  <si>
+    <t>HOPITALISATION A DOMICILE GERS CLINIQUE PASTEUR</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/986_FicheEtablissement/fr/had-gers-cl-pasteur</t>
+  </si>
+  <si>
+    <t>986_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57 Avenue Sambre Et Meuse</t>
+  </si>
+  <si>
+    <t>0562213762</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>320004328</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER DE NOGARO</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/985_FicheEtablissement/fr/usld-ch-nogaro</t>
+  </si>
+  <si>
+    <t>985_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562088500</t>
+  </si>
+  <si>
+    <t>320001092</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE VIC FEZENSAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/984_FicheEtablissement/fr/ch-de-vic-fezensac</t>
+  </si>
+  <si>
+    <t>984_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562644900</t>
+  </si>
+  <si>
+    <t>320000185</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE NOGARO (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/983_FicheEtablissement/fr/ch-nogaro</t>
+  </si>
+  <si>
+    <t>983_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>320000177</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE LA RIBERE CH AUCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/991_FicheEtablissement/fr/usld-la-ribere-ch-auch</t>
+  </si>
+  <si>
+    <t>991_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562613164</t>
+  </si>
+  <si>
+    <t>320784069</t>
+  </si>
+  <si>
+    <t>CENTRE PEDIATRIQUE SAINT JACQUES MEDECINE PHYSIQUE ET READAP</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/989_FicheEtablissement/fr/ctre-pedia-st-jacques-mpr-montegut</t>
+  </si>
+  <si>
+    <t>989_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32550 MONTEGUT</t>
+  </si>
+  <si>
+    <t>MONTEGUT</t>
+  </si>
+  <si>
+    <t>0562656612</t>
+  </si>
+  <si>
+    <t>320780323</t>
+  </si>
+  <si>
+    <t>CLINIQUE NEURO PSYCHIATRIQUE D'EMBATS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/988_FicheEtablissement/fr/cl-psy-d-embats-auch</t>
+  </si>
+  <si>
+    <t>988_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0562611133</t>
+  </si>
+  <si>
+    <t>320780109</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER CONDOM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/993_FicheEtablissement/fr/usld-ch-condom</t>
+  </si>
+  <si>
+    <t>993_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>320784549</t>
+  </si>
+  <si>
+    <t>AAIR UAD FLEURANCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3705_FicheEtablissement/fr/aair-uad-fleurance</t>
+  </si>
+  <si>
+    <t>3705_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>34 Avenue Martial Cazes</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>320785587</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DD PAVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3704_FicheEtablissement/fr/aair-uad-udm-dd-pavie</t>
+  </si>
+  <si>
+    <t>3704_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Junquet</t>
+  </si>
+  <si>
+    <t>32550 PAVIE</t>
+  </si>
+  <si>
+    <t>PAVIE</t>
+  </si>
+  <si>
+    <t>320784515</t>
+  </si>
+  <si>
+    <t>AAIR UAD CONDOM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3703_FicheEtablissement/fr/aair-uad-condom</t>
+  </si>
+  <si>
+    <t>3703_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Boulevard Montplaisir</t>
+  </si>
+  <si>
+    <t>320001688</t>
+  </si>
+  <si>
+    <t>AAIR UAD MIRANDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3702_FicheEtablissement/fr/aair-uad-mirande</t>
+  </si>
+  <si>
+    <t>3702_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Avenue De Chanzy</t>
+  </si>
+  <si>
+    <t>320001050</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM NOGARO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4139_FicheEtablissement/fr/aair-uad-udm-nogaro</t>
+  </si>
+  <si>
+    <t>4139_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>8 Rue D'Estalens</t>
+  </si>
+  <si>
+    <t>320005523</t>
+  </si>
+  <si>
+    <t>AAIR UAD L'ISLE JOURDAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/fr/aair-uad-l-isle-jourdain</t>
+  </si>
+  <si>
+    <t>4138_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>32600 L ISLE JOURDAIN</t>
+  </si>
+  <si>
+    <t>L ISLE JOURDAIN</t>
+  </si>
+  <si>
+    <t>320004872</t>
+  </si>
+  <si>
+    <t>CRF LA REVISCOLADA DU GRAND SUD OUEST MONTEGUT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7593_FicheEtablissement/fr/crf-la-reviscolada-montegut</t>
+  </si>
+  <si>
+    <t>7593_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5500 Route De Roquetaillade</t>
+  </si>
+  <si>
+    <t>0562661922</t>
+  </si>
+  <si>
+    <t>320004930</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE GIMONT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>20/12/2023 15:52:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/979_FicheEtablissement/fr/ch-gimont</t>
+  </si>
+  <si>
+    <t>979_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Rue Rhin Et Danube</t>
+  </si>
+  <si>
+    <t>32201 GIMONT</t>
+  </si>
+  <si>
+    <t>GIMONT</t>
+  </si>
+  <si>
+    <t>0562677031</t>
+  </si>
+  <si>
+    <t>320000128</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH DE GIMONT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/994_FicheEtablissement/fr/usld-ch-gimont</t>
+  </si>
+  <si>
+    <t>994_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32200 GIMONT</t>
+  </si>
+  <si>
+    <t>0562672525</t>
+  </si>
+  <si>
+    <t>320784952</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -634,172 +2062,3912 @@
       </c>
       <c r="N6" t="s">
         <v>60</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K1" t="s">
+        <v>63</v>
+      </c>
+      <c r="L1" t="s">
+        <v>64</v>
+      </c>
+      <c r="M1" t="s">
+        <v>65</v>
+      </c>
+      <c r="N1" t="s">
+        <v>66</v>
+      </c>
+      <c r="O1" t="s">
+        <v>67</v>
+      </c>
+      <c r="P1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+      <c r="I2" t="s">
+        <v>74</v>
+      </c>
+      <c r="J2" t="s">
+        <v>75</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>76</v>
+      </c>
+      <c r="M2" t="s">
+        <v>77</v>
+      </c>
+      <c r="N2" t="s">
+        <v>78</v>
+      </c>
+      <c r="O2" t="s">
+        <v>79</v>
+      </c>
+      <c r="P2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J3" t="s">
+        <v>75</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M3" t="s">
+        <v>77</v>
+      </c>
+      <c r="N3" t="s">
+        <v>78</v>
+      </c>
+      <c r="O3" t="s">
+        <v>85</v>
+      </c>
+      <c r="P3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>88</v>
+      </c>
+      <c r="H4" t="s">
+        <v>89</v>
+      </c>
+      <c r="I4" t="s">
+        <v>90</v>
+      </c>
+      <c r="J4" t="s">
+        <v>75</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>76</v>
+      </c>
+      <c r="M4" t="s">
+        <v>77</v>
+      </c>
+      <c r="N4" t="s">
+        <v>78</v>
+      </c>
+      <c r="O4" t="s">
+        <v>79</v>
+      </c>
+      <c r="P4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>93</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I5" t="s">
+        <v>95</v>
+      </c>
+      <c r="J5" t="s">
+        <v>75</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
+        <v>76</v>
+      </c>
+      <c r="M5" t="s">
+        <v>77</v>
+      </c>
+      <c r="N5" t="s">
+        <v>78</v>
+      </c>
+      <c r="O5" t="s">
+        <v>96</v>
+      </c>
+      <c r="P5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" t="s">
+        <v>101</v>
+      </c>
+      <c r="I6" t="s">
+        <v>102</v>
+      </c>
+      <c r="J6" t="s">
+        <v>103</v>
+      </c>
+      <c r="K6" t="s">
+        <v>104</v>
+      </c>
+      <c r="L6" t="s">
+        <v>76</v>
+      </c>
+      <c r="M6" t="s">
+        <v>77</v>
+      </c>
+      <c r="N6" t="s">
+        <v>105</v>
+      </c>
+      <c r="O6" t="s">
+        <v>106</v>
+      </c>
+      <c r="P6" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>110</v>
+      </c>
+      <c r="H7" t="s">
+        <v>111</v>
+      </c>
+      <c r="I7" t="s">
+        <v>112</v>
+      </c>
+      <c r="J7" t="s">
+        <v>113</v>
+      </c>
+      <c r="K7" t="s">
+        <v>114</v>
+      </c>
+      <c r="L7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M7" t="s">
+        <v>115</v>
+      </c>
+      <c r="N7" t="s">
+        <v>116</v>
+      </c>
+      <c r="O7" t="s">
+        <v>117</v>
+      </c>
+      <c r="P7" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>121</v>
+      </c>
+      <c r="H8" t="s">
+        <v>122</v>
+      </c>
+      <c r="I8" t="s">
+        <v>123</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>115</v>
+      </c>
+      <c r="N8" t="s">
+        <v>116</v>
+      </c>
+      <c r="O8" t="s">
+        <v>117</v>
+      </c>
+      <c r="P8" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>125</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>126</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>127</v>
+      </c>
+      <c r="H9" t="s">
+        <v>128</v>
+      </c>
+      <c r="I9" t="s">
+        <v>102</v>
+      </c>
+      <c r="J9" t="s">
+        <v>103</v>
+      </c>
+      <c r="K9" t="s">
+        <v>104</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>105</v>
+      </c>
+      <c r="O9" t="s">
+        <v>129</v>
+      </c>
+      <c r="P9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>132</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>133</v>
+      </c>
+      <c r="H10" t="s">
+        <v>134</v>
+      </c>
+      <c r="I10" t="s">
+        <v>135</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>105</v>
+      </c>
+      <c r="O10" t="s">
+        <v>106</v>
+      </c>
+      <c r="P10" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" t="s">
+        <v>137</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>138</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>139</v>
+      </c>
+      <c r="H11" t="s">
+        <v>140</v>
+      </c>
+      <c r="I11" t="s">
+        <v>141</v>
+      </c>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>115</v>
+      </c>
+      <c r="N11" t="s">
+        <v>142</v>
+      </c>
+      <c r="O11" t="s">
+        <v>143</v>
+      </c>
+      <c r="P11" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>145</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>146</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>147</v>
+      </c>
+      <c r="H12" t="s">
+        <v>148</v>
+      </c>
+      <c r="I12" t="s">
+        <v>149</v>
+      </c>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
+        <v>116</v>
+      </c>
+      <c r="O12" t="s">
+        <v>150</v>
+      </c>
+      <c r="P12" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
+        <v>152</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>153</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>154</v>
+      </c>
+      <c r="H13" t="s">
+        <v>155</v>
+      </c>
+      <c r="I13" t="s">
+        <v>102</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>104</v>
+      </c>
+      <c r="L13" t="s">
+        <v>76</v>
+      </c>
+      <c r="M13" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" t="s">
+        <v>105</v>
+      </c>
+      <c r="O13" t="s">
+        <v>156</v>
+      </c>
+      <c r="P13" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14" t="s">
+        <v>158</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>159</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>160</v>
+      </c>
+      <c r="H14" t="s">
+        <v>161</v>
+      </c>
+      <c r="I14" t="s">
+        <v>162</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>163</v>
+      </c>
+      <c r="L14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>116</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>165</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>166</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>167</v>
+      </c>
+      <c r="H15" t="s">
+        <v>168</v>
+      </c>
+      <c r="I15" t="s">
+        <v>75</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" t="s">
+        <v>76</v>
+      </c>
+      <c r="M15" t="s">
+        <v>77</v>
+      </c>
+      <c r="N15" t="s">
+        <v>142</v>
+      </c>
+      <c r="O15" t="s">
+        <v>169</v>
+      </c>
+      <c r="P15" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>171</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>173</v>
+      </c>
+      <c r="H16" t="s">
+        <v>174</v>
+      </c>
+      <c r="I16" t="s">
+        <v>175</v>
+      </c>
+      <c r="J16" t="s">
+        <v>176</v>
+      </c>
+      <c r="K16" t="s">
+        <v>177</v>
+      </c>
+      <c r="L16" t="s">
+        <v>76</v>
+      </c>
+      <c r="M16" t="s">
+        <v>178</v>
+      </c>
+      <c r="N16" t="s">
+        <v>116</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" t="s">
+        <v>180</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>181</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>182</v>
+      </c>
+      <c r="H17" t="s">
+        <v>183</v>
+      </c>
+      <c r="I17" t="s">
+        <v>162</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>163</v>
+      </c>
+      <c r="L17" t="s">
+        <v>76</v>
+      </c>
+      <c r="M17" t="s">
+        <v>77</v>
+      </c>
+      <c r="N17" t="s">
+        <v>116</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" t="s">
+        <v>185</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>186</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>187</v>
+      </c>
+      <c r="H18" t="s">
+        <v>188</v>
+      </c>
+      <c r="I18" t="s">
+        <v>189</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>190</v>
+      </c>
+      <c r="L18" t="s">
+        <v>76</v>
+      </c>
+      <c r="M18" t="s">
+        <v>77</v>
+      </c>
+      <c r="N18" t="s">
+        <v>116</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" t="s">
+        <v>192</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>193</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>194</v>
+      </c>
+      <c r="H19" t="s">
+        <v>195</v>
+      </c>
+      <c r="I19" t="s">
+        <v>196</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>197</v>
+      </c>
+      <c r="L19" t="s">
+        <v>76</v>
+      </c>
+      <c r="M19" t="s">
+        <v>77</v>
+      </c>
+      <c r="N19" t="s">
+        <v>198</v>
+      </c>
+      <c r="O19" t="s">
+        <v>106</v>
+      </c>
+      <c r="P19" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>69</v>
+      </c>
+      <c r="B20" t="s">
+        <v>200</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>193</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>201</v>
+      </c>
+      <c r="H20" t="s">
+        <v>202</v>
+      </c>
+      <c r="I20" t="s">
+        <v>196</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>197</v>
+      </c>
+      <c r="L20" t="s">
+        <v>76</v>
+      </c>
+      <c r="M20" t="s">
+        <v>77</v>
+      </c>
+      <c r="N20" t="s">
+        <v>198</v>
+      </c>
+      <c r="O20" t="s">
+        <v>96</v>
+      </c>
+      <c r="P20" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>69</v>
+      </c>
+      <c r="B21" t="s">
+        <v>204</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>205</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>206</v>
+      </c>
+      <c r="H21" t="s">
+        <v>207</v>
+      </c>
+      <c r="I21" t="s">
+        <v>208</v>
+      </c>
+      <c r="J21" t="s">
+        <v>113</v>
+      </c>
+      <c r="K21" t="s">
+        <v>114</v>
+      </c>
+      <c r="L21" t="s">
+        <v>76</v>
+      </c>
+      <c r="M21" t="s">
+        <v>77</v>
+      </c>
+      <c r="N21" t="s">
+        <v>209</v>
+      </c>
+      <c r="O21" t="s">
+        <v>210</v>
+      </c>
+      <c r="P21" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>69</v>
+      </c>
+      <c r="B22" t="s">
+        <v>212</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>213</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>214</v>
+      </c>
+      <c r="H22" t="s">
+        <v>215</v>
+      </c>
+      <c r="I22" t="s">
+        <v>216</v>
+      </c>
+      <c r="J22" t="s">
+        <v>217</v>
+      </c>
+      <c r="K22" t="s">
+        <v>218</v>
+      </c>
+      <c r="L22" t="s">
+        <v>76</v>
+      </c>
+      <c r="M22" t="s">
+        <v>115</v>
+      </c>
+      <c r="N22" t="s">
+        <v>116</v>
+      </c>
+      <c r="O22" t="s">
+        <v>117</v>
+      </c>
+      <c r="P22" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" t="s">
+        <v>220</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>222</v>
+      </c>
+      <c r="H23" t="s">
+        <v>223</v>
+      </c>
+      <c r="I23" t="s">
+        <v>224</v>
+      </c>
+      <c r="J23" t="s">
+        <v>225</v>
+      </c>
+      <c r="K23" t="s">
+        <v>226</v>
+      </c>
+      <c r="L23" t="s">
+        <v>76</v>
+      </c>
+      <c r="M23" t="s">
+        <v>115</v>
+      </c>
+      <c r="N23" t="s">
+        <v>116</v>
+      </c>
+      <c r="O23" t="s">
+        <v>117</v>
+      </c>
+      <c r="P23" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" t="s">
+        <v>228</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>229</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>230</v>
+      </c>
+      <c r="H24" t="s">
+        <v>231</v>
+      </c>
+      <c r="I24" t="s">
+        <v>232</v>
+      </c>
+      <c r="J24" t="s">
+        <v>233</v>
+      </c>
+      <c r="K24" t="s">
+        <v>234</v>
+      </c>
+      <c r="L24" t="s">
+        <v>76</v>
+      </c>
+      <c r="M24" t="s">
+        <v>115</v>
+      </c>
+      <c r="N24" t="s">
+        <v>116</v>
+      </c>
+      <c r="O24" t="s">
+        <v>117</v>
+      </c>
+      <c r="P24" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" t="s">
+        <v>236</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>229</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>237</v>
+      </c>
+      <c r="H25" t="s">
+        <v>238</v>
+      </c>
+      <c r="I25" t="s">
+        <v>239</v>
+      </c>
+      <c r="J25" t="s">
+        <v>240</v>
+      </c>
+      <c r="K25" t="s">
+        <v>241</v>
+      </c>
+      <c r="L25" t="s">
+        <v>76</v>
+      </c>
+      <c r="M25" t="s">
+        <v>77</v>
+      </c>
+      <c r="N25" t="s">
+        <v>105</v>
+      </c>
+      <c r="O25" t="s">
+        <v>242</v>
+      </c>
+      <c r="P25" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" t="s">
+        <v>244</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>245</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>246</v>
+      </c>
+      <c r="H26" t="s">
+        <v>247</v>
+      </c>
+      <c r="I26" t="s">
+        <v>102</v>
+      </c>
+      <c r="J26" t="s">
+        <v>103</v>
+      </c>
+      <c r="K26" t="s">
+        <v>104</v>
+      </c>
+      <c r="L26" t="s">
+        <v>76</v>
+      </c>
+      <c r="M26" t="s">
+        <v>77</v>
+      </c>
+      <c r="N26" t="s">
+        <v>105</v>
+      </c>
+      <c r="O26" t="s">
+        <v>248</v>
+      </c>
+      <c r="P26" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B27" t="s">
+        <v>250</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>245</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>251</v>
+      </c>
+      <c r="H27" t="s">
+        <v>252</v>
+      </c>
+      <c r="I27" t="s">
+        <v>102</v>
+      </c>
+      <c r="J27" t="s">
+        <v>103</v>
+      </c>
+      <c r="K27" t="s">
+        <v>104</v>
+      </c>
+      <c r="L27" t="s">
+        <v>76</v>
+      </c>
+      <c r="M27" t="s">
+        <v>77</v>
+      </c>
+      <c r="N27" t="s">
+        <v>105</v>
+      </c>
+      <c r="O27" t="s">
+        <v>253</v>
+      </c>
+      <c r="P27" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>69</v>
+      </c>
+      <c r="B28" t="s">
+        <v>255</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>256</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>257</v>
+      </c>
+      <c r="H28" t="s">
+        <v>258</v>
+      </c>
+      <c r="I28" t="s">
+        <v>259</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>260</v>
+      </c>
+      <c r="L28" t="s">
+        <v>76</v>
+      </c>
+      <c r="M28" t="s">
+        <v>77</v>
+      </c>
+      <c r="N28" t="s">
+        <v>78</v>
+      </c>
+      <c r="O28" t="s">
+        <v>85</v>
+      </c>
+      <c r="P28" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" t="s">
+        <v>262</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>263</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>264</v>
+      </c>
+      <c r="H29" t="s">
+        <v>265</v>
+      </c>
+      <c r="I29" t="s">
+        <v>266</v>
+      </c>
+      <c r="J29" t="s">
+        <v>75</v>
+      </c>
+      <c r="K29" t="s">
+        <v>30</v>
+      </c>
+      <c r="L29" t="s">
+        <v>76</v>
+      </c>
+      <c r="M29" t="s">
+        <v>77</v>
+      </c>
+      <c r="N29" t="s">
+        <v>267</v>
+      </c>
+      <c r="O29" t="s">
+        <v>268</v>
+      </c>
+      <c r="P29" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>69</v>
+      </c>
+      <c r="B30" t="s">
+        <v>270</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>271</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>272</v>
+      </c>
+      <c r="H30" t="s">
+        <v>273</v>
+      </c>
+      <c r="I30" t="s">
+        <v>274</v>
+      </c>
+      <c r="J30" t="s">
+        <v>259</v>
+      </c>
+      <c r="K30" t="s">
+        <v>260</v>
+      </c>
+      <c r="L30" t="s">
+        <v>76</v>
+      </c>
+      <c r="M30" t="s">
+        <v>77</v>
+      </c>
+      <c r="N30" t="s">
+        <v>78</v>
+      </c>
+      <c r="O30" t="s">
+        <v>275</v>
+      </c>
+      <c r="P30" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" t="s">
+        <v>277</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>278</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>279</v>
+      </c>
+      <c r="H31" t="s">
+        <v>280</v>
+      </c>
+      <c r="I31" t="s">
+        <v>281</v>
+      </c>
+      <c r="J31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" t="s">
+        <v>282</v>
+      </c>
+      <c r="L31" t="s">
+        <v>76</v>
+      </c>
+      <c r="M31" t="s">
+        <v>77</v>
+      </c>
+      <c r="N31" t="s">
+        <v>78</v>
+      </c>
+      <c r="O31" t="s">
+        <v>96</v>
+      </c>
+      <c r="P31" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" t="s">
+        <v>284</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>285</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>286</v>
+      </c>
+      <c r="H32" t="s">
+        <v>287</v>
+      </c>
+      <c r="I32" t="s">
+        <v>288</v>
+      </c>
+      <c r="J32" t="s">
+        <v>75</v>
+      </c>
+      <c r="K32" t="s">
+        <v>30</v>
+      </c>
+      <c r="L32" t="s">
+        <v>76</v>
+      </c>
+      <c r="M32" t="s">
+        <v>77</v>
+      </c>
+      <c r="N32" t="s">
+        <v>105</v>
+      </c>
+      <c r="O32" t="s">
+        <v>106</v>
+      </c>
+      <c r="P32" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>290</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>291</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>292</v>
+      </c>
+      <c r="H33" t="s">
+        <v>293</v>
+      </c>
+      <c r="I33" t="s">
+        <v>294</v>
+      </c>
+      <c r="J33" t="s">
+        <v>75</v>
+      </c>
+      <c r="K33" t="s">
+        <v>30</v>
+      </c>
+      <c r="L33" t="s">
+        <v>76</v>
+      </c>
+      <c r="M33" t="s">
+        <v>77</v>
+      </c>
+      <c r="N33" t="s">
+        <v>295</v>
+      </c>
+      <c r="O33" t="s">
+        <v>296</v>
+      </c>
+      <c r="P33" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" t="s">
+        <v>298</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>291</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>299</v>
+      </c>
+      <c r="H34" t="s">
+        <v>300</v>
+      </c>
+      <c r="I34" t="s">
+        <v>294</v>
+      </c>
+      <c r="J34" t="s">
+        <v>75</v>
+      </c>
+      <c r="K34" t="s">
+        <v>30</v>
+      </c>
+      <c r="L34" t="s">
+        <v>76</v>
+      </c>
+      <c r="M34" t="s">
+        <v>77</v>
+      </c>
+      <c r="N34" t="s">
+        <v>267</v>
+      </c>
+      <c r="O34" t="s">
+        <v>268</v>
+      </c>
+      <c r="P34" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" t="s">
+        <v>302</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>303</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>304</v>
+      </c>
+      <c r="H35" t="s">
+        <v>305</v>
+      </c>
+      <c r="I35" t="s">
+        <v>306</v>
+      </c>
+      <c r="J35" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" t="s">
+        <v>307</v>
+      </c>
+      <c r="L35" t="s">
+        <v>76</v>
+      </c>
+      <c r="M35" t="s">
+        <v>77</v>
+      </c>
+      <c r="N35" t="s">
+        <v>105</v>
+      </c>
+      <c r="O35" t="s">
+        <v>156</v>
+      </c>
+      <c r="P35" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>69</v>
+      </c>
+      <c r="B36" t="s">
+        <v>309</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>310</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>311</v>
+      </c>
+      <c r="H36" t="s">
+        <v>312</v>
+      </c>
+      <c r="I36" t="s">
+        <v>313</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>314</v>
+      </c>
+      <c r="L36" t="s">
+        <v>76</v>
+      </c>
+      <c r="M36" t="s">
+        <v>77</v>
+      </c>
+      <c r="N36" t="s">
+        <v>116</v>
+      </c>
+      <c r="O36" t="s">
+        <v>117</v>
+      </c>
+      <c r="P36" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>69</v>
+      </c>
+      <c r="B37" t="s">
+        <v>316</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>310</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>317</v>
+      </c>
+      <c r="H37" t="s">
+        <v>318</v>
+      </c>
+      <c r="I37" t="s">
+        <v>319</v>
+      </c>
+      <c r="J37" t="s">
+        <v>320</v>
+      </c>
+      <c r="K37" t="s">
+        <v>321</v>
+      </c>
+      <c r="L37" t="s">
+        <v>76</v>
+      </c>
+      <c r="M37" t="s">
+        <v>77</v>
+      </c>
+      <c r="N37" t="s">
+        <v>116</v>
+      </c>
+      <c r="O37" t="s">
+        <v>117</v>
+      </c>
+      <c r="P37" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>69</v>
+      </c>
+      <c r="B38" t="s">
+        <v>323</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>324</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>325</v>
+      </c>
+      <c r="H38" t="s">
+        <v>326</v>
+      </c>
+      <c r="I38" t="s">
+        <v>327</v>
+      </c>
+      <c r="J38" t="s">
+        <v>75</v>
+      </c>
+      <c r="K38" t="s">
+        <v>30</v>
+      </c>
+      <c r="L38" t="s">
+        <v>76</v>
+      </c>
+      <c r="M38" t="s">
+        <v>77</v>
+      </c>
+      <c r="N38" t="s">
+        <v>78</v>
+      </c>
+      <c r="O38" t="s">
+        <v>328</v>
+      </c>
+      <c r="P38" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>69</v>
+      </c>
+      <c r="B39" t="s">
+        <v>330</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>331</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>332</v>
+      </c>
+      <c r="H39" t="s">
+        <v>333</v>
+      </c>
+      <c r="I39" t="s">
+        <v>334</v>
+      </c>
+      <c r="J39" t="s">
+        <v>75</v>
+      </c>
+      <c r="K39" t="s">
+        <v>30</v>
+      </c>
+      <c r="L39" t="s">
+        <v>76</v>
+      </c>
+      <c r="M39" t="s">
+        <v>77</v>
+      </c>
+      <c r="N39" t="s">
+        <v>209</v>
+      </c>
+      <c r="O39" t="s">
+        <v>335</v>
+      </c>
+      <c r="P39" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>69</v>
+      </c>
+      <c r="B40" t="s">
+        <v>337</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>338</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>339</v>
+      </c>
+      <c r="H40" t="s">
+        <v>340</v>
+      </c>
+      <c r="I40" t="s">
+        <v>196</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>197</v>
+      </c>
+      <c r="L40" t="s">
+        <v>76</v>
+      </c>
+      <c r="M40" t="s">
+        <v>77</v>
+      </c>
+      <c r="N40" t="s">
+        <v>105</v>
+      </c>
+      <c r="O40" t="s">
+        <v>341</v>
+      </c>
+      <c r="P40" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>69</v>
+      </c>
+      <c r="B41" t="s">
+        <v>343</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>338</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>344</v>
+      </c>
+      <c r="H41" t="s">
+        <v>345</v>
+      </c>
+      <c r="I41" t="s">
+        <v>196</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>197</v>
+      </c>
+      <c r="L41" t="s">
+        <v>76</v>
+      </c>
+      <c r="M41" t="s">
+        <v>77</v>
+      </c>
+      <c r="N41" t="s">
+        <v>105</v>
+      </c>
+      <c r="O41" t="s">
+        <v>253</v>
+      </c>
+      <c r="P41" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>69</v>
+      </c>
+      <c r="B42" t="s">
+        <v>347</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>348</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>349</v>
+      </c>
+      <c r="H42" t="s">
+        <v>350</v>
+      </c>
+      <c r="I42" t="s">
+        <v>288</v>
+      </c>
+      <c r="J42" t="s">
+        <v>75</v>
+      </c>
+      <c r="K42" t="s">
+        <v>30</v>
+      </c>
+      <c r="L42" t="s">
+        <v>76</v>
+      </c>
+      <c r="M42" t="s">
+        <v>77</v>
+      </c>
+      <c r="N42" t="s">
+        <v>105</v>
+      </c>
+      <c r="O42" t="s">
+        <v>351</v>
+      </c>
+      <c r="P42" t="s">
+        <v>352</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>61</v>
+        <v>353</v>
       </c>
       <c r="L1" t="s">
-        <v>62</v>
+        <v>354</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>355</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>356</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>65</v>
+        <v>357</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>66</v>
+        <v>358</v>
       </c>
       <c r="H2" t="s">
-        <v>67</v>
+        <v>359</v>
       </c>
       <c r="I2" t="s">
-        <v>68</v>
+        <v>360</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>70</v>
+        <v>361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>63</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>64</v>
+        <v>356</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>71</v>
+        <v>362</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>72</v>
+        <v>363</v>
       </c>
       <c r="H3" t="s">
-        <v>73</v>
+        <v>364</v>
       </c>
       <c r="I3" t="s">
-        <v>68</v>
+        <v>360</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>70</v>
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>365</v>
+      </c>
+      <c r="J1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K1" t="s">
+        <v>366</v>
+      </c>
+      <c r="L1" t="s">
+        <v>63</v>
+      </c>
+      <c r="M1" t="s">
+        <v>64</v>
+      </c>
+      <c r="N1" t="s">
+        <v>367</v>
+      </c>
+      <c r="O1" t="s">
+        <v>368</v>
+      </c>
+      <c r="P1" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>370</v>
+      </c>
+      <c r="R1" t="s">
+        <v>65</v>
+      </c>
+      <c r="S1" t="s">
+        <v>371</v>
+      </c>
+      <c r="T1" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>373</v>
+      </c>
+      <c r="B2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>375</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>376</v>
+      </c>
+      <c r="H2" t="s">
+        <v>377</v>
+      </c>
+      <c r="I2" t="s">
+        <v>378</v>
+      </c>
+      <c r="J2" t="s">
+        <v>379</v>
+      </c>
+      <c r="K2" t="s">
+        <v>380</v>
+      </c>
+      <c r="L2" t="s">
+        <v>381</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>382</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>384</v>
+      </c>
+      <c r="R2" t="s">
+        <v>115</v>
+      </c>
+      <c r="S2" t="s">
+        <v>385</v>
+      </c>
+      <c r="T2" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>388</v>
+      </c>
+      <c r="H3" t="s">
+        <v>389</v>
+      </c>
+      <c r="I3" t="s">
+        <v>390</v>
+      </c>
+      <c r="J3" t="s">
+        <v>379</v>
+      </c>
+      <c r="K3" t="s">
+        <v>380</v>
+      </c>
+      <c r="L3" t="s">
+        <v>381</v>
+      </c>
+      <c r="M3" t="s">
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>391</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>392</v>
+      </c>
+      <c r="R3" t="s">
+        <v>115</v>
+      </c>
+      <c r="S3" t="s">
+        <v>393</v>
+      </c>
+      <c r="T3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>373</v>
+      </c>
+      <c r="B4" t="s">
+        <v>394</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>395</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>396</v>
+      </c>
+      <c r="H4" t="s">
+        <v>397</v>
+      </c>
+      <c r="I4" t="s">
+        <v>398</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>123</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N4" t="s">
+        <v>399</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>400</v>
+      </c>
+      <c r="R4" t="s">
+        <v>115</v>
+      </c>
+      <c r="S4" t="s">
+        <v>31</v>
+      </c>
+      <c r="T4" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>373</v>
+      </c>
+      <c r="B5" t="s">
+        <v>401</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>402</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H5" t="s">
+        <v>404</v>
+      </c>
+      <c r="I5" t="s">
+        <v>378</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>405</v>
+      </c>
+      <c r="L5" t="s">
+        <v>406</v>
+      </c>
+      <c r="M5" t="s">
+        <v>76</v>
+      </c>
+      <c r="N5" t="s">
+        <v>407</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>408</v>
+      </c>
+      <c r="R5" t="s">
+        <v>115</v>
+      </c>
+      <c r="S5" t="s">
+        <v>409</v>
+      </c>
+      <c r="T5" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>373</v>
+      </c>
+      <c r="B6" t="s">
+        <v>410</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>411</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>412</v>
+      </c>
+      <c r="H6" t="s">
+        <v>413</v>
+      </c>
+      <c r="I6" t="s">
+        <v>378</v>
+      </c>
+      <c r="J6" t="s">
+        <v>414</v>
+      </c>
+      <c r="K6" t="s">
+        <v>233</v>
+      </c>
+      <c r="L6" t="s">
+        <v>234</v>
+      </c>
+      <c r="M6" t="s">
+        <v>76</v>
+      </c>
+      <c r="N6" t="s">
+        <v>415</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>384</v>
+      </c>
+      <c r="R6" t="s">
+        <v>115</v>
+      </c>
+      <c r="S6" t="s">
+        <v>416</v>
+      </c>
+      <c r="T6" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>373</v>
+      </c>
+      <c r="B7" t="s">
+        <v>417</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>418</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>419</v>
+      </c>
+      <c r="H7" t="s">
+        <v>420</v>
+      </c>
+      <c r="I7" t="s">
+        <v>378</v>
+      </c>
+      <c r="J7" t="s">
+        <v>421</v>
+      </c>
+      <c r="K7" t="s">
+        <v>123</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
+        <v>422</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>423</v>
+      </c>
+      <c r="R7" t="s">
+        <v>115</v>
+      </c>
+      <c r="S7" t="s">
+        <v>424</v>
+      </c>
+      <c r="T7" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>373</v>
+      </c>
+      <c r="B8" t="s">
+        <v>425</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>426</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>427</v>
+      </c>
+      <c r="H8" t="s">
+        <v>428</v>
+      </c>
+      <c r="I8" t="s">
+        <v>378</v>
+      </c>
+      <c r="J8" t="s">
+        <v>429</v>
+      </c>
+      <c r="K8" t="s">
+        <v>430</v>
+      </c>
+      <c r="L8" t="s">
+        <v>431</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>432</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>433</v>
+      </c>
+      <c r="R8" t="s">
+        <v>115</v>
+      </c>
+      <c r="S8" t="s">
+        <v>434</v>
+      </c>
+      <c r="T8" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>373</v>
+      </c>
+      <c r="B9" t="s">
+        <v>435</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>402</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>436</v>
+      </c>
+      <c r="H9" t="s">
+        <v>437</v>
+      </c>
+      <c r="I9" t="s">
+        <v>378</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>113</v>
+      </c>
+      <c r="L9" t="s">
+        <v>114</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>438</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>408</v>
+      </c>
+      <c r="R9" t="s">
+        <v>115</v>
+      </c>
+      <c r="S9" t="s">
+        <v>439</v>
+      </c>
+      <c r="T9" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>373</v>
+      </c>
+      <c r="B10" t="s">
+        <v>440</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>441</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>442</v>
+      </c>
+      <c r="H10" t="s">
+        <v>443</v>
+      </c>
+      <c r="I10" t="s">
+        <v>378</v>
+      </c>
+      <c r="J10" t="s">
+        <v>444</v>
+      </c>
+      <c r="K10" t="s">
+        <v>75</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>445</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>446</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>447</v>
+      </c>
+      <c r="R10" t="s">
+        <v>446</v>
+      </c>
+      <c r="S10" t="s">
+        <v>448</v>
+      </c>
+      <c r="T10" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>373</v>
+      </c>
+      <c r="B11" t="s">
+        <v>450</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>451</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>452</v>
+      </c>
+      <c r="H11" t="s">
+        <v>453</v>
+      </c>
+      <c r="I11" t="s">
+        <v>390</v>
+      </c>
+      <c r="J11" t="s">
+        <v>216</v>
+      </c>
+      <c r="K11" t="s">
+        <v>217</v>
+      </c>
+      <c r="L11" t="s">
+        <v>218</v>
+      </c>
+      <c r="M11" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" t="s">
+        <v>454</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>392</v>
+      </c>
+      <c r="R11" t="s">
+        <v>115</v>
+      </c>
+      <c r="S11" t="s">
+        <v>455</v>
+      </c>
+      <c r="T11" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>373</v>
+      </c>
+      <c r="B12" t="s">
+        <v>456</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>457</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>458</v>
+      </c>
+      <c r="H12" t="s">
+        <v>459</v>
+      </c>
+      <c r="I12" t="s">
+        <v>378</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>162</v>
+      </c>
+      <c r="L12" t="s">
+        <v>163</v>
+      </c>
+      <c r="M12" t="s">
+        <v>76</v>
+      </c>
+      <c r="N12" t="s">
+        <v>460</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>433</v>
+      </c>
+      <c r="R12" t="s">
+        <v>115</v>
+      </c>
+      <c r="S12" t="s">
+        <v>461</v>
+      </c>
+      <c r="T12" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>373</v>
+      </c>
+      <c r="B13" t="s">
+        <v>462</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>451</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>463</v>
+      </c>
+      <c r="H13" t="s">
+        <v>464</v>
+      </c>
+      <c r="I13" t="s">
+        <v>378</v>
+      </c>
+      <c r="J13" t="s">
+        <v>216</v>
+      </c>
+      <c r="K13" t="s">
+        <v>217</v>
+      </c>
+      <c r="L13" t="s">
+        <v>218</v>
+      </c>
+      <c r="M13" t="s">
+        <v>76</v>
+      </c>
+      <c r="N13" t="s">
+        <v>454</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>408</v>
+      </c>
+      <c r="R13" t="s">
+        <v>115</v>
+      </c>
+      <c r="S13" t="s">
+        <v>465</v>
+      </c>
+      <c r="T13" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>373</v>
+      </c>
+      <c r="B14" t="s">
+        <v>466</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>395</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>467</v>
+      </c>
+      <c r="H14" t="s">
+        <v>468</v>
+      </c>
+      <c r="I14" t="s">
+        <v>390</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>123</v>
+      </c>
+      <c r="L14" t="s">
+        <v>30</v>
+      </c>
+      <c r="M14" t="s">
+        <v>76</v>
+      </c>
+      <c r="N14" t="s">
+        <v>469</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>392</v>
+      </c>
+      <c r="R14" t="s">
+        <v>115</v>
+      </c>
+      <c r="S14" t="s">
+        <v>470</v>
+      </c>
+      <c r="T14" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>373</v>
+      </c>
+      <c r="B15" t="s">
+        <v>471</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>472</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>473</v>
+      </c>
+      <c r="H15" t="s">
+        <v>474</v>
+      </c>
+      <c r="I15" t="s">
+        <v>378</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>475</v>
+      </c>
+      <c r="L15" t="s">
+        <v>476</v>
+      </c>
+      <c r="M15" t="s">
+        <v>76</v>
+      </c>
+      <c r="N15" t="s">
+        <v>477</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>433</v>
+      </c>
+      <c r="R15" t="s">
+        <v>77</v>
+      </c>
+      <c r="S15" t="s">
+        <v>478</v>
+      </c>
+      <c r="T15" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>373</v>
+      </c>
+      <c r="B16" t="s">
+        <v>479</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>480</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>481</v>
+      </c>
+      <c r="H16" t="s">
+        <v>482</v>
+      </c>
+      <c r="I16" t="s">
+        <v>378</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>75</v>
+      </c>
+      <c r="L16" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" t="s">
+        <v>76</v>
+      </c>
+      <c r="N16" t="s">
+        <v>483</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>446</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>423</v>
+      </c>
+      <c r="R16" t="s">
+        <v>446</v>
+      </c>
+      <c r="S16" t="s">
+        <v>484</v>
+      </c>
+      <c r="T16" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>373</v>
+      </c>
+      <c r="B17" t="s">
+        <v>485</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>411</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>486</v>
+      </c>
+      <c r="H17" t="s">
+        <v>487</v>
+      </c>
+      <c r="I17" t="s">
+        <v>390</v>
+      </c>
+      <c r="J17" t="s">
+        <v>414</v>
+      </c>
+      <c r="K17" t="s">
+        <v>233</v>
+      </c>
+      <c r="L17" t="s">
+        <v>234</v>
+      </c>
+      <c r="M17" t="s">
+        <v>76</v>
+      </c>
+      <c r="N17" t="s">
+        <v>415</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>392</v>
+      </c>
+      <c r="R17" t="s">
+        <v>115</v>
+      </c>
+      <c r="S17" t="s">
+        <v>488</v>
+      </c>
+      <c r="T17" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>373</v>
+      </c>
+      <c r="B18" t="s">
+        <v>489</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>490</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>491</v>
+      </c>
+      <c r="H18" t="s">
+        <v>492</v>
+      </c>
+      <c r="I18" t="s">
+        <v>390</v>
+      </c>
+      <c r="J18" t="s">
+        <v>493</v>
+      </c>
+      <c r="K18" t="s">
+        <v>405</v>
+      </c>
+      <c r="L18" t="s">
+        <v>406</v>
+      </c>
+      <c r="M18" t="s">
+        <v>76</v>
+      </c>
+      <c r="N18" t="s">
+        <v>494</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>495</v>
+      </c>
+      <c r="R18" t="s">
+        <v>77</v>
+      </c>
+      <c r="S18" t="s">
+        <v>496</v>
+      </c>
+      <c r="T18" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>373</v>
+      </c>
+      <c r="B19" t="s">
+        <v>497</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>490</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>498</v>
+      </c>
+      <c r="H19" t="s">
+        <v>499</v>
+      </c>
+      <c r="I19" t="s">
+        <v>390</v>
+      </c>
+      <c r="J19" t="s">
+        <v>500</v>
+      </c>
+      <c r="K19" t="s">
+        <v>501</v>
+      </c>
+      <c r="L19" t="s">
+        <v>502</v>
+      </c>
+      <c r="M19" t="s">
+        <v>76</v>
+      </c>
+      <c r="N19" t="s">
+        <v>494</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>495</v>
+      </c>
+      <c r="R19" t="s">
+        <v>77</v>
+      </c>
+      <c r="S19" t="s">
+        <v>503</v>
+      </c>
+      <c r="T19" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>373</v>
+      </c>
+      <c r="B20" t="s">
+        <v>504</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>490</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>505</v>
+      </c>
+      <c r="H20" t="s">
+        <v>506</v>
+      </c>
+      <c r="I20" t="s">
+        <v>390</v>
+      </c>
+      <c r="J20" t="s">
+        <v>507</v>
+      </c>
+      <c r="K20" t="s">
+        <v>233</v>
+      </c>
+      <c r="L20" t="s">
+        <v>234</v>
+      </c>
+      <c r="M20" t="s">
+        <v>76</v>
+      </c>
+      <c r="N20" t="s">
+        <v>494</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>495</v>
+      </c>
+      <c r="R20" t="s">
+        <v>77</v>
+      </c>
+      <c r="S20" t="s">
+        <v>508</v>
+      </c>
+      <c r="T20" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>373</v>
+      </c>
+      <c r="B21" t="s">
+        <v>509</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>490</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>510</v>
+      </c>
+      <c r="H21" t="s">
+        <v>511</v>
+      </c>
+      <c r="I21" t="s">
+        <v>390</v>
+      </c>
+      <c r="J21" t="s">
+        <v>512</v>
+      </c>
+      <c r="K21" t="s">
+        <v>430</v>
+      </c>
+      <c r="L21" t="s">
+        <v>431</v>
+      </c>
+      <c r="M21" t="s">
+        <v>76</v>
+      </c>
+      <c r="N21" t="s">
+        <v>494</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>495</v>
+      </c>
+      <c r="R21" t="s">
+        <v>77</v>
+      </c>
+      <c r="S21" t="s">
+        <v>513</v>
+      </c>
+      <c r="T21" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>373</v>
+      </c>
+      <c r="B22" t="s">
+        <v>514</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>490</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>515</v>
+      </c>
+      <c r="H22" t="s">
+        <v>516</v>
+      </c>
+      <c r="I22" t="s">
+        <v>390</v>
+      </c>
+      <c r="J22" t="s">
+        <v>517</v>
+      </c>
+      <c r="K22" t="s">
+        <v>217</v>
+      </c>
+      <c r="L22" t="s">
+        <v>218</v>
+      </c>
+      <c r="M22" t="s">
+        <v>76</v>
+      </c>
+      <c r="N22" t="s">
+        <v>494</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>495</v>
+      </c>
+      <c r="R22" t="s">
+        <v>77</v>
+      </c>
+      <c r="S22" t="s">
+        <v>518</v>
+      </c>
+      <c r="T22" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>373</v>
+      </c>
+      <c r="B23" t="s">
+        <v>519</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>490</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>520</v>
+      </c>
+      <c r="H23" t="s">
+        <v>521</v>
+      </c>
+      <c r="I23" t="s">
+        <v>390</v>
+      </c>
+      <c r="J23" t="s">
+        <v>522</v>
+      </c>
+      <c r="K23" t="s">
+        <v>523</v>
+      </c>
+      <c r="L23" t="s">
+        <v>524</v>
+      </c>
+      <c r="M23" t="s">
+        <v>76</v>
+      </c>
+      <c r="N23" t="s">
+        <v>494</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>495</v>
+      </c>
+      <c r="R23" t="s">
+        <v>77</v>
+      </c>
+      <c r="S23" t="s">
+        <v>525</v>
+      </c>
+      <c r="T23" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>373</v>
+      </c>
+      <c r="B24" t="s">
+        <v>526</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>527</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>528</v>
+      </c>
+      <c r="H24" t="s">
+        <v>529</v>
+      </c>
+      <c r="I24" t="s">
+        <v>378</v>
+      </c>
+      <c r="J24" t="s">
+        <v>530</v>
+      </c>
+      <c r="K24" t="s">
+        <v>475</v>
+      </c>
+      <c r="L24" t="s">
+        <v>476</v>
+      </c>
+      <c r="M24" t="s">
+        <v>76</v>
+      </c>
+      <c r="N24" t="s">
+        <v>531</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>446</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>384</v>
+      </c>
+      <c r="R24" t="s">
+        <v>446</v>
+      </c>
+      <c r="S24" t="s">
+        <v>532</v>
+      </c>
+      <c r="T24" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>373</v>
+      </c>
+      <c r="B25" t="s">
+        <v>533</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>534</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>535</v>
+      </c>
+      <c r="H25" t="s">
+        <v>536</v>
+      </c>
+      <c r="I25" t="s">
+        <v>378</v>
+      </c>
+      <c r="J25" t="s">
+        <v>537</v>
+      </c>
+      <c r="K25" t="s">
+        <v>538</v>
+      </c>
+      <c r="L25" t="s">
+        <v>539</v>
+      </c>
+      <c r="M25" t="s">
+        <v>76</v>
+      </c>
+      <c r="N25" t="s">
+        <v>540</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>408</v>
+      </c>
+      <c r="R25" t="s">
+        <v>115</v>
+      </c>
+      <c r="S25" t="s">
+        <v>541</v>
+      </c>
+      <c r="T25" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>373</v>
+      </c>
+      <c r="B26" t="s">
+        <v>542</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>534</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>543</v>
+      </c>
+      <c r="H26" t="s">
+        <v>544</v>
+      </c>
+      <c r="I26" t="s">
+        <v>390</v>
+      </c>
+      <c r="J26" t="s">
+        <v>537</v>
+      </c>
+      <c r="K26" t="s">
+        <v>545</v>
+      </c>
+      <c r="L26" t="s">
+        <v>539</v>
+      </c>
+      <c r="M26" t="s">
+        <v>76</v>
+      </c>
+      <c r="N26" t="s">
+        <v>546</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>392</v>
+      </c>
+      <c r="R26" t="s">
+        <v>115</v>
+      </c>
+      <c r="S26" t="s">
+        <v>547</v>
+      </c>
+      <c r="T26" t="s">
+        <v>386</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>