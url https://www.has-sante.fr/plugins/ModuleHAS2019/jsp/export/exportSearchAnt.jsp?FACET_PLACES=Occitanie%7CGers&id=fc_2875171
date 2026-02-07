--- v1 (2025-12-23)
+++ v2 (2026-02-07)
@@ -1457,57 +1457,57 @@
   <si>
     <t>CENTRE PEDIATRIQUE SAINT JACQUES MEDECINE PHYSIQUE ET READAP</t>
   </si>
   <si>
     <t>21/01/2025 10:16:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/989_FicheEtablissement/fr/ctre-pedia-st-jacques-mpr-montegut</t>
   </si>
   <si>
     <t>989_FicheEtablissement</t>
   </si>
   <si>
     <t>32550 MONTEGUT</t>
   </si>
   <si>
     <t>MONTEGUT</t>
   </si>
   <si>
     <t>0562656612</t>
   </si>
   <si>
     <t>320780323</t>
   </si>
   <si>
-    <t>CLINIQUE NEURO PSYCHIATRIQUE D'EMBATS</t>
+    <t>HC HDJ AMBU ADULTE CL NEURO PSY D'EMBATS AUCH</t>
   </si>
   <si>
     <t>21/01/2025 10:15:55</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/988_FicheEtablissement/fr/cl-psy-d-embats-auch</t>
+    <t>https://www.has-sante.fr/jcms/988_FicheEtablissement/fr/hc-hdj-ambu-adult-cl-psy-d-embats-auch</t>
   </si>
   <si>
     <t>988_FicheEtablissement</t>
   </si>
   <si>
     <t>0562611133</t>
   </si>
   <si>
     <t>320780109</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER CONDOM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/993_FicheEtablissement/fr/usld-ch-condom</t>
   </si>
   <si>
     <t>993_FicheEtablissement</t>
   </si>
   <si>
     <t>320784549</t>
   </si>
   <si>
     <t>AAIR UAD FLEURANCE</t>
   </si>
@@ -1577,54 +1577,54 @@
   <si>
     <t>3702_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Avenue De Chanzy</t>
   </si>
   <si>
     <t>320001050</t>
   </si>
   <si>
     <t>AAIR UAD UDM NOGARO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4139_FicheEtablissement/fr/aair-uad-udm-nogaro</t>
   </si>
   <si>
     <t>4139_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue D'Estalens</t>
   </si>
   <si>
     <t>320005523</t>
   </si>
   <si>
-    <t>AAIR UAD L'ISLE JOURDAIN</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/fr/aair-uad-l-isle-jourdain</t>
+    <t>AAIR UAD UDM L'ISLE JOURDAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/fr/aair-uad-udm-l-isle-jourdain</t>
   </si>
   <si>
     <t>4138_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Avenue De Verdun</t>
   </si>
   <si>
     <t>32600 L ISLE JOURDAIN</t>
   </si>
   <si>
     <t>L ISLE JOURDAIN</t>
   </si>
   <si>
     <t>320004872</t>
   </si>
   <si>
     <t>CRF LA REVISCOLADA DU GRAND SUD OUEST MONTEGUT</t>
   </si>
   <si>
     <t>21/01/2025 10:18:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7593_FicheEtablissement/fr/crf-la-reviscolada-montegut</t>
   </si>
@@ -5461,51 +5461,51 @@
       <c r="A19" t="s">
         <v>373</v>
       </c>
       <c r="B19" t="s">
         <v>497</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>490</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>498</v>
       </c>
       <c r="H19" t="s">
         <v>499</v>
       </c>
       <c r="I19" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
       <c r="J19" t="s">
         <v>500</v>
       </c>
       <c r="K19" t="s">
         <v>501</v>
       </c>
       <c r="L19" t="s">
         <v>502</v>
       </c>
       <c r="M19" t="s">
         <v>76</v>
       </c>
       <c r="N19" t="s">
         <v>494</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
         <v>77</v>
       </c>
       <c r="Q19" t="s">
         <v>495</v>
       </c>