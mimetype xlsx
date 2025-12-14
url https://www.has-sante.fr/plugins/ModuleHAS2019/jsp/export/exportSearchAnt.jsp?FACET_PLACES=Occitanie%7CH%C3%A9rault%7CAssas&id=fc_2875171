--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -62,120 +62,120 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD D'AUBETERRE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5519_FicheESSMS/fr/ehpad-d-aubeterre</t>
+  </si>
+  <si>
+    <t>5519_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Pilles</t>
+  </si>
+  <si>
+    <t>34820 TEYRAN</t>
+  </si>
+  <si>
+    <t>TEYRAN</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>340787860</t>
+  </si>
+  <si>
     <t>EEAP COSTE ROUSSE</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:25:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8986_FicheESSMS/fr/eeap-coste-rousse</t>
   </si>
   <si>
     <t>8986_FicheESSMS</t>
   </si>
   <si>
     <t>43 Avenue Des Baronnes</t>
   </si>
   <si>
     <t>34730 PRADES LE LEZ</t>
   </si>
   <si>
     <t>PRADES LE LEZ</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
   </si>
   <si>
     <t>340780998</t>
-  </si>
-[...31 lines deleted...]
-    <t>340787860</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">