--- v0 (2025-12-25)
+++ v1 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1015" uniqueCount="450">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -512,132 +512,135 @@
   <si>
     <t>34500</t>
   </si>
   <si>
     <t>340780113</t>
   </si>
   <si>
     <t xml:space="preserve">Docteur Monique ABOUT </t>
   </si>
   <si>
     <t>08/11/2016 11:30:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708952/fr/docteur-monique-about</t>
   </si>
   <si>
     <t>c_2708952</t>
   </si>
   <si>
     <t xml:space="preserve">ABOUT </t>
   </si>
   <si>
     <t>Monique</t>
   </si>
   <si>
-    <t>01 July 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>Docteur François CAMMAN</t>
   </si>
   <si>
     <t>08/11/2016 11:30:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709176/fr/docteur-francois-camman</t>
   </si>
   <si>
     <t>c_2709176</t>
   </si>
   <si>
     <t>CAMMAN</t>
   </si>
   <si>
     <t>François</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>Docteur Sébastien CAZABAN</t>
   </si>
   <si>
     <t>08/11/2016 11:31:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709768/fr/docteur-sebastien-cazaban</t>
   </si>
   <si>
     <t>c_2709768</t>
   </si>
   <si>
     <t>CAZABAN</t>
   </si>
   <si>
     <t>Sébastien</t>
   </si>
   <si>
+    <t>15 May 2025</t>
+  </si>
+  <si>
     <t>Docteur Jean-michel SKA</t>
   </si>
   <si>
     <t>08/11/2016 11:31:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709945/fr/docteur-jean-michel-ska</t>
   </si>
   <si>
     <t>c_2709945</t>
   </si>
   <si>
     <t>SKA</t>
   </si>
   <si>
     <t>Jean-michel</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Nada KHALIL</t>
   </si>
   <si>
     <t>08/11/2016 11:31:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709976/fr/docteur-nada-khalil</t>
   </si>
   <si>
     <t>c_2709976</t>
   </si>
   <si>
     <t>KHALIL</t>
   </si>
   <si>
     <t>Nada</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Jerome LANO</t>
   </si>
   <si>
     <t>08/11/2016 11:32:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710771/fr/docteur-jerome-lano</t>
   </si>
   <si>
     <t>c_2710771</t>
   </si>
   <si>
     <t>LANO</t>
   </si>
   <si>
     <t>Jerome</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Bernard MARC</t>
   </si>
@@ -686,200 +689,212 @@
   <si>
     <t>LARGEY</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
     <t>Docteur Laurent PASSEBOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:35:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712888/fr/docteur-laurent-passebois</t>
   </si>
   <si>
     <t>c_2712888</t>
   </si>
   <si>
     <t>PASSEBOIS</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
-    <t>19 October 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Valeriu STARTUN</t>
   </si>
   <si>
     <t>08/11/2016 11:35:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712992/fr/docteur-valeriu-startun</t>
   </si>
   <si>
     <t>c_2712992</t>
   </si>
   <si>
     <t>STARTUN</t>
   </si>
   <si>
     <t>Valeriu</t>
   </si>
   <si>
     <t>11 May 2023</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD LES JARDINS DE BADONES</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:03:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15679_FicheESSMS/fr/ehpad-les-jardins-de-badones</t>
+  </si>
+  <si>
+    <t>15679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>340014703</t>
+  </si>
+  <si>
     <t>SAAD AASD</t>
   </si>
   <si>
     <t>23/11/2025 16:21:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14828_FicheESSMS/fr/saad-aasd</t>
   </si>
   <si>
     <t>14828_FicheESSMS</t>
   </si>
   <si>
     <t>73 Avenue Camille Saint Saens</t>
   </si>
   <si>
-    <t>34500 BEZIERS</t>
-[...4 lines deleted...]
-  <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>340024678</t>
   </si>
   <si>
     <t>FH SEVERINE</t>
   </si>
   <si>
     <t>07/11/2025 16:26:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14451_FicheESSMS/fr/fh-severine</t>
   </si>
   <si>
     <t>14451_FicheESSMS</t>
   </si>
   <si>
     <t>24 Rue Argence</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...1 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>340796630</t>
   </si>
   <si>
     <t>CAMSP CSRE ALEXANDRE JOLLIEN BEZIERS</t>
   </si>
   <si>
     <t>21/10/2025 16:17:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14185_FicheESSMS/fr/camsp-csre-alexandre-jollien-beziers</t>
   </si>
   <si>
     <t>14185_FicheESSMS</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>340008234</t>
   </si>
   <si>
     <t>EHPAD LA MERIDIENNE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/910_FicheESSMS/fr/ehpad-la-meridienne</t>
   </si>
   <si>
     <t>910_FicheESSMS</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>340797240</t>
   </si>
   <si>
     <t>UEMO BEZIERS-OUEST</t>
   </si>
   <si>
     <t>10/09/2025 12:19:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3357_FicheESSMS/fr/uemo-beziers-ouest</t>
   </si>
   <si>
     <t>3357_FicheESSMS</t>
   </si>
   <si>
     <t>31 Quai Du Port-Neuf</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Service d'Intervention Educative en Milieu Ouvert</t>
@@ -1160,50 +1175,53 @@
   <si>
     <t>HAD BEZIERS HOSPITALISATION A DOMICILE GROUPE AXE SANTE</t>
   </si>
   <si>
     <t>25/06/2025 12:16:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1081_FicheEtablissement/fr/had-beziers-had</t>
   </si>
   <si>
     <t>1081_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>37 Avenue Enseigne Albertini</t>
   </si>
   <si>
     <t>0467261352</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
+    <t>Médecine</t>
+  </si>
+  <si>
     <t>340016476</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLINIQUE CHAMPEAU MEDITERRANEE GROUPE AXE SANTE</t>
   </si>
   <si>
     <t>19/06/2025 14:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1078_FicheEtablissement/fr/cl-champeau-mediterranee-beziers</t>
   </si>
   <si>
     <t>1078_FicheEtablissement</t>
   </si>
   <si>
     <t>32 Avenue Enseigne Albertini</t>
   </si>
   <si>
     <t>34535 BEZIERS</t>
   </si>
   <si>
     <t>0467091920</t>
@@ -1266,74 +1284,50 @@
     <t>0467357035</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>SOINS DE SUITE ET DE READAPTATION CH DE BEZIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1082_FicheEtablissement/fr/ssr-ch-beziers</t>
   </si>
   <si>
     <t>1082_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Boulevard Perreal</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>340017771</t>
-  </si>
-[...22 lines deleted...]
-    <t>340021211</t>
   </si>
   <si>
     <t>CENTRE PSYCHOTHERAPIQUE CAMILLE CLAUDEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1119_FicheEtablissement/fr/ctre-psychotherapie-c-claudel-ch-bezie</t>
   </si>
   <si>
     <t>1119_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0467357034</t>
   </si>
   <si>
     <t>340782622</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEZIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1129_FicheEtablissement/fr/usld-ch-beziers</t>
   </si>
@@ -2700,387 +2694,387 @@
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>175</v>
       </c>
       <c r="H23" t="s">
         <v>176</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>177</v>
       </c>
       <c r="L23" t="s">
         <v>178</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23" t="s">
         <v>29</v>
       </c>
       <c r="Q23" t="s">
         <v>30</v>
       </c>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="O24" t="s">
         <v>90</v>
       </c>
       <c r="P24" t="s">
         <v>91</v>
       </c>
       <c r="Q24" t="s">
         <v>30</v>
       </c>
       <c r="R24" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="O25" t="s">
         <v>90</v>
       </c>
       <c r="P25" t="s">
         <v>91</v>
       </c>
       <c r="Q25" t="s">
         <v>30</v>
       </c>
       <c r="R25" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="O26" t="s">
         <v>90</v>
       </c>
       <c r="P26" t="s">
         <v>91</v>
       </c>
       <c r="Q26" t="s">
         <v>30</v>
       </c>
       <c r="R26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="R27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>148</v>
       </c>
       <c r="O28" t="s">
         <v>39</v>
       </c>
       <c r="P28" t="s">
         <v>40</v>
       </c>
       <c r="Q28" t="s">
         <v>41</v>
       </c>
       <c r="R28" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="L29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>223</v>
+        <v>49</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29" t="s">
         <v>29</v>
       </c>
       <c r="Q29" t="s">
         <v>30</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>224</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
@@ -3115,51 +3109,51 @@
       </c>
       <c r="N30" t="s">
         <v>230</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P18"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3200,1560 +3194,1548 @@
       <c r="B2" t="s">
         <v>240</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>241</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>242</v>
       </c>
       <c r="H2" t="s">
         <v>243</v>
       </c>
       <c r="I2" t="s">
         <v>244</v>
       </c>
       <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
         <v>245</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>246</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>247</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>248</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>239</v>
       </c>
       <c r="B3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>251</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>252</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>253</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>254</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
+        <v>244</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>245</v>
+      </c>
+      <c r="M3" t="s">
         <v>255</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>256</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>257</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>239</v>
       </c>
       <c r="B4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>260</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>261</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>262</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>263</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>244</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
         <v>245</v>
       </c>
-      <c r="J4" t="s">
-[...5 lines deleted...]
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="N4" t="s">
         <v>264</v>
       </c>
       <c r="O4" t="s">
         <v>265</v>
       </c>
       <c r="P4" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>239</v>
       </c>
       <c r="B5" t="s">
         <v>267</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>268</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>269</v>
       </c>
       <c r="H5" t="s">
         <v>270</v>
       </c>
       <c r="I5" t="s">
+        <v>244</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" t="s">
         <v>245</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="N5" t="s">
         <v>271</v>
       </c>
       <c r="O5" t="s">
         <v>272</v>
       </c>
       <c r="P5" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>239</v>
       </c>
       <c r="B6" t="s">
         <v>274</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>275</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>276</v>
       </c>
       <c r="H6" t="s">
         <v>277</v>
       </c>
       <c r="I6" t="s">
+        <v>244</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>245</v>
+      </c>
+      <c r="M6" t="s">
+        <v>246</v>
+      </c>
+      <c r="N6" t="s">
+        <v>247</v>
+      </c>
+      <c r="O6" t="s">
+        <v>248</v>
+      </c>
+      <c r="P6" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>239</v>
       </c>
       <c r="B7" t="s">
+        <v>279</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>280</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>281</v>
+      </c>
+      <c r="H7" t="s">
+        <v>282</v>
+      </c>
+      <c r="I7" t="s">
         <v>283</v>
       </c>
-      <c r="C7" t="s">
-[...11 lines deleted...]
-      <c r="G7" t="s">
+      <c r="J7" t="s">
+        <v>244</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>245</v>
+      </c>
+      <c r="M7" t="s">
         <v>284</v>
       </c>
-      <c r="H7" t="s">
+      <c r="N7" t="s">
         <v>285</v>
       </c>
-      <c r="I7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="P7" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>239</v>
       </c>
       <c r="B8" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>289</v>
       </c>
       <c r="H8" t="s">
         <v>290</v>
       </c>
       <c r="I8" t="s">
+        <v>283</v>
+      </c>
+      <c r="J8" t="s">
+        <v>244</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>245</v>
+      </c>
+      <c r="M8" t="s">
+        <v>284</v>
+      </c>
+      <c r="N8" t="s">
+        <v>285</v>
+      </c>
+      <c r="O8" t="s">
+        <v>286</v>
+      </c>
+      <c r="P8" t="s">
         <v>291</v>
-      </c>
-[...19 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>239</v>
       </c>
       <c r="B9" t="s">
+        <v>292</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>293</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>294</v>
+      </c>
+      <c r="H9" t="s">
         <v>295</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>296</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="J9" t="s">
+        <v>244</v>
+      </c>
+      <c r="K9" t="s">
+        <v>30</v>
+      </c>
+      <c r="L9" t="s">
+        <v>245</v>
+      </c>
+      <c r="M9" t="s">
+        <v>246</v>
+      </c>
+      <c r="N9" t="s">
         <v>297</v>
       </c>
-      <c r="H9" t="s">
+      <c r="O9" t="s">
         <v>298</v>
       </c>
-      <c r="I9" t="s">
+      <c r="P9" t="s">
         <v>299</v>
-      </c>
-[...19 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>239</v>
       </c>
       <c r="B10" t="s">
+        <v>300</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>301</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>302</v>
+      </c>
+      <c r="H10" t="s">
         <v>303</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>304</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="J10" t="s">
+        <v>244</v>
+      </c>
+      <c r="K10" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" t="s">
+        <v>245</v>
+      </c>
+      <c r="M10" t="s">
+        <v>246</v>
+      </c>
+      <c r="N10" t="s">
         <v>305</v>
       </c>
-      <c r="H10" t="s">
+      <c r="O10" t="s">
         <v>306</v>
       </c>
-      <c r="I10" t="s">
+      <c r="P10" t="s">
         <v>307</v>
-      </c>
-[...19 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>239</v>
       </c>
       <c r="B11" t="s">
+        <v>308</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>309</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>310</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>311</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>312</v>
       </c>
-      <c r="H11" t="s">
+      <c r="J11" t="s">
+        <v>244</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>245</v>
+      </c>
+      <c r="M11" t="s">
+        <v>246</v>
+      </c>
+      <c r="N11" t="s">
+        <v>285</v>
+      </c>
+      <c r="O11" t="s">
         <v>313</v>
       </c>
-      <c r="I11" t="s">
+      <c r="P11" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>239</v>
       </c>
       <c r="B12" t="s">
+        <v>315</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>316</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>317</v>
       </c>
-      <c r="C12" t="s">
-[...11 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>318</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>319</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
+        <v>244</v>
+      </c>
+      <c r="K12" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" t="s">
         <v>245</v>
       </c>
-      <c r="K12" t="s">
-[...2 lines deleted...]
-      <c r="L12" t="s">
+      <c r="M12" t="s">
         <v>246</v>
       </c>
-      <c r="M12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N12" t="s">
+        <v>305</v>
+      </c>
+      <c r="O12" t="s">
         <v>320</v>
       </c>
-      <c r="O12" t="s">
+      <c r="P12" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>239</v>
       </c>
       <c r="B13" t="s">
+        <v>322</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>316</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>323</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>324</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
+        <v>319</v>
+      </c>
+      <c r="J13" t="s">
+        <v>244</v>
+      </c>
+      <c r="K13" t="s">
+        <v>30</v>
+      </c>
+      <c r="L13" t="s">
+        <v>245</v>
+      </c>
+      <c r="M13" t="s">
+        <v>246</v>
+      </c>
+      <c r="N13" t="s">
         <v>325</v>
       </c>
-      <c r="H13" t="s">
+      <c r="O13" t="s">
         <v>326</v>
       </c>
-      <c r="I13" t="s">
+      <c r="P13" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>239</v>
       </c>
       <c r="B14" t="s">
+        <v>328</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>329</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
         <v>330</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>331</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="I14" t="s">
         <v>332</v>
       </c>
-      <c r="H14" t="s">
+      <c r="J14" t="s">
+        <v>244</v>
+      </c>
+      <c r="K14" t="s">
+        <v>30</v>
+      </c>
+      <c r="L14" t="s">
+        <v>245</v>
+      </c>
+      <c r="M14" t="s">
+        <v>246</v>
+      </c>
+      <c r="N14" t="s">
+        <v>285</v>
+      </c>
+      <c r="O14" t="s">
         <v>333</v>
       </c>
-      <c r="I14" t="s">
-[...17 lines deleted...]
-      <c r="O14" t="s">
+      <c r="P14" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>239</v>
       </c>
       <c r="B15" t="s">
+        <v>335</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
         <v>336</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>337</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>338</v>
       </c>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I15" t="s">
-        <v>340</v>
+        <v>244</v>
       </c>
       <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" t="s">
         <v>245</v>
       </c>
-      <c r="K15" t="s">
-[...2 lines deleted...]
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="N15" t="s">
         <v>264</v>
       </c>
       <c r="O15" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="P15" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>239</v>
       </c>
       <c r="B16" t="s">
+        <v>341</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>342</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>343</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>344</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>345</v>
       </c>
-      <c r="H16" t="s">
+      <c r="J16" t="s">
+        <v>244</v>
+      </c>
+      <c r="K16" t="s">
+        <v>30</v>
+      </c>
+      <c r="L16" t="s">
+        <v>245</v>
+      </c>
+      <c r="M16" t="s">
+        <v>246</v>
+      </c>
+      <c r="N16" t="s">
+        <v>271</v>
+      </c>
+      <c r="O16" t="s">
         <v>346</v>
       </c>
-      <c r="I16" t="s">
-[...17 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>239</v>
       </c>
       <c r="B17" t="s">
+        <v>348</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
         <v>349</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>350</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>351</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
+        <v>345</v>
+      </c>
+      <c r="J17" t="s">
+        <v>244</v>
+      </c>
+      <c r="K17" t="s">
+        <v>30</v>
+      </c>
+      <c r="L17" t="s">
+        <v>245</v>
+      </c>
+      <c r="M17" t="s">
+        <v>246</v>
+      </c>
+      <c r="N17" t="s">
+        <v>271</v>
+      </c>
+      <c r="O17" t="s">
         <v>352</v>
       </c>
-      <c r="I17" t="s">
+      <c r="P17" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>239</v>
       </c>
       <c r="B18" t="s">
+        <v>354</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>355</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>356</v>
+      </c>
+      <c r="H18" t="s">
         <v>357</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>358</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="J18" t="s">
         <v>359</v>
       </c>
-      <c r="H18" t="s">
+      <c r="K18" t="s">
+        <v>30</v>
+      </c>
+      <c r="L18" t="s">
+        <v>245</v>
+      </c>
+      <c r="M18" t="s">
+        <v>246</v>
+      </c>
+      <c r="N18" t="s">
+        <v>285</v>
+      </c>
+      <c r="O18" t="s">
         <v>360</v>
       </c>
-      <c r="I18" t="s">
+      <c r="P18" t="s">
         <v>361</v>
       </c>
-      <c r="J18" t="s">
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>239</v>
+      </c>
+      <c r="B19" t="s">
+        <v>362</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>363</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>364</v>
+      </c>
+      <c r="H19" t="s">
+        <v>365</v>
+      </c>
+      <c r="I19" t="s">
+        <v>366</v>
+      </c>
+      <c r="J19" t="s">
+        <v>244</v>
+      </c>
+      <c r="K19" t="s">
+        <v>30</v>
+      </c>
+      <c r="L19" t="s">
         <v>245</v>
       </c>
-      <c r="K18" t="s">
-[...2 lines deleted...]
-      <c r="L18" t="s">
+      <c r="M19" t="s">
         <v>246</v>
       </c>
-      <c r="M18" t="s">
-[...9 lines deleted...]
-        <v>363</v>
+      <c r="N19" t="s">
+        <v>285</v>
+      </c>
+      <c r="O19" t="s">
+        <v>367</v>
+      </c>
+      <c r="P19" t="s">
+        <v>368</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T11"/>
+  <dimension ref="A1:T10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="J1" t="s">
         <v>231</v>
       </c>
       <c r="K1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="L1" t="s">
         <v>233</v>
       </c>
       <c r="M1" t="s">
         <v>234</v>
       </c>
       <c r="N1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="O1" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="P1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="Q1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="R1" t="s">
         <v>235</v>
       </c>
       <c r="S1" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="T1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="I2" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="J2" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="K2" t="s">
+        <v>244</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
         <v>245</v>
       </c>
-      <c r="L2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N2" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="Q2" t="s">
-        <v>20</v>
+        <v>386</v>
       </c>
       <c r="R2" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="S2" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="T2" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B3" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
+        <v>391</v>
+      </c>
+      <c r="H3" t="s">
+        <v>392</v>
+      </c>
+      <c r="I3" t="s">
+        <v>382</v>
+      </c>
+      <c r="J3" t="s">
+        <v>393</v>
+      </c>
+      <c r="K3" t="s">
+        <v>394</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>245</v>
+      </c>
+      <c r="N3" t="s">
+        <v>395</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
         <v>385</v>
       </c>
-      <c r="H3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q3" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="R3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="S3" t="s">
         <v>92</v>
       </c>
       <c r="T3" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B4" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="H4" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="I4" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="J4" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="K4" t="s">
+        <v>244</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
         <v>245</v>
       </c>
-      <c r="L4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="Q4" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="R4" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="S4" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="T4" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B5" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="H5" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="I5" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="J5" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="K5" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N5" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="Q5" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="R5" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="S5" t="s">
         <v>31</v>
       </c>
       <c r="T5" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B6" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="H6" t="s">
+        <v>419</v>
+      </c>
+      <c r="I6" t="s">
+        <v>382</v>
+      </c>
+      <c r="J6" t="s">
+        <v>420</v>
+      </c>
+      <c r="K6" t="s">
         <v>413</v>
       </c>
-      <c r="I6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N6" t="s">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="Q6" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="R6" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="S6" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="T6" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B7" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="H7" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="I7" t="s">
-        <v>377</v>
+        <v>426</v>
       </c>
       <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>244</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>245</v>
+      </c>
+      <c r="N7" t="s">
+        <v>427</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>404</v>
+      </c>
+      <c r="R7" t="s">
+        <v>284</v>
+      </c>
+      <c r="S7" t="s">
+        <v>428</v>
+      </c>
+      <c r="T7" t="s">
         <v>406</v>
-      </c>
-[...28 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B8" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
+        <v>430</v>
+      </c>
+      <c r="H8" t="s">
+        <v>431</v>
+      </c>
+      <c r="I8" t="s">
         <v>426</v>
       </c>
-      <c r="H8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>432</v>
       </c>
       <c r="K8" t="s">
+        <v>413</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
         <v>245</v>
       </c>
-      <c r="L8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>409</v>
+        <v>284</v>
       </c>
       <c r="Q8" t="s">
-        <v>398</v>
+        <v>434</v>
       </c>
       <c r="R8" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="S8" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="T8" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B9" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>402</v>
+        <v>437</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="H9" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="I9" t="s">
-        <v>428</v>
+        <v>382</v>
       </c>
       <c r="J9" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="K9" t="s">
-        <v>407</v>
+        <v>244</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N9" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>279</v>
+        <v>385</v>
       </c>
       <c r="Q9" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="R9" t="s">
-        <v>279</v>
+        <v>385</v>
       </c>
       <c r="S9" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="T9" t="s">
-        <v>400</v>
+        <v>388</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B10" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>439</v>
+        <v>408</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="H10" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="I10" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="J10" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K10" t="s">
+        <v>244</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
         <v>245</v>
       </c>
-      <c r="L10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>380</v>
+        <v>415</v>
       </c>
       <c r="Q10" t="s">
-        <v>444</v>
+        <v>404</v>
       </c>
       <c r="R10" t="s">
-        <v>380</v>
+        <v>284</v>
       </c>
       <c r="S10" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="T10" t="s">
-        <v>382</v>
-[...61 lines deleted...]
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>