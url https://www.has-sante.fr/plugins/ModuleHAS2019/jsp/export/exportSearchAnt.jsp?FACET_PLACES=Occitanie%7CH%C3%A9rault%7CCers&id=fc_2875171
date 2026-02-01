--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -155,57 +155,57 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE VILLENEUVE LES BEZIERS</t>
+    <t>AIDER SANTE UAD UDM VILLENEUVE LES BEZIERS</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/fr/aider-sante-uad-villeneuve-les-beziers</t>
+    <t>https://www.has-sante.fr/jcms/3737_FicheEtablissement/fr/aider-sante-uad-udm-villeneuve-beziers</t>
   </si>
   <si>
     <t>3737_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>0467267682</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>340013499</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 