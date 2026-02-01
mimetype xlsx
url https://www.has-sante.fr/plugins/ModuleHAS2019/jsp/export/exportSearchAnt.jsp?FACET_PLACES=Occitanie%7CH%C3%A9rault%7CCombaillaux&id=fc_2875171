--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -131,57 +131,57 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT CLEMENT</t>
+    <t>HDJ AMBU CESPA CLINIQUE SAINT CLEMENT</t>
   </si>
   <si>
     <t>18/06/2025 14:50:55</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/cl-st-clement</t>
+    <t>https://www.has-sante.fr/jcms/7700_FicheEtablissement/fr/hdj-ambu-cespa-cl-st-clement</t>
   </si>
   <si>
     <t>7700_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>115 Avenue St Sauveur Du Pin</t>
   </si>
   <si>
     <t>34980 ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>0467147676</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
@@ -197,57 +197,57 @@
   <si>
     <t>21/01/2025 10:15:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1077_FicheEtablissement/fr/cl-pic-st-loup-st-clement-de-riviere</t>
   </si>
   <si>
     <t>1077_FicheEtablissement</t>
   </si>
   <si>
     <t>96 Avenue St Sauveur Du Pin</t>
   </si>
   <si>
     <t>0467147500</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>340009018</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
-    <t>CLINIQUE LA LIRONDE SAINT CLEMENT DE RIVIERE</t>
+    <t>HC AMBU ADULTE ENF ADO PEDOPSY CL LIRONDE ST CLEMENT RIVIERE</t>
   </si>
   <si>
     <t>21/01/2025 10:16:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/cl-la-lironde-st-clement-de-riviere</t>
+    <t>https://www.has-sante.fr/jcms/1108_FicheEtablissement/fr/hc-ambu-adult-ea-pedopsy-cl-la-lironde</t>
   </si>
   <si>
     <t>1108_FicheEtablissement</t>
   </si>
   <si>
     <t>0467593200</t>
   </si>
   <si>
     <t>340780766</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE REEDUCATION FONCTIONNELLE STER ST CLEMENT DE RIVIERE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1128_FicheEtablissement/fr/crf-ster-st-clement-de-riviere</t>
   </si>
   <si>
     <t>1128_FicheEtablissement</t>
   </si>