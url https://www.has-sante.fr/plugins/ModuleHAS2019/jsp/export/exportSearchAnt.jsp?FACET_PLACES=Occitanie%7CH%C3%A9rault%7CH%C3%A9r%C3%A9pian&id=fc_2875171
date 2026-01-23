--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -176,93 +176,96 @@
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>340780444</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE DE LONG SEJOUR DU CENTRE HOSPITALIER DE BEDARIEUX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1122_FicheEtablissement/fr/usld-ch-bedarieux</t>
   </si>
   <si>
     <t>1122_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
+    <t>2 Allée Noemie Berthomieu</t>
+  </si>
+  <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>340788595</t>
   </si>
   <si>
     <t>POLYCLINIQUE DES TROIS VALLEES</t>
   </si>
   <si>
     <t>07/02/2025 13:20:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1091_FicheEtablissement/fr/polycl-des-trois-vallees-bedarieux</t>
   </si>
   <si>
     <t>1091_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Route St Pons</t>
   </si>
   <si>
     <t>0467955656</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Chirurgie, Médecine</t>
   </si>
   <si>
     <t>340780147</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
-    <t>AIDER SANTE UAD BEDARIEUX</t>
+    <t>AIDER SANTE UAD UDM BEDARIEUX</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/fr/aider-sante-uad-bedarieux</t>
+    <t>https://www.has-sante.fr/jcms/3734_FicheEtablissement/fr/aider-sante-uad-udm-bedarieux</t>
   </si>
   <si>
     <t>3734_FicheEtablissement</t>
   </si>
   <si>
     <t>0430781868</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>340013259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -557,200 +560,200 @@
       <c r="B3" t="s">
         <v>50</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>40</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>51</v>
       </c>
       <c r="H3" t="s">
         <v>52</v>
       </c>
       <c r="I3" t="s">
         <v>53</v>
       </c>
       <c r="J3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="K3" t="s">
         <v>23</v>
       </c>
       <c r="L3" t="s">
         <v>24</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>44</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
         <v>47</v>
       </c>
       <c r="Q3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R3" t="s">
         <v>47</v>
       </c>
       <c r="S3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I4" t="s">
         <v>43</v>
       </c>
       <c r="J4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K4" t="s">
         <v>23</v>
       </c>
       <c r="L4" t="s">
         <v>24</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Q4" t="s">
+        <v>64</v>
+      </c>
+      <c r="R4" t="s">
         <v>63</v>
       </c>
-      <c r="R4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="T4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I5" t="s">
         <v>53</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
         <v>23</v>
       </c>
       <c r="L5" t="s">
         <v>24</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O5" t="s">
         <v>18</v>
       </c>
       <c r="P5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Q5" t="s">
+        <v>73</v>
+      </c>
+      <c r="R5" t="s">
         <v>72</v>
       </c>
-      <c r="R5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>