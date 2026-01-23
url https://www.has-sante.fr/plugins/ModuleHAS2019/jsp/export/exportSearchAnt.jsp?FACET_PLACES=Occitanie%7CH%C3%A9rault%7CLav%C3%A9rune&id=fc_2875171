--- v0 (2025-11-07)
+++ v1 (2026-01-23)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="766" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="928" uniqueCount="405">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,68 +74,134 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur BRUNO SEGUI</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794345/fr/docteur-bruno-segui</t>
+  </si>
+  <si>
+    <t>p_3794345</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>SEGUI</t>
+  </si>
+  <si>
+    <t>BRUNO</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL ST CLAIR HBT SETE,CL ST JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>34207,34433</t>
+  </si>
+  <si>
+    <t>SETE,ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>340000223,340024314</t>
+  </si>
+  <si>
+    <t>Docteur Diane GENET</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794607/fr/docteur-diane-genet</t>
+  </si>
+  <si>
+    <t>p_3794607</t>
+  </si>
+  <si>
+    <t>GENET</t>
+  </si>
+  <si>
+    <t>Diane</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CL ST JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>34433</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>340024314</t>
+  </si>
+  <si>
     <t>Docteur GUILLAUME PINETON DE CHAMBRUN</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2025 14:17:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633939/fr/docteur-guillaume-pineton-de-chambrun</t>
   </si>
   <si>
     <t>p_3633939</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>PINETON DE CHAMBRUN</t>
   </si>
   <si>
     <t>GUILLAUME</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>CL ST JEAN SUD DE FRANCE,CL DU PARC CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>34433,34171</t>
   </si>
   <si>
     <t>ST JEAN DE VEDAS,CASTELNAU LE LEZ</t>
   </si>
   <si>
     <t>340024314,340780667</t>
   </si>
   <si>
     <t>Docteur Arnaud BALDIVIA</t>
   </si>
   <si>
     <t>19/05/2025 12:33:08</t>
@@ -179,62 +251,50 @@
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Docteur ANNE GOURARI</t>
   </si>
   <si>
     <t>20/02/2025 18:32:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592071/fr/docteur-anne-gourari</t>
   </si>
   <si>
     <t>p_3592071</t>
   </si>
   <si>
     <t>GOURARI</t>
   </si>
   <si>
     <t>ANNE</t>
   </si>
   <si>
     <t>20 February 2025</t>
   </si>
   <si>
-    <t>CL ST JEAN SUD DE FRANCE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur JIBRIL NOURI</t>
   </si>
   <si>
     <t>20/02/2025 18:32:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592081/fr/docteur-jibril-nouri</t>
   </si>
   <si>
     <t>p_3592081</t>
   </si>
   <si>
     <t>NOURI</t>
   </si>
   <si>
     <t>JIBRIL</t>
   </si>
   <si>
     <t>Docteur FRANCOIS KLEIN</t>
   </si>
   <si>
     <t>20/02/2025 18:32:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592100/fr/docteur-francois-klein</t>
@@ -893,60 +953,60 @@
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>21 October 2021</t>
   </si>
   <si>
     <t>Docteur Jean-stephane BURGEL</t>
   </si>
   <si>
     <t>08/11/2016 11:32:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710787/fr/docteur-jean-stephane-burgel</t>
   </si>
   <si>
     <t>c_2710787</t>
   </si>
   <si>
     <t>BURGEL</t>
   </si>
   <si>
     <t>Jean-stephane</t>
   </si>
   <si>
-    <t>CL ST JEAN SUD DE FRANCE,CL CLEMENTVILLE MONTPELLIER,HOPITAL ST ELOI CHU MONTPELLIER</t>
-[...8 lines deleted...]
-    <t>340024314,340780675,340782036</t>
+    <t>CL ST JEAN SUD DE FRANCE,CL CLEMENTVILLE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>34433,34000</t>
+  </si>
+  <si>
+    <t>ST JEAN DE VEDAS,MONTPELLIER</t>
+  </si>
+  <si>
+    <t>340024314,340780675</t>
   </si>
   <si>
     <t>Docteur Franck LACAZE</t>
   </si>
   <si>
     <t>08/11/2016 11:33:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711015/fr/docteur-franck-lacaze</t>
   </si>
   <si>
     <t>c_2711015</t>
   </si>
   <si>
     <t>LACAZE</t>
   </si>
   <si>
     <t>Franck</t>
   </si>
   <si>
     <t>25 November 2021</t>
   </si>
   <si>
     <t>Docteur Christophe FARENQ</t>
   </si>
@@ -978,101 +1038,293 @@
     <t>c_2712109</t>
   </si>
   <si>
     <t>HEBRARD</t>
   </si>
   <si>
     <t>Wayan</t>
   </si>
   <si>
     <t>Docteur Caroline HATWELL</t>
   </si>
   <si>
     <t>08/11/2016 11:36:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713361/fr/docteur-caroline-hatwell</t>
   </si>
   <si>
     <t>c_2713361</t>
   </si>
   <si>
     <t>HATWELL</t>
   </si>
   <si>
     <t>Caroline</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>PENSION DE FAMILLE LE PATIO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/265_FicheESSMS/fr/pension-de-famille-le-patio</t>
+  </si>
+  <si>
+    <t>265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>522 Avenue Des Terrasses Du Languedoc</t>
+  </si>
+  <si>
+    <t>34430 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Maisons Relais - Pensions de Famille</t>
+  </si>
+  <si>
+    <t>340031103</t>
+  </si>
+  <si>
+    <t>EHPAD SUDALIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3529_FicheESSMS/fr/ehpad-sudalia</t>
+  </si>
+  <si>
+    <t>3529_FicheESSMS</t>
+  </si>
+  <si>
+    <t>255 Allée De La Marquerose</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>340014323</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE CASTELET</t>
+  </si>
+  <si>
+    <t>08/03/2025 08:53:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1112_FicheEtablissement/fr/cl-le-castelet-st-jean-de-vedas</t>
+  </si>
+  <si>
+    <t>1112_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>18 Avenue Georges Clemenceau</t>
+  </si>
+  <si>
+    <t>0467078989</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>340780857</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1088_FicheEtablissement/fr/cl-st-jean-sud-de-france</t>
+  </si>
+  <si>
+    <t>1088_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place De L'Europe</t>
+  </si>
+  <si>
+    <t>34433 ST JEAN DE VEDAS</t>
+  </si>
+  <si>
+    <t>0467010101</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>AIDER SANTE UAD UDM SAINT JEAN SUD DE FRANCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7642_FicheEtablissement/fr/aider-sante-uad-udm-st-jean-sud-france</t>
+  </si>
+  <si>
+    <t>7642_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0430781927</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>340024553</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R45"/>
+  <dimension ref="A1:R47"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1243,2354 +1495,2892 @@
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q4" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R4" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H6" t="s">
+        <v>68</v>
+      </c>
+      <c r="I6" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J6" t="s">
+        <v>24</v>
+      </c>
+      <c r="K6" t="s">
+        <v>69</v>
+      </c>
+      <c r="L6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
         <v>60</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="O6" t="s">
         <v>61</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="P6" t="s">
         <v>62</v>
       </c>
-      <c r="H6" t="s">
+      <c r="Q6" t="s">
         <v>63</v>
       </c>
-      <c r="I6" t="n">
-[...5 lines deleted...]
-      <c r="K6" t="s">
+      <c r="R6" t="s">
         <v>64</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q7" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="R7" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8" t="s">
+        <v>81</v>
+      </c>
+      <c r="I8" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8" t="s">
+        <v>82</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
         <v>77</v>
       </c>
-      <c r="F8" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O8" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P8" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q8" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R8" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="O9" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="P9" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="Q9" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="R9" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="L10" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="O10" t="s">
         <v>39</v>
       </c>
       <c r="P10" t="s">
         <v>40</v>
       </c>
       <c r="Q10" t="s">
         <v>41</v>
       </c>
       <c r="R10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="L11" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="O11" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="P11" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q11" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R11" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="O12" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="P12" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q12" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R12" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13" t="s">
+        <v>117</v>
+      </c>
+      <c r="I13" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J13" t="s">
+        <v>24</v>
+      </c>
+      <c r="K13" t="s">
+        <v>118</v>
+      </c>
+      <c r="L13" t="s">
+        <v>119</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
         <v>107</v>
       </c>
-      <c r="H13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="P13" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q13" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R13" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="H14" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="L14" t="s">
-        <v>115</v>
+        <v>48</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="O14" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="P14" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q14" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R14" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="H15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="O15" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="P15" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q15" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R15" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="H16" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="L16" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="O16" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P16" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="Q16" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="R16" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H17" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L17" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
       <c r="O17" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P17" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="Q17" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="R17" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="H18" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="L18" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="O18" t="s">
-        <v>142</v>
+        <v>39</v>
       </c>
       <c r="P18" t="s">
-        <v>143</v>
+        <v>40</v>
       </c>
       <c r="Q18" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="R18" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>146</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>147</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>148</v>
       </c>
       <c r="H19" t="s">
         <v>149</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>150</v>
       </c>
       <c r="L19" t="s">
         <v>151</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>39</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>40</v>
       </c>
       <c r="Q19" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="R19" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="O20" t="s">
-        <v>56</v>
+        <v>160</v>
       </c>
       <c r="P20" t="s">
-        <v>57</v>
+        <v>161</v>
       </c>
       <c r="Q20" t="s">
-        <v>58</v>
+        <v>162</v>
       </c>
       <c r="R20" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>165</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>166</v>
+      </c>
+      <c r="H21" t="s">
+        <v>167</v>
+      </c>
+      <c r="I21" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J21" t="s">
+        <v>24</v>
+      </c>
+      <c r="K21" t="s">
+        <v>168</v>
+      </c>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" t="s">
         <v>159</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="O21" t="s">
         <v>160</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="P21" t="s">
         <v>161</v>
       </c>
-      <c r="H21" t="s">
+      <c r="Q21" t="s">
         <v>162</v>
       </c>
-      <c r="I21" t="n">
-[...5 lines deleted...]
-      <c r="K21" t="s">
+      <c r="R21" t="s">
         <v>163</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H22" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="L22" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>55</v>
+        <v>176</v>
       </c>
       <c r="O22" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P22" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q22" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R22" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H23" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="L23" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>55</v>
+        <v>183</v>
       </c>
       <c r="O23" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P23" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q23" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R23" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="H24" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="L24" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O24" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P24" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q24" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R24" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="H25" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="L25" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="O25" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P25" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q25" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R25" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="H26" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="L26" t="s">
-        <v>26</v>
+        <v>201</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="O26" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P26" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q26" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R26" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="H27" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="L27" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="O27" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P27" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q27" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R27" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="H28" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="L28" t="s">
-        <v>208</v>
+        <v>48</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>55</v>
+        <v>214</v>
       </c>
       <c r="O28" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P28" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q28" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R28" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="H29" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="L29" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>55</v>
+        <v>152</v>
       </c>
       <c r="O29" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q29" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R29" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="H30" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="L30" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O30" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P30" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q30" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R30" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H31" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="L31" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="O31" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P31" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q31" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R31" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H32" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="L32" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>234</v>
+        <v>77</v>
       </c>
       <c r="O32" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P32" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q32" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R32" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="H33" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="L33" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="O33" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P33" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q33" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R33" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="H34" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="L34" t="s">
-        <v>220</v>
+        <v>251</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="O34" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P34" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q34" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R34" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H35" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="L35" t="s">
-        <v>140</v>
+        <v>258</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>55</v>
+        <v>259</v>
       </c>
       <c r="O35" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P35" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q35" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R35" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="H36" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="L36" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>227</v>
+        <v>265</v>
       </c>
       <c r="O36" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P36" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q36" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R36" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="H37" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="L37" t="s">
-        <v>264</v>
+        <v>158</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O37" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P37" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q37" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R37" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="H38" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="L38" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>271</v>
+        <v>245</v>
       </c>
       <c r="O38" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P38" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q38" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R38" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H39" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="L39" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>196</v>
+        <v>77</v>
       </c>
       <c r="O39" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="P39" t="s">
-        <v>278</v>
+        <v>40</v>
       </c>
       <c r="Q39" t="s">
-        <v>279</v>
+        <v>41</v>
       </c>
       <c r="R39" t="s">
-        <v>280</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H40" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="L40" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="O40" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P40" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q40" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R40" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H41" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="L41" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>287</v>
+        <v>214</v>
       </c>
       <c r="O41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="Q41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="R41" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H42" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="L42" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="O42" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P42" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q42" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R42" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H43" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L43" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>227</v>
+        <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>56</v>
+        <v>312</v>
       </c>
       <c r="P43" t="s">
-        <v>57</v>
+        <v>313</v>
       </c>
       <c r="Q43" t="s">
-        <v>58</v>
+        <v>314</v>
       </c>
       <c r="R43" t="s">
-        <v>59</v>
+        <v>315</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="H44" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="L44" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>184</v>
+        <v>322</v>
       </c>
       <c r="O44" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P44" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q44" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R44" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="H45" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="L45" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>196</v>
+        <v>245</v>
       </c>
       <c r="O45" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="P45" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="Q45" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="R45" t="s">
-        <v>59</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>18</v>
+      </c>
+      <c r="B46" t="s">
+        <v>329</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>330</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>331</v>
+      </c>
+      <c r="H46" t="s">
+        <v>332</v>
+      </c>
+      <c r="I46" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J46" t="s">
+        <v>24</v>
+      </c>
+      <c r="K46" t="s">
+        <v>333</v>
+      </c>
+      <c r="L46" t="s">
+        <v>334</v>
+      </c>
+      <c r="M46" t="s">
+        <v>20</v>
+      </c>
+      <c r="N46" t="s">
+        <v>202</v>
+      </c>
+      <c r="O46" t="s">
+        <v>39</v>
+      </c>
+      <c r="P46" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>41</v>
+      </c>
+      <c r="R46" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" t="s">
+        <v>335</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>336</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>337</v>
+      </c>
+      <c r="H47" t="s">
+        <v>338</v>
+      </c>
+      <c r="I47" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J47" t="s">
+        <v>24</v>
+      </c>
+      <c r="K47" t="s">
+        <v>339</v>
+      </c>
+      <c r="L47" t="s">
+        <v>340</v>
+      </c>
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
+        <v>214</v>
+      </c>
+      <c r="O47" t="s">
+        <v>39</v>
+      </c>
+      <c r="P47" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>41</v>
+      </c>
+      <c r="R47" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>341</v>
+      </c>
+      <c r="J1" t="s">
+        <v>342</v>
+      </c>
+      <c r="K1" t="s">
+        <v>343</v>
+      </c>
+      <c r="L1" t="s">
+        <v>344</v>
+      </c>
+      <c r="M1" t="s">
+        <v>345</v>
+      </c>
+      <c r="N1" t="s">
+        <v>346</v>
+      </c>
+      <c r="O1" t="s">
+        <v>347</v>
+      </c>
+      <c r="P1" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>351</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>352</v>
+      </c>
+      <c r="H2" t="s">
+        <v>353</v>
+      </c>
+      <c r="I2" t="s">
+        <v>354</v>
+      </c>
+      <c r="J2" t="s">
+        <v>355</v>
+      </c>
+      <c r="K2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L2" t="s">
+        <v>356</v>
+      </c>
+      <c r="M2" t="s">
+        <v>357</v>
+      </c>
+      <c r="N2" t="s">
+        <v>358</v>
+      </c>
+      <c r="O2" t="s">
+        <v>359</v>
+      </c>
+      <c r="P2" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>363</v>
+      </c>
+      <c r="H3" t="s">
+        <v>364</v>
+      </c>
+      <c r="I3" t="s">
+        <v>365</v>
+      </c>
+      <c r="J3" t="s">
+        <v>355</v>
+      </c>
+      <c r="K3" t="s">
+        <v>41</v>
+      </c>
+      <c r="L3" t="s">
+        <v>356</v>
+      </c>
+      <c r="M3" t="s">
+        <v>357</v>
+      </c>
+      <c r="N3" t="s">
+        <v>366</v>
+      </c>
+      <c r="O3" t="s">
+        <v>367</v>
+      </c>
+      <c r="P3" t="s">
+        <v>368</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>369</v>
+      </c>
+      <c r="J1" t="s">
+        <v>341</v>
+      </c>
+      <c r="K1" t="s">
+        <v>370</v>
+      </c>
+      <c r="L1" t="s">
+        <v>343</v>
+      </c>
+      <c r="M1" t="s">
+        <v>344</v>
+      </c>
+      <c r="N1" t="s">
+        <v>371</v>
+      </c>
+      <c r="O1" t="s">
+        <v>372</v>
+      </c>
+      <c r="P1" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>374</v>
+      </c>
+      <c r="R1" t="s">
+        <v>345</v>
+      </c>
+      <c r="S1" t="s">
+        <v>375</v>
+      </c>
+      <c r="T1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>377</v>
+      </c>
+      <c r="B2" t="s">
+        <v>378</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>379</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>380</v>
+      </c>
+      <c r="H2" t="s">
+        <v>381</v>
+      </c>
+      <c r="I2" t="s">
+        <v>382</v>
+      </c>
+      <c r="J2" t="s">
+        <v>383</v>
+      </c>
+      <c r="K2" t="s">
+        <v>355</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>356</v>
+      </c>
+      <c r="N2" t="s">
+        <v>384</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>385</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>386</v>
+      </c>
+      <c r="R2" t="s">
+        <v>385</v>
+      </c>
+      <c r="S2" t="s">
+        <v>387</v>
+      </c>
+      <c r="T2" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>391</v>
+      </c>
+      <c r="H3" t="s">
+        <v>392</v>
+      </c>
+      <c r="I3" t="s">
+        <v>382</v>
+      </c>
+      <c r="J3" t="s">
+        <v>393</v>
+      </c>
+      <c r="K3" t="s">
+        <v>394</v>
+      </c>
+      <c r="L3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M3" t="s">
+        <v>356</v>
+      </c>
+      <c r="N3" t="s">
+        <v>395</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>385</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>396</v>
+      </c>
+      <c r="R3" t="s">
+        <v>385</v>
+      </c>
+      <c r="S3" t="s">
+        <v>42</v>
+      </c>
+      <c r="T3" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>377</v>
+      </c>
+      <c r="B4" t="s">
+        <v>398</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>399</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>400</v>
+      </c>
+      <c r="H4" t="s">
+        <v>401</v>
+      </c>
+      <c r="I4" t="s">
+        <v>382</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>355</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>356</v>
+      </c>
+      <c r="N4" t="s">
+        <v>402</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>357</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>403</v>
+      </c>
+      <c r="R4" t="s">
+        <v>357</v>
+      </c>
+      <c r="S4" t="s">
+        <v>404</v>
+      </c>
+      <c r="T4" t="s">
+        <v>397</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>