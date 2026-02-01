--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -131,57 +131,57 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>AIDER SANTE UNITE AUTO DIALYSE BOUZIGUES</t>
+    <t>AIDER SANTE UAD UDM BOUZIGUES</t>
   </si>
   <si>
     <t>21/01/2025 10:17:35</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/fr/aider-sante-uad-bouzigues</t>
+    <t>https://www.has-sante.fr/jcms/3736_FicheEtablissement/fr/aider-sante-uad-udm-bouzigues</t>
   </si>
   <si>
     <t>3736_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>28 Avenue Alfred Bouat</t>
   </si>
   <si>
     <t>34140 BOUZIGUES</t>
   </si>
   <si>
     <t>BOUZIGUES</t>
   </si>
   <si>
     <t>0430781868</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>340013358</t>
   </si>