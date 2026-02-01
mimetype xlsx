--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="344" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="156">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -149,57 +149,57 @@
   <si>
     <t>10/09/2025 12:24:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6887_FicheESSMS/fr/ime-les-roitelets</t>
   </si>
   <si>
     <t>6887_FicheESSMS</t>
   </si>
   <si>
     <t>46100 FONS</t>
   </si>
   <si>
     <t>FONS</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>460780182</t>
   </si>
   <si>
-    <t>SESSAD "L'ENVOL"</t>
+    <t>SESSAD L'ENVOL -SITE DE FIGEAC</t>
   </si>
   <si>
     <t>10/09/2025 12:24:24</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol</t>
+    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol-site-de-figeac</t>
   </si>
   <si>
     <t>7094_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Plancat</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>460005721</t>
   </si>
   <si>
     <t>EHPA RESIDENCE  BATAILLÉ</t>
   </si>
   <si>
     <t>10/09/2025 12:25:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7863_FicheESSMS/fr/ehpa-residence-bataille</t>
   </si>
   <si>
     <t>7863_FicheESSMS</t>
   </si>
@@ -395,147 +395,126 @@
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HAD 46</t>
   </si>
   <si>
     <t>22/05/2025 15:37:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5408_FicheEtablissement/fr/had-46-figeac</t>
   </si>
   <si>
     <t>5408_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>35 Allée Victor Hugo</t>
   </si>
   <si>
-    <t>0565507643</t>
+    <t>0565100446</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>460007404</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>CLINIQUE FONT REDONDE FIGEAC</t>
-[...8 lines deleted...]
-    <t>1500_FicheEtablissement</t>
+    <t>AAIR UAD UDM FIGEAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3805_FicheEtablissement/fr/aair-uad-udm-figeac</t>
+  </si>
+  <si>
+    <t>3805_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>1239 Chemin Des Cretes</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>460786353</t>
+  </si>
+  <si>
+    <t>USLD CH FIGEAC SITE EHPAD MONTVIGUIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheEtablissement/fr/usld-ch-figeac-site-ehpad-montviguier</t>
+  </si>
+  <si>
+    <t>7639_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Du Grial</t>
+  </si>
+  <si>
+    <t>0565506503</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>460008063</t>
+  </si>
+  <si>
+    <t>CH FIGEAC SITE FONT REDONDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7638_FicheEtablissement/fr/ch-figeac-site-font-redonde</t>
+  </si>
+  <si>
+    <t>7638_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Georges Clemenceau</t>
-  </si>
-[...67 lines deleted...]
-    <t>7638_FicheEtablissement</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>460007842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -1265,51 +1244,51 @@
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
       <c r="M14" t="s">
         <v>25</v>
       </c>
       <c r="N14" t="s">
         <v>33</v>
       </c>
       <c r="O14" t="s">
         <v>110</v>
       </c>
       <c r="P14" t="s">
         <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T6"/>
+  <dimension ref="A1:T5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1421,265 +1400,203 @@
       <c r="A3" t="s">
         <v>120</v>
       </c>
       <c r="B3" t="s">
         <v>132</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>133</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>134</v>
       </c>
       <c r="H3" t="s">
         <v>135</v>
       </c>
       <c r="I3" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="J3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
       <c r="L3" t="s">
         <v>23</v>
       </c>
       <c r="M3" t="s">
         <v>24</v>
       </c>
       <c r="N3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="Q3" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="R3" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="S3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="T3" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>120</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I4" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="J4" t="s">
         <v>145</v>
       </c>
       <c r="K4" t="s">
         <v>22</v>
       </c>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4" t="s">
         <v>24</v>
       </c>
       <c r="N4" t="s">
         <v>146</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="Q4" t="s">
         <v>147</v>
       </c>
       <c r="R4" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="S4" t="s">
         <v>148</v>
       </c>
       <c r="T4" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>120</v>
       </c>
       <c r="B5" t="s">
         <v>149</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
         <v>150</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>151</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J5" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
       <c r="L5" t="s">
         <v>23</v>
       </c>
       <c r="M5" t="s">
         <v>24</v>
       </c>
       <c r="N5" t="s">
+        <v>146</v>
+      </c>
+      <c r="O5" t="s">
+        <v>18</v>
+      </c>
+      <c r="P5" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q5" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="R5" t="s">
         <v>57</v>
       </c>
       <c r="S5" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="T5" t="s">
-        <v>131</v>
-[...60 lines deleted...]
-      <c r="T6" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>