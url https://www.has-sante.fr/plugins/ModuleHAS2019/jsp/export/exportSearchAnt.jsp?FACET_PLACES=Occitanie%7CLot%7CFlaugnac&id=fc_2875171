--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -140,54 +140,54 @@
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>460780281</t>
   </si>
   <si>
     <t>CSAPA "LE PEYRY"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12543_FicheESSMS/fr/csapa-le-peyry</t>
   </si>
   <si>
     <t>12543_FicheESSMS</t>
   </si>
   <si>
-    <t>46170 PERN</t>
-[...2 lines deleted...]
-    <t>PERN</t>
+    <t>46170 LHOSPITALET</t>
+  </si>
+  <si>
+    <t>LHOSPITALET</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>460780273</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>