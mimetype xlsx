--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -119,57 +119,57 @@
   <si>
     <t>46240 MONTFAUCON</t>
   </si>
   <si>
     <t>MONTFAUCON</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>0565241010</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>460000060</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>AAIR UAD MONTFAUCON</t>
+    <t>AAIR UAD UDM MONTFAUCON</t>
   </si>
   <si>
     <t>21/01/2025 10:16:12</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/fr/aair-uad-montfaucon</t>
+    <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/fr/aair-uad-udm-montfaucon</t>
   </si>
   <si>
     <t>3806_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0561161100</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>460786478</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>