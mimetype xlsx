--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1655" uniqueCount="681">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1635" uniqueCount="677">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -266,51 +266,51 @@
   <si>
     <t>BERENICE</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
     <t>Docteur Guy MARTIN</t>
   </si>
   <si>
     <t>08/11/2016 11:30:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708861/fr/docteur-guy-martin</t>
   </si>
   <si>
     <t>c_2708861</t>
   </si>
   <si>
     <t>MARTIN</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>CH FIGEAC SITE MARTIN MALVY,CH JEAN COULON GOURDON</t>
   </si>
   <si>
     <t>46106,46300</t>
   </si>
   <si>
     <t>FIGEAC,GOURDON</t>
   </si>
   <si>
     <t>460000045,460000102</t>
   </si>
   <si>
     <t>Docteur Sandra HENNEQUIN</t>
   </si>
   <si>
     <t>08/11/2016 11:34:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712165/fr/docteur-sandra-hennequin</t>
   </si>
   <si>
     <t>c_2712165</t>
   </si>
@@ -1043,66 +1043,69 @@
   <si>
     <t>460780299</t>
   </si>
   <si>
     <t>IME LES ROITELETS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6887_FicheESSMS/fr/ime-les-roitelets</t>
   </si>
   <si>
     <t>6887_FicheESSMS</t>
   </si>
   <si>
     <t>46100 FONS</t>
   </si>
   <si>
     <t>FONS</t>
   </si>
   <si>
     <t>460780182</t>
   </si>
   <si>
-    <t>SESSAD "L'ENVOL"</t>
+    <t>SESSAD L'ENVOL- SITE DE CAHORS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:24</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7095_FicheESSMS/fr/sessad-l-envol</t>
+    <t>https://www.has-sante.fr/jcms/7095_FicheESSMS/fr/sessad-l-envol-site-de-cahors</t>
   </si>
   <si>
     <t>7095_FicheESSMS</t>
   </si>
   <si>
     <t>460006133</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol</t>
+    <t>SESSAD L'ENVOL -SITE DE FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7094_FicheESSMS/fr/sessad-l-envol-site-de-figeac</t>
   </si>
   <si>
     <t>7094_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Plancat</t>
   </si>
   <si>
     <t>460005721</t>
   </si>
   <si>
     <t>EHPA RESIDENCE  BATAILLÉ</t>
   </si>
   <si>
     <t>10/09/2025 12:25:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7863_FicheESSMS/fr/ehpa-residence-bataille</t>
   </si>
   <si>
     <t>7863_FicheESSMS</t>
   </si>
   <si>
     <t>14 Chemin De Bataillé</t>
   </si>
@@ -1442,54 +1445,54 @@
   <si>
     <t>10/09/2025 12:27:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12234_FicheESSMS/fr/residence-autonomie-le-galau</t>
   </si>
   <si>
     <t>12234_FicheESSMS</t>
   </si>
   <si>
     <t>460782584</t>
   </si>
   <si>
     <t>CSAPA "LE PEYRY"</t>
   </si>
   <si>
     <t>10/09/2025 12:27:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12543_FicheESSMS/fr/csapa-le-peyry</t>
   </si>
   <si>
     <t>12543_FicheESSMS</t>
   </si>
   <si>
-    <t>46170 PERN</t>
-[...2 lines deleted...]
-    <t>PERN</t>
+    <t>46170 LHOSPITALET</t>
+  </si>
+  <si>
+    <t>LHOSPITALET</t>
   </si>
   <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>460780273</t>
   </si>
   <si>
     <t>EHPAD LES BALCONS DU LOT</t>
   </si>
   <si>
     <t>10/09/2025 12:28:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12913_FicheESSMS/fr/ehpad-les-balcons-du-lot</t>
   </si>
   <si>
     <t>12913_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Soeur Marguerite Meynen</t>
   </si>
@@ -1595,131 +1598,134 @@
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HAD 46</t>
   </si>
   <si>
     <t>22/05/2025 15:37:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5408_FicheEtablissement/fr/had-46-figeac</t>
   </si>
   <si>
     <t>5408_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>35 Allée Victor Hugo</t>
   </si>
   <si>
-    <t>0565507643</t>
+    <t>0565100446</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>460007404</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE DE SOINS DE SUITE ET DE READAPTATION NOTRE DAME</t>
   </si>
   <si>
     <t>25/03/2025 14:46:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1501_FicheEtablissement/fr/cssr-notre-dame-bretenoux</t>
   </si>
   <si>
     <t>1501_FicheEtablissement</t>
   </si>
   <si>
     <t>119 Rue Du Moulin De Cere</t>
   </si>
   <si>
     <t>46130 BRETENOUX</t>
   </si>
   <si>
     <t>BRETENOUX</t>
   </si>
   <si>
     <t>0565102030</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>460006083</t>
   </si>
   <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
-    <t>UNITE D'HOSPITALISATION COMPLETE CAHORS CHS JP FALRET</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1499_FicheEtablissement/fr/unite-psy-gen-hc-cahors-chs-falret</t>
+    <t>HC HDJ AMBU ADULT ICM CAHORS CHS JP FALRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1499_FicheEtablissement/fr/hc-hdj-ambu-adult-icm-cahors</t>
   </si>
   <si>
     <t>1499_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>125 Rue Pierre Bourthoumieux</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>460005507</t>
   </si>
   <si>
     <t>CHS JP FALRET LEYME PSY ET SMR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1504_FicheEtablissement/fr/chs-jp-falret-leyme-psy-et-smr</t>
   </si>
   <si>
     <t>1504_FicheEtablissement</t>
   </si>
   <si>
     <t>375 Route De Lacapelle Marival</t>
   </si>
   <si>
+    <t>Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
     <t>460780554</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER FIGEAC SITE MARTIN MALVY</t>
   </si>
   <si>
     <t>21/01/2025 10:16:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1493_FicheEtablissement/fr/ch-figeac-site-martin-malvy</t>
   </si>
   <si>
     <t>1493_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Esplanade Martin Malvy</t>
   </si>
   <si>
     <t>46106 FIGEAC</t>
   </si>
   <si>
     <t>0565506550</t>
   </si>
   <si>
     <t>CH</t>
@@ -1808,300 +1814,282 @@
   <si>
     <t>21/01/2025 10:17:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1495_FicheEtablissement/fr/crf-la-roseraie-montfaucon</t>
   </si>
   <si>
     <t>1495_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Place De La Mairie</t>
   </si>
   <si>
     <t>46240 MONTFAUCON</t>
   </si>
   <si>
     <t>MONTFAUCON</t>
   </si>
   <si>
     <t>0565241010</t>
   </si>
   <si>
     <t>460000060</t>
   </si>
   <si>
-    <t>CLINIQUE FONT REDONDE FIGEAC</t>
-[...8 lines deleted...]
-    <t>1500_FicheEtablissement</t>
+    <t>CENTRE HOSPITALIER LOUIS CONTE GRAMAT (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1498_FicheEtablissement/fr/ch-louis-conte-gramat</t>
+  </si>
+  <si>
+    <t>1498_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565387350</t>
+  </si>
+  <si>
+    <t>460000227</t>
+  </si>
+  <si>
+    <t>CL DU QUERCY SMR BELLEVUE CAHORS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1503_FicheEtablissement/fr/cl-du-quercy-smr-bellevue-cahors</t>
+  </si>
+  <si>
+    <t>1503_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>186 Rue Du Dr Jean Segala</t>
+  </si>
+  <si>
+    <t>0565237580</t>
+  </si>
+  <si>
+    <t>460780042</t>
+  </si>
+  <si>
+    <t>SMR BEAUSEJOUR MERCUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1502_FicheEtablissement/fr/smr-beausejour-mercues</t>
+  </si>
+  <si>
+    <t>1502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>212 Rue Du Comte De Mosbourg</t>
+  </si>
+  <si>
+    <t>46090 MERCUES</t>
+  </si>
+  <si>
+    <t>MERCUES</t>
+  </si>
+  <si>
+    <t>0565303434</t>
+  </si>
+  <si>
+    <t>460006349</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER SAINT CERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1507_FicheEtablissement/fr/usld-ch-st-cere</t>
+  </si>
+  <si>
+    <t>1507_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Du Docteur Roux</t>
+  </si>
+  <si>
+    <t>0565380480</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>460786767</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU RELAIS CAILLAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1506_FicheEtablissement/fr/cl-du-relais-caillac</t>
+  </si>
+  <si>
+    <t>1506_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46140 CAILLAC</t>
+  </si>
+  <si>
+    <t>CAILLAC</t>
+  </si>
+  <si>
+    <t>0565309797</t>
+  </si>
+  <si>
+    <t>460785900</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH JEAN ROUGIER CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1505_FicheEtablissement/fr/usld-ch-cahors</t>
+  </si>
+  <si>
+    <t>1505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0565205000</t>
+  </si>
+  <si>
+    <t>460785595</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM PRAYSSAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3803_FicheEtablissement/fr/aair-uad-udm-prayssac</t>
+  </si>
+  <si>
+    <t>3803_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0561161100</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>460004641</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM MONTFAUCON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/fr/aair-uad-udm-montfaucon</t>
+  </si>
+  <si>
+    <t>3806_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>460786478</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM FIGEAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3805_FicheEtablissement/fr/aair-uad-udm-figeac</t>
+  </si>
+  <si>
+    <t>3805_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1239 Chemin Des Cretes</t>
+  </si>
+  <si>
+    <t>460786353</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM DD CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3804_FicheEtablissement/fr/aair-uad-udm-dd-cahors</t>
+  </si>
+  <si>
+    <t>3804_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>477 Avenue Maryse Bastie</t>
+  </si>
+  <si>
+    <t>460786346</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM SAINT CERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4143_FicheEtablissement/fr/aair-uad-udm-st-cere</t>
+  </si>
+  <si>
+    <t>4143_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Avenue Du Dr Roux</t>
+  </si>
+  <si>
+    <t>460006612</t>
+  </si>
+  <si>
+    <t>USLD CH FIGEAC SITE EHPAD MONTVIGUIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7639_FicheEtablissement/fr/usld-ch-figeac-site-ehpad-montviguier</t>
+  </si>
+  <si>
+    <t>7639_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Rue Du Grial</t>
+  </si>
+  <si>
+    <t>0565506503</t>
+  </si>
+  <si>
+    <t>460008063</t>
+  </si>
+  <si>
+    <t>CH FIGEAC SITE FONT REDONDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7638_FicheEtablissement/fr/ch-figeac-site-font-redonde</t>
+  </si>
+  <si>
+    <t>7638_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Georges Clemenceau</t>
-  </si>
-[...235 lines deleted...]
-    <t>7638_FicheEtablissement</t>
   </si>
   <si>
     <t>460007842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -4508,2886 +4496,2824 @@
       </c>
       <c r="K34" t="s">
         <v>131</v>
       </c>
       <c r="L34" t="s">
         <v>120</v>
       </c>
       <c r="M34" t="s">
         <v>148</v>
       </c>
       <c r="N34" t="s">
         <v>244</v>
       </c>
       <c r="O34" t="s">
         <v>245</v>
       </c>
       <c r="P34" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>113</v>
       </c>
       <c r="B35" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
         <v>342</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H35" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I35" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="J35" t="s">
         <v>170</v>
       </c>
       <c r="K35" t="s">
         <v>171</v>
       </c>
       <c r="L35" t="s">
         <v>120</v>
       </c>
       <c r="M35" t="s">
         <v>148</v>
       </c>
       <c r="N35" t="s">
         <v>244</v>
       </c>
       <c r="O35" t="s">
         <v>245</v>
       </c>
       <c r="P35" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>113</v>
       </c>
       <c r="B36" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H36" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I36" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J36" t="s">
         <v>170</v>
       </c>
       <c r="K36" t="s">
         <v>171</v>
       </c>
       <c r="L36" t="s">
         <v>120</v>
       </c>
       <c r="M36" t="s">
         <v>121</v>
       </c>
       <c r="N36" t="s">
         <v>122</v>
       </c>
       <c r="O36" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P36" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>113</v>
       </c>
       <c r="B37" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H37" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I37" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J37" t="s">
         <v>170</v>
       </c>
       <c r="K37" t="s">
         <v>171</v>
       </c>
       <c r="L37" t="s">
         <v>120</v>
       </c>
       <c r="M37" t="s">
         <v>121</v>
       </c>
       <c r="N37" t="s">
         <v>122</v>
       </c>
       <c r="O37" t="s">
         <v>123</v>
       </c>
       <c r="P37" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>113</v>
       </c>
       <c r="B38" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H38" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="I38" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J38" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="K38" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="L38" t="s">
         <v>120</v>
       </c>
       <c r="M38" t="s">
         <v>121</v>
       </c>
       <c r="N38" t="s">
         <v>122</v>
       </c>
       <c r="O38" t="s">
         <v>123</v>
       </c>
       <c r="P38" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>113</v>
       </c>
       <c r="B39" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H39" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I39" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J39" t="s">
         <v>256</v>
       </c>
       <c r="K39" t="s">
         <v>257</v>
       </c>
       <c r="L39" t="s">
         <v>120</v>
       </c>
       <c r="M39" t="s">
         <v>121</v>
       </c>
       <c r="N39" t="s">
         <v>122</v>
       </c>
       <c r="O39" t="s">
         <v>123</v>
       </c>
       <c r="P39" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>113</v>
       </c>
       <c r="B40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H40" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="I40" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J40" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="K40" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="L40" t="s">
         <v>120</v>
       </c>
       <c r="M40" t="s">
         <v>148</v>
       </c>
       <c r="N40" t="s">
         <v>122</v>
       </c>
       <c r="O40" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P40" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>113</v>
       </c>
       <c r="B41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H41" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I41" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J41" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="K41" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="L41" t="s">
         <v>120</v>
       </c>
       <c r="M41" t="s">
         <v>148</v>
       </c>
       <c r="N41" t="s">
         <v>157</v>
       </c>
       <c r="O41" t="s">
         <v>172</v>
       </c>
       <c r="P41" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>113</v>
       </c>
       <c r="B42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I42" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J42" t="s">
         <v>130</v>
       </c>
       <c r="K42" t="s">
         <v>131</v>
       </c>
       <c r="L42" t="s">
         <v>120</v>
       </c>
       <c r="M42" t="s">
         <v>148</v>
       </c>
       <c r="N42" t="s">
         <v>157</v>
       </c>
       <c r="O42" t="s">
         <v>158</v>
       </c>
       <c r="P42" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>113</v>
       </c>
       <c r="B43" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J43" t="s">
         <v>170</v>
       </c>
       <c r="K43" t="s">
         <v>171</v>
       </c>
       <c r="L43" t="s">
         <v>120</v>
       </c>
       <c r="M43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="N43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="O43" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="P43" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>113</v>
       </c>
       <c r="B44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J44" t="s">
         <v>170</v>
       </c>
       <c r="K44" t="s">
         <v>171</v>
       </c>
       <c r="L44" t="s">
         <v>120</v>
       </c>
       <c r="M44" t="s">
         <v>148</v>
       </c>
       <c r="N44" t="s">
         <v>157</v>
       </c>
       <c r="O44" t="s">
         <v>158</v>
       </c>
       <c r="P44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>113</v>
       </c>
       <c r="B45" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="J45" t="s">
         <v>130</v>
       </c>
       <c r="K45" t="s">
         <v>131</v>
       </c>
       <c r="L45" t="s">
         <v>120</v>
       </c>
       <c r="M45" t="s">
         <v>121</v>
       </c>
       <c r="N45" t="s">
         <v>122</v>
       </c>
       <c r="O45" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>113</v>
       </c>
       <c r="B46" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H46" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I46" t="s">
         <v>130</v>
       </c>
       <c r="J46" t="s">
         <v>20</v>
       </c>
       <c r="K46" t="s">
         <v>131</v>
       </c>
       <c r="L46" t="s">
         <v>120</v>
       </c>
       <c r="M46" t="s">
         <v>121</v>
       </c>
       <c r="N46" t="s">
         <v>122</v>
       </c>
       <c r="O46" t="s">
         <v>123</v>
       </c>
       <c r="P46" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>113</v>
       </c>
       <c r="B47" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H47" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I47" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J47" t="s">
         <v>193</v>
       </c>
       <c r="K47" t="s">
         <v>194</v>
       </c>
       <c r="L47" t="s">
         <v>120</v>
       </c>
       <c r="M47" t="s">
         <v>121</v>
       </c>
       <c r="N47" t="s">
         <v>122</v>
       </c>
       <c r="O47" t="s">
         <v>123</v>
       </c>
       <c r="P47" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>113</v>
       </c>
       <c r="B48" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H48" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I48" t="s">
         <v>193</v>
       </c>
       <c r="J48" t="s">
         <v>20</v>
       </c>
       <c r="K48" t="s">
         <v>194</v>
       </c>
       <c r="L48" t="s">
         <v>120</v>
       </c>
       <c r="M48" t="s">
         <v>121</v>
       </c>
       <c r="N48" t="s">
         <v>122</v>
       </c>
       <c r="O48" t="s">
         <v>123</v>
       </c>
       <c r="P48" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>113</v>
       </c>
       <c r="B49" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H49" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="I49" t="s">
         <v>170</v>
       </c>
       <c r="J49" t="s">
         <v>20</v>
       </c>
       <c r="K49" t="s">
         <v>171</v>
       </c>
       <c r="L49" t="s">
         <v>120</v>
       </c>
       <c r="M49" t="s">
         <v>148</v>
       </c>
       <c r="N49" t="s">
         <v>195</v>
       </c>
       <c r="O49" t="s">
         <v>196</v>
       </c>
       <c r="P49" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>113</v>
       </c>
       <c r="B50" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H50" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="I50" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J50" t="s">
         <v>170</v>
       </c>
       <c r="K50" t="s">
         <v>171</v>
       </c>
       <c r="L50" t="s">
         <v>120</v>
       </c>
       <c r="M50" t="s">
         <v>148</v>
       </c>
       <c r="N50" t="s">
         <v>195</v>
       </c>
       <c r="O50" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P50" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>113</v>
       </c>
       <c r="B51" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H51" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I51" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J51" t="s">
         <v>170</v>
       </c>
       <c r="K51" t="s">
         <v>171</v>
       </c>
       <c r="L51" t="s">
         <v>120</v>
       </c>
       <c r="M51" t="s">
         <v>148</v>
       </c>
       <c r="N51" t="s">
         <v>195</v>
       </c>
       <c r="O51" t="s">
         <v>222</v>
       </c>
       <c r="P51" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>113</v>
       </c>
       <c r="B52" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H52" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I52" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J52" t="s">
         <v>170</v>
       </c>
       <c r="K52" t="s">
         <v>171</v>
       </c>
       <c r="L52" t="s">
         <v>120</v>
       </c>
       <c r="M52" t="s">
         <v>148</v>
       </c>
       <c r="N52" t="s">
         <v>195</v>
       </c>
       <c r="O52" t="s">
         <v>263</v>
       </c>
       <c r="P52" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>113</v>
       </c>
       <c r="B53" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H53" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I53" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J53" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K53" t="s">
         <v>171</v>
       </c>
       <c r="L53" t="s">
         <v>120</v>
       </c>
       <c r="M53" t="s">
         <v>148</v>
       </c>
       <c r="N53" t="s">
         <v>195</v>
       </c>
       <c r="O53" t="s">
         <v>237</v>
       </c>
       <c r="P53" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>113</v>
       </c>
       <c r="B54" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H54" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I54" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="J54" t="s">
         <v>170</v>
       </c>
       <c r="K54" t="s">
         <v>171</v>
       </c>
       <c r="L54" t="s">
         <v>120</v>
       </c>
       <c r="M54" t="s">
         <v>148</v>
       </c>
       <c r="N54" t="s">
         <v>195</v>
       </c>
       <c r="O54" t="s">
         <v>217</v>
       </c>
       <c r="P54" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H55" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="I55" t="s">
         <v>310</v>
       </c>
       <c r="J55" t="s">
         <v>20</v>
       </c>
       <c r="K55" t="s">
         <v>311</v>
       </c>
       <c r="L55" t="s">
         <v>120</v>
       </c>
       <c r="M55" t="s">
         <v>121</v>
       </c>
       <c r="N55" t="s">
         <v>122</v>
       </c>
       <c r="O55" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P55" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>113</v>
       </c>
       <c r="B56" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H56" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="I56" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="J56" t="s">
         <v>20</v>
       </c>
       <c r="K56" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="L56" t="s">
         <v>120</v>
       </c>
       <c r="M56" t="s">
         <v>148</v>
       </c>
       <c r="N56" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="O56" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P56" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>113</v>
       </c>
       <c r="B57" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H57" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="I57" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="J57" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="K57" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="L57" t="s">
         <v>120</v>
       </c>
       <c r="M57" t="s">
         <v>121</v>
       </c>
       <c r="N57" t="s">
         <v>122</v>
       </c>
       <c r="O57" t="s">
         <v>123</v>
       </c>
       <c r="P57" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>113</v>
       </c>
       <c r="B58" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H58" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="I58" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J58" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="K58" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="L58" t="s">
         <v>120</v>
       </c>
       <c r="M58" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="N58" t="s">
         <v>122</v>
       </c>
       <c r="O58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P58" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>113</v>
       </c>
       <c r="B59" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H59" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="I59" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="J59" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="K59" t="s">
         <v>30</v>
       </c>
       <c r="L59" t="s">
         <v>120</v>
       </c>
       <c r="M59" t="s">
         <v>148</v>
       </c>
       <c r="N59" t="s">
         <v>149</v>
       </c>
       <c r="O59" t="s">
         <v>150</v>
       </c>
       <c r="P59" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="L1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B2" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="I2" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>120</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:T23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J1" t="s">
         <v>105</v>
       </c>
       <c r="K1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="L1" t="s">
         <v>107</v>
       </c>
       <c r="M1" t="s">
         <v>108</v>
       </c>
       <c r="N1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="O1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="P1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="Q1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="R1" t="s">
         <v>109</v>
       </c>
       <c r="S1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="T1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="I2" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J2" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="K2" t="s">
         <v>170</v>
       </c>
       <c r="L2" t="s">
         <v>171</v>
       </c>
       <c r="M2" t="s">
         <v>120</v>
       </c>
       <c r="N2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="Q2" t="s">
+        <v>528</v>
+      </c>
+      <c r="R2" t="s">
         <v>527</v>
       </c>
-      <c r="R2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="T2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="L3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="M3" t="s">
         <v>120</v>
       </c>
       <c r="N3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
         <v>148</v>
       </c>
       <c r="Q3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="R3" t="s">
         <v>148</v>
       </c>
       <c r="S3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="T3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B4" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H4" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="I4" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J4" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K4" t="s">
         <v>130</v>
       </c>
       <c r="L4" t="s">
         <v>131</v>
       </c>
       <c r="M4" t="s">
         <v>120</v>
       </c>
       <c r="N4" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>148</v>
       </c>
       <c r="Q4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="R4" t="s">
         <v>148</v>
       </c>
       <c r="S4" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="T4" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I5" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="K5" t="s">
         <v>235</v>
       </c>
       <c r="L5" t="s">
         <v>236</v>
       </c>
       <c r="M5" t="s">
         <v>120</v>
       </c>
       <c r="N5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
         <v>148</v>
       </c>
       <c r="Q5" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="R5" t="s">
         <v>148</v>
       </c>
       <c r="S5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="T5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B6" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="H6" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I6" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J6" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="K6" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="L6" t="s">
         <v>171</v>
       </c>
       <c r="M6" t="s">
         <v>120</v>
       </c>
       <c r="N6" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="Q6" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="R6" t="s">
         <v>121</v>
       </c>
       <c r="S6" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="T6" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B7" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H7" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="I7" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J7" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="K7" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="L7" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="M7" t="s">
         <v>120</v>
       </c>
       <c r="N7" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="Q7" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="R7" t="s">
         <v>121</v>
       </c>
       <c r="S7" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="T7" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B8" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="H8" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="I8" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J8" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="L8" t="s">
         <v>30</v>
       </c>
       <c r="M8" t="s">
         <v>120</v>
       </c>
       <c r="N8" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="Q8" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="R8" t="s">
         <v>121</v>
       </c>
       <c r="S8" t="s">
         <v>31</v>
       </c>
       <c r="T8" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B9" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="H9" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="I9" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="L9" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M9" t="s">
         <v>120</v>
       </c>
       <c r="N9" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="Q9" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="R9" t="s">
         <v>121</v>
       </c>
       <c r="S9" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="T9" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B10" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="H10" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I10" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J10" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="K10" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="L10" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="M10" t="s">
         <v>120</v>
       </c>
       <c r="N10" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
         <v>148</v>
       </c>
       <c r="Q10" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="R10" t="s">
         <v>148</v>
       </c>
       <c r="S10" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="T10" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B11" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="H11" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="I11" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J11" t="s">
-        <v>600</v>
+        <v>428</v>
       </c>
       <c r="K11" t="s">
-        <v>170</v>
+        <v>193</v>
       </c>
       <c r="L11" t="s">
-        <v>171</v>
+        <v>194</v>
       </c>
       <c r="M11" t="s">
         <v>120</v>
       </c>
       <c r="N11" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>526</v>
+        <v>562</v>
       </c>
       <c r="Q11" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="R11" t="s">
-        <v>526</v>
+        <v>121</v>
       </c>
       <c r="S11" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="T11" t="s">
-        <v>603</v>
+        <v>530</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B12" t="s">
         <v>604</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>605</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>606</v>
       </c>
       <c r="H12" t="s">
         <v>607</v>
       </c>
       <c r="I12" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J12" t="s">
-        <v>427</v>
+        <v>608</v>
       </c>
       <c r="K12" t="s">
-        <v>193</v>
+        <v>130</v>
       </c>
       <c r="L12" t="s">
-        <v>194</v>
+        <v>131</v>
       </c>
       <c r="M12" t="s">
         <v>120</v>
       </c>
       <c r="N12" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>560</v>
+        <v>527</v>
       </c>
       <c r="Q12" t="s">
+        <v>539</v>
+      </c>
+      <c r="R12" t="s">
         <v>527</v>
       </c>
-      <c r="R12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S12" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="T12" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B13" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>612</v>
       </c>
       <c r="H13" t="s">
         <v>613</v>
       </c>
       <c r="I13" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J13" t="s">
         <v>614</v>
       </c>
       <c r="K13" t="s">
-        <v>130</v>
+        <v>615</v>
       </c>
       <c r="L13" t="s">
-        <v>131</v>
+        <v>616</v>
       </c>
       <c r="M13" t="s">
         <v>120</v>
       </c>
       <c r="N13" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="Q13" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="R13" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="S13" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="T13" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B14" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>611</v>
+        <v>566</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="H14" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="I14" t="s">
-        <v>523</v>
+        <v>545</v>
       </c>
       <c r="J14" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="K14" t="s">
-        <v>621</v>
+        <v>570</v>
       </c>
       <c r="L14" t="s">
-        <v>622</v>
+        <v>571</v>
       </c>
       <c r="M14" t="s">
         <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>623</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>526</v>
+        <v>121</v>
       </c>
       <c r="Q14" t="s">
-        <v>538</v>
+        <v>624</v>
       </c>
       <c r="R14" t="s">
-        <v>526</v>
+        <v>121</v>
       </c>
       <c r="S14" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="T14" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B15" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>564</v>
+        <v>627</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="H15" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I15" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="J15" t="s">
-        <v>628</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>568</v>
+        <v>630</v>
       </c>
       <c r="L15" t="s">
-        <v>569</v>
+        <v>631</v>
       </c>
       <c r="M15" t="s">
         <v>120</v>
       </c>
       <c r="N15" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>527</v>
       </c>
       <c r="Q15" t="s">
-        <v>630</v>
+        <v>539</v>
       </c>
       <c r="R15" t="s">
-        <v>121</v>
+        <v>527</v>
       </c>
       <c r="S15" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="T15" t="s">
-        <v>529</v>
+        <v>634</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B16" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>633</v>
+        <v>566</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="H16" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="I16" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>636</v>
+        <v>130</v>
       </c>
       <c r="L16" t="s">
-        <v>637</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
         <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>638</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>526</v>
+        <v>121</v>
       </c>
       <c r="Q16" t="s">
-        <v>538</v>
+        <v>624</v>
       </c>
       <c r="R16" t="s">
-        <v>526</v>
+        <v>121</v>
       </c>
       <c r="S16" t="s">
         <v>639</v>
       </c>
       <c r="T16" t="s">
-        <v>603</v>
+        <v>530</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B17" t="s">
         <v>640</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>564</v>
+        <v>641</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H17" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I17" t="s">
-        <v>523</v>
+        <v>545</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>130</v>
+        <v>485</v>
       </c>
       <c r="L17" t="s">
-        <v>131</v>
+        <v>486</v>
       </c>
       <c r="M17" t="s">
         <v>120</v>
       </c>
       <c r="N17" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>148</v>
       </c>
       <c r="Q17" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="R17" t="s">
-        <v>121</v>
+        <v>148</v>
       </c>
       <c r="S17" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="T17" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B18" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H18" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="I18" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>484</v>
+        <v>594</v>
       </c>
       <c r="L18" t="s">
-        <v>485</v>
+        <v>595</v>
       </c>
       <c r="M18" t="s">
         <v>120</v>
       </c>
       <c r="N18" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
         <v>148</v>
       </c>
       <c r="Q18" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="R18" t="s">
         <v>148</v>
       </c>
       <c r="S18" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="T18" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B19" t="s">
+        <v>651</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>641</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>652</v>
       </c>
-      <c r="C19" t="s">
-[...11 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>653</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
+        <v>545</v>
+      </c>
+      <c r="J19" t="s">
         <v>654</v>
       </c>
-      <c r="I19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K19" t="s">
-        <v>592</v>
+        <v>170</v>
       </c>
       <c r="L19" t="s">
-        <v>593</v>
+        <v>171</v>
       </c>
       <c r="M19" t="s">
         <v>120</v>
       </c>
       <c r="N19" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
         <v>148</v>
       </c>
       <c r="Q19" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="R19" t="s">
         <v>148</v>
       </c>
       <c r="S19" t="s">
         <v>655</v>
       </c>
       <c r="T19" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B20" t="s">
         <v>656</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>657</v>
       </c>
       <c r="H20" t="s">
         <v>658</v>
       </c>
       <c r="I20" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J20" t="s">
         <v>659</v>
       </c>
       <c r="K20" t="s">
-        <v>170</v>
+        <v>130</v>
       </c>
       <c r="L20" t="s">
-        <v>171</v>
+        <v>131</v>
       </c>
       <c r="M20" t="s">
         <v>120</v>
       </c>
       <c r="N20" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
         <v>148</v>
       </c>
       <c r="Q20" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="R20" t="s">
         <v>148</v>
       </c>
       <c r="S20" t="s">
         <v>660</v>
       </c>
       <c r="T20" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B21" t="s">
         <v>661</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>662</v>
       </c>
       <c r="H21" t="s">
         <v>663</v>
       </c>
       <c r="I21" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J21" t="s">
         <v>664</v>
       </c>
       <c r="K21" t="s">
-        <v>130</v>
+        <v>570</v>
       </c>
       <c r="L21" t="s">
-        <v>131</v>
+        <v>571</v>
       </c>
       <c r="M21" t="s">
         <v>120</v>
       </c>
       <c r="N21" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
         <v>148</v>
       </c>
       <c r="Q21" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="R21" t="s">
         <v>148</v>
       </c>
       <c r="S21" t="s">
         <v>665</v>
       </c>
       <c r="T21" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B22" t="s">
         <v>666</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>646</v>
+        <v>556</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>667</v>
       </c>
       <c r="H22" t="s">
         <v>668</v>
       </c>
       <c r="I22" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="J22" t="s">
         <v>669</v>
       </c>
       <c r="K22" t="s">
-        <v>568</v>
+        <v>170</v>
       </c>
       <c r="L22" t="s">
-        <v>569</v>
+        <v>171</v>
       </c>
       <c r="M22" t="s">
         <v>120</v>
       </c>
       <c r="N22" t="s">
-        <v>649</v>
+        <v>670</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="Q22" t="s">
-        <v>650</v>
+        <v>624</v>
       </c>
       <c r="R22" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="S22" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="T22" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B23" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H23" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I23" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
       <c r="J23" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="K23" t="s">
         <v>170</v>
       </c>
       <c r="L23" t="s">
         <v>171</v>
       </c>
       <c r="M23" t="s">
         <v>120</v>
       </c>
       <c r="N23" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>121</v>
+        <v>562</v>
       </c>
       <c r="Q23" t="s">
-        <v>630</v>
+        <v>539</v>
       </c>
       <c r="R23" t="s">
         <v>121</v>
       </c>
       <c r="S23" t="s">
         <v>676</v>
       </c>
       <c r="T23" t="s">
-        <v>529</v>
-[...61 lines deleted...]
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>