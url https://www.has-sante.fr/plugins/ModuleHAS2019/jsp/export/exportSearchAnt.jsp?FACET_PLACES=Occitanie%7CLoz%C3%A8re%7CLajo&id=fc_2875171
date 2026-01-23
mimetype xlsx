--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER SPECIALISE FRANCOIS TOSQUELLES</t>
+    <t>HC HJ ADULTE CH SPECIALISE FRANCOIS TOSQUELLES SAINT ALBAN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:17:37</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1531_FicheEtablissement/fr/chs-francois-tosquelles-st-alban</t>
+    <t>https://www.has-sante.fr/jcms/1531_FicheEtablissement/fr/hc-hj-adult-chs-francois-tosquelles</t>
   </si>
   <si>
     <t>1531_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>48120 ST ALBAN SUR LIMAGNOLE</t>
   </si>
   <si>
     <t>ST ALBAN SUR LIMAGNOLE</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>0466425555</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>