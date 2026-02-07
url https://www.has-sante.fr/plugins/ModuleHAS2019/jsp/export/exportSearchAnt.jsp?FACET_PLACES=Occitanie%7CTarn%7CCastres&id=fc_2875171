--- v1 (2025-12-23)
+++ v2 (2026-02-07)
@@ -323,72 +323,72 @@
   <si>
     <t>FARGUES</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur Gilles MARIAMBOURG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711330/fr/docteur-gilles-mariambourg</t>
   </si>
   <si>
     <t>c_2711330</t>
   </si>
   <si>
     <t>MARIAMBOURG</t>
   </si>
   <si>
     <t>Gilles</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Julien NORMAND</t>
   </si>
   <si>
     <t>08/11/2016 11:35:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712515/fr/docteur-julien-normand</t>
   </si>
   <si>
     <t>c_2712515</t>
   </si>
   <si>
     <t>NORMAND</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
-    <t>18 February 2021</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur Marius titi MORUZI</t>
   </si>
   <si>
     <t>08/11/2016 11:35:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712760/fr/docteur-marius-titi-moruzi</t>
   </si>
   <si>
     <t>c_2712760</t>
   </si>
   <si>
     <t>MORUZI</t>
   </si>
   <si>
     <t>Marius titi</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Maxime AB DER HALDEN</t>
   </si>
@@ -1335,60 +1335,60 @@
       <c r="G14" t="s">
         <v>113</v>
       </c>
       <c r="H14" t="s">
         <v>114</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>115</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
         <v>117</v>
       </c>
       <c r="O14" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="P14" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>119</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>120</v>
       </c>
       <c r="H15" t="s">