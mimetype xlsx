--- v0 (2025-11-07)
+++ v1 (2026-01-23)
@@ -1,62 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Équipe accréditée" r:id="rId4" sheetId="2"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="941" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2705" uniqueCount="1104">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1160,142 +1166,2260 @@
   <si>
     <t>c_2713225</t>
   </si>
   <si>
     <t>NEVEU</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>15 February 2024</t>
   </si>
   <si>
     <t>CL DE L'UNION SAINT JEAN,ETAB DE SOINS DE SUITE LE MARQUISAT,CL TOULOUSE LAUTREC ALBI</t>
   </si>
   <si>
     <t>31240,31240,81000</t>
   </si>
   <si>
     <t>ST JEAN,ST JEAN,ALBI</t>
   </si>
   <si>
     <t>310780283,310792635,810101170</t>
   </si>
   <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE ANDRE BILLOUX</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15574_FicheESSMS/fr/foyer-de-vie-andre-billoux</t>
+  </si>
+  <si>
+    <t>15574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81350 SERENAC</t>
+  </si>
+  <si>
+    <t>SERENAC</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>810002196</t>
+  </si>
+  <si>
+    <t>EHPAD LE PRE FLEURI</t>
+  </si>
+  <si>
+    <t>17/11/2025 16:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14723_FicheESSMS/fr/ehpad-le-pre-fleuri</t>
+  </si>
+  <si>
+    <t>14723_FicheESSMS</t>
+  </si>
+  <si>
+    <t>258 Route De L'Eglise</t>
+  </si>
+  <si>
+    <t>81220 SERVIES</t>
+  </si>
+  <si>
+    <t>SERVIES</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>810001867</t>
+  </si>
+  <si>
+    <t>EHPAD LE REFUGE PROTESTANT CASTRES</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14317_FicheESSMS/fr/ehpad-le-refuge-protestant-castres</t>
+  </si>
+  <si>
+    <t>14317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Avenue De Lautrec</t>
+  </si>
+  <si>
+    <t>81100 CASTRES</t>
+  </si>
+  <si>
+    <t>810003780</t>
+  </si>
+  <si>
+    <t>SESSAD LOSTANGES</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:25:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14341_FicheESSMS/fr/sessad-lostanges</t>
+  </si>
+  <si>
+    <t>14341_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1244 Route De Lostanges</t>
+  </si>
+  <si>
+    <t>81710 NAVES</t>
+  </si>
+  <si>
+    <t>NAVES</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>810009407</t>
+  </si>
+  <si>
+    <t>IME LOSTANGES SITE CASTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14340_FicheESSMS/fr/ime-lostanges-site-castres</t>
+  </si>
+  <si>
+    <t>14340_FicheESSMS</t>
+  </si>
+  <si>
+    <t>175 Chemin De Villegagne</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>810012666</t>
+  </si>
+  <si>
+    <t>FOYER LEO LAGRANGE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14353_FicheESSMS/fr/foyer-leo-lagrange</t>
+  </si>
+  <si>
+    <t>14353_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81300 GRAULHET</t>
+  </si>
+  <si>
+    <t>GRAULHET</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>810012740</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT FRANCOIS CADALEN</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14361_FicheESSMS/fr/ehpad-saint-francois-cadalen</t>
+  </si>
+  <si>
+    <t>14361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81600 CADALEN</t>
+  </si>
+  <si>
+    <t>CADALEN</t>
+  </si>
+  <si>
+    <t>810003855</t>
+  </si>
+  <si>
+    <t>EHPAD LES MIMOSAS ALBI</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13840_FicheESSMS/fr/ehpad-les-mimosas-albi</t>
+  </si>
+  <si>
+    <t>13840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Avenue De Loirat</t>
+  </si>
+  <si>
+    <t>81000 ALBI</t>
+  </si>
+  <si>
+    <t>810101089</t>
+  </si>
+  <si>
+    <t>HABITAT DES JEUNES EN ALBIGEOIS-FJT</t>
+  </si>
+  <si>
+    <t>30/09/2025 16:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13825_FicheESSMS/fr/habitat-des-jeunes-en-albigeois-fjt</t>
+  </si>
+  <si>
+    <t>13825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Croix Verte</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>810004820</t>
+  </si>
+  <si>
+    <t>EHPAD LA MAZIERE</t>
+  </si>
+  <si>
+    <t>29/09/2025 16:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13756_FicheESSMS/fr/ehpad-la-maziere</t>
+  </si>
+  <si>
+    <t>13756_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>81170 CORDES SUR CIEL</t>
+  </si>
+  <si>
+    <t>CORDES SUR CIEL</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>810003608</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHEVALIERE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13491_FicheESSMS/fr/ehpad-la-chevaliere</t>
+  </si>
+  <si>
+    <t>13491_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue De La Chevaliere</t>
+  </si>
+  <si>
+    <t>81200 MAZAMET</t>
+  </si>
+  <si>
+    <t>810000133</t>
+  </si>
+  <si>
+    <t>EHPAD LA GREZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/69_FicheESSMS/fr/ehpad-la-greze</t>
+  </si>
+  <si>
+    <t>69_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Route De Lautrec</t>
+  </si>
+  <si>
+    <t>81440 MONTDRAGON</t>
+  </si>
+  <si>
+    <t>MONTDRAGON</t>
+  </si>
+  <si>
+    <t>810009613</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE LA FAINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/482_FicheESSMS/fr/lieu-de-vie-la-faine</t>
+  </si>
+  <si>
+    <t>482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue De La Halle</t>
+  </si>
+  <si>
+    <t>81360 MONTREDON LABESSONNIE</t>
+  </si>
+  <si>
+    <t>MONTREDON LABESSONNIE</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>810010983</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT ANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/721_FicheESSMS/fr/ehpad-saint-andre</t>
+  </si>
+  <si>
+    <t>721_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81600 GAILLAC</t>
+  </si>
+  <si>
+    <t>GAILLAC</t>
+  </si>
+  <si>
+    <t>810004218</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/720_FicheESSMS/fr/ehpad-saint-jean</t>
+  </si>
+  <si>
+    <t>720_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810100420</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LES BLES D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1281_FicheESSMS/fr/ehpad-korian-les-bles-d-or</t>
+  </si>
+  <si>
+    <t>1281_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81150 CASTELNAU DE LEVIS</t>
+  </si>
+  <si>
+    <t>CASTELNAU DE LEVIS</t>
+  </si>
+  <si>
+    <t>810100974</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN MAISON D'EMILIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1499_FicheESSMS/fr/ehpad-korian-maison-d-emilienne</t>
+  </si>
+  <si>
+    <t>1499_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81540 CAHUZAC</t>
+  </si>
+  <si>
+    <t>CAHUZAC</t>
+  </si>
+  <si>
+    <t>810004804</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LES 7 FONTAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1713_FicheESSMS/fr/ehpad-residence-les-7-fontaines</t>
+  </si>
+  <si>
+    <t>1713_FicheESSMS</t>
+  </si>
+  <si>
+    <t>485 Rue François Mitterrand</t>
+  </si>
+  <si>
+    <t>810007708</t>
+  </si>
+  <si>
+    <t>ESAT CARAMANTIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2710_FicheESSMS/fr/esat-caramantis</t>
+  </si>
+  <si>
+    <t>2710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>81400 CARMAUX</t>
+  </si>
+  <si>
+    <t>CARMAUX</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>810100842</t>
+  </si>
+  <si>
+    <t>EAM LA PLANESIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3071_FicheESSMS/fr/eam-la-planesie</t>
+  </si>
+  <si>
+    <t>3071_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>810012658</t>
+  </si>
+  <si>
+    <t>EHPAD PLAISANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3461_FicheESSMS/fr/ehpad-plaisance</t>
+  </si>
+  <si>
+    <t>3461_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Moulin De Flottes</t>
+  </si>
+  <si>
+    <t>81640 MONESTIES</t>
+  </si>
+  <si>
+    <t>MONESTIES</t>
+  </si>
+  <si>
+    <t>810003657</t>
+  </si>
+  <si>
+    <t>EHPAD LE DOMAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3460_FicheESSMS/fr/ehpad-le-domaine</t>
+  </si>
+  <si>
+    <t>3460_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Place Du Foirail</t>
+  </si>
+  <si>
+    <t>810008219</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. ALBI UDAF TARN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3493_FicheESSMS/fr/serv-m-j-p-m-albi-udaf-tarn</t>
+  </si>
+  <si>
+    <t>3493_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Des Cordeliers</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>810010280</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. ALBI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3492_FicheESSMS/fr/serv-d-p-f-albi</t>
+  </si>
+  <si>
+    <t>3492_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81011 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>810010272</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH MAZAMET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3698_FicheESSMS/fr/ehpad-saint-joseph-mazamet</t>
+  </si>
+  <si>
+    <t>3698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Meyer</t>
+  </si>
+  <si>
+    <t>810003806</t>
+  </si>
+  <si>
+    <t>EHPAD LES ADRETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3852_FicheESSMS/fr/ehpad-les-adrets</t>
+  </si>
+  <si>
+    <t>3852_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81320 MURAT SUR VEBRE</t>
+  </si>
+  <si>
+    <t>MURAT SUR VEBRE</t>
+  </si>
+  <si>
+    <t>810101832</t>
+  </si>
+  <si>
+    <t>IME L'ECHAPEE VERTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3866_FicheESSMS/fr/ime-l-echapee-verte</t>
+  </si>
+  <si>
+    <t>3866_FicheESSMS</t>
+  </si>
+  <si>
+    <t>78 Avenue De Loirat</t>
+  </si>
+  <si>
+    <t>810000430</t>
+  </si>
+  <si>
+    <t>SESSAD NOTRE DAME D'ESPERANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3897_FicheESSMS/fr/sessad-notre-dame-d-esperance</t>
+  </si>
+  <si>
+    <t>3897_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Avenue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>81500 LAVAUR</t>
+  </si>
+  <si>
+    <t>LAVAUR</t>
+  </si>
+  <si>
+    <t>810010017</t>
+  </si>
+  <si>
+    <t>IME NOTRE DAME D'ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3896_FicheESSMS/fr/ime-notre-dame-d-esperance</t>
+  </si>
+  <si>
+    <t>3896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810000182</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE CHEZ NOUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3975_FicheESSMS/fr/ehpad-residence-chez-nous</t>
+  </si>
+  <si>
+    <t>3975_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Albert Camus</t>
+  </si>
+  <si>
+    <t>81370 ST SULPICE LA POINTE</t>
+  </si>
+  <si>
+    <t>ST SULPICE LA POINTE</t>
+  </si>
+  <si>
+    <t>810003640</t>
+  </si>
+  <si>
+    <t>UNITE D'ACCUEIL POUR PHV</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4094_FicheESSMS/fr/unite-d-accueil-pour-phv</t>
+  </si>
+  <si>
+    <t>4094_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Couteliers</t>
+  </si>
+  <si>
+    <t>81110 DOURGNE</t>
+  </si>
+  <si>
+    <t>DOURGNE</t>
+  </si>
+  <si>
+    <t>810010454</t>
+  </si>
+  <si>
+    <t>EHPAD LES ARCADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4093_FicheESSMS/fr/ehpad-les-arcades</t>
+  </si>
+  <si>
+    <t>4093_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810000463</t>
+  </si>
+  <si>
+    <t>CAARUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4138_FicheESSMS/fr/caarud</t>
+  </si>
+  <si>
+    <t>4138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Anne Veaute</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>810005819</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON DU BOUTGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4202_FicheESSMS/fr/ehpad-maison-du-boutge</t>
+  </si>
+  <si>
+    <t>4202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Emile Grand</t>
+  </si>
+  <si>
+    <t>810101675</t>
+  </si>
+  <si>
+    <t>LVA LA RELEVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4322_FicheESSMS/fr/lva-la-releve</t>
+  </si>
+  <si>
+    <t>4322_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1975 Route De Lautrec</t>
+  </si>
+  <si>
+    <t>81440 ST JULIEN DU PUY</t>
+  </si>
+  <si>
+    <t>ST JULIEN DU PUY</t>
+  </si>
+  <si>
+    <t>810012591</t>
+  </si>
+  <si>
+    <t>UNITE D'ACCUEIL POUR PHV TREBAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4352_FicheESSMS/fr/unite-d-accueil-pour-phv-trebas</t>
+  </si>
+  <si>
+    <t>4352_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81340 TREBAS</t>
+  </si>
+  <si>
+    <t>TREBAS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>810010884</t>
+  </si>
+  <si>
+    <t>EHPAD BELCANTOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4351_FicheESSMS/fr/ehpad-belcantou</t>
+  </si>
+  <si>
+    <t>4351_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810100958</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL TEMPORAIRE CESURE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4463_FicheESSMS/fr/centre-d-accueil-temporaire-cesure</t>
+  </si>
+  <si>
+    <t>4463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Temporaire pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>810009019</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE ROUANET ICHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4938_FicheESSMS/fr/ehpad-residence-rouanet-iche</t>
+  </si>
+  <si>
+    <t>4938_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Impasse Marcelle Cros</t>
+  </si>
+  <si>
+    <t>81270 LABASTIDE ROUAIROUX</t>
+  </si>
+  <si>
+    <t>LABASTIDE ROUAIROUX</t>
+  </si>
+  <si>
+    <t>810004796</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS DE SILOË</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4937_FicheESSMS/fr/ehpad-le-clos-de-siloe</t>
+  </si>
+  <si>
+    <t>4937_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Vabre</t>
+  </si>
+  <si>
+    <t>81210 ROQUECOURBE</t>
+  </si>
+  <si>
+    <t>ROQUECOURBE</t>
+  </si>
+  <si>
+    <t>810003822</t>
+  </si>
+  <si>
+    <t>MAS LES GENETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5064_FicheESSMS/fr/mas-les-genets</t>
+  </si>
+  <si>
+    <t>5064_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Allée Georges Raffanel</t>
+  </si>
+  <si>
+    <t>81130 CAGNAC LES MINES</t>
+  </si>
+  <si>
+    <t>CAGNAC LES MINES</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>810004499</t>
+  </si>
+  <si>
+    <t>IME BELLEVUE -AJ / AMBULATOIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5126_FicheESSMS/fr/ime-bellevue-aj-/-ambulatoire</t>
+  </si>
+  <si>
+    <t>5126_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Michel Rondet</t>
+  </si>
+  <si>
+    <t>81400 BLAYE LES MINES</t>
+  </si>
+  <si>
+    <t>BLAYE LES MINES</t>
+  </si>
+  <si>
+    <t>810000315</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENCE MAISON DE RETRAITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5703_FicheESSMS/fr/ehpad-la-residence-maison-de-retraite</t>
+  </si>
+  <si>
+    <t>5703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Pierre Salvet</t>
+  </si>
+  <si>
+    <t>81310 LISLE SUR TARN</t>
+  </si>
+  <si>
+    <t>LISLE SUR TARN</t>
+  </si>
+  <si>
+    <t>810101386</t>
+  </si>
+  <si>
+    <t>DITEP LE CHEMIN -SITE LA RENAUDIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5811_FicheESSMS/fr/ditep-le-chemin-site-la-renaudie</t>
+  </si>
+  <si>
+    <t>5811_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Chemin Des  Pasteliers</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>810100453</t>
+  </si>
+  <si>
+    <t>EHPAD LES CHARMILLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5912_FicheESSMS/fr/ehpad-les-charmilles</t>
+  </si>
+  <si>
+    <t>5912_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De L'Albarede</t>
+  </si>
+  <si>
+    <t>81380 LESCURE D ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>LESCURE D ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>810009597</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE GRAND CHAMP</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6146_FicheESSMS/fr/residence-le-grand-champ</t>
+  </si>
+  <si>
+    <t>6146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Grand Champ</t>
+  </si>
+  <si>
+    <t>81150 LAGRAVE</t>
+  </si>
+  <si>
+    <t>LAGRAVE</t>
+  </si>
+  <si>
+    <t>810102160</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH VALENCE D'ALBI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6576_FicheESSMS/fr/ehpad-saint-joseph-valence-d-albi</t>
+  </si>
+  <si>
+    <t>6576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Chemin De Sermet</t>
+  </si>
+  <si>
+    <t>81340 VALENCE D ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>VALENCE D ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>810003913</t>
+  </si>
+  <si>
+    <t>EHPAD NOTRE DAME DE TOUSCAYRATS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7944_FicheESSMS/fr/ehpad-notre-dame-de-touscayrats</t>
+  </si>
+  <si>
+    <t>7944_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81110 VERDALLE</t>
+  </si>
+  <si>
+    <t>VERDALLE</t>
+  </si>
+  <si>
+    <t>810003921</t>
+  </si>
+  <si>
+    <t>EHPAD PETITE PLAISANCE SALVAGNAC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7988_FicheESSMS/fr/ehpad-petite-plaisance-salvagnac</t>
+  </si>
+  <si>
+    <t>7988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81630 SALVAGNAC</t>
+  </si>
+  <si>
+    <t>SALVAGNAC</t>
+  </si>
+  <si>
+    <t>810101618</t>
+  </si>
+  <si>
+    <t>EHPAD BELLEVUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8029_FicheESSMS/fr/ehpad-bellevue</t>
+  </si>
+  <si>
+    <t>8029_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Avenue Abel Rolland</t>
+  </si>
+  <si>
+    <t>81390 BRIATEXTE</t>
+  </si>
+  <si>
+    <t>BRIATEXTE</t>
+  </si>
+  <si>
+    <t>810001479</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE AGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8095_FicheESSMS/fr/ehpad-sainte-agnes</t>
+  </si>
+  <si>
+    <t>8095_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route De Saint-Pierre</t>
+  </si>
+  <si>
+    <t>810100867</t>
+  </si>
+  <si>
+    <t>EHPAD F.JOHN BOST/LE REFUGE PROTESTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8505_FicheESSMS/fr/ehpad-f-john-bost/le-refuge-protestant</t>
+  </si>
+  <si>
+    <t>8505_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Saint Jacques</t>
+  </si>
+  <si>
+    <t>810003814</t>
+  </si>
+  <si>
+    <t>SAAD FDN, JOHN BOST/ REFUGE PROTESTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8504_FicheESSMS/fr/saad-fdn-john-bost/-refuge-protestant</t>
+  </si>
+  <si>
+    <t>8504_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>810011783</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL DE JOUR D'ASSOU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8804_FicheESSMS/fr/centre-d-accueil-de-jour-d-assou</t>
+  </si>
+  <si>
+    <t>8804_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Du Senateur Boularan</t>
+  </si>
+  <si>
+    <t>81250 ALBAN</t>
+  </si>
+  <si>
+    <t>ALBAN</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>810008169</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL DE JOUR DAME GUIRAUDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8801_FicheESSMS/fr/centre-d-accueil-de-jour-dame-guiraude</t>
+  </si>
+  <si>
+    <t>8801_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Roger Galaup</t>
+  </si>
+  <si>
+    <t>810008458</t>
+  </si>
+  <si>
+    <t>SAMSAH LA PLANESIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8800_FicheESSMS/fr/samsah-la-planesie</t>
+  </si>
+  <si>
+    <t>8800_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>810008888</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE L'AURIOLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9577_FicheESSMS/fr/lieu-de-vie-l-auriole</t>
+  </si>
+  <si>
+    <t>9577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>81360 ARIFAT</t>
+  </si>
+  <si>
+    <t>ARIFAT</t>
+  </si>
+  <si>
+    <t>810005918</t>
+  </si>
+  <si>
+    <t>SAAD AID 81</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9563_FicheESSMS/fr/saad-aid-81</t>
+  </si>
+  <si>
+    <t>9563_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Place Pierre Fabre</t>
+  </si>
+  <si>
+    <t>810012138</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LE HAMEAU DU LAC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9670_FicheESSMS/fr/foyer-de-vie-le-hameau-du-lac</t>
+  </si>
+  <si>
+    <t>9670_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue De La Sigalarie</t>
+  </si>
+  <si>
+    <t>810009779</t>
+  </si>
+  <si>
+    <t>SSIAD LA SOLEILLADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10231_FicheESSMS/fr/ssiad-la-soleillade</t>
+  </si>
+  <si>
+    <t>10231_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place Jean Baptiste Heral</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>810008318</t>
+  </si>
+  <si>
+    <t>SAVS L'ECHELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10253_FicheESSMS/fr/savs-l-echelle</t>
+  </si>
+  <si>
+    <t>10253_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Leonard De Vinci</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>810005389</t>
+  </si>
+  <si>
+    <t>SAMSAH L'ECHELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10252_FicheESSMS/fr/samsah-l-echelle</t>
+  </si>
+  <si>
+    <t>10252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810007658</t>
+  </si>
+  <si>
+    <t>ITEP LE NARIDEL SITE DE LAVAUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10435_FicheESSMS/fr/itep-le-naridel-site-de-lavaur</t>
+  </si>
+  <si>
+    <t>10435_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Route De Belcastel</t>
+  </si>
+  <si>
+    <t>81501 LAVAUR</t>
+  </si>
+  <si>
+    <t>810002337</t>
+  </si>
+  <si>
+    <t>ITEP LE NARIDEL SITE DE GRAULHET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10434_FicheESSMS/fr/itep-le-naridel-site-de-graulhet</t>
+  </si>
+  <si>
+    <t>10434_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Boulevard De La Casse</t>
+  </si>
+  <si>
+    <t>810012484</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. ALBI AT 81</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10492_FicheESSMS/fr/serv-m-j-p-m-albi-at-81</t>
+  </si>
+  <si>
+    <t>10492_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Gustave Eiffel</t>
+  </si>
+  <si>
+    <t>810010306</t>
+  </si>
+  <si>
+    <t>EHPAD L'OUSTAL D'EN THIBAUD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10799_FicheESSMS/fr/ehpad-l-oustal-d-en-thibaud</t>
+  </si>
+  <si>
+    <t>10799_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue D'En Thibaud</t>
+  </si>
+  <si>
+    <t>81290 LABRUGUIERE</t>
+  </si>
+  <si>
+    <t>LABRUGUIERE</t>
+  </si>
+  <si>
+    <t>810003798</t>
+  </si>
+  <si>
+    <t>SESSAD LE NARIDEL SITE DE LAVAUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11026_FicheESSMS/fr/sessad-le-naridel-site-de-lavaur</t>
+  </si>
+  <si>
+    <t>11026_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810009373</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS DE JOUVENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11019_FicheESSMS/fr/ehpad-les-jardins-de-jouvence</t>
+  </si>
+  <si>
+    <t>11019_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De Berne Lagarde</t>
+  </si>
+  <si>
+    <t>810010223</t>
+  </si>
+  <si>
+    <t>EAID</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11672_FicheESSMS/fr/eaid</t>
+  </si>
+  <si>
+    <t>11672_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Rue Lavaziere</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>810009837</t>
+  </si>
+  <si>
+    <t>EPAS DE  L'APAJH DU TARN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11895_FicheESSMS/fr/epas-de-l-apajh-du-tarn</t>
+  </si>
+  <si>
+    <t>11895_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Sere De Rivieres</t>
+  </si>
+  <si>
+    <t>81013 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>810010314</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE ADELANTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12154_FicheESSMS/fr/lieu-de-vie-adelante</t>
+  </si>
+  <si>
+    <t>12154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97 Avenue Du Sidobre</t>
+  </si>
+  <si>
+    <t>810011007</t>
+  </si>
+  <si>
+    <t>SAMSAH LA SOLEILLADE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12453_FicheESSMS/fr/samsah-la-soleillade</t>
+  </si>
+  <si>
+    <t>12453_FicheESSMS</t>
+  </si>
+  <si>
+    <t>810010801</t>
+  </si>
+  <si>
+    <t>S.A.V.S. CHANTECLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12984_FicheESSMS/fr/s-a-v-s-chantecler</t>
+  </si>
+  <si>
+    <t>12984_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Mérigonde</t>
+  </si>
+  <si>
+    <t>810003228</t>
+  </si>
+  <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CL CLAUDE BERNARD ALBI  (81)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319254/fr/equipe-d-anesthesie-reanimation-cl-claude-bernard-albi-81</t>
   </si>
   <si>
     <t>p_3319254</t>
   </si>
   <si>
     <t>11 December 2023</t>
   </si>
   <si>
-    <t>81</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Delphine PENA, Docteur Marie LEFEBVRE-LANQUETIN, Docteur ROMAIN GRACIA, Docteur Adrien MANNEVY, Docteur Jean pierre MIRAMONT, Docteur LAURENCE VIGUIER-HOURCASTAGNOU, Docteur DAVID GROUSSET, Docteur Pierre arnaud CARRIERES</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CL TOULOUSE LAUTREC ALBI  (81)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319288/fr/equipe-de-chirurgie-urologique-cl-toulouse-lautrec-albi-81</t>
   </si>
   <si>
     <t>p_3319288</t>
   </si>
   <si>
     <t>02 July 2021</t>
   </si>
   <si>
     <t>Docteur Bertrand VAYLEUX, Docteur Laurent DELESCLUSE, Docteur Ségolène SYLVESTRE, Docteur Olivier BRAULT, Docteur Emmanuel ROLLAND, Docteur Bertrand COVIN</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CHS JAMET UMD LOUIS CROCQ ALBI</t>
+  </si>
+  <si>
+    <t>16/01/2026 03:14:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6907_FicheEtablissement/fr/chs-jamet-umd-louis-crocq-albi</t>
+  </si>
+  <si>
+    <t>6907_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0563485600</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>810009068</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CLINIQUE SMR KORIAN LE CHATEAU (EX CHATEAU DE CAHUZAC)</t>
+  </si>
+  <si>
+    <t>18/07/2025 14:03:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2943_FicheEtablissement/fr/cl-smr-korian-le-chateau-cahuzac</t>
+  </si>
+  <si>
+    <t>2943_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0563741001</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810004200</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE FILIERIS SAINTE BARBE CARMAUX (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/02/2025 16:17:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2932_FicheEtablissement/fr/polycli-filieris-ste-barbe-carmaux</t>
+  </si>
+  <si>
+    <t>2932_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563802800</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810000448</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CLINIQUE CLAUDE BERNARD CTRE MEDICO CHIRURGICAL OBSTETRICAL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2930_FicheEtablissement/fr/cl-claude-bernard-albi</t>
+  </si>
+  <si>
+    <t>2930_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Pere Colombier</t>
+  </si>
+  <si>
+    <t>0563777762</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
+  </si>
+  <si>
+    <t>SSR LE REFUGE PROTESTANT MAZAMET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2929_FicheEtablissement/fr/ssr-le-refuge-protestant-mazamet</t>
+  </si>
+  <si>
+    <t>2929_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue St Jacques</t>
+  </si>
+  <si>
+    <t>0563977200</t>
+  </si>
+  <si>
+    <t>810000158</t>
+  </si>
+  <si>
+    <t>CENTRE MUTUALISTE DE REEDUCATION FONCTIONNELLE D'ALBI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2931_FicheEtablissement/fr/cmrf-albi</t>
+  </si>
+  <si>
+    <t>2931_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563457050</t>
+  </si>
+  <si>
+    <t>810000232</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ALBI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2933_FicheEtablissement/fr/ch-albi</t>
+  </si>
+  <si>
+    <t>2933_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>22 Boulevard Sibille</t>
+  </si>
+  <si>
+    <t>0563474747</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CH INTERCOMMUNAL CASTRES MAZAMET SITE PAYS D'AUTAN CASTRES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2935_FicheEtablissement/fr/chic-castres-mazamet-site-autan</t>
+  </si>
+  <si>
+    <t>2935_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Avenue De La Montagne Noire</t>
+  </si>
+  <si>
+    <t>81108 CASTRES</t>
+  </si>
+  <si>
+    <t>0563716371</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE GAILLAC (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2934_FicheEtablissement/fr/ch-gaillac</t>
+  </si>
+  <si>
+    <t>2934_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>81601 GAILLAC</t>
+  </si>
+  <si>
+    <t>0563425050</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810000513</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LAVAUR SITE GUIRAUD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2938_FicheEtablissement/fr/ch-lavaur-site-guiraud</t>
+  </si>
+  <si>
+    <t>2938_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Vialas</t>
+  </si>
+  <si>
+    <t>0563588181</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810000562</t>
+  </si>
+  <si>
+    <t>CH INTERCOMMUNAL CASTRES MAZAMET SITE MAZAMET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2937_FicheEtablissement/fr/chic-castres-mazamet-site-mazamet</t>
+  </si>
+  <si>
+    <t>2937_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Boulevard Raymond D'Hautpoul</t>
+  </si>
+  <si>
+    <t>0563975050</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE GRAULHET (HOP PROXIMITE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2936_FicheEtablissement/fr/ch-graulhet</t>
+  </si>
+  <si>
+    <t>2936_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Rue Du Docteur Bastie</t>
+  </si>
+  <si>
+    <t>81301 GRAULHET</t>
+  </si>
+  <si>
+    <t>0563423000</t>
+  </si>
+  <si>
+    <t>810000539</t>
+  </si>
+  <si>
+    <t>CENTRE PSYCHOTHERAPIQUE PHILIPPE PINEL AGORA CH LAVAUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2942_FicheEtablissement/fr/ctre-psychotherap-pinel-agora</t>
+  </si>
+  <si>
+    <t>2942_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>65 Avenue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>0563583015</t>
+  </si>
+  <si>
+    <t>810004150</t>
+  </si>
+  <si>
+    <t>UNITE PSYCHIATRIE HOSPITALISATION COMPLETE ADULTE CASTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2940_FicheEtablissement/fr/upc-adulte-castres</t>
+  </si>
+  <si>
+    <t>2940_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563744770</t>
+  </si>
+  <si>
+    <t>810002998</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SPECIALISE PIERRE JAMET ALBI</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2939_FicheEtablissement/fr/chs-pierre-jamet-albi</t>
+  </si>
+  <si>
+    <t>2939_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Lavaziere</t>
+  </si>
+  <si>
+    <t>81025 ALBI CEDEX 9</t>
+  </si>
+  <si>
+    <t>0563484848</t>
+  </si>
+  <si>
+    <t>Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>810002022</t>
+  </si>
+  <si>
+    <t>CLINIQUE TOULOUSE LAUTREC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2950_FicheEtablissement/fr/cl-toulouse-lautrec-albi</t>
+  </si>
+  <si>
+    <t>2950_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Jacques Monod</t>
+  </si>
+  <si>
+    <t>0563484687</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE SITE CASTRES CHIC CASTRES MAZAMET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2949_FicheEtablissement/fr/usld-site-castres-chic-castres-mazamet</t>
+  </si>
+  <si>
+    <t>2949_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Des Monges</t>
+  </si>
+  <si>
+    <t>0563716301</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>810100883</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE SITE MAZAMET CHIC CASTRES MAZAMET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2948_FicheEtablissement/fr/usld-site-mazamet-chic-castres-mazamet</t>
+  </si>
+  <si>
+    <t>2948_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>81200 AUSSILLON</t>
+  </si>
+  <si>
+    <t>AUSSILLON</t>
+  </si>
+  <si>
+    <t>0563977401</t>
+  </si>
+  <si>
+    <t>810100370</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER LAVAUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2947_FicheEtablissement/fr/usld-ch-lavaur</t>
+  </si>
+  <si>
+    <t>2947_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563833100</t>
+  </si>
+  <si>
+    <t>810100313</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER ALBI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2946_FicheEtablissement/fr/usld-ch-albi</t>
+  </si>
+  <si>
+    <t>2946_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563474306</t>
+  </si>
+  <si>
+    <t>810100297</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL SITE DES MONGES CASTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2945_FicheEtablissement/fr/chic-castres-mazamet-site-monges-castr</t>
+  </si>
+  <si>
+    <t>2945_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>810099838</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU SIDOBRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2952_FicheEtablissement/fr/polyclinique-du-sidobre-castres</t>
+  </si>
+  <si>
+    <t>2952_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563718888</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CHS PIERRE JAMET CLINIQUE D'ADDICTOLOGIE SAINT SALVADOU ALBI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2951_FicheEtablissement/fr/chs-jamet-cl-addicto-st-salvadou-albi</t>
+  </si>
+  <si>
+    <t>2951_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563381578</t>
+  </si>
+  <si>
+    <t>810101303</t>
+  </si>
+  <si>
+    <t>CLINIQUE CLAUDE BERNARD UNITE DIALYSE MEDICALISEE CASTRES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4023_FicheEtablissement/fr/cl-claude-bernard-udm-castres</t>
+  </si>
+  <si>
+    <t>4023_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>810003368</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER GAILLAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7561_FicheEtablissement/fr/usld-ch-gaillac</t>
+  </si>
+  <si>
+    <t>7561_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0563811500</t>
+  </si>
+  <si>
+    <t>810010538</t>
+  </si>
+  <si>
+    <t>CLINIQUE CLAUDE BERNARD UNITE AUTO DIALYSE LAVAUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7573_FicheEtablissement/fr/cl-claude-bernard-uad-lavaur</t>
+  </si>
+  <si>
+    <t>7573_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>26 Avenue Georges Sabo</t>
+  </si>
+  <si>
+    <t>810011197</t>
+  </si>
+  <si>
+    <t>CLINIQUE CLAUDE BERNARD UNITE DIALYSE MEDICALISEE GAILLAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7582_FicheEtablissement/fr/cl-claude-bernard-udm-gaillac</t>
+  </si>
+  <si>
+    <t>7582_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1420 Route De Saurs</t>
+  </si>
+  <si>
+    <t>810012203</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION POUR PA VALENCE D'ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>21/06/2024 09:06:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2941_FicheEtablissement/fr/crpa-valence-d-albigeois</t>
+  </si>
+  <si>
+    <t>2941_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>810003954</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R53"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -4106,60 +6230,60 @@
       <c r="G51" t="s">
         <v>360</v>
       </c>
       <c r="H51" t="s">
         <v>361</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>362</v>
       </c>
       <c r="L51" t="s">
         <v>363</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
         <v>364</v>
       </c>
       <c r="O51" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="P51" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="Q51" t="s">
         <v>30</v>
       </c>
       <c r="R51" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>365</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>366</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
         <v>367</v>
       </c>
       <c r="H52" t="s">
@@ -4237,173 +6361,5699 @@
         <v>20</v>
       </c>
       <c r="N53" t="s">
         <v>377</v>
       </c>
       <c r="O53" t="s">
         <v>378</v>
       </c>
       <c r="P53" t="s">
         <v>379</v>
       </c>
       <c r="Q53" t="s">
         <v>380</v>
       </c>
       <c r="R53" t="s">
         <v>381</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P74"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J1" t="s">
+        <v>383</v>
+      </c>
+      <c r="K1" t="s">
+        <v>384</v>
+      </c>
+      <c r="L1" t="s">
+        <v>385</v>
+      </c>
+      <c r="M1" t="s">
+        <v>386</v>
+      </c>
+      <c r="N1" t="s">
+        <v>387</v>
+      </c>
+      <c r="O1" t="s">
+        <v>388</v>
+      </c>
+      <c r="P1" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>390</v>
+      </c>
+      <c r="B2" t="s">
+        <v>391</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>392</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>393</v>
+      </c>
+      <c r="H2" t="s">
+        <v>394</v>
+      </c>
+      <c r="I2" t="s">
+        <v>395</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>396</v>
+      </c>
+      <c r="L2" t="s">
+        <v>397</v>
+      </c>
+      <c r="M2" t="s">
+        <v>398</v>
+      </c>
+      <c r="N2" t="s">
+        <v>399</v>
+      </c>
+      <c r="O2" t="s">
+        <v>400</v>
+      </c>
+      <c r="P2" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>404</v>
+      </c>
+      <c r="H3" t="s">
+        <v>405</v>
+      </c>
+      <c r="I3" t="s">
+        <v>406</v>
+      </c>
+      <c r="J3" t="s">
+        <v>407</v>
+      </c>
+      <c r="K3" t="s">
+        <v>408</v>
+      </c>
+      <c r="L3" t="s">
+        <v>397</v>
+      </c>
+      <c r="M3" t="s">
+        <v>409</v>
+      </c>
+      <c r="N3" t="s">
+        <v>410</v>
+      </c>
+      <c r="O3" t="s">
+        <v>411</v>
+      </c>
+      <c r="P3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B4" t="s">
+        <v>413</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>414</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>415</v>
+      </c>
+      <c r="H4" t="s">
+        <v>416</v>
+      </c>
+      <c r="I4" t="s">
+        <v>417</v>
+      </c>
+      <c r="J4" t="s">
+        <v>418</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>397</v>
+      </c>
+      <c r="M4" t="s">
+        <v>398</v>
+      </c>
+      <c r="N4" t="s">
+        <v>410</v>
+      </c>
+      <c r="O4" t="s">
+        <v>411</v>
+      </c>
+      <c r="P4" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>390</v>
+      </c>
+      <c r="B5" t="s">
+        <v>420</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>421</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>422</v>
+      </c>
+      <c r="H5" t="s">
+        <v>423</v>
+      </c>
+      <c r="I5" t="s">
+        <v>424</v>
+      </c>
+      <c r="J5" t="s">
+        <v>425</v>
+      </c>
+      <c r="K5" t="s">
+        <v>426</v>
+      </c>
+      <c r="L5" t="s">
+        <v>397</v>
+      </c>
+      <c r="M5" t="s">
+        <v>398</v>
+      </c>
+      <c r="N5" t="s">
+        <v>427</v>
+      </c>
+      <c r="O5" t="s">
+        <v>428</v>
+      </c>
+      <c r="P5" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>390</v>
+      </c>
+      <c r="B6" t="s">
+        <v>430</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>421</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>431</v>
+      </c>
+      <c r="H6" t="s">
+        <v>432</v>
+      </c>
+      <c r="I6" t="s">
+        <v>433</v>
+      </c>
+      <c r="J6" t="s">
+        <v>418</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>397</v>
+      </c>
+      <c r="M6" t="s">
+        <v>398</v>
+      </c>
+      <c r="N6" t="s">
+        <v>427</v>
+      </c>
+      <c r="O6" t="s">
+        <v>434</v>
+      </c>
+      <c r="P6" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>390</v>
+      </c>
+      <c r="B7" t="s">
+        <v>436</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>437</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>438</v>
+      </c>
+      <c r="H7" t="s">
+        <v>439</v>
+      </c>
+      <c r="I7" t="s">
+        <v>440</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>441</v>
+      </c>
+      <c r="L7" t="s">
+        <v>397</v>
+      </c>
+      <c r="M7" t="s">
+        <v>398</v>
+      </c>
+      <c r="N7" t="s">
+        <v>442</v>
+      </c>
+      <c r="O7" t="s">
+        <v>443</v>
+      </c>
+      <c r="P7" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>390</v>
+      </c>
+      <c r="B8" t="s">
+        <v>445</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>446</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>447</v>
+      </c>
+      <c r="H8" t="s">
+        <v>448</v>
+      </c>
+      <c r="I8" t="s">
+        <v>449</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>450</v>
+      </c>
+      <c r="L8" t="s">
+        <v>397</v>
+      </c>
+      <c r="M8" t="s">
+        <v>398</v>
+      </c>
+      <c r="N8" t="s">
+        <v>410</v>
+      </c>
+      <c r="O8" t="s">
+        <v>411</v>
+      </c>
+      <c r="P8" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>390</v>
+      </c>
+      <c r="B9" t="s">
+        <v>452</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>453</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>454</v>
+      </c>
+      <c r="H9" t="s">
+        <v>455</v>
+      </c>
+      <c r="I9" t="s">
+        <v>456</v>
+      </c>
+      <c r="J9" t="s">
+        <v>457</v>
+      </c>
+      <c r="K9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L9" t="s">
+        <v>397</v>
+      </c>
+      <c r="M9" t="s">
+        <v>398</v>
+      </c>
+      <c r="N9" t="s">
+        <v>410</v>
+      </c>
+      <c r="O9" t="s">
+        <v>411</v>
+      </c>
+      <c r="P9" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>390</v>
+      </c>
+      <c r="B10" t="s">
+        <v>459</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>460</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>461</v>
+      </c>
+      <c r="H10" t="s">
+        <v>462</v>
+      </c>
+      <c r="I10" t="s">
+        <v>463</v>
+      </c>
+      <c r="J10" t="s">
+        <v>457</v>
+      </c>
+      <c r="K10" t="s">
+        <v>48</v>
+      </c>
+      <c r="L10" t="s">
+        <v>397</v>
+      </c>
+      <c r="M10" t="s">
+        <v>398</v>
+      </c>
+      <c r="N10" t="s">
+        <v>464</v>
+      </c>
+      <c r="O10" t="s">
+        <v>465</v>
+      </c>
+      <c r="P10" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>390</v>
+      </c>
+      <c r="B11" t="s">
+        <v>467</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>468</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>469</v>
+      </c>
+      <c r="H11" t="s">
+        <v>470</v>
+      </c>
+      <c r="I11" t="s">
+        <v>471</v>
+      </c>
+      <c r="J11" t="s">
+        <v>472</v>
+      </c>
+      <c r="K11" t="s">
+        <v>473</v>
+      </c>
+      <c r="L11" t="s">
+        <v>397</v>
+      </c>
+      <c r="M11" t="s">
+        <v>474</v>
+      </c>
+      <c r="N11" t="s">
+        <v>410</v>
+      </c>
+      <c r="O11" t="s">
+        <v>411</v>
+      </c>
+      <c r="P11" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>390</v>
+      </c>
+      <c r="B12" t="s">
+        <v>476</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>477</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>478</v>
+      </c>
+      <c r="H12" t="s">
+        <v>479</v>
+      </c>
+      <c r="I12" t="s">
+        <v>480</v>
+      </c>
+      <c r="J12" t="s">
+        <v>481</v>
+      </c>
+      <c r="K12" t="s">
+        <v>89</v>
+      </c>
+      <c r="L12" t="s">
+        <v>397</v>
+      </c>
+      <c r="M12" t="s">
+        <v>398</v>
+      </c>
+      <c r="N12" t="s">
+        <v>410</v>
+      </c>
+      <c r="O12" t="s">
+        <v>411</v>
+      </c>
+      <c r="P12" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>390</v>
+      </c>
+      <c r="B13" t="s">
+        <v>483</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>484</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>485</v>
+      </c>
+      <c r="H13" t="s">
+        <v>486</v>
+      </c>
+      <c r="I13" t="s">
+        <v>487</v>
+      </c>
+      <c r="J13" t="s">
+        <v>488</v>
+      </c>
+      <c r="K13" t="s">
+        <v>489</v>
+      </c>
+      <c r="L13" t="s">
+        <v>397</v>
+      </c>
+      <c r="M13" t="s">
+        <v>474</v>
+      </c>
+      <c r="N13" t="s">
+        <v>410</v>
+      </c>
+      <c r="O13" t="s">
+        <v>411</v>
+      </c>
+      <c r="P13" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>390</v>
+      </c>
+      <c r="B14" t="s">
+        <v>491</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>492</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>493</v>
+      </c>
+      <c r="H14" t="s">
+        <v>494</v>
+      </c>
+      <c r="I14" t="s">
+        <v>495</v>
+      </c>
+      <c r="J14" t="s">
+        <v>496</v>
+      </c>
+      <c r="K14" t="s">
+        <v>497</v>
+      </c>
+      <c r="L14" t="s">
+        <v>397</v>
+      </c>
+      <c r="M14" t="s">
+        <v>398</v>
+      </c>
+      <c r="N14" t="s">
+        <v>442</v>
+      </c>
+      <c r="O14" t="s">
+        <v>498</v>
+      </c>
+      <c r="P14" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>390</v>
+      </c>
+      <c r="B15" t="s">
+        <v>500</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>501</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>502</v>
+      </c>
+      <c r="H15" t="s">
+        <v>503</v>
+      </c>
+      <c r="I15" t="s">
+        <v>504</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>505</v>
+      </c>
+      <c r="L15" t="s">
+        <v>397</v>
+      </c>
+      <c r="M15" t="s">
+        <v>474</v>
+      </c>
+      <c r="N15" t="s">
+        <v>410</v>
+      </c>
+      <c r="O15" t="s">
+        <v>411</v>
+      </c>
+      <c r="P15" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>390</v>
+      </c>
+      <c r="B16" t="s">
+        <v>507</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>501</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>508</v>
+      </c>
+      <c r="H16" t="s">
+        <v>509</v>
+      </c>
+      <c r="I16" t="s">
+        <v>504</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>505</v>
+      </c>
+      <c r="L16" t="s">
+        <v>397</v>
+      </c>
+      <c r="M16" t="s">
+        <v>474</v>
+      </c>
+      <c r="N16" t="s">
+        <v>410</v>
+      </c>
+      <c r="O16" t="s">
+        <v>411</v>
+      </c>
+      <c r="P16" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>390</v>
+      </c>
+      <c r="B17" t="s">
+        <v>511</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>512</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>513</v>
+      </c>
+      <c r="H17" t="s">
+        <v>514</v>
+      </c>
+      <c r="I17" t="s">
+        <v>515</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>516</v>
+      </c>
+      <c r="L17" t="s">
+        <v>397</v>
+      </c>
+      <c r="M17" t="s">
+        <v>409</v>
+      </c>
+      <c r="N17" t="s">
+        <v>410</v>
+      </c>
+      <c r="O17" t="s">
+        <v>411</v>
+      </c>
+      <c r="P17" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>390</v>
+      </c>
+      <c r="B18" t="s">
+        <v>518</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>519</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>520</v>
+      </c>
+      <c r="H18" t="s">
+        <v>521</v>
+      </c>
+      <c r="I18" t="s">
+        <v>522</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>523</v>
+      </c>
+      <c r="L18" t="s">
+        <v>397</v>
+      </c>
+      <c r="M18" t="s">
+        <v>409</v>
+      </c>
+      <c r="N18" t="s">
+        <v>410</v>
+      </c>
+      <c r="O18" t="s">
+        <v>411</v>
+      </c>
+      <c r="P18" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>390</v>
+      </c>
+      <c r="B19" t="s">
+        <v>525</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>526</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>527</v>
+      </c>
+      <c r="H19" t="s">
+        <v>528</v>
+      </c>
+      <c r="I19" t="s">
+        <v>529</v>
+      </c>
+      <c r="J19" t="s">
+        <v>504</v>
+      </c>
+      <c r="K19" t="s">
+        <v>505</v>
+      </c>
+      <c r="L19" t="s">
+        <v>397</v>
+      </c>
+      <c r="M19" t="s">
+        <v>398</v>
+      </c>
+      <c r="N19" t="s">
+        <v>410</v>
+      </c>
+      <c r="O19" t="s">
+        <v>411</v>
+      </c>
+      <c r="P19" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>390</v>
+      </c>
+      <c r="B20" t="s">
+        <v>531</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>532</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>533</v>
+      </c>
+      <c r="H20" t="s">
+        <v>534</v>
+      </c>
+      <c r="I20" t="s">
+        <v>535</v>
+      </c>
+      <c r="J20" t="s">
+        <v>536</v>
+      </c>
+      <c r="K20" t="s">
+        <v>537</v>
+      </c>
+      <c r="L20" t="s">
+        <v>397</v>
+      </c>
+      <c r="M20" t="s">
+        <v>398</v>
+      </c>
+      <c r="N20" t="s">
+        <v>399</v>
+      </c>
+      <c r="O20" t="s">
+        <v>538</v>
+      </c>
+      <c r="P20" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>390</v>
+      </c>
+      <c r="B21" t="s">
+        <v>540</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>541</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>542</v>
+      </c>
+      <c r="H21" t="s">
+        <v>543</v>
+      </c>
+      <c r="I21" t="s">
+        <v>433</v>
+      </c>
+      <c r="J21" t="s">
+        <v>418</v>
+      </c>
+      <c r="K21" t="s">
+        <v>30</v>
+      </c>
+      <c r="L21" t="s">
+        <v>397</v>
+      </c>
+      <c r="M21" t="s">
+        <v>398</v>
+      </c>
+      <c r="N21" t="s">
+        <v>399</v>
+      </c>
+      <c r="O21" t="s">
+        <v>544</v>
+      </c>
+      <c r="P21" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>390</v>
+      </c>
+      <c r="B22" t="s">
+        <v>546</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>547</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>548</v>
+      </c>
+      <c r="H22" t="s">
+        <v>549</v>
+      </c>
+      <c r="I22" t="s">
+        <v>550</v>
+      </c>
+      <c r="J22" t="s">
+        <v>551</v>
+      </c>
+      <c r="K22" t="s">
+        <v>552</v>
+      </c>
+      <c r="L22" t="s">
+        <v>397</v>
+      </c>
+      <c r="M22" t="s">
+        <v>474</v>
+      </c>
+      <c r="N22" t="s">
+        <v>410</v>
+      </c>
+      <c r="O22" t="s">
+        <v>411</v>
+      </c>
+      <c r="P22" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>390</v>
+      </c>
+      <c r="B23" t="s">
+        <v>554</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>547</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>555</v>
+      </c>
+      <c r="H23" t="s">
+        <v>556</v>
+      </c>
+      <c r="I23" t="s">
+        <v>557</v>
+      </c>
+      <c r="J23" t="s">
+        <v>551</v>
+      </c>
+      <c r="K23" t="s">
+        <v>552</v>
+      </c>
+      <c r="L23" t="s">
+        <v>397</v>
+      </c>
+      <c r="M23" t="s">
+        <v>474</v>
+      </c>
+      <c r="N23" t="s">
+        <v>410</v>
+      </c>
+      <c r="O23" t="s">
+        <v>411</v>
+      </c>
+      <c r="P23" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>390</v>
+      </c>
+      <c r="B24" t="s">
+        <v>559</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>560</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>561</v>
+      </c>
+      <c r="H24" t="s">
+        <v>562</v>
+      </c>
+      <c r="I24" t="s">
+        <v>563</v>
+      </c>
+      <c r="J24" t="s">
+        <v>457</v>
+      </c>
+      <c r="K24" t="s">
+        <v>48</v>
+      </c>
+      <c r="L24" t="s">
+        <v>397</v>
+      </c>
+      <c r="M24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N24" t="s">
+        <v>564</v>
+      </c>
+      <c r="O24" t="s">
+        <v>565</v>
+      </c>
+      <c r="P24" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>390</v>
+      </c>
+      <c r="B25" t="s">
+        <v>567</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>560</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>568</v>
+      </c>
+      <c r="H25" t="s">
+        <v>569</v>
+      </c>
+      <c r="I25" t="s">
+        <v>563</v>
+      </c>
+      <c r="J25" t="s">
+        <v>570</v>
+      </c>
+      <c r="K25" t="s">
+        <v>268</v>
+      </c>
+      <c r="L25" t="s">
+        <v>397</v>
+      </c>
+      <c r="M25" t="s">
+        <v>398</v>
+      </c>
+      <c r="N25" t="s">
+        <v>442</v>
+      </c>
+      <c r="O25" t="s">
+        <v>571</v>
+      </c>
+      <c r="P25" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>390</v>
+      </c>
+      <c r="B26" t="s">
+        <v>573</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>574</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>575</v>
+      </c>
+      <c r="H26" t="s">
+        <v>576</v>
+      </c>
+      <c r="I26" t="s">
+        <v>577</v>
+      </c>
+      <c r="J26" t="s">
+        <v>481</v>
+      </c>
+      <c r="K26" t="s">
+        <v>89</v>
+      </c>
+      <c r="L26" t="s">
+        <v>397</v>
+      </c>
+      <c r="M26" t="s">
+        <v>398</v>
+      </c>
+      <c r="N26" t="s">
+        <v>410</v>
+      </c>
+      <c r="O26" t="s">
+        <v>411</v>
+      </c>
+      <c r="P26" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>390</v>
+      </c>
+      <c r="B27" t="s">
+        <v>579</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>580</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>581</v>
+      </c>
+      <c r="H27" t="s">
+        <v>582</v>
+      </c>
+      <c r="I27" t="s">
+        <v>583</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>584</v>
+      </c>
+      <c r="L27" t="s">
+        <v>397</v>
+      </c>
+      <c r="M27" t="s">
+        <v>398</v>
+      </c>
+      <c r="N27" t="s">
+        <v>410</v>
+      </c>
+      <c r="O27" t="s">
+        <v>411</v>
+      </c>
+      <c r="P27" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>390</v>
+      </c>
+      <c r="B28" t="s">
+        <v>586</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>587</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>588</v>
+      </c>
+      <c r="H28" t="s">
+        <v>589</v>
+      </c>
+      <c r="I28" t="s">
+        <v>590</v>
+      </c>
+      <c r="J28" t="s">
+        <v>457</v>
+      </c>
+      <c r="K28" t="s">
+        <v>48</v>
+      </c>
+      <c r="L28" t="s">
+        <v>397</v>
+      </c>
+      <c r="M28" t="s">
+        <v>398</v>
+      </c>
+      <c r="N28" t="s">
+        <v>427</v>
+      </c>
+      <c r="O28" t="s">
+        <v>434</v>
+      </c>
+      <c r="P28" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>390</v>
+      </c>
+      <c r="B29" t="s">
+        <v>592</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>593</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>594</v>
+      </c>
+      <c r="H29" t="s">
+        <v>595</v>
+      </c>
+      <c r="I29" t="s">
+        <v>596</v>
+      </c>
+      <c r="J29" t="s">
+        <v>597</v>
+      </c>
+      <c r="K29" t="s">
+        <v>598</v>
+      </c>
+      <c r="L29" t="s">
+        <v>397</v>
+      </c>
+      <c r="M29" t="s">
+        <v>398</v>
+      </c>
+      <c r="N29" t="s">
+        <v>427</v>
+      </c>
+      <c r="O29" t="s">
+        <v>428</v>
+      </c>
+      <c r="P29" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>390</v>
+      </c>
+      <c r="B30" t="s">
+        <v>600</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>593</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>601</v>
+      </c>
+      <c r="H30" t="s">
+        <v>602</v>
+      </c>
+      <c r="I30" t="s">
+        <v>596</v>
+      </c>
+      <c r="J30" t="s">
+        <v>597</v>
+      </c>
+      <c r="K30" t="s">
+        <v>598</v>
+      </c>
+      <c r="L30" t="s">
+        <v>397</v>
+      </c>
+      <c r="M30" t="s">
+        <v>398</v>
+      </c>
+      <c r="N30" t="s">
+        <v>427</v>
+      </c>
+      <c r="O30" t="s">
+        <v>434</v>
+      </c>
+      <c r="P30" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>390</v>
+      </c>
+      <c r="B31" t="s">
+        <v>604</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>605</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>606</v>
+      </c>
+      <c r="H31" t="s">
+        <v>607</v>
+      </c>
+      <c r="I31" t="s">
+        <v>608</v>
+      </c>
+      <c r="J31" t="s">
+        <v>609</v>
+      </c>
+      <c r="K31" t="s">
+        <v>610</v>
+      </c>
+      <c r="L31" t="s">
+        <v>397</v>
+      </c>
+      <c r="M31" t="s">
+        <v>474</v>
+      </c>
+      <c r="N31" t="s">
+        <v>410</v>
+      </c>
+      <c r="O31" t="s">
+        <v>411</v>
+      </c>
+      <c r="P31" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>390</v>
+      </c>
+      <c r="B32" t="s">
+        <v>612</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>613</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>614</v>
+      </c>
+      <c r="H32" t="s">
+        <v>615</v>
+      </c>
+      <c r="I32" t="s">
+        <v>616</v>
+      </c>
+      <c r="J32" t="s">
+        <v>617</v>
+      </c>
+      <c r="K32" t="s">
+        <v>618</v>
+      </c>
+      <c r="L32" t="s">
+        <v>397</v>
+      </c>
+      <c r="M32" t="s">
+        <v>398</v>
+      </c>
+      <c r="N32" t="s">
+        <v>399</v>
+      </c>
+      <c r="O32" t="s">
+        <v>400</v>
+      </c>
+      <c r="P32" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>390</v>
+      </c>
+      <c r="B33" t="s">
+        <v>620</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>613</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>621</v>
+      </c>
+      <c r="H33" t="s">
+        <v>622</v>
+      </c>
+      <c r="I33" t="s">
+        <v>616</v>
+      </c>
+      <c r="J33" t="s">
+        <v>617</v>
+      </c>
+      <c r="K33" t="s">
+        <v>618</v>
+      </c>
+      <c r="L33" t="s">
+        <v>397</v>
+      </c>
+      <c r="M33" t="s">
+        <v>398</v>
+      </c>
+      <c r="N33" t="s">
+        <v>410</v>
+      </c>
+      <c r="O33" t="s">
+        <v>411</v>
+      </c>
+      <c r="P33" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>390</v>
+      </c>
+      <c r="B34" t="s">
+        <v>624</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>625</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>626</v>
+      </c>
+      <c r="H34" t="s">
+        <v>627</v>
+      </c>
+      <c r="I34" t="s">
+        <v>628</v>
+      </c>
+      <c r="J34" t="s">
+        <v>418</v>
+      </c>
+      <c r="K34" t="s">
+        <v>30</v>
+      </c>
+      <c r="L34" t="s">
+        <v>397</v>
+      </c>
+      <c r="M34" t="s">
+        <v>398</v>
+      </c>
+      <c r="N34" t="s">
+        <v>629</v>
+      </c>
+      <c r="O34" t="s">
+        <v>630</v>
+      </c>
+      <c r="P34" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>390</v>
+      </c>
+      <c r="B35" t="s">
+        <v>632</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>633</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>634</v>
+      </c>
+      <c r="H35" t="s">
+        <v>635</v>
+      </c>
+      <c r="I35" t="s">
+        <v>636</v>
+      </c>
+      <c r="J35" t="s">
+        <v>457</v>
+      </c>
+      <c r="K35" t="s">
+        <v>48</v>
+      </c>
+      <c r="L35" t="s">
+        <v>397</v>
+      </c>
+      <c r="M35" t="s">
+        <v>398</v>
+      </c>
+      <c r="N35" t="s">
+        <v>410</v>
+      </c>
+      <c r="O35" t="s">
+        <v>411</v>
+      </c>
+      <c r="P35" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>390</v>
+      </c>
+      <c r="B36" t="s">
+        <v>638</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>639</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>640</v>
+      </c>
+      <c r="H36" t="s">
+        <v>641</v>
+      </c>
+      <c r="I36" t="s">
+        <v>642</v>
+      </c>
+      <c r="J36" t="s">
+        <v>643</v>
+      </c>
+      <c r="K36" t="s">
+        <v>644</v>
+      </c>
+      <c r="L36" t="s">
+        <v>397</v>
+      </c>
+      <c r="M36" t="s">
+        <v>398</v>
+      </c>
+      <c r="N36" t="s">
+        <v>442</v>
+      </c>
+      <c r="O36" t="s">
+        <v>498</v>
+      </c>
+      <c r="P36" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>390</v>
+      </c>
+      <c r="B37" t="s">
+        <v>646</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>647</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>648</v>
+      </c>
+      <c r="H37" t="s">
+        <v>649</v>
+      </c>
+      <c r="I37" t="s">
+        <v>650</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>651</v>
+      </c>
+      <c r="L37" t="s">
+        <v>397</v>
+      </c>
+      <c r="M37" t="s">
+        <v>398</v>
+      </c>
+      <c r="N37" t="s">
+        <v>652</v>
+      </c>
+      <c r="O37" t="s">
+        <v>400</v>
+      </c>
+      <c r="P37" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>390</v>
+      </c>
+      <c r="B38" t="s">
+        <v>654</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>647</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>655</v>
+      </c>
+      <c r="H38" t="s">
+        <v>656</v>
+      </c>
+      <c r="I38" t="s">
+        <v>650</v>
+      </c>
+      <c r="J38" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" t="s">
+        <v>651</v>
+      </c>
+      <c r="L38" t="s">
+        <v>397</v>
+      </c>
+      <c r="M38" t="s">
+        <v>398</v>
+      </c>
+      <c r="N38" t="s">
+        <v>652</v>
+      </c>
+      <c r="O38" t="s">
+        <v>411</v>
+      </c>
+      <c r="P38" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>390</v>
+      </c>
+      <c r="B39" t="s">
+        <v>658</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>659</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>660</v>
+      </c>
+      <c r="H39" t="s">
+        <v>661</v>
+      </c>
+      <c r="I39" t="s">
+        <v>504</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>505</v>
+      </c>
+      <c r="L39" t="s">
+        <v>397</v>
+      </c>
+      <c r="M39" t="s">
+        <v>398</v>
+      </c>
+      <c r="N39" t="s">
+        <v>399</v>
+      </c>
+      <c r="O39" t="s">
+        <v>662</v>
+      </c>
+      <c r="P39" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>390</v>
+      </c>
+      <c r="B40" t="s">
+        <v>664</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>665</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>666</v>
+      </c>
+      <c r="H40" t="s">
+        <v>667</v>
+      </c>
+      <c r="I40" t="s">
+        <v>668</v>
+      </c>
+      <c r="J40" t="s">
+        <v>669</v>
+      </c>
+      <c r="K40" t="s">
+        <v>670</v>
+      </c>
+      <c r="L40" t="s">
+        <v>397</v>
+      </c>
+      <c r="M40" t="s">
+        <v>474</v>
+      </c>
+      <c r="N40" t="s">
+        <v>410</v>
+      </c>
+      <c r="O40" t="s">
+        <v>411</v>
+      </c>
+      <c r="P40" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>390</v>
+      </c>
+      <c r="B41" t="s">
+        <v>672</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>665</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>673</v>
+      </c>
+      <c r="H41" t="s">
+        <v>674</v>
+      </c>
+      <c r="I41" t="s">
+        <v>675</v>
+      </c>
+      <c r="J41" t="s">
+        <v>676</v>
+      </c>
+      <c r="K41" t="s">
+        <v>677</v>
+      </c>
+      <c r="L41" t="s">
+        <v>397</v>
+      </c>
+      <c r="M41" t="s">
+        <v>474</v>
+      </c>
+      <c r="N41" t="s">
+        <v>410</v>
+      </c>
+      <c r="O41" t="s">
+        <v>411</v>
+      </c>
+      <c r="P41" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>390</v>
+      </c>
+      <c r="B42" t="s">
+        <v>679</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>680</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>681</v>
+      </c>
+      <c r="H42" t="s">
+        <v>682</v>
+      </c>
+      <c r="I42" t="s">
+        <v>683</v>
+      </c>
+      <c r="J42" t="s">
+        <v>684</v>
+      </c>
+      <c r="K42" t="s">
+        <v>685</v>
+      </c>
+      <c r="L42" t="s">
+        <v>397</v>
+      </c>
+      <c r="M42" t="s">
+        <v>398</v>
+      </c>
+      <c r="N42" t="s">
+        <v>399</v>
+      </c>
+      <c r="O42" t="s">
+        <v>686</v>
+      </c>
+      <c r="P42" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>390</v>
+      </c>
+      <c r="B43" t="s">
+        <v>688</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>689</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>690</v>
+      </c>
+      <c r="H43" t="s">
+        <v>691</v>
+      </c>
+      <c r="I43" t="s">
+        <v>692</v>
+      </c>
+      <c r="J43" t="s">
+        <v>693</v>
+      </c>
+      <c r="K43" t="s">
+        <v>694</v>
+      </c>
+      <c r="L43" t="s">
+        <v>397</v>
+      </c>
+      <c r="M43" t="s">
+        <v>398</v>
+      </c>
+      <c r="N43" t="s">
+        <v>427</v>
+      </c>
+      <c r="O43" t="s">
+        <v>434</v>
+      </c>
+      <c r="P43" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>390</v>
+      </c>
+      <c r="B44" t="s">
+        <v>696</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>697</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>698</v>
+      </c>
+      <c r="H44" t="s">
+        <v>699</v>
+      </c>
+      <c r="I44" t="s">
+        <v>700</v>
+      </c>
+      <c r="J44" t="s">
+        <v>701</v>
+      </c>
+      <c r="K44" t="s">
+        <v>702</v>
+      </c>
+      <c r="L44" t="s">
+        <v>397</v>
+      </c>
+      <c r="M44" t="s">
+        <v>409</v>
+      </c>
+      <c r="N44" t="s">
+        <v>410</v>
+      </c>
+      <c r="O44" t="s">
+        <v>411</v>
+      </c>
+      <c r="P44" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>390</v>
+      </c>
+      <c r="B45" t="s">
+        <v>704</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>705</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>706</v>
+      </c>
+      <c r="H45" t="s">
+        <v>707</v>
+      </c>
+      <c r="I45" t="s">
+        <v>708</v>
+      </c>
+      <c r="J45" t="s">
+        <v>457</v>
+      </c>
+      <c r="K45" t="s">
+        <v>48</v>
+      </c>
+      <c r="L45" t="s">
+        <v>397</v>
+      </c>
+      <c r="M45" t="s">
+        <v>398</v>
+      </c>
+      <c r="N45" t="s">
+        <v>427</v>
+      </c>
+      <c r="O45" t="s">
+        <v>709</v>
+      </c>
+      <c r="P45" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>390</v>
+      </c>
+      <c r="B46" t="s">
+        <v>711</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>712</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>713</v>
+      </c>
+      <c r="H46" t="s">
+        <v>714</v>
+      </c>
+      <c r="I46" t="s">
+        <v>715</v>
+      </c>
+      <c r="J46" t="s">
+        <v>716</v>
+      </c>
+      <c r="K46" t="s">
+        <v>717</v>
+      </c>
+      <c r="L46" t="s">
+        <v>397</v>
+      </c>
+      <c r="M46" t="s">
+        <v>474</v>
+      </c>
+      <c r="N46" t="s">
+        <v>410</v>
+      </c>
+      <c r="O46" t="s">
+        <v>411</v>
+      </c>
+      <c r="P46" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>390</v>
+      </c>
+      <c r="B47" t="s">
+        <v>719</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>720</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>721</v>
+      </c>
+      <c r="H47" t="s">
+        <v>722</v>
+      </c>
+      <c r="I47" t="s">
+        <v>723</v>
+      </c>
+      <c r="J47" t="s">
+        <v>724</v>
+      </c>
+      <c r="K47" t="s">
+        <v>725</v>
+      </c>
+      <c r="L47" t="s">
+        <v>397</v>
+      </c>
+      <c r="M47" t="s">
+        <v>398</v>
+      </c>
+      <c r="N47" t="s">
+        <v>410</v>
+      </c>
+      <c r="O47" t="s">
+        <v>411</v>
+      </c>
+      <c r="P47" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>390</v>
+      </c>
+      <c r="B48" t="s">
+        <v>727</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>728</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>729</v>
+      </c>
+      <c r="H48" t="s">
+        <v>730</v>
+      </c>
+      <c r="I48" t="s">
+        <v>731</v>
+      </c>
+      <c r="J48" t="s">
+        <v>732</v>
+      </c>
+      <c r="K48" t="s">
+        <v>733</v>
+      </c>
+      <c r="L48" t="s">
+        <v>397</v>
+      </c>
+      <c r="M48" t="s">
+        <v>398</v>
+      </c>
+      <c r="N48" t="s">
+        <v>410</v>
+      </c>
+      <c r="O48" t="s">
+        <v>411</v>
+      </c>
+      <c r="P48" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>390</v>
+      </c>
+      <c r="B49" t="s">
+        <v>735</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>736</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>737</v>
+      </c>
+      <c r="H49" t="s">
+        <v>738</v>
+      </c>
+      <c r="I49" t="s">
+        <v>739</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>740</v>
+      </c>
+      <c r="L49" t="s">
+        <v>397</v>
+      </c>
+      <c r="M49" t="s">
+        <v>398</v>
+      </c>
+      <c r="N49" t="s">
+        <v>410</v>
+      </c>
+      <c r="O49" t="s">
+        <v>411</v>
+      </c>
+      <c r="P49" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>390</v>
+      </c>
+      <c r="B50" t="s">
+        <v>742</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>743</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>744</v>
+      </c>
+      <c r="H50" t="s">
+        <v>745</v>
+      </c>
+      <c r="I50" t="s">
+        <v>746</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>747</v>
+      </c>
+      <c r="L50" t="s">
+        <v>397</v>
+      </c>
+      <c r="M50" t="s">
+        <v>398</v>
+      </c>
+      <c r="N50" t="s">
+        <v>410</v>
+      </c>
+      <c r="O50" t="s">
+        <v>411</v>
+      </c>
+      <c r="P50" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>390</v>
+      </c>
+      <c r="B51" t="s">
+        <v>749</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>750</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>751</v>
+      </c>
+      <c r="H51" t="s">
+        <v>752</v>
+      </c>
+      <c r="I51" t="s">
+        <v>753</v>
+      </c>
+      <c r="J51" t="s">
+        <v>754</v>
+      </c>
+      <c r="K51" t="s">
+        <v>755</v>
+      </c>
+      <c r="L51" t="s">
+        <v>397</v>
+      </c>
+      <c r="M51" t="s">
+        <v>398</v>
+      </c>
+      <c r="N51" t="s">
+        <v>410</v>
+      </c>
+      <c r="O51" t="s">
+        <v>411</v>
+      </c>
+      <c r="P51" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>390</v>
+      </c>
+      <c r="B52" t="s">
+        <v>757</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>758</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>759</v>
+      </c>
+      <c r="H52" t="s">
+        <v>760</v>
+      </c>
+      <c r="I52" t="s">
+        <v>761</v>
+      </c>
+      <c r="J52" t="s">
+        <v>496</v>
+      </c>
+      <c r="K52" t="s">
+        <v>497</v>
+      </c>
+      <c r="L52" t="s">
+        <v>397</v>
+      </c>
+      <c r="M52" t="s">
+        <v>398</v>
+      </c>
+      <c r="N52" t="s">
+        <v>410</v>
+      </c>
+      <c r="O52" t="s">
+        <v>411</v>
+      </c>
+      <c r="P52" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>390</v>
+      </c>
+      <c r="B53" t="s">
+        <v>763</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>764</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>765</v>
+      </c>
+      <c r="H53" t="s">
+        <v>766</v>
+      </c>
+      <c r="I53" t="s">
+        <v>767</v>
+      </c>
+      <c r="J53" t="s">
+        <v>481</v>
+      </c>
+      <c r="K53" t="s">
+        <v>89</v>
+      </c>
+      <c r="L53" t="s">
+        <v>397</v>
+      </c>
+      <c r="M53" t="s">
+        <v>398</v>
+      </c>
+      <c r="N53" t="s">
+        <v>410</v>
+      </c>
+      <c r="O53" t="s">
+        <v>411</v>
+      </c>
+      <c r="P53" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>390</v>
+      </c>
+      <c r="B54" t="s">
+        <v>769</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>764</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>770</v>
+      </c>
+      <c r="H54" t="s">
+        <v>771</v>
+      </c>
+      <c r="I54" t="s">
+        <v>767</v>
+      </c>
+      <c r="J54" t="s">
+        <v>481</v>
+      </c>
+      <c r="K54" t="s">
+        <v>89</v>
+      </c>
+      <c r="L54" t="s">
+        <v>397</v>
+      </c>
+      <c r="M54" t="s">
+        <v>398</v>
+      </c>
+      <c r="N54" t="s">
+        <v>772</v>
+      </c>
+      <c r="O54" t="s">
+        <v>773</v>
+      </c>
+      <c r="P54" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>390</v>
+      </c>
+      <c r="B55" t="s">
+        <v>775</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>776</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>777</v>
+      </c>
+      <c r="H55" t="s">
+        <v>778</v>
+      </c>
+      <c r="I55" t="s">
+        <v>779</v>
+      </c>
+      <c r="J55" t="s">
+        <v>780</v>
+      </c>
+      <c r="K55" t="s">
+        <v>781</v>
+      </c>
+      <c r="L55" t="s">
+        <v>397</v>
+      </c>
+      <c r="M55" t="s">
+        <v>398</v>
+      </c>
+      <c r="N55" t="s">
+        <v>410</v>
+      </c>
+      <c r="O55" t="s">
+        <v>782</v>
+      </c>
+      <c r="P55" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>390</v>
+      </c>
+      <c r="B56" t="s">
+        <v>784</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>776</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>785</v>
+      </c>
+      <c r="H56" t="s">
+        <v>786</v>
+      </c>
+      <c r="I56" t="s">
+        <v>787</v>
+      </c>
+      <c r="J56" t="s">
+        <v>597</v>
+      </c>
+      <c r="K56" t="s">
+        <v>598</v>
+      </c>
+      <c r="L56" t="s">
+        <v>397</v>
+      </c>
+      <c r="M56" t="s">
+        <v>398</v>
+      </c>
+      <c r="N56" t="s">
+        <v>410</v>
+      </c>
+      <c r="O56" t="s">
+        <v>782</v>
+      </c>
+      <c r="P56" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>390</v>
+      </c>
+      <c r="B57" t="s">
+        <v>789</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>776</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>790</v>
+      </c>
+      <c r="H57" t="s">
+        <v>791</v>
+      </c>
+      <c r="I57" t="s">
+        <v>418</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>30</v>
+      </c>
+      <c r="L57" t="s">
+        <v>397</v>
+      </c>
+      <c r="M57" t="s">
+        <v>398</v>
+      </c>
+      <c r="N57" t="s">
+        <v>399</v>
+      </c>
+      <c r="O57" t="s">
+        <v>792</v>
+      </c>
+      <c r="P57" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>390</v>
+      </c>
+      <c r="B58" t="s">
+        <v>794</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>795</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>796</v>
+      </c>
+      <c r="H58" t="s">
+        <v>797</v>
+      </c>
+      <c r="I58" t="s">
+        <v>798</v>
+      </c>
+      <c r="J58" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" t="s">
+        <v>799</v>
+      </c>
+      <c r="L58" t="s">
+        <v>397</v>
+      </c>
+      <c r="M58" t="s">
+        <v>398</v>
+      </c>
+      <c r="N58" t="s">
+        <v>442</v>
+      </c>
+      <c r="O58" t="s">
+        <v>498</v>
+      </c>
+      <c r="P58" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>390</v>
+      </c>
+      <c r="B59" t="s">
+        <v>801</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>795</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>802</v>
+      </c>
+      <c r="H59" t="s">
+        <v>803</v>
+      </c>
+      <c r="I59" t="s">
+        <v>804</v>
+      </c>
+      <c r="J59" t="s">
+        <v>418</v>
+      </c>
+      <c r="K59" t="s">
+        <v>30</v>
+      </c>
+      <c r="L59" t="s">
+        <v>397</v>
+      </c>
+      <c r="M59" t="s">
+        <v>398</v>
+      </c>
+      <c r="N59" t="s">
+        <v>772</v>
+      </c>
+      <c r="O59" t="s">
+        <v>773</v>
+      </c>
+      <c r="P59" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>390</v>
+      </c>
+      <c r="B60" t="s">
+        <v>806</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>807</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>808</v>
+      </c>
+      <c r="H60" t="s">
+        <v>809</v>
+      </c>
+      <c r="I60" t="s">
+        <v>810</v>
+      </c>
+      <c r="J60" t="s">
+        <v>684</v>
+      </c>
+      <c r="K60" t="s">
+        <v>685</v>
+      </c>
+      <c r="L60" t="s">
+        <v>397</v>
+      </c>
+      <c r="M60" t="s">
+        <v>398</v>
+      </c>
+      <c r="N60" t="s">
+        <v>399</v>
+      </c>
+      <c r="O60" t="s">
+        <v>400</v>
+      </c>
+      <c r="P60" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>390</v>
+      </c>
+      <c r="B61" t="s">
+        <v>812</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>813</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>814</v>
+      </c>
+      <c r="H61" t="s">
+        <v>815</v>
+      </c>
+      <c r="I61" t="s">
+        <v>816</v>
+      </c>
+      <c r="J61" t="s">
+        <v>693</v>
+      </c>
+      <c r="K61" t="s">
+        <v>694</v>
+      </c>
+      <c r="L61" t="s">
+        <v>397</v>
+      </c>
+      <c r="M61" t="s">
+        <v>398</v>
+      </c>
+      <c r="N61" t="s">
+        <v>652</v>
+      </c>
+      <c r="O61" t="s">
+        <v>817</v>
+      </c>
+      <c r="P61" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>390</v>
+      </c>
+      <c r="B62" t="s">
+        <v>819</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>820</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>821</v>
+      </c>
+      <c r="H62" t="s">
+        <v>822</v>
+      </c>
+      <c r="I62" t="s">
+        <v>823</v>
+      </c>
+      <c r="J62" t="s">
+        <v>457</v>
+      </c>
+      <c r="K62" t="s">
+        <v>48</v>
+      </c>
+      <c r="L62" t="s">
+        <v>397</v>
+      </c>
+      <c r="M62" t="s">
+        <v>398</v>
+      </c>
+      <c r="N62" t="s">
+        <v>399</v>
+      </c>
+      <c r="O62" t="s">
+        <v>824</v>
+      </c>
+      <c r="P62" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>390</v>
+      </c>
+      <c r="B63" t="s">
+        <v>826</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>820</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>827</v>
+      </c>
+      <c r="H63" t="s">
+        <v>828</v>
+      </c>
+      <c r="I63" t="s">
+        <v>823</v>
+      </c>
+      <c r="J63" t="s">
+        <v>457</v>
+      </c>
+      <c r="K63" t="s">
+        <v>48</v>
+      </c>
+      <c r="L63" t="s">
+        <v>397</v>
+      </c>
+      <c r="M63" t="s">
+        <v>398</v>
+      </c>
+      <c r="N63" t="s">
+        <v>399</v>
+      </c>
+      <c r="O63" t="s">
+        <v>792</v>
+      </c>
+      <c r="P63" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>390</v>
+      </c>
+      <c r="B64" t="s">
+        <v>830</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>831</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>832</v>
+      </c>
+      <c r="H64" t="s">
+        <v>833</v>
+      </c>
+      <c r="I64" t="s">
+        <v>834</v>
+      </c>
+      <c r="J64" t="s">
+        <v>835</v>
+      </c>
+      <c r="K64" t="s">
+        <v>598</v>
+      </c>
+      <c r="L64" t="s">
+        <v>397</v>
+      </c>
+      <c r="M64" t="s">
+        <v>398</v>
+      </c>
+      <c r="N64" t="s">
+        <v>427</v>
+      </c>
+      <c r="O64" t="s">
+        <v>709</v>
+      </c>
+      <c r="P64" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>390</v>
+      </c>
+      <c r="B65" t="s">
+        <v>837</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>831</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>838</v>
+      </c>
+      <c r="H65" t="s">
+        <v>839</v>
+      </c>
+      <c r="I65" t="s">
+        <v>840</v>
+      </c>
+      <c r="J65" t="s">
+        <v>440</v>
+      </c>
+      <c r="K65" t="s">
+        <v>441</v>
+      </c>
+      <c r="L65" t="s">
+        <v>397</v>
+      </c>
+      <c r="M65" t="s">
+        <v>398</v>
+      </c>
+      <c r="N65" t="s">
+        <v>427</v>
+      </c>
+      <c r="O65" t="s">
+        <v>709</v>
+      </c>
+      <c r="P65" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>390</v>
+      </c>
+      <c r="B66" t="s">
+        <v>842</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>843</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>844</v>
+      </c>
+      <c r="H66" t="s">
+        <v>845</v>
+      </c>
+      <c r="I66" t="s">
+        <v>846</v>
+      </c>
+      <c r="J66" t="s">
+        <v>457</v>
+      </c>
+      <c r="K66" t="s">
+        <v>48</v>
+      </c>
+      <c r="L66" t="s">
+        <v>397</v>
+      </c>
+      <c r="M66" t="s">
+        <v>398</v>
+      </c>
+      <c r="N66" t="s">
+        <v>564</v>
+      </c>
+      <c r="O66" t="s">
+        <v>565</v>
+      </c>
+      <c r="P66" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>390</v>
+      </c>
+      <c r="B67" t="s">
+        <v>848</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>849</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>850</v>
+      </c>
+      <c r="H67" t="s">
+        <v>851</v>
+      </c>
+      <c r="I67" t="s">
+        <v>852</v>
+      </c>
+      <c r="J67" t="s">
+        <v>853</v>
+      </c>
+      <c r="K67" t="s">
+        <v>854</v>
+      </c>
+      <c r="L67" t="s">
+        <v>397</v>
+      </c>
+      <c r="M67" t="s">
+        <v>398</v>
+      </c>
+      <c r="N67" t="s">
+        <v>410</v>
+      </c>
+      <c r="O67" t="s">
+        <v>411</v>
+      </c>
+      <c r="P67" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>390</v>
+      </c>
+      <c r="B68" t="s">
+        <v>856</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>857</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>858</v>
+      </c>
+      <c r="H68" t="s">
+        <v>859</v>
+      </c>
+      <c r="I68" t="s">
+        <v>834</v>
+      </c>
+      <c r="J68" t="s">
+        <v>597</v>
+      </c>
+      <c r="K68" t="s">
+        <v>598</v>
+      </c>
+      <c r="L68" t="s">
+        <v>397</v>
+      </c>
+      <c r="M68" t="s">
+        <v>398</v>
+      </c>
+      <c r="N68" t="s">
+        <v>427</v>
+      </c>
+      <c r="O68" t="s">
+        <v>428</v>
+      </c>
+      <c r="P68" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>390</v>
+      </c>
+      <c r="B69" t="s">
+        <v>861</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>857</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>862</v>
+      </c>
+      <c r="H69" t="s">
+        <v>863</v>
+      </c>
+      <c r="I69" t="s">
+        <v>864</v>
+      </c>
+      <c r="J69" t="s">
+        <v>457</v>
+      </c>
+      <c r="K69" t="s">
+        <v>48</v>
+      </c>
+      <c r="L69" t="s">
+        <v>397</v>
+      </c>
+      <c r="M69" t="s">
+        <v>409</v>
+      </c>
+      <c r="N69" t="s">
+        <v>410</v>
+      </c>
+      <c r="O69" t="s">
+        <v>411</v>
+      </c>
+      <c r="P69" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>390</v>
+      </c>
+      <c r="B70" t="s">
+        <v>866</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>867</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>868</v>
+      </c>
+      <c r="H70" t="s">
+        <v>869</v>
+      </c>
+      <c r="I70" t="s">
+        <v>870</v>
+      </c>
+      <c r="J70" t="s">
+        <v>457</v>
+      </c>
+      <c r="K70" t="s">
+        <v>48</v>
+      </c>
+      <c r="L70" t="s">
+        <v>397</v>
+      </c>
+      <c r="M70" t="s">
+        <v>398</v>
+      </c>
+      <c r="N70" t="s">
+        <v>629</v>
+      </c>
+      <c r="O70" t="s">
+        <v>871</v>
+      </c>
+      <c r="P70" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>390</v>
+      </c>
+      <c r="B71" t="s">
+        <v>873</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>874</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>875</v>
+      </c>
+      <c r="H71" t="s">
+        <v>876</v>
+      </c>
+      <c r="I71" t="s">
+        <v>877</v>
+      </c>
+      <c r="J71" t="s">
+        <v>878</v>
+      </c>
+      <c r="K71" t="s">
+        <v>268</v>
+      </c>
+      <c r="L71" t="s">
+        <v>397</v>
+      </c>
+      <c r="M71" t="s">
+        <v>398</v>
+      </c>
+      <c r="N71" t="s">
+        <v>564</v>
+      </c>
+      <c r="O71" t="s">
+        <v>565</v>
+      </c>
+      <c r="P71" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>390</v>
+      </c>
+      <c r="B72" t="s">
+        <v>880</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>881</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>882</v>
+      </c>
+      <c r="H72" t="s">
+        <v>883</v>
+      </c>
+      <c r="I72" t="s">
+        <v>884</v>
+      </c>
+      <c r="J72" t="s">
+        <v>418</v>
+      </c>
+      <c r="K72" t="s">
+        <v>30</v>
+      </c>
+      <c r="L72" t="s">
+        <v>397</v>
+      </c>
+      <c r="M72" t="s">
+        <v>398</v>
+      </c>
+      <c r="N72" t="s">
+        <v>442</v>
+      </c>
+      <c r="O72" t="s">
+        <v>498</v>
+      </c>
+      <c r="P72" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>390</v>
+      </c>
+      <c r="B73" t="s">
+        <v>886</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>887</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>888</v>
+      </c>
+      <c r="H73" t="s">
+        <v>889</v>
+      </c>
+      <c r="I73" t="s">
+        <v>816</v>
+      </c>
+      <c r="J73" t="s">
+        <v>693</v>
+      </c>
+      <c r="K73" t="s">
+        <v>694</v>
+      </c>
+      <c r="L73" t="s">
+        <v>397</v>
+      </c>
+      <c r="M73" t="s">
+        <v>398</v>
+      </c>
+      <c r="N73" t="s">
+        <v>399</v>
+      </c>
+      <c r="O73" t="s">
+        <v>792</v>
+      </c>
+      <c r="P73" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>390</v>
+      </c>
+      <c r="B74" t="s">
+        <v>891</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>892</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>893</v>
+      </c>
+      <c r="H74" t="s">
+        <v>894</v>
+      </c>
+      <c r="I74" t="s">
+        <v>895</v>
+      </c>
+      <c r="J74" t="s">
+        <v>418</v>
+      </c>
+      <c r="K74" t="s">
+        <v>30</v>
+      </c>
+      <c r="L74" t="s">
+        <v>397</v>
+      </c>
+      <c r="M74" t="s">
+        <v>398</v>
+      </c>
+      <c r="N74" t="s">
+        <v>399</v>
+      </c>
+      <c r="O74" t="s">
+        <v>824</v>
+      </c>
+      <c r="P74" t="s">
+        <v>896</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>382</v>
+        <v>897</v>
       </c>
       <c r="L1" t="s">
-        <v>383</v>
+        <v>898</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>384</v>
+        <v>899</v>
       </c>
       <c r="B2" t="s">
-        <v>385</v>
+        <v>900</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>386</v>
+        <v>901</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>387</v>
+        <v>902</v>
       </c>
       <c r="H2" t="s">
-        <v>388</v>
+        <v>903</v>
       </c>
       <c r="I2" t="s">
-        <v>389</v>
+        <v>904</v>
       </c>
       <c r="J2" t="s">
         <v>46</v>
       </c>
       <c r="K2" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="L2" t="s">
         <v>49</v>
       </c>
       <c r="M2" t="s">
-        <v>391</v>
+        <v>905</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>384</v>
+        <v>899</v>
       </c>
       <c r="B3" t="s">
-        <v>392</v>
+        <v>906</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>393</v>
+        <v>907</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>394</v>
+        <v>908</v>
       </c>
       <c r="H3" t="s">
-        <v>395</v>
+        <v>909</v>
       </c>
       <c r="I3" t="s">
-        <v>396</v>
+        <v>910</v>
       </c>
       <c r="J3" t="s">
         <v>103</v>
       </c>
       <c r="K3" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="L3" t="s">
         <v>104</v>
       </c>
       <c r="M3" t="s">
-        <v>397</v>
+        <v>911</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>912</v>
+      </c>
+      <c r="J1" t="s">
+        <v>382</v>
+      </c>
+      <c r="K1" t="s">
+        <v>913</v>
+      </c>
+      <c r="L1" t="s">
+        <v>384</v>
+      </c>
+      <c r="M1" t="s">
+        <v>385</v>
+      </c>
+      <c r="N1" t="s">
+        <v>914</v>
+      </c>
+      <c r="O1" t="s">
+        <v>915</v>
+      </c>
+      <c r="P1" t="s">
+        <v>916</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>917</v>
+      </c>
+      <c r="R1" t="s">
+        <v>386</v>
+      </c>
+      <c r="S1" t="s">
+        <v>918</v>
+      </c>
+      <c r="T1" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>920</v>
+      </c>
+      <c r="B2" t="s">
+        <v>921</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>922</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>923</v>
+      </c>
+      <c r="H2" t="s">
+        <v>924</v>
+      </c>
+      <c r="I2" t="s">
+        <v>925</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>457</v>
+      </c>
+      <c r="L2" t="s">
+        <v>48</v>
+      </c>
+      <c r="M2" t="s">
+        <v>397</v>
+      </c>
+      <c r="N2" t="s">
+        <v>926</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>927</v>
+      </c>
+      <c r="R2" t="s">
+        <v>398</v>
+      </c>
+      <c r="S2" t="s">
+        <v>928</v>
+      </c>
+      <c r="T2" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>920</v>
+      </c>
+      <c r="B3" t="s">
+        <v>930</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>931</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>932</v>
+      </c>
+      <c r="H3" t="s">
+        <v>933</v>
+      </c>
+      <c r="I3" t="s">
+        <v>934</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>522</v>
+      </c>
+      <c r="L3" t="s">
+        <v>523</v>
+      </c>
+      <c r="M3" t="s">
+        <v>397</v>
+      </c>
+      <c r="N3" t="s">
+        <v>935</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>937</v>
+      </c>
+      <c r="R3" t="s">
+        <v>936</v>
+      </c>
+      <c r="S3" t="s">
+        <v>938</v>
+      </c>
+      <c r="T3" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>920</v>
+      </c>
+      <c r="B4" t="s">
+        <v>940</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>941</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>942</v>
+      </c>
+      <c r="H4" t="s">
+        <v>943</v>
+      </c>
+      <c r="I4" t="s">
+        <v>934</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>536</v>
+      </c>
+      <c r="L4" t="s">
+        <v>537</v>
+      </c>
+      <c r="M4" t="s">
+        <v>397</v>
+      </c>
+      <c r="N4" t="s">
+        <v>944</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>945</v>
+      </c>
+      <c r="R4" t="s">
+        <v>398</v>
+      </c>
+      <c r="S4" t="s">
+        <v>946</v>
+      </c>
+      <c r="T4" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>920</v>
+      </c>
+      <c r="B5" t="s">
+        <v>948</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>949</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>950</v>
+      </c>
+      <c r="H5" t="s">
+        <v>951</v>
+      </c>
+      <c r="I5" t="s">
+        <v>934</v>
+      </c>
+      <c r="J5" t="s">
+        <v>952</v>
+      </c>
+      <c r="K5" t="s">
+        <v>457</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>397</v>
+      </c>
+      <c r="N5" t="s">
+        <v>953</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>954</v>
+      </c>
+      <c r="R5" t="s">
+        <v>936</v>
+      </c>
+      <c r="S5" t="s">
+        <v>49</v>
+      </c>
+      <c r="T5" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>920</v>
+      </c>
+      <c r="B6" t="s">
+        <v>955</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>956</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>957</v>
+      </c>
+      <c r="H6" t="s">
+        <v>958</v>
+      </c>
+      <c r="I6" t="s">
+        <v>934</v>
+      </c>
+      <c r="J6" t="s">
+        <v>959</v>
+      </c>
+      <c r="K6" t="s">
+        <v>481</v>
+      </c>
+      <c r="L6" t="s">
+        <v>89</v>
+      </c>
+      <c r="M6" t="s">
+        <v>397</v>
+      </c>
+      <c r="N6" t="s">
+        <v>960</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>937</v>
+      </c>
+      <c r="R6" t="s">
+        <v>398</v>
+      </c>
+      <c r="S6" t="s">
+        <v>961</v>
+      </c>
+      <c r="T6" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>920</v>
+      </c>
+      <c r="B7" t="s">
+        <v>962</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>963</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>964</v>
+      </c>
+      <c r="H7" t="s">
+        <v>965</v>
+      </c>
+      <c r="I7" t="s">
+        <v>934</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>457</v>
+      </c>
+      <c r="L7" t="s">
+        <v>48</v>
+      </c>
+      <c r="M7" t="s">
+        <v>397</v>
+      </c>
+      <c r="N7" t="s">
+        <v>966</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>937</v>
+      </c>
+      <c r="R7" t="s">
+        <v>398</v>
+      </c>
+      <c r="S7" t="s">
+        <v>967</v>
+      </c>
+      <c r="T7" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>920</v>
+      </c>
+      <c r="B8" t="s">
+        <v>969</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>970</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>971</v>
+      </c>
+      <c r="H8" t="s">
+        <v>972</v>
+      </c>
+      <c r="I8" t="s">
+        <v>973</v>
+      </c>
+      <c r="J8" t="s">
+        <v>974</v>
+      </c>
+      <c r="K8" t="s">
+        <v>878</v>
+      </c>
+      <c r="L8" t="s">
+        <v>268</v>
+      </c>
+      <c r="M8" t="s">
+        <v>397</v>
+      </c>
+      <c r="N8" t="s">
+        <v>975</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>977</v>
+      </c>
+      <c r="R8" t="s">
+        <v>474</v>
+      </c>
+      <c r="S8" t="s">
+        <v>269</v>
+      </c>
+      <c r="T8" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>920</v>
+      </c>
+      <c r="B9" t="s">
+        <v>978</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>979</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>980</v>
+      </c>
+      <c r="H9" t="s">
+        <v>981</v>
+      </c>
+      <c r="I9" t="s">
+        <v>973</v>
+      </c>
+      <c r="J9" t="s">
+        <v>982</v>
+      </c>
+      <c r="K9" t="s">
+        <v>983</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>397</v>
+      </c>
+      <c r="N9" t="s">
+        <v>984</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>977</v>
+      </c>
+      <c r="R9" t="s">
+        <v>474</v>
+      </c>
+      <c r="S9" t="s">
+        <v>72</v>
+      </c>
+      <c r="T9" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>920</v>
+      </c>
+      <c r="B10" t="s">
+        <v>985</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>986</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>987</v>
+      </c>
+      <c r="H10" t="s">
+        <v>988</v>
+      </c>
+      <c r="I10" t="s">
+        <v>934</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>989</v>
+      </c>
+      <c r="L10" t="s">
+        <v>505</v>
+      </c>
+      <c r="M10" t="s">
+        <v>397</v>
+      </c>
+      <c r="N10" t="s">
+        <v>990</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>991</v>
+      </c>
+      <c r="R10" t="s">
+        <v>474</v>
+      </c>
+      <c r="S10" t="s">
+        <v>992</v>
+      </c>
+      <c r="T10" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>920</v>
+      </c>
+      <c r="B11" t="s">
+        <v>993</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>994</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>995</v>
+      </c>
+      <c r="H11" t="s">
+        <v>996</v>
+      </c>
+      <c r="I11" t="s">
+        <v>973</v>
+      </c>
+      <c r="J11" t="s">
+        <v>997</v>
+      </c>
+      <c r="K11" t="s">
+        <v>597</v>
+      </c>
+      <c r="L11" t="s">
+        <v>598</v>
+      </c>
+      <c r="M11" t="s">
+        <v>397</v>
+      </c>
+      <c r="N11" t="s">
+        <v>998</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>999</v>
+      </c>
+      <c r="R11" t="s">
+        <v>474</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1000</v>
+      </c>
+      <c r="T11" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>920</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>979</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1003</v>
+      </c>
+      <c r="I12" t="s">
+        <v>934</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K12" t="s">
+        <v>481</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>397</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1005</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>937</v>
+      </c>
+      <c r="R12" t="s">
+        <v>474</v>
+      </c>
+      <c r="S12" t="s">
+        <v>90</v>
+      </c>
+      <c r="T12" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>920</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>986</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I13" t="s">
+        <v>934</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1010</v>
+      </c>
+      <c r="L13" t="s">
+        <v>441</v>
+      </c>
+      <c r="M13" t="s">
+        <v>397</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1011</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>991</v>
+      </c>
+      <c r="R13" t="s">
+        <v>474</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1012</v>
+      </c>
+      <c r="T13" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>920</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>994</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I14" t="s">
+        <v>925</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1016</v>
+      </c>
+      <c r="K14" t="s">
+        <v>597</v>
+      </c>
+      <c r="L14" t="s">
+        <v>598</v>
+      </c>
+      <c r="M14" t="s">
+        <v>397</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1017</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>927</v>
+      </c>
+      <c r="R14" t="s">
+        <v>474</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1018</v>
+      </c>
+      <c r="T14" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>920</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>994</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I15" t="s">
+        <v>925</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>418</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>397</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>927</v>
+      </c>
+      <c r="R15" t="s">
+        <v>474</v>
+      </c>
+      <c r="S15" t="s">
+        <v>1023</v>
+      </c>
+      <c r="T15" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>920</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I16" t="s">
+        <v>925</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1029</v>
+      </c>
+      <c r="L16" t="s">
+        <v>268</v>
+      </c>
+      <c r="M16" t="s">
+        <v>397</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1030</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="R16" t="s">
+        <v>398</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1032</v>
+      </c>
+      <c r="T16" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>920</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I17" t="s">
+        <v>934</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K17" t="s">
+        <v>457</v>
+      </c>
+      <c r="L17" t="s">
+        <v>48</v>
+      </c>
+      <c r="M17" t="s">
+        <v>397</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1038</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1039</v>
+      </c>
+      <c r="R17" t="s">
+        <v>936</v>
+      </c>
+      <c r="S17" t="s">
+        <v>104</v>
+      </c>
+      <c r="T17" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>920</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>979</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I18" t="s">
+        <v>925</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K18" t="s">
+        <v>983</v>
+      </c>
+      <c r="L18" t="s">
+        <v>30</v>
+      </c>
+      <c r="M18" t="s">
+        <v>397</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1045</v>
+      </c>
+      <c r="R18" t="s">
+        <v>474</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1046</v>
+      </c>
+      <c r="T18" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>920</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>979</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I19" t="s">
+        <v>934</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M19" t="s">
+        <v>397</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1052</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1045</v>
+      </c>
+      <c r="R19" t="s">
+        <v>474</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1053</v>
+      </c>
+      <c r="T19" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>920</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>994</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I20" t="s">
+        <v>925</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1016</v>
+      </c>
+      <c r="K20" t="s">
+        <v>597</v>
+      </c>
+      <c r="L20" t="s">
+        <v>598</v>
+      </c>
+      <c r="M20" t="s">
+        <v>397</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1057</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1045</v>
+      </c>
+      <c r="R20" t="s">
+        <v>474</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1058</v>
+      </c>
+      <c r="T20" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>920</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>970</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I21" t="s">
+        <v>925</v>
+      </c>
+      <c r="J21" t="s">
+        <v>974</v>
+      </c>
+      <c r="K21" t="s">
+        <v>878</v>
+      </c>
+      <c r="L21" t="s">
+        <v>268</v>
+      </c>
+      <c r="M21" t="s">
+        <v>397</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1045</v>
+      </c>
+      <c r="R21" t="s">
+        <v>474</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1063</v>
+      </c>
+      <c r="T21" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>920</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>979</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I22" t="s">
+        <v>934</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K22" t="s">
+        <v>983</v>
+      </c>
+      <c r="L22" t="s">
+        <v>30</v>
+      </c>
+      <c r="M22" t="s">
+        <v>397</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>937</v>
+      </c>
+      <c r="R22" t="s">
+        <v>474</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1067</v>
+      </c>
+      <c r="T22" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>920</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I23" t="s">
+        <v>934</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>418</v>
+      </c>
+      <c r="L23" t="s">
+        <v>30</v>
+      </c>
+      <c r="M23" t="s">
+        <v>397</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1072</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1073</v>
+      </c>
+      <c r="R23" t="s">
+        <v>936</v>
+      </c>
+      <c r="S23" t="s">
+        <v>31</v>
+      </c>
+      <c r="T23" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>920</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1076</v>
+      </c>
+      <c r="I24" t="s">
+        <v>925</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>457</v>
+      </c>
+      <c r="L24" t="s">
+        <v>48</v>
+      </c>
+      <c r="M24" t="s">
+        <v>397</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1077</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>927</v>
+      </c>
+      <c r="R24" t="s">
+        <v>398</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1078</v>
+      </c>
+      <c r="T24" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>920</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>949</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I25" t="s">
+        <v>925</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>418</v>
+      </c>
+      <c r="L25" t="s">
+        <v>30</v>
+      </c>
+      <c r="M25" t="s">
+        <v>397</v>
+      </c>
+      <c r="N25" t="s">
+        <v>953</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1082</v>
+      </c>
+      <c r="R25" t="s">
+        <v>936</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1083</v>
+      </c>
+      <c r="T25" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>920</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>986</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1086</v>
+      </c>
+      <c r="I26" t="s">
+        <v>925</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>989</v>
+      </c>
+      <c r="L26" t="s">
+        <v>505</v>
+      </c>
+      <c r="M26" t="s">
+        <v>397</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1087</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1045</v>
+      </c>
+      <c r="R26" t="s">
+        <v>474</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1088</v>
+      </c>
+      <c r="T26" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>920</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>949</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I27" t="s">
+        <v>925</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1092</v>
+      </c>
+      <c r="K27" t="s">
+        <v>597</v>
+      </c>
+      <c r="L27" t="s">
+        <v>598</v>
+      </c>
+      <c r="M27" t="s">
+        <v>397</v>
+      </c>
+      <c r="N27" t="s">
+        <v>953</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1082</v>
+      </c>
+      <c r="R27" t="s">
+        <v>936</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1093</v>
+      </c>
+      <c r="T27" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>920</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>949</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I28" t="s">
+        <v>925</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1097</v>
+      </c>
+      <c r="K28" t="s">
+        <v>504</v>
+      </c>
+      <c r="L28" t="s">
+        <v>505</v>
+      </c>
+      <c r="M28" t="s">
+        <v>397</v>
+      </c>
+      <c r="N28" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1082</v>
+      </c>
+      <c r="R28" t="s">
+        <v>936</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1098</v>
+      </c>
+      <c r="T28" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>920</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I29" t="s">
+        <v>934</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>732</v>
+      </c>
+      <c r="L29" t="s">
+        <v>733</v>
+      </c>
+      <c r="M29" t="s">
+        <v>397</v>
+      </c>
+      <c r="N29" t="s">
+        <v>966</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>937</v>
+      </c>
+      <c r="R29" t="s">
+        <v>398</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1103</v>
+      </c>
+      <c r="T29" t="s">
+        <v>947</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>