--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1864" uniqueCount="760">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,122 +74,143 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Pierre MAULAZ</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794609/fr/docteur-pierre-maulaz</t>
+  </si>
+  <si>
+    <t>p_3794609</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>MAULAZ</t>
+  </si>
+  <si>
+    <t>Pierre</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DU MAINE</t>
+  </si>
+  <si>
+    <t>53010</t>
+  </si>
+  <si>
+    <t>LAVAL</t>
+  </si>
+  <si>
+    <t>530031962</t>
+  </si>
+  <si>
     <t>Docteur Lotfi Mohamed KHELFAT</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>19/12/2024 15:31:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574575/fr/docteur-lotfi-mohamed-khelfat</t>
   </si>
   <si>
     <t>p_3574575</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>KHELFAT</t>
   </si>
   <si>
     <t>Lotfi Mohamed</t>
   </si>
   <si>
     <t>19 December 2024</t>
   </si>
   <si>
     <t>CHU/CHR ANGERS SITE LARREY,CH HAUT ANJOU SITE CHATEAU GONTIER</t>
   </si>
   <si>
     <t>49933,53204</t>
   </si>
   <si>
     <t>ANGERS CEDEX 9,CHATEAU GONTIER</t>
   </si>
   <si>
     <t>490000049,530000017</t>
   </si>
   <si>
     <t>Docteur Julien BARBIEUX</t>
   </si>
   <si>
     <t>28/03/2024 16:34:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504337/fr/docteur-julien-barbieux</t>
   </si>
   <si>
     <t>p_3504337</t>
   </si>
   <si>
     <t>BARBIEUX</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
-    <t>POLYCLINIQUE DU MAINE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur JULIEN BACHLER</t>
   </si>
   <si>
     <t>20/07/2023 16:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3454051/fr/docteur-julien-bachler</t>
   </si>
   <si>
     <t>p_3454051</t>
   </si>
   <si>
     <t>BACHLER</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>20 July 2023</t>
   </si>
   <si>
     <t>Docteur ALINE ROUSSELIN</t>
   </si>
   <si>
     <t>20/01/2023 09:37:26</t>
@@ -320,228 +347,2049 @@
   <si>
     <t>16 December 2021</t>
   </si>
   <si>
     <t>Docteur Christophe AUDIC</t>
   </si>
   <si>
     <t>08/11/2016 11:30:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708345/fr/docteur-christophe-audic</t>
   </si>
   <si>
     <t>c_2708345</t>
   </si>
   <si>
     <t>AUDIC</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>18 July 2024</t>
   </si>
   <si>
-    <t>Docteur Eric BOUIN</t>
-[...14 lines deleted...]
-    <t>Eric</t>
+    <t>Docteur Fouad KARKOUR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710393/fr/docteur-fouad-karkour</t>
+  </si>
+  <si>
+    <t>c_2710393</t>
+  </si>
+  <si>
+    <t>KARKOUR</t>
+  </si>
+  <si>
+    <t>Fouad</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur Azeddine SFAIRI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711165/fr/docteur-azeddine-sfairi</t>
+  </si>
+  <si>
+    <t>c_2711165</t>
+  </si>
+  <si>
+    <t>SFAIRI</t>
+  </si>
+  <si>
+    <t>Azeddine</t>
   </si>
   <si>
     <t>23 September 2021</t>
   </si>
   <si>
-    <t>Docteur Fouad KARKOUR</t>
-[...70 lines deleted...]
-  <si>
     <t>Docteur Djamel GHOMRI</t>
   </si>
   <si>
     <t>08/11/2016 11:34:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712260/fr/docteur-djamel-ghomri</t>
   </si>
   <si>
     <t>c_2712260</t>
   </si>
   <si>
     <t>GHOMRI</t>
   </si>
   <si>
     <t>Djamel</t>
   </si>
   <si>
     <t>Docteur Paul PRUNEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713034/fr/docteur-paul-prunel</t>
   </si>
   <si>
     <t>c_2713034</t>
   </si>
   <si>
     <t>PRUNEL</t>
   </si>
   <si>
     <t>Paul</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SERVICE INVESTIGATIONS EDUCATIVES</t>
+  </si>
+  <si>
+    <t>01/12/2025 05:04:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15006_FicheESSMS/fr/service-investigations-educatives</t>
+  </si>
+  <si>
+    <t>15006_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Rue De Beauregard</t>
+  </si>
+  <si>
+    <t>53000 LAVAL</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>530029370</t>
+  </si>
+  <si>
+    <t>CER ROGER HYVARD</t>
+  </si>
+  <si>
+    <t>01/12/2025 05:04:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15015_FicheESSMS/fr/cer-roger-hyvard</t>
+  </si>
+  <si>
+    <t>15015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53210 SOULGE SUR OUETTE</t>
+  </si>
+  <si>
+    <t>SOULGE SUR OUETTE</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>530009604</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU PAYS BLEU</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14826_FicheESSMS/fr/residence-du-pays-bleu</t>
+  </si>
+  <si>
+    <t>14826_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Daudier</t>
+  </si>
+  <si>
+    <t>53800 RENAZE</t>
+  </si>
+  <si>
+    <t>RENAZE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>530003441</t>
+  </si>
+  <si>
+    <t>EHPAD DE PONTMAIN</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13657_FicheESSMS/fr/ehpad-de-pontmain</t>
+  </si>
+  <si>
+    <t>13657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Grange</t>
+  </si>
+  <si>
+    <t>53220 PONTMAIN</t>
+  </si>
+  <si>
+    <t>PONTMAIN</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>530029172</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM UDAF 53</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/416_FicheESSMS/fr/service-mjpm-udaf-53</t>
+  </si>
+  <si>
+    <t>416_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Drs Calmette Et Guerin</t>
+  </si>
+  <si>
+    <t>53010 LAVAL</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>530029552</t>
+  </si>
+  <si>
+    <t>SERVICE DPF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/415_FicheESSMS/fr/service-dpf</t>
+  </si>
+  <si>
+    <t>415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>530007608</t>
+  </si>
+  <si>
+    <t>EHPAD BON ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/467_FicheESSMS/fr/ehpad-bon-accueil</t>
+  </si>
+  <si>
+    <t>467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Bon Accueil</t>
+  </si>
+  <si>
+    <t>53200 CHEMAZE</t>
+  </si>
+  <si>
+    <t>CHEMAZE</t>
+  </si>
+  <si>
+    <t>530029313</t>
+  </si>
+  <si>
+    <t>SAVS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/547_FicheESSMS/fr/savs</t>
+  </si>
+  <si>
+    <t>547_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Résidence Le Clos Du Cedre</t>
+  </si>
+  <si>
+    <t>53100 MAYENNE</t>
+  </si>
+  <si>
+    <t>MAYENNE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>530003094</t>
+  </si>
+  <si>
+    <t>FAM LA FILOUSIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/609_FicheESSMS/fr/fam-la-filousiere</t>
+  </si>
+  <si>
+    <t>609_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Résidence De La Filousiere</t>
+  </si>
+  <si>
+    <t>53104 MAYENNE</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>530007962</t>
+  </si>
+  <si>
+    <t>MAS L'OCEANE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/608_FicheESSMS/fr/mas-l-oceane</t>
+  </si>
+  <si>
+    <t>608_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>530005834</t>
+  </si>
+  <si>
+    <t>ESAT LA MADELEINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/607_FicheESSMS/fr/esat-la-madeleine</t>
+  </si>
+  <si>
+    <t>607_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>530033042</t>
+  </si>
+  <si>
+    <t>COMMUNAUTE THERAPEUTIQUE PRE EN PAIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/819_FicheESSMS/fr/communaute-therapeutique-pre-en-pail</t>
+  </si>
+  <si>
+    <t>819_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53140 PRE EN PAIL ST SAMSON</t>
+  </si>
+  <si>
+    <t>PRE EN PAIL ST SAMSON</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>530007343</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACTION EDUCATIVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1280_FicheESSMS/fr/service-d-action-educative</t>
+  </si>
+  <si>
+    <t>1280_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>530003300</t>
+  </si>
+  <si>
+    <t>SERVICE D ACCOMPAGNEMENT SEQUENTIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1279_FicheESSMS/fr/service-d-accompagnement-sequentiel</t>
+  </si>
+  <si>
+    <t>1279_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530005198</t>
+  </si>
+  <si>
+    <t>SERVICE D ACCUEIL FAMILIAL SPECIALISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1278_FicheESSMS/fr/service-d-accueil-familial-specialise</t>
+  </si>
+  <si>
+    <t>1278_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
+  </si>
+  <si>
+    <t>530005891</t>
+  </si>
+  <si>
+    <t>MECS LA MAISON DES ALPES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1277_FicheESSMS/fr/mecs-la-maison-des-alpes</t>
+  </si>
+  <si>
+    <t>1277_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Jules Doitteau</t>
+  </si>
+  <si>
+    <t>53700 VILLAINES LA JUHEL</t>
+  </si>
+  <si>
+    <t>VILLAINES LA JUHEL</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>530004829</t>
+  </si>
+  <si>
+    <t>MECS D'ERNEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1276_FicheESSMS/fr/mecs-d-ernee</t>
+  </si>
+  <si>
+    <t>1276_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53500 ERNEE</t>
+  </si>
+  <si>
+    <t>ERNEE</t>
+  </si>
+  <si>
+    <t>530008945</t>
+  </si>
+  <si>
+    <t>MECS LA MAISON DE BEAUVAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1275_FicheESSMS/fr/mecs-la-maison-de-beauvais</t>
+  </si>
+  <si>
+    <t>1275_FicheESSMS</t>
+  </si>
+  <si>
+    <t>122 Rue De Beauvais</t>
+  </si>
+  <si>
+    <t>530008937</t>
+  </si>
+  <si>
+    <t>MECS LE FOSCO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1274_FicheESSMS/fr/mecs-le-fosco</t>
+  </si>
+  <si>
+    <t>1274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Impasse De La Chaffenerie</t>
+  </si>
+  <si>
+    <t>530033372</t>
+  </si>
+  <si>
+    <t>DISPOSITIF DAE - ASS CHANTECLAIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1273_FicheESSMS/fr/dispositif-dae-ass-chanteclair</t>
+  </si>
+  <si>
+    <t>1273_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530007947</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1398_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>1398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Lecercler</t>
+  </si>
+  <si>
+    <t>53200 CHATEAU GONTIER SUR MAYENN</t>
+  </si>
+  <si>
+    <t>CHATEAU GONTIER SUR MAYENN</t>
+  </si>
+  <si>
+    <t>530002013</t>
+  </si>
+  <si>
+    <t>EHPAD LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1397_FicheESSMS/fr/ehpad-les-marronniers</t>
+  </si>
+  <si>
+    <t>1397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Quai Georges Lefevre</t>
+  </si>
+  <si>
+    <t>530030147</t>
+  </si>
+  <si>
+    <t>ESAT ML ET R BURON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1958_FicheESSMS/fr/esat-ml-et-r-buron</t>
+  </si>
+  <si>
+    <t>1958_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Grange</t>
+  </si>
+  <si>
+    <t>530028612</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE PONTMAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2342_FicheESSMS/fr/foyer-de-vie-pontmain</t>
+  </si>
+  <si>
+    <t>2342_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>530008374</t>
+  </si>
+  <si>
+    <t>FOYER D HEBERGEMENT M ET R BURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2341_FicheESSMS/fr/foyer-d-hebergement-m-et-r-buron</t>
+  </si>
+  <si>
+    <t>2341_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>530031996</t>
+  </si>
+  <si>
+    <t>CAAJ PONTMAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2340_FicheESSMS/fr/caaj-pontmain</t>
+  </si>
+  <si>
+    <t>2340_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530008556</t>
+  </si>
+  <si>
+    <t>SAVS PONTMAIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2343_FicheESSMS/fr/savs-pontmain</t>
+  </si>
+  <si>
+    <t>2343_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530008382</t>
+  </si>
+  <si>
+    <t>EHPAD ND DE LA MISERICORDE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2957_FicheESSMS/fr/ehpad-nd-de-la-misericorde</t>
+  </si>
+  <si>
+    <t>2957_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue De Paradis</t>
+  </si>
+  <si>
+    <t>53013 LAVAL</t>
+  </si>
+  <si>
+    <t>530029164</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2956_FicheESSMS/fr/ehpad-nd-de-la-misericorde</t>
+  </si>
+  <si>
+    <t>2956_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53260 ENTRAMMES</t>
+  </si>
+  <si>
+    <t>ENTRAMMES</t>
+  </si>
+  <si>
+    <t>530005818</t>
+  </si>
+  <si>
+    <t>EHPAD CASTERAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3280_FicheESSMS/fr/ehpad-casteran</t>
+  </si>
+  <si>
+    <t>3280_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Du Docteur Poirrier</t>
+  </si>
+  <si>
+    <t>53370 ST PIERRE DES NIDS</t>
+  </si>
+  <si>
+    <t>ST PIERRE DES NIDS</t>
+  </si>
+  <si>
+    <t>530002500</t>
+  </si>
+  <si>
+    <t>EHPAD AMBROISE PARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3707_FicheESSMS/fr/ehpad-ambroise-pare</t>
+  </si>
+  <si>
+    <t>3707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Ambroise Pare</t>
+  </si>
+  <si>
+    <t>53230 COSSE LE VIVIEN</t>
+  </si>
+  <si>
+    <t>COSSE LE VIVIEN</t>
+  </si>
+  <si>
+    <t>530002336</t>
+  </si>
+  <si>
+    <t>CAARUD AIDES 53</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3823_FicheESSMS/fr/caarud-aides-53</t>
+  </si>
+  <si>
+    <t>3823_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Noemie Hamard</t>
+  </si>
+  <si>
+    <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
+  </si>
+  <si>
+    <t>530007483</t>
+  </si>
+  <si>
+    <t>EHPAD CIGMA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3954_FicheESSMS/fr/ehpad-cigma</t>
+  </si>
+  <si>
+    <t>3954_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Avenue Des Francais Libres</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>530006709</t>
+  </si>
+  <si>
+    <t>MECS LE HAVRE ROSE DE LIMA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4591_FicheESSMS/fr/mecs-le-havre-rose-de-lima</t>
+  </si>
+  <si>
+    <t>4591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Boisseliers</t>
+  </si>
+  <si>
+    <t>53810 CHANGE</t>
+  </si>
+  <si>
+    <t>CHANGE</t>
+  </si>
+  <si>
+    <t>530003508</t>
+  </si>
+  <si>
+    <t>SERVICE AEMO - APPRENTIS AUTEUIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4590_FicheESSMS/fr/service-aemo-apprentis-auteuil</t>
+  </si>
+  <si>
+    <t>4590_FicheESSMS</t>
+  </si>
+  <si>
+    <t>77 Boulevard Galilee</t>
+  </si>
+  <si>
+    <t>530009901</t>
+  </si>
+  <si>
+    <t>EHPAD PAUL LINTIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5464_FicheESSMS/fr/ehpad-paul-lintier</t>
+  </si>
+  <si>
+    <t>5464_FicheESSMS</t>
+  </si>
+  <si>
+    <t>168 Boulevard Paul Lintier</t>
+  </si>
+  <si>
+    <t>53103 MAYENNE</t>
+  </si>
+  <si>
+    <t>530031376</t>
+  </si>
+  <si>
+    <t>EHPAD EAU VIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5463_FicheESSMS/fr/ehpad-eau-vive</t>
+  </si>
+  <si>
+    <t>5463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Roullois</t>
+  </si>
+  <si>
+    <t>530033547</t>
+  </si>
+  <si>
+    <t>EHPAD CARPE DIEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5462_FicheESSMS/fr/ehpad-carpe-diem</t>
+  </si>
+  <si>
+    <t>5462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>224 Boulevard Paul Lintier</t>
+  </si>
+  <si>
+    <t>530033067</t>
+  </si>
+  <si>
+    <t>RESIDENCE DE MAYENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5722_FicheESSMS/fr/residence-de-mayenne</t>
+  </si>
+  <si>
+    <t>5722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530029339</t>
+  </si>
+  <si>
+    <t>ESAT ROBIDA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5853_FicheESSMS/fr/esat-robida</t>
+  </si>
+  <si>
+    <t>5853_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53410 PORT BRILLET</t>
+  </si>
+  <si>
+    <t>PORT BRILLET</t>
+  </si>
+  <si>
+    <t>530028620</t>
+  </si>
+  <si>
+    <t>CAJ ROBIDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5852_FicheESSMS/fr/caj-robida</t>
+  </si>
+  <si>
+    <t>5852_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530002914</t>
+  </si>
+  <si>
+    <t>SAVS ROBIDA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6129_FicheESSMS/fr/savs-robida</t>
+  </si>
+  <si>
+    <t>6129_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530008259</t>
+  </si>
+  <si>
+    <t>LOGEMENTS ACCOMPAGNES LA BELLE OUVRAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6403_FicheESSMS/fr/logements-accompagnes-la-belle-ouvrage</t>
+  </si>
+  <si>
+    <t>6403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Rue De Nantes</t>
+  </si>
+  <si>
+    <t>530008507</t>
+  </si>
+  <si>
+    <t>FOYER D HEBERGEMENT LA BELLE OUVRAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6402_FicheESSMS/fr/foyer-d-hebergement-la-belle-ouvrage</t>
+  </si>
+  <si>
+    <t>6402_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530003292</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA BELLE OUVRAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6404_FicheESSMS/fr/foyer-de-vie-la-belle-ouvrage</t>
+  </si>
+  <si>
+    <t>6404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530008358</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE ROBIDA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6496_FicheESSMS/fr/foyer-de-vie-robida</t>
+  </si>
+  <si>
+    <t>6496_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530008267</t>
+  </si>
+  <si>
+    <t>FOYER D HEBERGEMENT ROBIDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6495_FicheESSMS/fr/foyer-d-hebergement-robida</t>
+  </si>
+  <si>
+    <t>6495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530002906</t>
+  </si>
+  <si>
+    <t>ESAT LA BELLE OUVRAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6543_FicheESSMS/fr/esat-la-belle-ouvrage</t>
+  </si>
+  <si>
+    <t>6543_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530028588</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ATMP 53</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6554_FicheESSMS/fr/service-mjpm-atmp-53</t>
+  </si>
+  <si>
+    <t>6554_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53063 LAVAL CEDEX 9</t>
+  </si>
+  <si>
+    <t>LAVAL CEDEX 9</t>
+  </si>
+  <si>
+    <t>530006949</t>
+  </si>
+  <si>
+    <t>CAAJ LA BELLE OUVRAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6611_FicheESSMS/fr/caaj-la-belle-ouvrage</t>
+  </si>
+  <si>
+    <t>6611_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530008499</t>
+  </si>
+  <si>
+    <t>MAS LE BEL AUBEPIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6776_FicheESSMS/fr/mas-le-bel-aubepin</t>
+  </si>
+  <si>
+    <t>6776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Liberation</t>
+  </si>
+  <si>
+    <t>53600 EVRON</t>
+  </si>
+  <si>
+    <t>EVRON</t>
+  </si>
+  <si>
+    <t>530029156</t>
+  </si>
+  <si>
+    <t>EHPAD PERRINE THULARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6864_FicheESSMS/fr/ehpad-perrine-thulard</t>
+  </si>
+  <si>
+    <t>6864_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Boulevard Mal Leclerc</t>
+  </si>
+  <si>
+    <t>53602 EVRON</t>
+  </si>
+  <si>
+    <t>530006758</t>
+  </si>
+  <si>
+    <t>EHPAD LE BEL ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8070_FicheESSMS/fr/ehpad-le-bel-accueil</t>
+  </si>
+  <si>
+    <t>8070_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue De Normandie</t>
+  </si>
+  <si>
+    <t>53190 FOUGEROLLES DU PLESSIS</t>
+  </si>
+  <si>
+    <t>FOUGEROLLES DU PLESSIS</t>
+  </si>
+  <si>
+    <t>530002344</t>
+  </si>
+  <si>
+    <t>EHPAD L'AVERSALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8068_FicheESSMS/fr/ehpad-l-aversale</t>
+  </si>
+  <si>
+    <t>8068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Des 3 Vallees</t>
+  </si>
+  <si>
+    <t>53300 LE PAS</t>
+  </si>
+  <si>
+    <t>LE PAS</t>
+  </si>
+  <si>
+    <t>530002443</t>
+  </si>
+  <si>
+    <t>EHPAD LA PERELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8072_FicheESSMS/fr/ehpad-la-perelle</t>
+  </si>
+  <si>
+    <t>8072_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53190 LANDIVY</t>
+  </si>
+  <si>
+    <t>LANDIVY</t>
+  </si>
+  <si>
+    <t>530002377</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT LAURENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8071_FicheESSMS/fr/ehpad-saint-laurent</t>
+  </si>
+  <si>
+    <t>8071_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Place Butte Saint Laurent</t>
+  </si>
+  <si>
+    <t>53120 GORRON</t>
+  </si>
+  <si>
+    <t>GORRON</t>
+  </si>
+  <si>
+    <t>530002351</t>
+  </si>
+  <si>
+    <t>EHPAD LA DOUCEUR DE VIVRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8897_FicheESSMS/fr/ehpad-la-douceur-de-vivre</t>
+  </si>
+  <si>
+    <t>8897_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Freres Lemee</t>
+  </si>
+  <si>
+    <t>53150 MONTSURS</t>
+  </si>
+  <si>
+    <t>MONTSURS</t>
+  </si>
+  <si>
+    <t>530002427</t>
+  </si>
+  <si>
+    <t>SAMSAH LA FILOUSIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8895_FicheESSMS/fr/samsah-la-filousiere</t>
+  </si>
+  <si>
+    <t>8895_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Ruelle Du Grand Logis</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>530006808</t>
+  </si>
+  <si>
+    <t>EHPAD CH LE BOIS JOLI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9382_FicheESSMS/fr/ehpad-ch-le-bois-joli</t>
+  </si>
+  <si>
+    <t>9382_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Liberation</t>
+  </si>
+  <si>
+    <t>530031368</t>
+  </si>
+  <si>
+    <t>CSAPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9565_FicheESSMS/fr/csapa</t>
+  </si>
+  <si>
+    <t>9565_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Du Mans</t>
+  </si>
+  <si>
+    <t>530007236</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LA VILLA DU CHENE D'OR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9651_FicheESSMS/fr/ehpad-korian-la-villa-du-chene-d-or</t>
+  </si>
+  <si>
+    <t>9651_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>53960 BONCHAMP LES LAVAL</t>
+  </si>
+  <si>
+    <t>BONCHAMP LES LAVAL</t>
+  </si>
+  <si>
+    <t>530007368</t>
+  </si>
+  <si>
+    <t>EHPAD VICTOIRE BRIELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9800_FicheESSMS/fr/ehpad-victoire-brielle</t>
+  </si>
+  <si>
+    <t>9800_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De Bretagne</t>
+  </si>
+  <si>
+    <t>53230 MERAL</t>
+  </si>
+  <si>
+    <t>MERAL</t>
+  </si>
+  <si>
+    <t>530002401</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE L'ORIOLET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10220_FicheESSMS/fr/ehpad-residence-de-l-oriolet</t>
+  </si>
+  <si>
+    <t>10220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Mans</t>
+  </si>
+  <si>
+    <t>530029198</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10219_FicheESSMS/fr/ehpad-residence-de-l-oriolet</t>
+  </si>
+  <si>
+    <t>10219_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53480 VAIGES</t>
+  </si>
+  <si>
+    <t>VAIGES</t>
+  </si>
+  <si>
+    <t>530002534</t>
+  </si>
+  <si>
+    <t>EHPAD DR GEHERE LAMOTTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10291_FicheESSMS/fr/ehpad-dr-gehere-lamotte</t>
+  </si>
+  <si>
+    <t>10291_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue De Morannes</t>
+  </si>
+  <si>
+    <t>53290 ST DENIS D ANJOU</t>
+  </si>
+  <si>
+    <t>ST DENIS D ANJOU</t>
+  </si>
+  <si>
+    <t>530002468</t>
+  </si>
+  <si>
+    <t>EHPAD FERRIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10552_FicheESSMS/fr/ehpad-ferrie</t>
+  </si>
+  <si>
+    <t>10552_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Avicenne</t>
+  </si>
+  <si>
+    <t>530009034</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LE CASTELLI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10549_FicheESSMS/fr/ehpad-korian-le-castelli</t>
+  </si>
+  <si>
+    <t>10549_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53970 L HUISSERIE</t>
+  </si>
+  <si>
+    <t>L HUISSERIE</t>
+  </si>
+  <si>
+    <t>530033133</t>
+  </si>
+  <si>
+    <t>POLE ACCUEIL DIVERSIFIE ADOLESCENTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10713_FicheESSMS/fr/pole-accueil-diversifie-adolescents</t>
+  </si>
+  <si>
+    <t>10713_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De Cheverus</t>
+  </si>
+  <si>
+    <t>530008960</t>
+  </si>
+  <si>
+    <t>SEMO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10712_FicheESSMS/fr/semo</t>
+  </si>
+  <si>
+    <t>10712_FicheESSMS</t>
+  </si>
+  <si>
+    <t>530029388</t>
+  </si>
+  <si>
+    <t>EHPAD HESTIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10841_FicheESSMS/fr/ehpad-hestia</t>
+  </si>
+  <si>
+    <t>10841_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue De La Croix De Pierre</t>
+  </si>
+  <si>
+    <t>530003409</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR AUTONOME DU CCAS LAVAL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10842_FicheESSMS/fr/accueil-de-jour-autonome-du-ccas-laval</t>
+  </si>
+  <si>
+    <t>10842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>62 Rue Davout</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>530009000</t>
+  </si>
+  <si>
+    <t>EHPAD EUGENE MARIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12733_FicheESSMS/fr/ehpad-eugene-marie</t>
+  </si>
+  <si>
+    <t>12733_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue De Normandie</t>
+  </si>
+  <si>
+    <t>53220 MONTAUDIN</t>
+  </si>
+  <si>
+    <t>MONTAUDIN</t>
+  </si>
+  <si>
+    <t>530029321</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>SERVICE PSYCHIATRIE ADULTE LAVALLOIS</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:11:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1686_FicheEtablissement/fr/service-psychiatrie-adulte-lavallois</t>
+  </si>
+  <si>
+    <t>1686_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>40 Rue St Benoit</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>530003466</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE LA BREHONNIERE</t>
+  </si>
+  <si>
+    <t>10/06/2025 10:00:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1688_FicheEtablissement/fr/centre-de-soins-de-la-brehonniere</t>
+  </si>
+  <si>
+    <t>1688_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>53230 ASTILLE</t>
+  </si>
+  <si>
+    <t>ASTILLE</t>
+  </si>
+  <si>
+    <t>0243989117</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>530031509</t>
+  </si>
+  <si>
+    <t>CLINIQUE NOTRE DAME DE PRITZ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1678_FicheEtablissement/fr/clinique-notre-dame-de-pritz</t>
+  </si>
+  <si>
+    <t>1678_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0243536730</t>
+  </si>
+  <si>
+    <t>530000124</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL DU HAUT-ANJOU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1677_FicheEtablissement/fr/ch-haut-anjou-site-chateau-gontier</t>
+  </si>
+  <si>
+    <t>1677_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Quai G Lefevre</t>
+  </si>
+  <si>
+    <t>53204 CHATEAU GONTIER</t>
+  </si>
+  <si>
+    <t>CHATEAU GONTIER</t>
+  </si>
+  <si>
+    <t>0243093333</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>530000017</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL EVRON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1681_FicheEtablissement/fr/hopital-local-evron</t>
+  </si>
+  <si>
+    <t>1681_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0243666666</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>530000165</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ERNEE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1680_FicheEtablissement/fr/ch-ernee</t>
+  </si>
+  <si>
+    <t>1680_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue De Paris</t>
+  </si>
+  <si>
+    <t>0243083131</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>530000140</t>
+  </si>
+  <si>
+    <t>HOPITAL S.O. MAYENNAIS :SITE DE CRAON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1679_FicheEtablissement/fr/hopital-s-o-mayennais-site-de-craon</t>
+  </si>
+  <si>
+    <t>1679_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Route De Nantes</t>
+  </si>
+  <si>
+    <t>53400 CRAON</t>
+  </si>
+  <si>
+    <t>CRAON</t>
+  </si>
+  <si>
+    <t>0243093232</t>
+  </si>
+  <si>
+    <t>530000132</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1684_FicheEtablissement/fr/centre-hospitalier-de-laval</t>
+  </si>
+  <si>
+    <t>1684_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>33 Rue Du Haut Rocher</t>
+  </si>
+  <si>
+    <t>53015 LAVAL</t>
+  </si>
+  <si>
+    <t>0243665000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL S.O. MAYENNAIS :SITE DE RENAZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1683_FicheEtablissement/fr/hopital-s-o-mayennais-site-de-renaze</t>
+  </si>
+  <si>
+    <t>1683_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Rue Daudier</t>
+  </si>
+  <si>
+    <t>0243092700</t>
+  </si>
+  <si>
+    <t>530000181</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER NORD MAYENNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1682_FicheEtablissement/fr/ch-du-nord-mayenne</t>
+  </si>
+  <si>
+    <t>1682_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>229 Boulevard Paul Lintier</t>
+  </si>
+  <si>
+    <t>0243087300</t>
+  </si>
+  <si>
+    <t>530000173</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1689_FicheEtablissement/fr/polyclinique-du-maine</t>
+  </si>
+  <si>
+    <t>1689_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Avenue Des Francais Libres</t>
+  </si>
+  <si>
+    <t>0243663600</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE JARDIN D'ARCADIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1687_FicheEtablissement/fr/usld-jardin-d-arcadie</t>
+  </si>
+  <si>
+    <t>1687_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>530031384</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL VILLAINES LA JUHEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1685_FicheEtablissement/fr/hopital-local-villaines-la-juhel</t>
+  </si>
+  <si>
+    <t>1685_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>21 Rue St Georges</t>
+  </si>
+  <si>
+    <t>0243087000</t>
+  </si>
+  <si>
+    <t>530000611</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CENTRE HOSPITALIER DE LAVAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1690_FicheEtablissement/fr/usld-ch-de-laval</t>
+  </si>
+  <si>
+    <t>1690_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>530032424</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CH DU HAUT ANJOU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1692_FicheEtablissement/fr/usld-ch-haut-anjou</t>
+  </si>
+  <si>
+    <t>1692_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0243093400</t>
+  </si>
+  <si>
+    <t>530032788</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE DU CH SUD OUEST MAYENNAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1691_FicheEtablissement/fr/usld-ch-sud-ouest-mayennais</t>
+  </si>
+  <si>
+    <t>1691_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0243061286</t>
+  </si>
+  <si>
+    <t>530032770</t>
+  </si>
+  <si>
+    <t>CENTRE DE DIALYSE ECHO SITE CH NORD MAYENNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3835_FicheEtablissement/fr/dialyse-echo-mayenne</t>
+  </si>
+  <si>
+    <t>3835_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0624741141</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>530008788</t>
+  </si>
+  <si>
+    <t>CENTRE AUTODIALYSE ECHO A LAVAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3834_FicheEtablissement/fr/dialyse-echo-laval</t>
+  </si>
+  <si>
+    <t>3834_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>38 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>530006188</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE SITE CH DE LAVAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3833_FicheEtablissement/fr/centre-dialyse-echo-laval</t>
+  </si>
+  <si>
+    <t>3833_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0243663954</t>
+  </si>
+  <si>
+    <t>530002898</t>
+  </si>
+  <si>
+    <t>DIALYSE DIAVERUM CHATEAU GONTIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4156_FicheEtablissement/fr/dialyse-diaverum-chateau-gontier</t>
+  </si>
+  <si>
+    <t>4156_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>530008119</t>
+  </si>
+  <si>
+    <t>UNITÉ CHIMIOTHÉRAPIE CH LAVAL SITE POLYCLINIQUE DU MAINE</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5614_FicheEtablissement/fr/unite-chimio-ch-laval-site-polycl-du-m</t>
+  </si>
+  <si>
+    <t>5614_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Avenue Des Français Libres</t>
+  </si>
+  <si>
+    <t>Cancérologie</t>
+  </si>
+  <si>
+    <t>530008671</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R16"/>
+  <dimension ref="A1:R15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -715,340 +2563,340 @@
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
         <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q5" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>61</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
         <v>63</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>68</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
         <v>72</v>
       </c>
-      <c r="L7" t="s">
+      <c r="Q7" t="s">
         <v>73</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="R7" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>79</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
+        <v>81</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
         <v>83</v>
       </c>
-      <c r="L8" t="s">
+      <c r="Q8" t="s">
         <v>84</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="R8" t="s">
         <v>85</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>87</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>90</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>92</v>
+      </c>
+      <c r="O9" t="s">
         <v>93</v>
       </c>
-      <c r="L9" t="s">
+      <c r="P9" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>96</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>97</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
         <v>98</v>
       </c>
       <c r="H10" t="s">
@@ -1107,335 +2955,5321 @@
       <c r="G11" t="s">
         <v>105</v>
       </c>
       <c r="H11" t="s">
         <v>106</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>107</v>
       </c>
       <c r="L11" t="s">
         <v>108</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
         <v>109</v>
       </c>
       <c r="O11" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P11" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q11" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>110</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>111</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>112</v>
       </c>
       <c r="H12" t="s">
         <v>113</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>114</v>
       </c>
       <c r="L12" t="s">
         <v>115</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
         <v>116</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="P12" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="Q12" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>118</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>119</v>
       </c>
       <c r="H13" t="s">
         <v>120</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>121</v>
       </c>
       <c r="L13" t="s">
         <v>122</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="P13" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="Q13" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="L14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>129</v>
+        <v>49</v>
       </c>
       <c r="O14" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="P14" t="s">
-        <v>131</v>
+        <v>94</v>
       </c>
       <c r="Q14" t="s">
-        <v>132</v>
+        <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="H15" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>134</v>
+      </c>
+      <c r="L15" t="s">
+        <v>135</v>
+      </c>
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
+        <v>63</v>
+      </c>
+      <c r="O15" t="s">
+        <v>28</v>
+      </c>
+      <c r="P15" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>30</v>
+      </c>
+      <c r="R15" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>136</v>
+      </c>
+      <c r="J1" t="s">
+        <v>137</v>
+      </c>
+      <c r="K1" t="s">
         <v>138</v>
       </c>
+      <c r="L1" t="s">
+        <v>139</v>
+      </c>
+      <c r="M1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N1" t="s">
+        <v>141</v>
+      </c>
+      <c r="O1" t="s">
+        <v>142</v>
+      </c>
+      <c r="P1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>147</v>
+      </c>
+      <c r="H2" t="s">
+        <v>148</v>
+      </c>
+      <c r="I2" t="s">
+        <v>149</v>
+      </c>
+      <c r="J2" t="s">
+        <v>150</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>151</v>
+      </c>
+      <c r="M2" t="s">
+        <v>152</v>
+      </c>
+      <c r="N2" t="s">
+        <v>153</v>
+      </c>
+      <c r="O2" t="s">
+        <v>154</v>
+      </c>
+      <c r="P2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I3" t="s">
+        <v>160</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>161</v>
+      </c>
+      <c r="L3" t="s">
+        <v>151</v>
+      </c>
+      <c r="M3" t="s">
+        <v>152</v>
+      </c>
+      <c r="N3" t="s">
+        <v>153</v>
+      </c>
+      <c r="O3" t="s">
+        <v>162</v>
+      </c>
+      <c r="P3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>165</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>166</v>
+      </c>
+      <c r="H4" t="s">
+        <v>167</v>
+      </c>
+      <c r="I4" t="s">
+        <v>168</v>
+      </c>
+      <c r="J4" t="s">
+        <v>169</v>
+      </c>
+      <c r="K4" t="s">
+        <v>170</v>
+      </c>
+      <c r="L4" t="s">
+        <v>151</v>
+      </c>
+      <c r="M4" t="s">
+        <v>171</v>
+      </c>
+      <c r="N4" t="s">
+        <v>172</v>
+      </c>
+      <c r="O4" t="s">
+        <v>173</v>
+      </c>
+      <c r="P4" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B5" t="s">
+        <v>175</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>176</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>177</v>
+      </c>
+      <c r="H5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K5" t="s">
+        <v>181</v>
+      </c>
+      <c r="L5" t="s">
+        <v>151</v>
+      </c>
+      <c r="M5" t="s">
+        <v>152</v>
+      </c>
+      <c r="N5" t="s">
+        <v>172</v>
+      </c>
+      <c r="O5" t="s">
+        <v>182</v>
+      </c>
+      <c r="P5" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>185</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>186</v>
+      </c>
+      <c r="H6" t="s">
+        <v>187</v>
+      </c>
+      <c r="I6" t="s">
+        <v>188</v>
+      </c>
+      <c r="J6" t="s">
+        <v>189</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>151</v>
+      </c>
+      <c r="M6" t="s">
+        <v>152</v>
+      </c>
+      <c r="N6" t="s">
+        <v>190</v>
+      </c>
+      <c r="O6" t="s">
+        <v>191</v>
+      </c>
+      <c r="P6" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>144</v>
+      </c>
+      <c r="B7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>194</v>
+      </c>
+      <c r="H7" t="s">
+        <v>195</v>
+      </c>
+      <c r="I7" t="s">
+        <v>188</v>
+      </c>
+      <c r="J7" t="s">
+        <v>189</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="L7" t="s">
+        <v>151</v>
+      </c>
+      <c r="M7" t="s">
+        <v>152</v>
+      </c>
+      <c r="N7" t="s">
+        <v>153</v>
+      </c>
+      <c r="O7" t="s">
+        <v>196</v>
+      </c>
+      <c r="P7" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B8" t="s">
+        <v>198</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>199</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>200</v>
+      </c>
+      <c r="H8" t="s">
+        <v>201</v>
+      </c>
+      <c r="I8" t="s">
+        <v>202</v>
+      </c>
+      <c r="J8" t="s">
+        <v>203</v>
+      </c>
+      <c r="K8" t="s">
+        <v>204</v>
+      </c>
+      <c r="L8" t="s">
+        <v>151</v>
+      </c>
+      <c r="M8" t="s">
+        <v>171</v>
+      </c>
+      <c r="N8" t="s">
+        <v>172</v>
+      </c>
+      <c r="O8" t="s">
+        <v>182</v>
+      </c>
+      <c r="P8" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>144</v>
+      </c>
+      <c r="B9" t="s">
+        <v>206</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>207</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>208</v>
+      </c>
+      <c r="H9" t="s">
+        <v>209</v>
+      </c>
+      <c r="I9" t="s">
+        <v>210</v>
+      </c>
+      <c r="J9" t="s">
+        <v>211</v>
+      </c>
+      <c r="K9" t="s">
+        <v>212</v>
+      </c>
+      <c r="L9" t="s">
+        <v>151</v>
+      </c>
+      <c r="M9" t="s">
+        <v>171</v>
+      </c>
+      <c r="N9" t="s">
+        <v>213</v>
+      </c>
+      <c r="O9" t="s">
+        <v>214</v>
+      </c>
+      <c r="P9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B10" t="s">
+        <v>216</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>217</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>218</v>
+      </c>
+      <c r="H10" t="s">
+        <v>219</v>
+      </c>
+      <c r="I10" t="s">
+        <v>220</v>
+      </c>
+      <c r="J10" t="s">
+        <v>221</v>
+      </c>
+      <c r="K10" t="s">
+        <v>212</v>
+      </c>
+      <c r="L10" t="s">
+        <v>151</v>
+      </c>
+      <c r="M10" t="s">
+        <v>171</v>
+      </c>
+      <c r="N10" t="s">
+        <v>213</v>
+      </c>
+      <c r="O10" t="s">
+        <v>222</v>
+      </c>
+      <c r="P10" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>144</v>
+      </c>
+      <c r="B11" t="s">
+        <v>224</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>217</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>225</v>
+      </c>
+      <c r="H11" t="s">
+        <v>226</v>
+      </c>
+      <c r="I11" t="s">
+        <v>220</v>
+      </c>
+      <c r="J11" t="s">
+        <v>221</v>
+      </c>
+      <c r="K11" t="s">
+        <v>212</v>
+      </c>
+      <c r="L11" t="s">
+        <v>151</v>
+      </c>
+      <c r="M11" t="s">
+        <v>171</v>
+      </c>
+      <c r="N11" t="s">
+        <v>213</v>
+      </c>
+      <c r="O11" t="s">
+        <v>227</v>
+      </c>
+      <c r="P11" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>144</v>
+      </c>
+      <c r="B12" t="s">
+        <v>229</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>217</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>230</v>
+      </c>
+      <c r="H12" t="s">
+        <v>231</v>
+      </c>
+      <c r="I12" t="s">
+        <v>220</v>
+      </c>
+      <c r="J12" t="s">
+        <v>221</v>
+      </c>
+      <c r="K12" t="s">
+        <v>212</v>
+      </c>
+      <c r="L12" t="s">
+        <v>151</v>
+      </c>
+      <c r="M12" t="s">
+        <v>171</v>
+      </c>
+      <c r="N12" t="s">
+        <v>213</v>
+      </c>
+      <c r="O12" t="s">
+        <v>232</v>
+      </c>
+      <c r="P12" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>144</v>
+      </c>
+      <c r="B13" t="s">
+        <v>234</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>235</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>236</v>
+      </c>
+      <c r="H13" t="s">
+        <v>237</v>
+      </c>
+      <c r="I13" t="s">
+        <v>238</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>239</v>
+      </c>
+      <c r="L13" t="s">
+        <v>151</v>
+      </c>
+      <c r="M13" t="s">
+        <v>152</v>
+      </c>
+      <c r="N13" t="s">
+        <v>240</v>
+      </c>
+      <c r="O13" t="s">
+        <v>241</v>
+      </c>
+      <c r="P13" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>144</v>
+      </c>
+      <c r="B14" t="s">
+        <v>243</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>244</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>245</v>
+      </c>
+      <c r="H14" t="s">
+        <v>246</v>
+      </c>
+      <c r="I14" t="s">
+        <v>150</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
+        <v>30</v>
+      </c>
+      <c r="L14" t="s">
+        <v>151</v>
+      </c>
+      <c r="M14" t="s">
+        <v>152</v>
+      </c>
+      <c r="N14" t="s">
+        <v>153</v>
+      </c>
+      <c r="O14" t="s">
+        <v>247</v>
+      </c>
+      <c r="P14" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>144</v>
+      </c>
+      <c r="B15" t="s">
+        <v>249</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>244</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>250</v>
+      </c>
+      <c r="H15" t="s">
+        <v>251</v>
+      </c>
+      <c r="I15" t="s">
+        <v>150</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>30</v>
+      </c>
       <c r="L15" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="M15" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="N15" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="O15" t="s">
-        <v>86</v>
+        <v>247</v>
       </c>
       <c r="P15" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>252</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="B16" t="s">
+        <v>253</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>244</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>254</v>
+      </c>
+      <c r="H16" t="s">
+        <v>255</v>
+      </c>
+      <c r="I16" t="s">
+        <v>150</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>30</v>
+      </c>
+      <c r="L16" t="s">
+        <v>151</v>
+      </c>
+      <c r="M16" t="s">
+        <v>152</v>
+      </c>
+      <c r="N16" t="s">
+        <v>153</v>
+      </c>
+      <c r="O16" t="s">
+        <v>256</v>
+      </c>
+      <c r="P16" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>144</v>
+      </c>
+      <c r="B17" t="s">
+        <v>258</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>244</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>259</v>
+      </c>
+      <c r="H17" t="s">
+        <v>260</v>
+      </c>
+      <c r="I17" t="s">
+        <v>261</v>
+      </c>
+      <c r="J17" t="s">
+        <v>262</v>
+      </c>
+      <c r="K17" t="s">
+        <v>263</v>
+      </c>
+      <c r="L17" t="s">
+        <v>151</v>
+      </c>
+      <c r="M17" t="s">
+        <v>152</v>
+      </c>
+      <c r="N17" t="s">
+        <v>153</v>
+      </c>
+      <c r="O17" t="s">
+        <v>264</v>
+      </c>
+      <c r="P17" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>266</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>244</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>267</v>
+      </c>
+      <c r="H18" t="s">
+        <v>268</v>
+      </c>
+      <c r="I18" t="s">
+        <v>269</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>270</v>
+      </c>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>152</v>
+      </c>
+      <c r="N18" t="s">
+        <v>153</v>
+      </c>
+      <c r="O18" t="s">
+        <v>264</v>
+      </c>
+      <c r="P18" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>272</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>244</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>273</v>
+      </c>
+      <c r="H19" t="s">
+        <v>274</v>
+      </c>
+      <c r="I19" t="s">
+        <v>275</v>
+      </c>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>30</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>153</v>
+      </c>
+      <c r="O19" t="s">
+        <v>264</v>
+      </c>
+      <c r="P19" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>277</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>244</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>278</v>
+      </c>
+      <c r="H20" t="s">
+        <v>279</v>
+      </c>
+      <c r="I20" t="s">
+        <v>280</v>
+      </c>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>30</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>153</v>
+      </c>
+      <c r="O20" t="s">
+        <v>264</v>
+      </c>
+      <c r="P20" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>282</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>244</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>283</v>
+      </c>
+      <c r="H21" t="s">
+        <v>284</v>
+      </c>
+      <c r="I21" t="s">
+        <v>150</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>30</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>153</v>
+      </c>
+      <c r="O21" t="s">
+        <v>264</v>
+      </c>
+      <c r="P21" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>286</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>287</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>288</v>
+      </c>
+      <c r="H22" t="s">
+        <v>289</v>
+      </c>
+      <c r="I22" t="s">
+        <v>290</v>
+      </c>
+      <c r="J22" t="s">
+        <v>291</v>
+      </c>
+      <c r="K22" t="s">
+        <v>292</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>172</v>
+      </c>
+      <c r="O22" t="s">
+        <v>182</v>
+      </c>
+      <c r="P22" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" t="s">
+        <v>294</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>287</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>295</v>
+      </c>
+      <c r="H23" t="s">
+        <v>296</v>
+      </c>
+      <c r="I23" t="s">
+        <v>297</v>
+      </c>
+      <c r="J23" t="s">
+        <v>291</v>
+      </c>
+      <c r="K23" t="s">
+        <v>292</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>172</v>
+      </c>
+      <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
+        <v>299</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>300</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>301</v>
+      </c>
+      <c r="H24" t="s">
+        <v>302</v>
+      </c>
+      <c r="I24" t="s">
+        <v>303</v>
+      </c>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>181</v>
+      </c>
+      <c r="L24" t="s">
+        <v>151</v>
+      </c>
+      <c r="M24" t="s">
+        <v>152</v>
+      </c>
+      <c r="N24" t="s">
+        <v>213</v>
+      </c>
+      <c r="O24" t="s">
+        <v>232</v>
+      </c>
+      <c r="P24" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>305</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>306</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>307</v>
+      </c>
+      <c r="H25" t="s">
+        <v>308</v>
+      </c>
+      <c r="I25" t="s">
+        <v>303</v>
+      </c>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>181</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>152</v>
+      </c>
+      <c r="N25" t="s">
+        <v>213</v>
+      </c>
+      <c r="O25" t="s">
+        <v>309</v>
+      </c>
+      <c r="P25" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>311</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>306</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>312</v>
+      </c>
+      <c r="H26" t="s">
+        <v>313</v>
+      </c>
+      <c r="I26" t="s">
+        <v>303</v>
+      </c>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>181</v>
+      </c>
+      <c r="L26" t="s">
+        <v>151</v>
+      </c>
+      <c r="M26" t="s">
+        <v>152</v>
+      </c>
+      <c r="N26" t="s">
+        <v>213</v>
+      </c>
+      <c r="O26" t="s">
+        <v>314</v>
+      </c>
+      <c r="P26" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>144</v>
+      </c>
+      <c r="B27" t="s">
+        <v>316</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>306</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>317</v>
+      </c>
+      <c r="H27" t="s">
+        <v>318</v>
+      </c>
+      <c r="I27" t="s">
+        <v>303</v>
+      </c>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>181</v>
+      </c>
+      <c r="L27" t="s">
+        <v>151</v>
+      </c>
+      <c r="M27" t="s">
+        <v>152</v>
+      </c>
+      <c r="N27" t="s">
+        <v>213</v>
+      </c>
+      <c r="O27" t="s">
+        <v>309</v>
+      </c>
+      <c r="P27" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>320</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>321</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>322</v>
+      </c>
+      <c r="H28" t="s">
+        <v>323</v>
+      </c>
+      <c r="I28" t="s">
+        <v>303</v>
+      </c>
+      <c r="J28" t="s">
+        <v>180</v>
+      </c>
+      <c r="K28" t="s">
+        <v>181</v>
+      </c>
+      <c r="L28" t="s">
+        <v>151</v>
+      </c>
+      <c r="M28" t="s">
+        <v>152</v>
+      </c>
+      <c r="N28" t="s">
+        <v>213</v>
+      </c>
+      <c r="O28" t="s">
+        <v>214</v>
+      </c>
+      <c r="P28" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>144</v>
+      </c>
+      <c r="B29" t="s">
+        <v>325</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>326</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>327</v>
+      </c>
+      <c r="H29" t="s">
+        <v>328</v>
+      </c>
+      <c r="I29" t="s">
+        <v>329</v>
+      </c>
+      <c r="J29" t="s">
+        <v>330</v>
+      </c>
+      <c r="K29" t="s">
+        <v>30</v>
+      </c>
+      <c r="L29" t="s">
+        <v>151</v>
+      </c>
+      <c r="M29" t="s">
+        <v>152</v>
+      </c>
+      <c r="N29" t="s">
+        <v>172</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>144</v>
+      </c>
+      <c r="B30" t="s">
+        <v>325</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>326</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>332</v>
+      </c>
+      <c r="H30" t="s">
+        <v>333</v>
+      </c>
+      <c r="I30" t="s">
+        <v>334</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>335</v>
+      </c>
+      <c r="L30" t="s">
+        <v>151</v>
+      </c>
+      <c r="M30" t="s">
+        <v>152</v>
+      </c>
+      <c r="N30" t="s">
+        <v>172</v>
+      </c>
+      <c r="O30" t="s">
+        <v>182</v>
+      </c>
+      <c r="P30" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>144</v>
+      </c>
+      <c r="B31" t="s">
+        <v>337</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>338</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>339</v>
+      </c>
+      <c r="H31" t="s">
+        <v>340</v>
+      </c>
+      <c r="I31" t="s">
+        <v>341</v>
+      </c>
+      <c r="J31" t="s">
+        <v>342</v>
+      </c>
+      <c r="K31" t="s">
+        <v>343</v>
+      </c>
+      <c r="L31" t="s">
+        <v>151</v>
+      </c>
+      <c r="M31" t="s">
+        <v>171</v>
+      </c>
+      <c r="N31" t="s">
+        <v>172</v>
+      </c>
+      <c r="O31" t="s">
+        <v>182</v>
+      </c>
+      <c r="P31" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>144</v>
+      </c>
+      <c r="B32" t="s">
+        <v>345</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>346</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>347</v>
+      </c>
+      <c r="H32" t="s">
+        <v>348</v>
+      </c>
+      <c r="I32" t="s">
+        <v>349</v>
+      </c>
+      <c r="J32" t="s">
+        <v>350</v>
+      </c>
+      <c r="K32" t="s">
+        <v>351</v>
+      </c>
+      <c r="L32" t="s">
+        <v>151</v>
+      </c>
+      <c r="M32" t="s">
+        <v>171</v>
+      </c>
+      <c r="N32" t="s">
+        <v>172</v>
+      </c>
+      <c r="O32" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" t="s">
+        <v>353</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>354</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>355</v>
+      </c>
+      <c r="H33" t="s">
+        <v>356</v>
+      </c>
+      <c r="I33" t="s">
+        <v>357</v>
+      </c>
+      <c r="J33" t="s">
+        <v>150</v>
+      </c>
+      <c r="K33" t="s">
+        <v>30</v>
+      </c>
+      <c r="L33" t="s">
+        <v>151</v>
+      </c>
+      <c r="M33" t="s">
+        <v>152</v>
+      </c>
+      <c r="N33" t="s">
+        <v>240</v>
+      </c>
+      <c r="O33" t="s">
+        <v>358</v>
+      </c>
+      <c r="P33" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" t="s">
+        <v>360</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>361</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>362</v>
+      </c>
+      <c r="H34" t="s">
+        <v>363</v>
+      </c>
+      <c r="I34" t="s">
+        <v>364</v>
+      </c>
+      <c r="J34" t="s">
+        <v>150</v>
+      </c>
+      <c r="K34" t="s">
+        <v>30</v>
+      </c>
+      <c r="L34" t="s">
+        <v>151</v>
+      </c>
+      <c r="M34" t="s">
+        <v>365</v>
+      </c>
+      <c r="N34" t="s">
+        <v>172</v>
+      </c>
+      <c r="O34" t="s">
+        <v>182</v>
+      </c>
+      <c r="P34" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>367</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>368</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>369</v>
+      </c>
+      <c r="H35" t="s">
+        <v>370</v>
+      </c>
+      <c r="I35" t="s">
+        <v>371</v>
+      </c>
+      <c r="J35" t="s">
+        <v>372</v>
+      </c>
+      <c r="K35" t="s">
+        <v>373</v>
+      </c>
+      <c r="L35" t="s">
+        <v>151</v>
+      </c>
+      <c r="M35" t="s">
+        <v>152</v>
+      </c>
+      <c r="N35" t="s">
+        <v>153</v>
+      </c>
+      <c r="O35" t="s">
+        <v>264</v>
+      </c>
+      <c r="P35" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>144</v>
+      </c>
+      <c r="B36" t="s">
+        <v>375</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>368</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>376</v>
+      </c>
+      <c r="H36" t="s">
+        <v>377</v>
+      </c>
+      <c r="I36" t="s">
+        <v>378</v>
+      </c>
+      <c r="J36" t="s">
+        <v>372</v>
+      </c>
+      <c r="K36" t="s">
+        <v>373</v>
+      </c>
+      <c r="L36" t="s">
+        <v>151</v>
+      </c>
+      <c r="M36" t="s">
+        <v>152</v>
+      </c>
+      <c r="N36" t="s">
+        <v>153</v>
+      </c>
+      <c r="O36" t="s">
+        <v>247</v>
+      </c>
+      <c r="P36" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" t="s">
+        <v>380</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>381</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>382</v>
+      </c>
+      <c r="H37" t="s">
+        <v>383</v>
+      </c>
+      <c r="I37" t="s">
+        <v>384</v>
+      </c>
+      <c r="J37" t="s">
+        <v>385</v>
+      </c>
+      <c r="K37" t="s">
+        <v>212</v>
+      </c>
+      <c r="L37" t="s">
+        <v>151</v>
+      </c>
+      <c r="M37" t="s">
+        <v>171</v>
+      </c>
+      <c r="N37" t="s">
+        <v>172</v>
+      </c>
+      <c r="O37" t="s">
+        <v>182</v>
+      </c>
+      <c r="P37" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>144</v>
+      </c>
+      <c r="B38" t="s">
+        <v>387</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>381</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>388</v>
+      </c>
+      <c r="H38" t="s">
+        <v>389</v>
+      </c>
+      <c r="I38" t="s">
+        <v>390</v>
+      </c>
+      <c r="J38" t="s">
+        <v>385</v>
+      </c>
+      <c r="K38" t="s">
+        <v>212</v>
+      </c>
+      <c r="L38" t="s">
+        <v>151</v>
+      </c>
+      <c r="M38" t="s">
+        <v>171</v>
+      </c>
+      <c r="N38" t="s">
+        <v>172</v>
+      </c>
+      <c r="O38" t="s">
+        <v>182</v>
+      </c>
+      <c r="P38" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>144</v>
+      </c>
+      <c r="B39" t="s">
+        <v>392</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>381</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>393</v>
+      </c>
+      <c r="H39" t="s">
+        <v>394</v>
+      </c>
+      <c r="I39" t="s">
+        <v>395</v>
+      </c>
+      <c r="J39" t="s">
+        <v>385</v>
+      </c>
+      <c r="K39" t="s">
+        <v>212</v>
+      </c>
+      <c r="L39" t="s">
+        <v>151</v>
+      </c>
+      <c r="M39" t="s">
+        <v>171</v>
+      </c>
+      <c r="N39" t="s">
+        <v>172</v>
+      </c>
+      <c r="O39" t="s">
+        <v>182</v>
+      </c>
+      <c r="P39" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>144</v>
+      </c>
+      <c r="B40" t="s">
+        <v>397</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>398</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>399</v>
+      </c>
+      <c r="H40" t="s">
+        <v>400</v>
+      </c>
+      <c r="I40" t="s">
+        <v>211</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>212</v>
+      </c>
+      <c r="L40" t="s">
+        <v>151</v>
+      </c>
+      <c r="M40" t="s">
+        <v>171</v>
+      </c>
+      <c r="N40" t="s">
+        <v>172</v>
+      </c>
+      <c r="O40" t="s">
+        <v>173</v>
+      </c>
+      <c r="P40" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>144</v>
+      </c>
+      <c r="B41" t="s">
+        <v>402</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>403</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>404</v>
+      </c>
+      <c r="H41" t="s">
+        <v>405</v>
+      </c>
+      <c r="I41" t="s">
+        <v>406</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>407</v>
+      </c>
+      <c r="L41" t="s">
+        <v>151</v>
+      </c>
+      <c r="M41" t="s">
+        <v>152</v>
+      </c>
+      <c r="N41" t="s">
+        <v>213</v>
+      </c>
+      <c r="O41" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>144</v>
+      </c>
+      <c r="B42" t="s">
+        <v>409</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>403</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>410</v>
+      </c>
+      <c r="H42" t="s">
+        <v>411</v>
+      </c>
+      <c r="I42" t="s">
+        <v>406</v>
+      </c>
+      <c r="J42" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" t="s">
+        <v>407</v>
+      </c>
+      <c r="L42" t="s">
+        <v>151</v>
+      </c>
+      <c r="M42" t="s">
+        <v>152</v>
+      </c>
+      <c r="N42" t="s">
+        <v>213</v>
+      </c>
+      <c r="O42" t="s">
+        <v>309</v>
+      </c>
+      <c r="P42" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>144</v>
+      </c>
+      <c r="B43" t="s">
+        <v>413</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>414</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>415</v>
+      </c>
+      <c r="H43" t="s">
+        <v>416</v>
+      </c>
+      <c r="I43" t="s">
+        <v>406</v>
+      </c>
+      <c r="J43" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" t="s">
+        <v>407</v>
+      </c>
+      <c r="L43" t="s">
+        <v>151</v>
+      </c>
+      <c r="M43" t="s">
+        <v>152</v>
+      </c>
+      <c r="N43" t="s">
+        <v>213</v>
+      </c>
+      <c r="O43" t="s">
+        <v>214</v>
+      </c>
+      <c r="P43" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>144</v>
+      </c>
+      <c r="B44" t="s">
+        <v>418</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>419</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>420</v>
+      </c>
+      <c r="H44" t="s">
+        <v>421</v>
+      </c>
+      <c r="I44" t="s">
+        <v>422</v>
+      </c>
+      <c r="J44" t="s">
+        <v>150</v>
+      </c>
+      <c r="K44" t="s">
+        <v>30</v>
+      </c>
+      <c r="L44" t="s">
+        <v>151</v>
+      </c>
+      <c r="M44" t="s">
+        <v>152</v>
+      </c>
+      <c r="N44" t="s">
+        <v>213</v>
+      </c>
+      <c r="O44" t="s">
+        <v>314</v>
+      </c>
+      <c r="P44" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>144</v>
+      </c>
+      <c r="B45" t="s">
+        <v>424</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>419</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>425</v>
+      </c>
+      <c r="H45" t="s">
+        <v>426</v>
+      </c>
+      <c r="I45" t="s">
+        <v>422</v>
+      </c>
+      <c r="J45" t="s">
+        <v>150</v>
+      </c>
+      <c r="K45" t="s">
+        <v>30</v>
+      </c>
+      <c r="L45" t="s">
+        <v>151</v>
+      </c>
+      <c r="M45" t="s">
+        <v>152</v>
+      </c>
+      <c r="N45" t="s">
+        <v>213</v>
+      </c>
+      <c r="O45" t="s">
+        <v>314</v>
+      </c>
+      <c r="P45" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>144</v>
+      </c>
+      <c r="B46" t="s">
+        <v>428</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>429</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>430</v>
+      </c>
+      <c r="H46" t="s">
+        <v>431</v>
+      </c>
+      <c r="I46" t="s">
+        <v>422</v>
+      </c>
+      <c r="J46" t="s">
+        <v>150</v>
+      </c>
+      <c r="K46" t="s">
+        <v>30</v>
+      </c>
+      <c r="L46" t="s">
+        <v>151</v>
+      </c>
+      <c r="M46" t="s">
+        <v>152</v>
+      </c>
+      <c r="N46" t="s">
+        <v>213</v>
+      </c>
+      <c r="O46" t="s">
+        <v>309</v>
+      </c>
+      <c r="P46" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>144</v>
+      </c>
+      <c r="B47" t="s">
+        <v>433</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>434</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>435</v>
+      </c>
+      <c r="H47" t="s">
+        <v>436</v>
+      </c>
+      <c r="I47" t="s">
+        <v>406</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" t="s">
+        <v>407</v>
+      </c>
+      <c r="L47" t="s">
+        <v>151</v>
+      </c>
+      <c r="M47" t="s">
+        <v>152</v>
+      </c>
+      <c r="N47" t="s">
+        <v>213</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>144</v>
+      </c>
+      <c r="B48" t="s">
+        <v>438</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>434</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>439</v>
+      </c>
+      <c r="H48" t="s">
+        <v>440</v>
+      </c>
+      <c r="I48" t="s">
+        <v>406</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>407</v>
+      </c>
+      <c r="L48" t="s">
+        <v>151</v>
+      </c>
+      <c r="M48" t="s">
+        <v>152</v>
+      </c>
+      <c r="N48" t="s">
+        <v>213</v>
+      </c>
+      <c r="O48" t="s">
+        <v>314</v>
+      </c>
+      <c r="P48" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>144</v>
+      </c>
+      <c r="B49" t="s">
+        <v>442</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>443</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>444</v>
+      </c>
+      <c r="H49" t="s">
+        <v>445</v>
+      </c>
+      <c r="I49" t="s">
+        <v>422</v>
+      </c>
+      <c r="J49" t="s">
+        <v>150</v>
+      </c>
+      <c r="K49" t="s">
+        <v>30</v>
+      </c>
+      <c r="L49" t="s">
+        <v>151</v>
+      </c>
+      <c r="M49" t="s">
+        <v>152</v>
+      </c>
+      <c r="N49" t="s">
+        <v>213</v>
+      </c>
+      <c r="O49" t="s">
+        <v>232</v>
+      </c>
+      <c r="P49" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>144</v>
+      </c>
+      <c r="B50" t="s">
+        <v>447</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>448</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>449</v>
+      </c>
+      <c r="H50" t="s">
+        <v>450</v>
+      </c>
+      <c r="I50" t="s">
+        <v>451</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>452</v>
+      </c>
+      <c r="L50" t="s">
+        <v>151</v>
+      </c>
+      <c r="M50" t="s">
+        <v>152</v>
+      </c>
+      <c r="N50" t="s">
+        <v>190</v>
+      </c>
+      <c r="O50" t="s">
+        <v>191</v>
+      </c>
+      <c r="P50" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>144</v>
+      </c>
+      <c r="B51" t="s">
+        <v>454</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>455</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>456</v>
+      </c>
+      <c r="H51" t="s">
+        <v>457</v>
+      </c>
+      <c r="I51" t="s">
+        <v>422</v>
+      </c>
+      <c r="J51" t="s">
+        <v>150</v>
+      </c>
+      <c r="K51" t="s">
+        <v>30</v>
+      </c>
+      <c r="L51" t="s">
+        <v>151</v>
+      </c>
+      <c r="M51" t="s">
+        <v>152</v>
+      </c>
+      <c r="N51" t="s">
+        <v>213</v>
+      </c>
+      <c r="O51" t="s">
+        <v>309</v>
+      </c>
+      <c r="P51" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>144</v>
+      </c>
+      <c r="B52" t="s">
+        <v>459</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>460</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>461</v>
+      </c>
+      <c r="H52" t="s">
+        <v>462</v>
+      </c>
+      <c r="I52" t="s">
+        <v>463</v>
+      </c>
+      <c r="J52" t="s">
+        <v>464</v>
+      </c>
+      <c r="K52" t="s">
+        <v>465</v>
+      </c>
+      <c r="L52" t="s">
+        <v>151</v>
+      </c>
+      <c r="M52" t="s">
+        <v>152</v>
+      </c>
+      <c r="N52" t="s">
+        <v>213</v>
+      </c>
+      <c r="O52" t="s">
+        <v>227</v>
+      </c>
+      <c r="P52" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>144</v>
+      </c>
+      <c r="B53" t="s">
+        <v>467</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>468</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>469</v>
+      </c>
+      <c r="H53" t="s">
+        <v>470</v>
+      </c>
+      <c r="I53" t="s">
+        <v>471</v>
+      </c>
+      <c r="J53" t="s">
+        <v>472</v>
+      </c>
+      <c r="K53" t="s">
+        <v>465</v>
+      </c>
+      <c r="L53" t="s">
+        <v>151</v>
+      </c>
+      <c r="M53" t="s">
+        <v>152</v>
+      </c>
+      <c r="N53" t="s">
+        <v>172</v>
+      </c>
+      <c r="O53" t="s">
+        <v>182</v>
+      </c>
+      <c r="P53" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>144</v>
+      </c>
+      <c r="B54" t="s">
+        <v>474</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>475</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>476</v>
+      </c>
+      <c r="H54" t="s">
+        <v>477</v>
+      </c>
+      <c r="I54" t="s">
+        <v>478</v>
+      </c>
+      <c r="J54" t="s">
+        <v>479</v>
+      </c>
+      <c r="K54" t="s">
+        <v>480</v>
+      </c>
+      <c r="L54" t="s">
+        <v>151</v>
+      </c>
+      <c r="M54" t="s">
+        <v>171</v>
+      </c>
+      <c r="N54" t="s">
+        <v>172</v>
+      </c>
+      <c r="O54" t="s">
+        <v>182</v>
+      </c>
+      <c r="P54" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>144</v>
+      </c>
+      <c r="B55" t="s">
+        <v>482</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>475</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>483</v>
+      </c>
+      <c r="H55" t="s">
+        <v>484</v>
+      </c>
+      <c r="I55" t="s">
+        <v>485</v>
+      </c>
+      <c r="J55" t="s">
+        <v>486</v>
+      </c>
+      <c r="K55" t="s">
+        <v>487</v>
+      </c>
+      <c r="L55" t="s">
+        <v>151</v>
+      </c>
+      <c r="M55" t="s">
+        <v>171</v>
+      </c>
+      <c r="N55" t="s">
+        <v>172</v>
+      </c>
+      <c r="O55" t="s">
+        <v>182</v>
+      </c>
+      <c r="P55" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>144</v>
+      </c>
+      <c r="B56" t="s">
+        <v>489</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>490</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>491</v>
+      </c>
+      <c r="H56" t="s">
+        <v>492</v>
+      </c>
+      <c r="I56" t="s">
+        <v>493</v>
+      </c>
+      <c r="J56" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" t="s">
+        <v>494</v>
+      </c>
+      <c r="L56" t="s">
+        <v>151</v>
+      </c>
+      <c r="M56" t="s">
+        <v>171</v>
+      </c>
+      <c r="N56" t="s">
+        <v>172</v>
+      </c>
+      <c r="O56" t="s">
+        <v>182</v>
+      </c>
+      <c r="P56" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>144</v>
+      </c>
+      <c r="B57" t="s">
+        <v>496</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>490</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>497</v>
+      </c>
+      <c r="H57" t="s">
+        <v>498</v>
+      </c>
+      <c r="I57" t="s">
+        <v>499</v>
+      </c>
+      <c r="J57" t="s">
+        <v>500</v>
+      </c>
+      <c r="K57" t="s">
+        <v>501</v>
+      </c>
+      <c r="L57" t="s">
+        <v>151</v>
+      </c>
+      <c r="M57" t="s">
+        <v>171</v>
+      </c>
+      <c r="N57" t="s">
+        <v>172</v>
+      </c>
+      <c r="O57" t="s">
+        <v>182</v>
+      </c>
+      <c r="P57" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>144</v>
+      </c>
+      <c r="B58" t="s">
+        <v>503</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>504</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>505</v>
+      </c>
+      <c r="H58" t="s">
+        <v>506</v>
+      </c>
+      <c r="I58" t="s">
+        <v>507</v>
+      </c>
+      <c r="J58" t="s">
+        <v>508</v>
+      </c>
+      <c r="K58" t="s">
+        <v>509</v>
+      </c>
+      <c r="L58" t="s">
+        <v>151</v>
+      </c>
+      <c r="M58" t="s">
+        <v>171</v>
+      </c>
+      <c r="N58" t="s">
+        <v>172</v>
+      </c>
+      <c r="O58" t="s">
+        <v>182</v>
+      </c>
+      <c r="P58" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>144</v>
+      </c>
+      <c r="B59" t="s">
+        <v>511</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>504</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>512</v>
+      </c>
+      <c r="H59" t="s">
+        <v>513</v>
+      </c>
+      <c r="I59" t="s">
+        <v>514</v>
+      </c>
+      <c r="J59" t="s">
+        <v>211</v>
+      </c>
+      <c r="K59" t="s">
+        <v>212</v>
+      </c>
+      <c r="L59" t="s">
+        <v>151</v>
+      </c>
+      <c r="M59" t="s">
+        <v>171</v>
+      </c>
+      <c r="N59" t="s">
+        <v>213</v>
+      </c>
+      <c r="O59" t="s">
+        <v>515</v>
+      </c>
+      <c r="P59" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" t="s">
+        <v>517</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>518</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>519</v>
+      </c>
+      <c r="H60" t="s">
+        <v>520</v>
+      </c>
+      <c r="I60" t="s">
+        <v>521</v>
+      </c>
+      <c r="J60" t="s">
+        <v>464</v>
+      </c>
+      <c r="K60" t="s">
+        <v>465</v>
+      </c>
+      <c r="L60" t="s">
+        <v>151</v>
+      </c>
+      <c r="M60" t="s">
+        <v>171</v>
+      </c>
+      <c r="N60" t="s">
+        <v>172</v>
+      </c>
+      <c r="O60" t="s">
+        <v>182</v>
+      </c>
+      <c r="P60" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>144</v>
+      </c>
+      <c r="B61" t="s">
+        <v>523</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>524</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>525</v>
+      </c>
+      <c r="H61" t="s">
+        <v>526</v>
+      </c>
+      <c r="I61" t="s">
+        <v>527</v>
+      </c>
+      <c r="J61" t="s">
+        <v>150</v>
+      </c>
+      <c r="K61" t="s">
+        <v>30</v>
+      </c>
+      <c r="L61" t="s">
+        <v>151</v>
+      </c>
+      <c r="M61" t="s">
+        <v>171</v>
+      </c>
+      <c r="N61" t="s">
+        <v>240</v>
+      </c>
+      <c r="O61" t="s">
+        <v>241</v>
+      </c>
+      <c r="P61" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>144</v>
+      </c>
+      <c r="B62" t="s">
+        <v>529</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>530</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>531</v>
+      </c>
+      <c r="H62" t="s">
+        <v>532</v>
+      </c>
+      <c r="I62" t="s">
+        <v>533</v>
+      </c>
+      <c r="J62" t="s">
+        <v>534</v>
+      </c>
+      <c r="K62" t="s">
+        <v>535</v>
+      </c>
+      <c r="L62" t="s">
+        <v>151</v>
+      </c>
+      <c r="M62" t="s">
+        <v>365</v>
+      </c>
+      <c r="N62" t="s">
+        <v>172</v>
+      </c>
+      <c r="O62" t="s">
+        <v>182</v>
+      </c>
+      <c r="P62" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" t="s">
+        <v>537</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>538</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>539</v>
+      </c>
+      <c r="H63" t="s">
+        <v>540</v>
+      </c>
+      <c r="I63" t="s">
+        <v>541</v>
+      </c>
+      <c r="J63" t="s">
+        <v>542</v>
+      </c>
+      <c r="K63" t="s">
+        <v>543</v>
+      </c>
+      <c r="L63" t="s">
+        <v>151</v>
+      </c>
+      <c r="M63" t="s">
+        <v>171</v>
+      </c>
+      <c r="N63" t="s">
+        <v>172</v>
+      </c>
+      <c r="O63" t="s">
+        <v>182</v>
+      </c>
+      <c r="P63" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>144</v>
+      </c>
+      <c r="B64" t="s">
+        <v>545</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>546</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>547</v>
+      </c>
+      <c r="H64" t="s">
+        <v>548</v>
+      </c>
+      <c r="I64" t="s">
+        <v>549</v>
+      </c>
+      <c r="J64" t="s">
+        <v>160</v>
+      </c>
+      <c r="K64" t="s">
+        <v>161</v>
+      </c>
+      <c r="L64" t="s">
+        <v>151</v>
+      </c>
+      <c r="M64" t="s">
+        <v>171</v>
+      </c>
+      <c r="N64" t="s">
+        <v>172</v>
+      </c>
+      <c r="O64" t="s">
+        <v>182</v>
+      </c>
+      <c r="P64" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>144</v>
+      </c>
+      <c r="B65" t="s">
+        <v>545</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>546</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>551</v>
+      </c>
+      <c r="H65" t="s">
+        <v>552</v>
+      </c>
+      <c r="I65" t="s">
+        <v>553</v>
+      </c>
+      <c r="J65" t="s">
+        <v>20</v>
+      </c>
+      <c r="K65" t="s">
+        <v>554</v>
+      </c>
+      <c r="L65" t="s">
+        <v>151</v>
+      </c>
+      <c r="M65" t="s">
+        <v>171</v>
+      </c>
+      <c r="N65" t="s">
+        <v>172</v>
+      </c>
+      <c r="O65" t="s">
+        <v>182</v>
+      </c>
+      <c r="P65" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>144</v>
+      </c>
+      <c r="B66" t="s">
+        <v>556</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>557</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>558</v>
+      </c>
+      <c r="H66" t="s">
+        <v>559</v>
+      </c>
+      <c r="I66" t="s">
+        <v>560</v>
+      </c>
+      <c r="J66" t="s">
+        <v>561</v>
+      </c>
+      <c r="K66" t="s">
+        <v>562</v>
+      </c>
+      <c r="L66" t="s">
+        <v>151</v>
+      </c>
+      <c r="M66" t="s">
+        <v>171</v>
+      </c>
+      <c r="N66" t="s">
+        <v>172</v>
+      </c>
+      <c r="O66" t="s">
+        <v>182</v>
+      </c>
+      <c r="P66" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>144</v>
+      </c>
+      <c r="B67" t="s">
+        <v>564</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>565</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>566</v>
+      </c>
+      <c r="H67" t="s">
+        <v>567</v>
+      </c>
+      <c r="I67" t="s">
+        <v>568</v>
+      </c>
+      <c r="J67" t="s">
+        <v>150</v>
+      </c>
+      <c r="K67" t="s">
+        <v>30</v>
+      </c>
+      <c r="L67" t="s">
+        <v>151</v>
+      </c>
+      <c r="M67" t="s">
+        <v>171</v>
+      </c>
+      <c r="N67" t="s">
+        <v>172</v>
+      </c>
+      <c r="O67" t="s">
+        <v>182</v>
+      </c>
+      <c r="P67" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>144</v>
+      </c>
+      <c r="B68" t="s">
+        <v>570</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>565</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>571</v>
+      </c>
+      <c r="H68" t="s">
+        <v>572</v>
+      </c>
+      <c r="I68" t="s">
+        <v>573</v>
+      </c>
+      <c r="J68" t="s">
+        <v>20</v>
+      </c>
+      <c r="K68" t="s">
+        <v>574</v>
+      </c>
+      <c r="L68" t="s">
+        <v>151</v>
+      </c>
+      <c r="M68" t="s">
+        <v>365</v>
+      </c>
+      <c r="N68" t="s">
+        <v>172</v>
+      </c>
+      <c r="O68" t="s">
+        <v>182</v>
+      </c>
+      <c r="P68" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>144</v>
+      </c>
+      <c r="B69" t="s">
+        <v>576</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>577</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>578</v>
+      </c>
+      <c r="H69" t="s">
+        <v>579</v>
+      </c>
+      <c r="I69" t="s">
+        <v>580</v>
+      </c>
+      <c r="J69" t="s">
+        <v>150</v>
+      </c>
+      <c r="K69" t="s">
+        <v>30</v>
+      </c>
+      <c r="L69" t="s">
+        <v>151</v>
+      </c>
+      <c r="M69" t="s">
+        <v>152</v>
+      </c>
+      <c r="N69" t="s">
+        <v>153</v>
+      </c>
+      <c r="O69" t="s">
+        <v>264</v>
+      </c>
+      <c r="P69" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" t="s">
+        <v>582</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>577</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>583</v>
+      </c>
+      <c r="H70" t="s">
+        <v>584</v>
+      </c>
+      <c r="I70" t="s">
+        <v>149</v>
+      </c>
+      <c r="J70" t="s">
+        <v>150</v>
+      </c>
+      <c r="K70" t="s">
+        <v>30</v>
+      </c>
+      <c r="L70" t="s">
+        <v>151</v>
+      </c>
+      <c r="M70" t="s">
+        <v>152</v>
+      </c>
+      <c r="N70" t="s">
+        <v>153</v>
+      </c>
+      <c r="O70" t="s">
+        <v>247</v>
+      </c>
+      <c r="P70" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
+        <v>586</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>587</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>588</v>
+      </c>
+      <c r="H71" t="s">
+        <v>589</v>
+      </c>
+      <c r="I71" t="s">
+        <v>590</v>
+      </c>
+      <c r="J71" t="s">
+        <v>150</v>
+      </c>
+      <c r="K71" t="s">
+        <v>30</v>
+      </c>
+      <c r="L71" t="s">
+        <v>151</v>
+      </c>
+      <c r="M71" t="s">
+        <v>171</v>
+      </c>
+      <c r="N71" t="s">
+        <v>172</v>
+      </c>
+      <c r="O71" t="s">
+        <v>182</v>
+      </c>
+      <c r="P71" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>144</v>
+      </c>
+      <c r="B72" t="s">
+        <v>592</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>593</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>594</v>
+      </c>
+      <c r="H72" t="s">
+        <v>595</v>
+      </c>
+      <c r="I72" t="s">
+        <v>596</v>
+      </c>
+      <c r="J72" t="s">
+        <v>150</v>
+      </c>
+      <c r="K72" t="s">
+        <v>30</v>
+      </c>
+      <c r="L72" t="s">
+        <v>151</v>
+      </c>
+      <c r="M72" t="s">
+        <v>171</v>
+      </c>
+      <c r="N72" t="s">
+        <v>172</v>
+      </c>
+      <c r="O72" t="s">
+        <v>597</v>
+      </c>
+      <c r="P72" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>144</v>
+      </c>
+      <c r="B73" t="s">
+        <v>599</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>600</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>601</v>
+      </c>
+      <c r="H73" t="s">
+        <v>602</v>
+      </c>
+      <c r="I73" t="s">
+        <v>603</v>
+      </c>
+      <c r="J73" t="s">
+        <v>604</v>
+      </c>
+      <c r="K73" t="s">
+        <v>605</v>
+      </c>
+      <c r="L73" t="s">
+        <v>151</v>
+      </c>
+      <c r="M73" t="s">
+        <v>171</v>
+      </c>
+      <c r="N73" t="s">
+        <v>172</v>
+      </c>
+      <c r="O73" t="s">
+        <v>182</v>
+      </c>
+      <c r="P73" t="s">
+        <v>606</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>607</v>
+      </c>
+      <c r="J1" t="s">
+        <v>136</v>
+      </c>
+      <c r="K1" t="s">
+        <v>608</v>
+      </c>
+      <c r="L1" t="s">
+        <v>138</v>
+      </c>
+      <c r="M1" t="s">
+        <v>139</v>
+      </c>
+      <c r="N1" t="s">
+        <v>609</v>
+      </c>
+      <c r="O1" t="s">
+        <v>610</v>
+      </c>
+      <c r="P1" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>612</v>
+      </c>
+      <c r="R1" t="s">
         <v>140</v>
       </c>
+      <c r="S1" t="s">
+        <v>613</v>
+      </c>
+      <c r="T1" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>615</v>
+      </c>
+      <c r="B2" t="s">
+        <v>616</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>617</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>618</v>
+      </c>
+      <c r="H2" t="s">
+        <v>619</v>
+      </c>
+      <c r="I2" t="s">
+        <v>620</v>
+      </c>
+      <c r="J2" t="s">
+        <v>621</v>
+      </c>
+      <c r="K2" t="s">
+        <v>150</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>151</v>
+      </c>
+      <c r="N2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>623</v>
+      </c>
+      <c r="R2" t="s">
+        <v>171</v>
+      </c>
+      <c r="S2" t="s">
+        <v>624</v>
+      </c>
+      <c r="T2" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>628</v>
+      </c>
+      <c r="H3" t="s">
+        <v>629</v>
+      </c>
+      <c r="I3" t="s">
+        <v>630</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>631</v>
+      </c>
+      <c r="L3" t="s">
+        <v>632</v>
+      </c>
+      <c r="M3" t="s">
+        <v>151</v>
+      </c>
+      <c r="N3" t="s">
+        <v>633</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>634</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>635</v>
+      </c>
+      <c r="R3" t="s">
+        <v>634</v>
+      </c>
+      <c r="S3" t="s">
+        <v>636</v>
+      </c>
+      <c r="T3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>615</v>
+      </c>
+      <c r="B4" t="s">
+        <v>637</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>638</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>639</v>
+      </c>
+      <c r="H4" t="s">
+        <v>640</v>
+      </c>
+      <c r="I4" t="s">
+        <v>630</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>372</v>
+      </c>
+      <c r="L4" t="s">
+        <v>373</v>
+      </c>
+      <c r="M4" t="s">
+        <v>151</v>
+      </c>
+      <c r="N4" t="s">
+        <v>641</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>634</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>623</v>
+      </c>
+      <c r="R4" t="s">
+        <v>634</v>
+      </c>
+      <c r="S4" t="s">
+        <v>642</v>
+      </c>
+      <c r="T4" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>615</v>
+      </c>
+      <c r="B5" t="s">
+        <v>643</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>644</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>645</v>
+      </c>
+      <c r="H5" t="s">
+        <v>646</v>
+      </c>
+      <c r="I5" t="s">
+        <v>630</v>
+      </c>
+      <c r="J5" t="s">
+        <v>647</v>
+      </c>
+      <c r="K5" t="s">
+        <v>648</v>
+      </c>
+      <c r="L5" t="s">
+        <v>649</v>
+      </c>
+      <c r="M5" t="s">
+        <v>151</v>
+      </c>
+      <c r="N5" t="s">
+        <v>650</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>651</v>
+      </c>
+      <c r="R5" t="s">
+        <v>171</v>
+      </c>
+      <c r="S5" t="s">
+        <v>652</v>
+      </c>
+      <c r="T5" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>615</v>
+      </c>
+      <c r="B6" t="s">
+        <v>653</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>654</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>655</v>
+      </c>
+      <c r="H6" t="s">
+        <v>656</v>
+      </c>
+      <c r="I6" t="s">
+        <v>630</v>
+      </c>
+      <c r="J6" t="s">
+        <v>521</v>
+      </c>
+      <c r="K6" t="s">
+        <v>464</v>
+      </c>
+      <c r="L6" t="s">
+        <v>465</v>
+      </c>
+      <c r="M6" t="s">
+        <v>151</v>
+      </c>
+      <c r="N6" t="s">
+        <v>657</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>658</v>
+      </c>
+      <c r="R6" t="s">
+        <v>171</v>
+      </c>
+      <c r="S6" t="s">
+        <v>659</v>
+      </c>
+      <c r="T6" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>615</v>
+      </c>
+      <c r="B7" t="s">
+        <v>660</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>661</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>662</v>
+      </c>
+      <c r="H7" t="s">
+        <v>663</v>
+      </c>
+      <c r="I7" t="s">
+        <v>630</v>
+      </c>
+      <c r="J7" t="s">
+        <v>664</v>
+      </c>
+      <c r="K7" t="s">
+        <v>269</v>
+      </c>
+      <c r="L7" t="s">
+        <v>270</v>
+      </c>
+      <c r="M7" t="s">
+        <v>151</v>
+      </c>
+      <c r="N7" t="s">
+        <v>665</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>666</v>
+      </c>
+      <c r="R7" t="s">
+        <v>171</v>
+      </c>
+      <c r="S7" t="s">
+        <v>667</v>
+      </c>
+      <c r="T7" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>615</v>
+      </c>
+      <c r="B8" t="s">
+        <v>668</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>669</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>670</v>
+      </c>
+      <c r="H8" t="s">
+        <v>671</v>
+      </c>
+      <c r="I8" t="s">
+        <v>630</v>
+      </c>
+      <c r="J8" t="s">
+        <v>672</v>
+      </c>
+      <c r="K8" t="s">
+        <v>673</v>
+      </c>
+      <c r="L8" t="s">
+        <v>674</v>
+      </c>
+      <c r="M8" t="s">
+        <v>151</v>
+      </c>
+      <c r="N8" t="s">
+        <v>675</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>666</v>
+      </c>
+      <c r="R8" t="s">
+        <v>171</v>
+      </c>
+      <c r="S8" t="s">
+        <v>676</v>
+      </c>
+      <c r="T8" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>615</v>
+      </c>
+      <c r="B9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>678</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>679</v>
+      </c>
+      <c r="H9" t="s">
+        <v>680</v>
+      </c>
+      <c r="I9" t="s">
+        <v>681</v>
+      </c>
+      <c r="J9" t="s">
+        <v>682</v>
+      </c>
+      <c r="K9" t="s">
+        <v>683</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>151</v>
+      </c>
+      <c r="N9" t="s">
+        <v>684</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>685</v>
+      </c>
+      <c r="R9" t="s">
+        <v>171</v>
+      </c>
+      <c r="S9" t="s">
+        <v>95</v>
+      </c>
+      <c r="T9" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>615</v>
+      </c>
+      <c r="B10" t="s">
+        <v>686</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>669</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>687</v>
+      </c>
+      <c r="H10" t="s">
+        <v>688</v>
+      </c>
+      <c r="I10" t="s">
+        <v>630</v>
+      </c>
+      <c r="J10" t="s">
+        <v>689</v>
+      </c>
+      <c r="K10" t="s">
+        <v>169</v>
+      </c>
+      <c r="L10" t="s">
+        <v>170</v>
+      </c>
+      <c r="M10" t="s">
+        <v>151</v>
+      </c>
+      <c r="N10" t="s">
+        <v>690</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>666</v>
+      </c>
+      <c r="R10" t="s">
+        <v>171</v>
+      </c>
+      <c r="S10" t="s">
+        <v>691</v>
+      </c>
+      <c r="T10" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>615</v>
+      </c>
+      <c r="B11" t="s">
+        <v>692</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>693</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>694</v>
+      </c>
+      <c r="H11" t="s">
+        <v>695</v>
+      </c>
+      <c r="I11" t="s">
+        <v>681</v>
+      </c>
+      <c r="J11" t="s">
+        <v>696</v>
+      </c>
+      <c r="K11" t="s">
+        <v>385</v>
+      </c>
+      <c r="L11" t="s">
+        <v>212</v>
+      </c>
+      <c r="M11" t="s">
+        <v>151</v>
+      </c>
+      <c r="N11" t="s">
+        <v>697</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>651</v>
+      </c>
+      <c r="R11" t="s">
+        <v>171</v>
+      </c>
+      <c r="S11" t="s">
+        <v>698</v>
+      </c>
+      <c r="T11" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>615</v>
+      </c>
+      <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>699</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>700</v>
+      </c>
+      <c r="H12" t="s">
+        <v>701</v>
+      </c>
+      <c r="I12" t="s">
+        <v>630</v>
+      </c>
+      <c r="J12" t="s">
+        <v>702</v>
+      </c>
+      <c r="K12" t="s">
+        <v>189</v>
+      </c>
+      <c r="L12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" t="s">
+        <v>151</v>
+      </c>
+      <c r="N12" t="s">
+        <v>703</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>634</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>704</v>
+      </c>
+      <c r="R12" t="s">
+        <v>634</v>
+      </c>
+      <c r="S12" t="s">
+        <v>31</v>
+      </c>
+      <c r="T12" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>615</v>
+      </c>
+      <c r="B13" t="s">
+        <v>705</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>693</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>706</v>
+      </c>
+      <c r="H13" t="s">
+        <v>707</v>
+      </c>
+      <c r="I13" t="s">
+        <v>630</v>
+      </c>
+      <c r="J13" t="s">
+        <v>390</v>
+      </c>
+      <c r="K13" t="s">
+        <v>211</v>
+      </c>
+      <c r="L13" t="s">
+        <v>212</v>
+      </c>
+      <c r="M13" t="s">
+        <v>151</v>
+      </c>
+      <c r="N13" t="s">
+        <v>697</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>708</v>
+      </c>
+      <c r="R13" t="s">
+        <v>171</v>
+      </c>
+      <c r="S13" t="s">
+        <v>709</v>
+      </c>
+      <c r="T13" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>615</v>
+      </c>
+      <c r="B14" t="s">
+        <v>710</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>711</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>712</v>
+      </c>
+      <c r="H14" t="s">
+        <v>713</v>
+      </c>
+      <c r="I14" t="s">
+        <v>630</v>
+      </c>
+      <c r="J14" t="s">
+        <v>714</v>
+      </c>
+      <c r="K14" t="s">
+        <v>262</v>
+      </c>
+      <c r="L14" t="s">
+        <v>263</v>
+      </c>
+      <c r="M14" t="s">
+        <v>151</v>
+      </c>
+      <c r="N14" t="s">
+        <v>715</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>635</v>
+      </c>
+      <c r="R14" t="s">
+        <v>171</v>
+      </c>
+      <c r="S14" t="s">
+        <v>716</v>
+      </c>
+      <c r="T14" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>615</v>
+      </c>
+      <c r="B15" t="s">
+        <v>717</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>678</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>718</v>
+      </c>
+      <c r="H15" t="s">
+        <v>719</v>
+      </c>
+      <c r="I15" t="s">
+        <v>620</v>
+      </c>
+      <c r="J15" t="s">
+        <v>682</v>
+      </c>
+      <c r="K15" t="s">
+        <v>150</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>151</v>
+      </c>
+      <c r="N15" t="s">
+        <v>684</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>708</v>
+      </c>
+      <c r="R15" t="s">
+        <v>171</v>
+      </c>
+      <c r="S15" t="s">
+        <v>720</v>
+      </c>
+      <c r="T15" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>615</v>
+      </c>
+      <c r="B16" t="s">
+        <v>721</v>
+      </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>141</v>
+        <v>644</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>142</v>
+        <v>722</v>
       </c>
       <c r="H16" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>723</v>
+      </c>
+      <c r="I16" t="s">
+        <v>630</v>
       </c>
       <c r="J16" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="K16" t="s">
-        <v>144</v>
+        <v>291</v>
       </c>
       <c r="L16" t="s">
-        <v>145</v>
+        <v>292</v>
       </c>
       <c r="M16" t="s">
-        <v>20</v>
+        <v>151</v>
       </c>
       <c r="N16" t="s">
-        <v>56</v>
+        <v>724</v>
       </c>
       <c r="O16" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>40</v>
+        <v>171</v>
       </c>
       <c r="Q16" t="s">
-        <v>41</v>
+        <v>708</v>
       </c>
       <c r="R16" t="s">
-        <v>42</v>
+        <v>171</v>
+      </c>
+      <c r="S16" t="s">
+        <v>725</v>
+      </c>
+      <c r="T16" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>615</v>
+      </c>
+      <c r="B17" t="s">
+        <v>726</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>669</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>727</v>
+      </c>
+      <c r="H17" t="s">
+        <v>728</v>
+      </c>
+      <c r="I17" t="s">
+        <v>620</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>673</v>
+      </c>
+      <c r="L17" t="s">
+        <v>674</v>
+      </c>
+      <c r="M17" t="s">
+        <v>151</v>
+      </c>
+      <c r="N17" t="s">
+        <v>729</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>708</v>
+      </c>
+      <c r="R17" t="s">
+        <v>171</v>
+      </c>
+      <c r="S17" t="s">
+        <v>730</v>
+      </c>
+      <c r="T17" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>615</v>
+      </c>
+      <c r="B18" t="s">
+        <v>731</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>732</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>733</v>
+      </c>
+      <c r="H18" t="s">
+        <v>734</v>
+      </c>
+      <c r="I18" t="s">
+        <v>620</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>211</v>
+      </c>
+      <c r="L18" t="s">
+        <v>212</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>735</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>736</v>
+      </c>
+      <c r="R18" t="s">
+        <v>152</v>
+      </c>
+      <c r="S18" t="s">
+        <v>737</v>
+      </c>
+      <c r="T18" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>615</v>
+      </c>
+      <c r="B19" t="s">
+        <v>738</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>732</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>739</v>
+      </c>
+      <c r="H19" t="s">
+        <v>740</v>
+      </c>
+      <c r="I19" t="s">
+        <v>620</v>
+      </c>
+      <c r="J19" t="s">
+        <v>741</v>
+      </c>
+      <c r="K19" t="s">
+        <v>150</v>
+      </c>
+      <c r="L19" t="s">
+        <v>30</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>735</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>736</v>
+      </c>
+      <c r="R19" t="s">
+        <v>152</v>
+      </c>
+      <c r="S19" t="s">
+        <v>742</v>
+      </c>
+      <c r="T19" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>615</v>
+      </c>
+      <c r="B20" t="s">
+        <v>743</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>732</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>744</v>
+      </c>
+      <c r="H20" t="s">
+        <v>745</v>
+      </c>
+      <c r="I20" t="s">
+        <v>630</v>
+      </c>
+      <c r="J20" t="s">
+        <v>682</v>
+      </c>
+      <c r="K20" t="s">
+        <v>683</v>
+      </c>
+      <c r="L20" t="s">
+        <v>30</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>746</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>736</v>
+      </c>
+      <c r="R20" t="s">
+        <v>152</v>
+      </c>
+      <c r="S20" t="s">
+        <v>747</v>
+      </c>
+      <c r="T20" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>615</v>
+      </c>
+      <c r="B21" t="s">
+        <v>748</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>749</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>750</v>
+      </c>
+      <c r="H21" t="s">
+        <v>751</v>
+      </c>
+      <c r="I21" t="s">
+        <v>620</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>291</v>
+      </c>
+      <c r="L21" t="s">
+        <v>292</v>
+      </c>
+      <c r="M21" t="s">
+        <v>151</v>
+      </c>
+      <c r="N21" t="s">
+        <v>20</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>634</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>736</v>
+      </c>
+      <c r="R21" t="s">
+        <v>634</v>
+      </c>
+      <c r="S21" t="s">
+        <v>752</v>
+      </c>
+      <c r="T21" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>615</v>
+      </c>
+      <c r="B22" t="s">
+        <v>753</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>754</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>755</v>
+      </c>
+      <c r="H22" t="s">
+        <v>756</v>
+      </c>
+      <c r="I22" t="s">
+        <v>620</v>
+      </c>
+      <c r="J22" t="s">
+        <v>757</v>
+      </c>
+      <c r="K22" t="s">
+        <v>189</v>
+      </c>
+      <c r="L22" t="s">
+        <v>30</v>
+      </c>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>20</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>758</v>
+      </c>
+      <c r="R22" t="s">
+        <v>171</v>
+      </c>
+      <c r="S22" t="s">
+        <v>759</v>
+      </c>
+      <c r="T22" t="s">
+        <v>625</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:R1"/>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>