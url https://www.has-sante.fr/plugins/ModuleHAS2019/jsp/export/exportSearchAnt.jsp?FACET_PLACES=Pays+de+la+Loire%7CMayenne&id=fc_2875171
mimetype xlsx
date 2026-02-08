--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1864" uniqueCount="760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1914" uniqueCount="774">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,122 +74,158 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur YOUSSEF LYOUBI</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843041/fr/docteur-youssef-lyoubi</t>
+  </si>
+  <si>
+    <t>p_3843041</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>LYOUBI</t>
+  </si>
+  <si>
+    <t>YOUSSEF</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>CHU/CHR ANGERS SITE LARREY,CH HAUT ANJOU SITE CHATEAU GONTIER</t>
+  </si>
+  <si>
+    <t>49933,53204</t>
+  </si>
+  <si>
+    <t>ANGERS CEDEX 9,CHATEAU GONTIER</t>
+  </si>
+  <si>
+    <t>490000049,530000017</t>
+  </si>
+  <si>
+    <t>Docteur Louis-Pacôme LE MEVEL</t>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3843149/fr/docteur-louis-pacome-le-mevel</t>
+  </si>
+  <si>
+    <t>p_3843149</t>
+  </si>
+  <si>
+    <t>LE MEVEL</t>
+  </si>
+  <si>
+    <t>Louis-Pacôme</t>
+  </si>
+  <si>
     <t>Docteur Pierre MAULAZ</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/12/2025 19:16:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794609/fr/docteur-pierre-maulaz</t>
   </si>
   <si>
     <t>p_3794609</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>MAULAZ</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>20 November 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE DU MAINE</t>
   </si>
   <si>
     <t>53010</t>
   </si>
   <si>
     <t>LAVAL</t>
   </si>
   <si>
     <t>530031962</t>
   </si>
   <si>
     <t>Docteur Lotfi Mohamed KHELFAT</t>
   </si>
   <si>
     <t>19/12/2024 15:31:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574575/fr/docteur-lotfi-mohamed-khelfat</t>
   </si>
   <si>
     <t>p_3574575</t>
   </si>
   <si>
     <t>KHELFAT</t>
   </si>
   <si>
     <t>Lotfi Mohamed</t>
   </si>
   <si>
-    <t>19 December 2024</t>
-[...13 lines deleted...]
-  <si>
     <t>Docteur Julien BARBIEUX</t>
   </si>
   <si>
     <t>28/03/2024 16:34:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504337/fr/docteur-julien-barbieux</t>
   </si>
   <si>
     <t>p_3504337</t>
   </si>
   <si>
     <t>BARBIEUX</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>Docteur JULIEN BACHLER</t>
   </si>
   <si>
     <t>20/07/2023 16:33:22</t>
@@ -227,53 +263,50 @@
   <si>
     <t>ALINE</t>
   </si>
   <si>
     <t>19 January 2023</t>
   </si>
   <si>
     <t>Docteur Xavier Mourad NEDJAR</t>
   </si>
   <si>
     <t>19/12/2022 11:33:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3397711/fr/docteur-xavier-mourad-nedjar</t>
   </si>
   <si>
     <t>p_3397711</t>
   </si>
   <si>
     <t>NEDJAR</t>
   </si>
   <si>
     <t>Xavier Mourad</t>
   </si>
   <si>
-    <t>15 December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>CH HAUT ANJOU SITE CHATEAU GONTIER,CH DU NORD MAYENNE</t>
   </si>
   <si>
     <t>53204,53103</t>
   </si>
   <si>
     <t>CHATEAU GONTIER,MAYENNE</t>
   </si>
   <si>
     <t>530000017,530000173</t>
   </si>
   <si>
     <t>Docteur Jean-philippe COUAPEL</t>
   </si>
   <si>
     <t>14/10/2022 16:32:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378345/fr/docteur-jean-philippe-couapel</t>
   </si>
   <si>
     <t>p_3378345</t>
   </si>
   <si>
     <t>COUAPEL</t>
@@ -323,53 +356,50 @@
   <si>
     <t>53015</t>
   </si>
   <si>
     <t>530000264</t>
   </si>
   <si>
     <t>Docteur THIBAUT CULTY</t>
   </si>
   <si>
     <t>17/12/2021 10:31:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3305805/fr/docteur-thibaut-culty</t>
   </si>
   <si>
     <t>p_3305805</t>
   </si>
   <si>
     <t>CULTY</t>
   </si>
   <si>
     <t>THIBAUT</t>
   </si>
   <si>
-    <t>16 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Christophe AUDIC</t>
   </si>
   <si>
     <t>08/11/2016 11:30:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708345/fr/docteur-christophe-audic</t>
   </si>
   <si>
     <t>c_2708345</t>
   </si>
   <si>
     <t>AUDIC</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>18 July 2024</t>
   </si>
   <si>
     <t>Docteur Fouad KARKOUR</t>
   </si>
   <si>
     <t>08/11/2016 11:32:23</t>
@@ -386,51 +416,51 @@
   <si>
     <t>Fouad</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Azeddine SFAIRI</t>
   </si>
   <si>
     <t>08/11/2016 11:33:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711165/fr/docteur-azeddine-sfairi</t>
   </si>
   <si>
     <t>c_2711165</t>
   </si>
   <si>
     <t>SFAIRI</t>
   </si>
   <si>
     <t>Azeddine</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>11 September 2025</t>
   </si>
   <si>
     <t>Docteur Djamel GHOMRI</t>
   </si>
   <si>
     <t>08/11/2016 11:34:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712260/fr/docteur-djamel-ghomri</t>
   </si>
   <si>
     <t>c_2712260</t>
   </si>
   <si>
     <t>GHOMRI</t>
   </si>
   <si>
     <t>Djamel</t>
   </si>
   <si>
     <t>Docteur Paul PRUNEL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:52</t>
   </si>
@@ -452,71 +482,104 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>RESIDENCE LES CHARMES</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15423_FicheESSMS/fr/residence-les-charmes</t>
+  </si>
+  <si>
+    <t>15423_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Liberation</t>
+  </si>
+  <si>
+    <t>53600 EVRON</t>
+  </si>
+  <si>
+    <t>EVRON</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>530030170</t>
+  </si>
+  <si>
     <t>SERVICE INVESTIGATIONS EDUCATIVES</t>
   </si>
   <si>
     <t>01/12/2025 05:04:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15006_FicheESSMS/fr/service-investigations-educatives</t>
   </si>
   <si>
     <t>15006_FicheESSMS</t>
   </si>
   <si>
     <t>63 Rue De Beauregard</t>
   </si>
   <si>
     <t>53000 LAVAL</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Service d'Investigation Educative</t>
   </si>
   <si>
     <t>530029370</t>
   </si>
   <si>
     <t>CER ROGER HYVARD</t>
   </si>
   <si>
     <t>01/12/2025 05:04:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15015_FicheESSMS/fr/cer-roger-hyvard</t>
   </si>
   <si>
     <t>15015_FicheESSMS</t>
   </si>
   <si>
     <t>53210 SOULGE SUR OUETTE</t>
@@ -530,59 +593,50 @@
   <si>
     <t>530009604</t>
   </si>
   <si>
     <t>RESIDENCE DU PAYS BLEU</t>
   </si>
   <si>
     <t>23/11/2025 16:21:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14826_FicheESSMS/fr/residence-du-pays-bleu</t>
   </si>
   <si>
     <t>14826_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Daudier</t>
   </si>
   <si>
     <t>53800 RENAZE</t>
   </si>
   <si>
     <t>RENAZE</t>
   </si>
   <si>
-    <t>Public</t>
-[...7 lines deleted...]
-  <si>
     <t>530003441</t>
   </si>
   <si>
     <t>EHPAD DE PONTMAIN</t>
   </si>
   <si>
     <t>25/09/2025 16:18:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13657_FicheESSMS/fr/ehpad-de-pontmain</t>
   </si>
   <si>
     <t>13657_FicheESSMS</t>
   </si>
   <si>
     <t>8 Rue De La Grange</t>
   </si>
   <si>
     <t>53220 PONTMAIN</t>
   </si>
   <si>
     <t>PONTMAIN</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
@@ -1097,57 +1151,57 @@
   <si>
     <t>530002336</t>
   </si>
   <si>
     <t>CAARUD AIDES 53</t>
   </si>
   <si>
     <t>10/09/2025 12:19:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3823_FicheESSMS/fr/caarud-aides-53</t>
   </si>
   <si>
     <t>3823_FicheESSMS</t>
   </si>
   <si>
     <t>42 Rue Noemie Hamard</t>
   </si>
   <si>
     <t>Ctre.Accueil/ Accomp.Réduc.Risq.Usag. Drogues (C.A.A.R.U.D.)</t>
   </si>
   <si>
     <t>530007483</t>
   </si>
   <si>
-    <t>EHPAD CIGMA</t>
+    <t>EHPAD CIGMA DE LAVAL</t>
   </si>
   <si>
     <t>10/09/2025 12:20:02</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3954_FicheESSMS/fr/ehpad-cigma</t>
+    <t>https://www.has-sante.fr/jcms/3954_FicheESSMS/fr/ehpad-cigma-de-laval</t>
   </si>
   <si>
     <t>3954_FicheESSMS</t>
   </si>
   <si>
     <t>101 Avenue Des Francais Libres</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>530006709</t>
   </si>
   <si>
     <t>MECS LE HAVRE ROSE DE LIMA</t>
   </si>
   <si>
     <t>10/09/2025 12:20:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4591_FicheESSMS/fr/mecs-le-havre-rose-de-lima</t>
   </si>
   <si>
     <t>4591_FicheESSMS</t>
   </si>
@@ -1409,56 +1463,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/6611_FicheESSMS/fr/caaj-la-belle-ouvrage</t>
   </si>
   <si>
     <t>6611_FicheESSMS</t>
   </si>
   <si>
     <t>530008499</t>
   </si>
   <si>
     <t>MAS LE BEL AUBEPIN</t>
   </si>
   <si>
     <t>10/09/2025 12:23:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6776_FicheESSMS/fr/mas-le-bel-aubepin</t>
   </si>
   <si>
     <t>6776_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue De La Liberation</t>
   </si>
   <si>
-    <t>53600 EVRON</t>
-[...4 lines deleted...]
-  <si>
     <t>530029156</t>
   </si>
   <si>
     <t>EHPAD PERRINE THULARD</t>
   </si>
   <si>
     <t>10/09/2025 12:24:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6864_FicheESSMS/fr/ehpad-perrine-thulard</t>
   </si>
   <si>
     <t>6864_FicheESSMS</t>
   </si>
   <si>
     <t>9 Boulevard Mal Leclerc</t>
   </si>
   <si>
     <t>53602 EVRON</t>
   </si>
   <si>
     <t>530006758</t>
   </si>
   <si>
     <t>EHPAD LE BEL ACCUEIL</t>
@@ -1580,53 +1628,50 @@
   <si>
     <t>8895_FicheESSMS</t>
   </si>
   <si>
     <t>14 Ruelle Du Grand Logis</t>
   </si>
   <si>
     <t>Service d'accompagnement médico-social adultes handicapés</t>
   </si>
   <si>
     <t>530006808</t>
   </si>
   <si>
     <t>EHPAD CH LE BOIS JOLI</t>
   </si>
   <si>
     <t>10/09/2025 12:25:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9382_FicheESSMS/fr/ehpad-ch-le-bois-joli</t>
   </si>
   <si>
     <t>9382_FicheESSMS</t>
   </si>
   <si>
-    <t>4 Rue De La Liberation</t>
-[...1 lines deleted...]
-  <si>
     <t>530031368</t>
   </si>
   <si>
     <t>CSAPA</t>
   </si>
   <si>
     <t>10/09/2025 12:25:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9565_FicheESSMS/fr/csapa</t>
   </si>
   <si>
     <t>9565_FicheESSMS</t>
   </si>
   <si>
     <t>31 Rue Du Mans</t>
   </si>
   <si>
     <t>530007236</t>
   </si>
   <si>
     <t>EHPAD KORIAN LA VILLA DU CHENE D'OR</t>
   </si>
   <si>
     <t>10/09/2025 12:26:00</t>
@@ -1991,77 +2036,74 @@
   <si>
     <t>0243093333</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>530000017</t>
   </si>
   <si>
     <t>HOPITAL LOCAL EVRON</t>
   </si>
   <si>
     <t>21/01/2025 10:17:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1681_FicheEtablissement/fr/hopital-local-evron</t>
   </si>
   <si>
     <t>1681_FicheEtablissement</t>
   </si>
   <si>
     <t>0243666666</t>
   </si>
   <si>
-    <t>Médecine</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>530000165</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ERNEE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1680_FicheEtablissement/fr/ch-ernee</t>
   </si>
   <si>
     <t>1680_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Avenue De Paris</t>
   </si>
   <si>
     <t>0243083131</t>
   </si>
   <si>
-    <t>Médecine, Soins médicaux et de réadaptation</t>
-[...1 lines deleted...]
-  <si>
     <t>530000140</t>
   </si>
   <si>
     <t>HOPITAL S.O. MAYENNAIS :SITE DE CRAON</t>
   </si>
   <si>
     <t>21/01/2025 10:17:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1679_FicheEtablissement/fr/hopital-s-o-mayennais-site-de-craon</t>
   </si>
   <si>
     <t>1679_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Route De Nantes</t>
   </si>
   <si>
     <t>53400 CRAON</t>
   </si>
   <si>
     <t>CRAON</t>
   </si>
   <si>
     <t>0243093232</t>
@@ -2072,51 +2114,51 @@
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>21/01/2025 10:16:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1684_FicheEtablissement/fr/centre-hospitalier-de-laval</t>
   </si>
   <si>
     <t>1684_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>33 Rue Du Haut Rocher</t>
   </si>
   <si>
     <t>53015 LAVAL</t>
   </si>
   <si>
     <t>0243665000</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>HOPITAL S.O. MAYENNAIS :SITE DE RENAZE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1683_FicheEtablissement/fr/hopital-s-o-mayennais-site-de-renaze</t>
   </si>
   <si>
     <t>1683_FicheEtablissement</t>
   </si>
   <si>
     <t>28 Rue Daudier</t>
   </si>
   <si>
     <t>0243092700</t>
   </si>
   <si>
     <t>530000181</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER NORD MAYENNE</t>
   </si>
   <si>
     <t>21/01/2025 10:17:40</t>
   </si>
@@ -2129,51 +2171,51 @@
   <si>
     <t>229 Boulevard Paul Lintier</t>
   </si>
   <si>
     <t>0243087300</t>
   </si>
   <si>
     <t>530000173</t>
   </si>
   <si>
     <t>21/01/2025 10:17:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1689_FicheEtablissement/fr/polyclinique-du-maine</t>
   </si>
   <si>
     <t>1689_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Avenue Des Francais Libres</t>
   </si>
   <si>
     <t>0243663600</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE JARDIN D'ARCADIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1687_FicheEtablissement/fr/usld-jardin-d-arcadie</t>
   </si>
   <si>
     <t>1687_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>530031384</t>
   </si>
   <si>
     <t>HOPITAL LOCAL VILLAINES LA JUHEL</t>
   </si>
   <si>
     <t>21/01/2025 10:17:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1685_FicheEtablissement/fr/hopital-local-villaines-la-juhel</t>
   </si>
@@ -2345,51 +2387,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:R17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2504,5772 +2546,5934 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="P3" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="Q3" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="R3" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q4" t="s">
         <v>47</v>
       </c>
-      <c r="L4" t="s">
+      <c r="R4" t="s">
         <v>48</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>50</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>51</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
         <v>54</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5" t="s">
         <v>29</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>57</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
         <v>61</v>
       </c>
-      <c r="L6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O6" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="P6" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R6" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>64</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>68</v>
       </c>
-      <c r="L7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="Q7" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="R7" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H8" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="L8" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>46</v>
       </c>
       <c r="Q8" t="s">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="R8" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="H9" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="Q9" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="R9" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="O10" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="Q10" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="R10" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="H11" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="L11" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R11" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>108</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>109</v>
+      </c>
+      <c r="H12" t="s">
         <v>110</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="L12" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>116</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="H13" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="L13" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="O13" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="P13" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="Q13" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R13" t="s">
-        <v>95</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="H14" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="L14" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="Q14" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="R14" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>129</v>
+      </c>
+      <c r="H15" t="s">
         <v>130</v>
-      </c>
-[...16 lines deleted...]
-        <v>133</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
+        <v>131</v>
+      </c>
+      <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
+        <v>133</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>47</v>
+      </c>
+      <c r="R15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
         <v>134</v>
       </c>
-      <c r="L15" t="s">
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>135</v>
       </c>
-      <c r="M15" t="s">
-[...15 lines deleted...]
-        <v>31</v>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>136</v>
+      </c>
+      <c r="H16" t="s">
+        <v>137</v>
+      </c>
+      <c r="I16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
+        <v>138</v>
+      </c>
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>61</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>47</v>
+      </c>
+      <c r="R16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>142</v>
+      </c>
+      <c r="H17" t="s">
+        <v>143</v>
+      </c>
+      <c r="I17" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" t="s">
+        <v>144</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
+        <v>75</v>
+      </c>
+      <c r="O17" t="s">
+        <v>45</v>
+      </c>
+      <c r="P17" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>47</v>
+      </c>
+      <c r="R17" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P73"/>
+  <dimension ref="A1:P74"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="J1" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="K1" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="L1" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="M1" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="N1" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="O1" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="P1" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B2" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="H2" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="I2" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="J2" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>161</v>
       </c>
       <c r="L2" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M2" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="N2" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="O2" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="P2" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B3" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="H3" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="I3" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="K3" t="s">
-        <v>161</v>
+        <v>47</v>
       </c>
       <c r="L3" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M3" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N3" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O3" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="P3" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B4" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="H4" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I4" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="J4" t="s">
-        <v>169</v>
+        <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="L4" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N4" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="O4" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="P4" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B5" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="H5" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="I5" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="J5" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="K5" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="L5" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M5" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="N5" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O5" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="P5" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B6" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="H6" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="I6" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="J6" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="K6" t="s">
-        <v>30</v>
+        <v>199</v>
       </c>
       <c r="L6" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M6" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N6" t="s">
-        <v>190</v>
+        <v>164</v>
       </c>
       <c r="O6" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="P6" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B7" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="H7" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="I7" t="s">
-        <v>188</v>
+        <v>206</v>
       </c>
       <c r="J7" t="s">
-        <v>189</v>
+        <v>207</v>
       </c>
       <c r="K7" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L7" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M7" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N7" t="s">
-        <v>153</v>
+        <v>208</v>
       </c>
       <c r="O7" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="P7" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B8" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="H8" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="I8" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="J8" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="K8" t="s">
-        <v>204</v>
+        <v>47</v>
       </c>
       <c r="L8" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M8" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N8" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="O8" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="P8" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B9" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="H9" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="I9" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="J9" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="K9" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="L9" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M9" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N9" t="s">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="O9" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="P9" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B10" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="H10" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="I10" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="J10" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="K10" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="L10" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M10" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N10" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O10" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="P10" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B11" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="H11" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="I11" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="J11" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="K11" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="L11" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M11" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N11" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O11" t="s">
-        <v>227</v>
+        <v>240</v>
       </c>
       <c r="P11" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B12" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
+        <v>243</v>
+      </c>
+      <c r="H12" t="s">
+        <v>244</v>
+      </c>
+      <c r="I12" t="s">
+        <v>238</v>
+      </c>
+      <c r="J12" t="s">
+        <v>239</v>
+      </c>
+      <c r="K12" t="s">
         <v>230</v>
       </c>
-      <c r="H12" t="s">
+      <c r="L12" t="s">
+        <v>162</v>
+      </c>
+      <c r="M12" t="s">
+        <v>163</v>
+      </c>
+      <c r="N12" t="s">
         <v>231</v>
       </c>
-      <c r="I12" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="P12" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B13" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>235</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="H13" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
       <c r="I13" t="s">
         <v>238</v>
       </c>
       <c r="J13" t="s">
-        <v>20</v>
+        <v>239</v>
       </c>
       <c r="K13" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="L13" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M13" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="N13" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="O13" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="P13" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B14" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="H14" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="I14" t="s">
-        <v>150</v>
+        <v>256</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>30</v>
+        <v>257</v>
       </c>
       <c r="L14" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M14" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N14" t="s">
-        <v>153</v>
+        <v>258</v>
       </c>
       <c r="O14" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="P14" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B15" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="H15" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
       <c r="I15" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L15" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M15" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N15" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O15" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="P15" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B16" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="H16" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="I16" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L16" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M16" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N16" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O16" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="P16" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B17" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="H17" t="s">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="I17" t="s">
-        <v>261</v>
+        <v>172</v>
       </c>
       <c r="J17" t="s">
-        <v>262</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>263</v>
+        <v>47</v>
       </c>
       <c r="L17" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M17" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N17" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O17" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="P17" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B18" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="H18" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="I18" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>280</v>
       </c>
       <c r="K18" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="L18" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M18" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N18" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O18" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="P18" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B19" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="H19" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="I19" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="J19" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>30</v>
+        <v>288</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M19" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N19" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O19" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="P19" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="H20" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
       <c r="I20" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="J20" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K20" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L20" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M20" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N20" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O20" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="P20" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
+        <v>295</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>262</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>296</v>
+      </c>
+      <c r="H21" t="s">
+        <v>297</v>
+      </c>
+      <c r="I21" t="s">
+        <v>298</v>
+      </c>
+      <c r="J21" t="s">
+        <v>172</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>173</v>
+      </c>
+      <c r="N21" t="s">
+        <v>174</v>
+      </c>
+      <c r="O21" t="s">
         <v>282</v>
       </c>
-      <c r="C21" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P21" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>287</v>
+        <v>262</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="H22" t="s">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="I22" t="s">
-        <v>290</v>
+        <v>172</v>
       </c>
       <c r="J22" t="s">
-        <v>291</v>
+        <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>292</v>
+        <v>47</v>
       </c>
       <c r="L22" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M22" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N22" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="O22" t="s">
-        <v>182</v>
+        <v>282</v>
       </c>
       <c r="P22" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>287</v>
+        <v>305</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="H23" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="I23" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="J23" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="K23" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N23" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O23" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P23" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="H24" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="I24" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="J24" t="s">
-        <v>180</v>
+        <v>309</v>
       </c>
       <c r="K24" t="s">
-        <v>181</v>
+        <v>310</v>
       </c>
       <c r="L24" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M24" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="N24" t="s">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="O24" t="s">
-        <v>232</v>
+        <v>200</v>
       </c>
       <c r="P24" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B25" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
       <c r="H25" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="I25" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="J25" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="K25" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="L25" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M25" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N25" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O25" t="s">
-        <v>309</v>
+        <v>250</v>
       </c>
       <c r="P25" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="H26" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="I26" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="J26" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="K26" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="L26" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M26" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N26" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O26" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="P26" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B27" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="H27" t="s">
-        <v>318</v>
+        <v>331</v>
       </c>
       <c r="I27" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="J27" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="K27" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="L27" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M27" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N27" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O27" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="P27" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B28" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
+        <v>324</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>335</v>
+      </c>
+      <c r="H28" t="s">
+        <v>336</v>
+      </c>
+      <c r="I28" t="s">
         <v>321</v>
       </c>
-      <c r="F28" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="K28" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="L28" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M28" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N28" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O28" t="s">
-        <v>214</v>
+        <v>327</v>
       </c>
       <c r="P28" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B29" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>326</v>
+        <v>339</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="H29" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I29" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="J29" t="s">
-        <v>330</v>
+        <v>198</v>
       </c>
       <c r="K29" t="s">
-        <v>30</v>
+        <v>199</v>
       </c>
       <c r="L29" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M29" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N29" t="s">
-        <v>172</v>
+        <v>231</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>232</v>
       </c>
       <c r="P29" t="s">
-        <v>331</v>
+        <v>342</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B30" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>326</v>
+        <v>344</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="H30" t="s">
-        <v>333</v>
+        <v>346</v>
       </c>
       <c r="I30" t="s">
-        <v>334</v>
+        <v>347</v>
       </c>
       <c r="J30" t="s">
-        <v>20</v>
+        <v>348</v>
       </c>
       <c r="K30" t="s">
-        <v>335</v>
+        <v>47</v>
       </c>
       <c r="L30" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M30" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N30" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O30" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P30" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B31" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="H31" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="I31" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="J31" t="s">
-        <v>342</v>
+        <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="L31" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N31" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O31" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P31" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B32" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="H32" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="I32" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="J32" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="K32" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="L32" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M32" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N32" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O32" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B33" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="H33" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="I33" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="J33" t="s">
-        <v>150</v>
+        <v>368</v>
       </c>
       <c r="K33" t="s">
-        <v>30</v>
+        <v>369</v>
       </c>
       <c r="L33" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M33" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="N33" t="s">
-        <v>240</v>
+        <v>164</v>
       </c>
       <c r="O33" t="s">
-        <v>358</v>
+        <v>200</v>
       </c>
       <c r="P33" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B34" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="H34" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="I34" t="s">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="J34" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K34" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L34" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M34" t="s">
-        <v>365</v>
+        <v>173</v>
       </c>
       <c r="N34" t="s">
-        <v>172</v>
+        <v>258</v>
       </c>
       <c r="O34" t="s">
-        <v>182</v>
+        <v>376</v>
       </c>
       <c r="P34" t="s">
-        <v>366</v>
+        <v>377</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B35" t="s">
-        <v>367</v>
+        <v>378</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
       <c r="H35" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="I35" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="J35" t="s">
-        <v>372</v>
+        <v>172</v>
       </c>
       <c r="K35" t="s">
-        <v>373</v>
+        <v>47</v>
       </c>
       <c r="L35" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M35" t="s">
-        <v>152</v>
+        <v>383</v>
       </c>
       <c r="N35" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="O35" t="s">
-        <v>264</v>
+        <v>200</v>
       </c>
       <c r="P35" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B36" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="H36" t="s">
-        <v>377</v>
+        <v>388</v>
       </c>
       <c r="I36" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
       <c r="J36" t="s">
-        <v>372</v>
+        <v>390</v>
       </c>
       <c r="K36" t="s">
-        <v>373</v>
+        <v>391</v>
       </c>
       <c r="L36" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M36" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N36" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O36" t="s">
-        <v>247</v>
+        <v>282</v>
       </c>
       <c r="P36" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B37" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="H37" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="I37" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="J37" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="K37" t="s">
-        <v>212</v>
+        <v>391</v>
       </c>
       <c r="L37" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M37" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N37" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="O37" t="s">
-        <v>182</v>
+        <v>265</v>
       </c>
       <c r="P37" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>381</v>
+        <v>399</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="H38" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
       <c r="I38" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="J38" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="K38" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="L38" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M38" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N38" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O38" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P38" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>381</v>
+        <v>399</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="H39" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="I39" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="J39" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="K39" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="L39" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M39" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N39" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O39" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P39" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="H40" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>413</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>403</v>
       </c>
       <c r="K40" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="L40" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M40" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N40" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O40" t="s">
-        <v>173</v>
+        <v>200</v>
       </c>
       <c r="P40" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B41" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="H41" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="I41" t="s">
-        <v>406</v>
+        <v>229</v>
       </c>
       <c r="J41" t="s">
         <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>407</v>
+        <v>230</v>
       </c>
       <c r="L41" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M41" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="N41" t="s">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="O41" t="s">
-        <v>232</v>
+        <v>165</v>
       </c>
       <c r="P41" t="s">
-        <v>408</v>
+        <v>419</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B42" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="H42" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="I42" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="J42" t="s">
         <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
       <c r="L42" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M42" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N42" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O42" t="s">
-        <v>309</v>
+        <v>250</v>
       </c>
       <c r="P42" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B43" t="s">
-        <v>413</v>
+        <v>427</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="H43" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="I43" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="J43" t="s">
         <v>20</v>
       </c>
       <c r="K43" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
       <c r="L43" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M43" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N43" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O43" t="s">
-        <v>214</v>
+        <v>327</v>
       </c>
       <c r="P43" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B44" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="H44" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="I44" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="J44" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K44" t="s">
-        <v>30</v>
+        <v>425</v>
       </c>
       <c r="L44" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M44" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N44" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O44" t="s">
-        <v>314</v>
+        <v>232</v>
       </c>
       <c r="P44" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B45" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>419</v>
+        <v>437</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="H45" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="I45" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="J45" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K45" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L45" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M45" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N45" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O45" t="s">
-        <v>314</v>
+        <v>332</v>
       </c>
       <c r="P45" t="s">
-        <v>427</v>
+        <v>441</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B46" t="s">
-        <v>428</v>
+        <v>442</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="H46" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="I46" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="J46" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K46" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L46" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M46" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N46" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O46" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="P46" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B47" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="H47" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="I47" t="s">
-        <v>406</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="K47" t="s">
-        <v>407</v>
+        <v>47</v>
       </c>
       <c r="L47" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M47" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N47" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O47" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="P47" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B48" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>434</v>
+        <v>452</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>439</v>
+        <v>453</v>
       </c>
       <c r="H48" t="s">
-        <v>440</v>
+        <v>454</v>
       </c>
       <c r="I48" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="J48" t="s">
         <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
       <c r="L48" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M48" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N48" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O48" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="P48" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B49" t="s">
-        <v>442</v>
+        <v>456</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="H49" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="I49" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="J49" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>30</v>
+        <v>425</v>
       </c>
       <c r="L49" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M49" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N49" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O49" t="s">
-        <v>232</v>
+        <v>332</v>
       </c>
       <c r="P49" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="H50" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="I50" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="J50" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="K50" t="s">
-        <v>452</v>
+        <v>47</v>
       </c>
       <c r="L50" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M50" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N50" t="s">
-        <v>190</v>
+        <v>231</v>
       </c>
       <c r="O50" t="s">
-        <v>191</v>
+        <v>250</v>
       </c>
       <c r="P50" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B51" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
       <c r="H51" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="I51" t="s">
-        <v>422</v>
+        <v>469</v>
       </c>
       <c r="J51" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>30</v>
+        <v>470</v>
       </c>
       <c r="L51" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M51" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N51" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="O51" t="s">
-        <v>309</v>
+        <v>209</v>
       </c>
       <c r="P51" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B52" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="H52" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="I52" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="J52" t="s">
-        <v>464</v>
+        <v>172</v>
       </c>
       <c r="K52" t="s">
-        <v>465</v>
+        <v>47</v>
       </c>
       <c r="L52" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M52" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N52" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="O52" t="s">
-        <v>227</v>
+        <v>327</v>
       </c>
       <c r="P52" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B53" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="H53" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="I53" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="J53" t="s">
-        <v>472</v>
+        <v>160</v>
       </c>
       <c r="K53" t="s">
-        <v>465</v>
+        <v>161</v>
       </c>
       <c r="L53" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M53" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N53" t="s">
-        <v>172</v>
+        <v>231</v>
       </c>
       <c r="O53" t="s">
-        <v>182</v>
+        <v>245</v>
       </c>
       <c r="P53" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B54" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="H54" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="I54" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="J54" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="K54" t="s">
-        <v>480</v>
+        <v>161</v>
       </c>
       <c r="L54" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M54" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N54" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O54" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P54" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B55" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="H55" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="I55" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="J55" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="K55" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="L55" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M55" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N55" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O55" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P55" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B56" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="H56" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="I56" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="J56" t="s">
-        <v>20</v>
+        <v>502</v>
       </c>
       <c r="K56" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="L56" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M56" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N56" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O56" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P56" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B57" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>490</v>
+        <v>506</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="H57" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="I57" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="J57" t="s">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="K57" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="L57" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M57" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N57" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O57" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P57" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B58" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="H58" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="I58" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="J58" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="K58" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="L58" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M58" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N58" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O58" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P58" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B59" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="H59" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="I59" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="J59" t="s">
-        <v>211</v>
+        <v>524</v>
       </c>
       <c r="K59" t="s">
-        <v>212</v>
+        <v>525</v>
       </c>
       <c r="L59" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M59" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N59" t="s">
-        <v>213</v>
+        <v>164</v>
       </c>
       <c r="O59" t="s">
-        <v>515</v>
+        <v>200</v>
       </c>
       <c r="P59" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B60" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="H60" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="I60" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="J60" t="s">
-        <v>464</v>
+        <v>229</v>
       </c>
       <c r="K60" t="s">
-        <v>465</v>
+        <v>230</v>
       </c>
       <c r="L60" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M60" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N60" t="s">
-        <v>172</v>
+        <v>231</v>
       </c>
       <c r="O60" t="s">
-        <v>182</v>
+        <v>531</v>
       </c>
       <c r="P60" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B61" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="H61" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="I61" t="s">
-        <v>527</v>
+        <v>159</v>
       </c>
       <c r="J61" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="K61" t="s">
-        <v>30</v>
+        <v>161</v>
       </c>
       <c r="L61" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M61" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N61" t="s">
-        <v>240</v>
+        <v>164</v>
       </c>
       <c r="O61" t="s">
-        <v>241</v>
+        <v>200</v>
       </c>
       <c r="P61" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B62" t="s">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="H62" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="I62" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="J62" t="s">
-        <v>534</v>
+        <v>172</v>
       </c>
       <c r="K62" t="s">
-        <v>535</v>
+        <v>47</v>
       </c>
       <c r="L62" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M62" t="s">
-        <v>365</v>
+        <v>163</v>
       </c>
       <c r="N62" t="s">
-        <v>172</v>
+        <v>258</v>
       </c>
       <c r="O62" t="s">
-        <v>182</v>
+        <v>259</v>
       </c>
       <c r="P62" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B63" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="H63" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="I63" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="J63" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="K63" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="L63" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M63" t="s">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c r="N63" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O63" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P63" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B64" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="H64" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="I64" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="J64" t="s">
-        <v>160</v>
+        <v>557</v>
       </c>
       <c r="K64" t="s">
-        <v>161</v>
+        <v>558</v>
       </c>
       <c r="L64" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M64" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N64" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O64" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P64" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B65" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="H65" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
       <c r="I65" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="J65" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="K65" t="s">
-        <v>554</v>
+        <v>182</v>
       </c>
       <c r="L65" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M65" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N65" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O65" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P65" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B66" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="H66" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="I66" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="J66" t="s">
-        <v>561</v>
+        <v>20</v>
       </c>
       <c r="K66" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="L66" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M66" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N66" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O66" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P66" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B67" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="H67" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="I67" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="J67" t="s">
-        <v>150</v>
+        <v>576</v>
       </c>
       <c r="K67" t="s">
-        <v>30</v>
+        <v>577</v>
       </c>
       <c r="L67" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M67" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N67" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O67" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P67" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B68" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>565</v>
+        <v>580</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="H68" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="I68" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="J68" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="K68" t="s">
-        <v>574</v>
+        <v>47</v>
       </c>
       <c r="L68" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M68" t="s">
-        <v>365</v>
+        <v>163</v>
       </c>
       <c r="N68" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O68" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="P68" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B69" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="H69" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="I69" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="J69" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K69" t="s">
-        <v>30</v>
+        <v>589</v>
       </c>
       <c r="L69" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M69" t="s">
-        <v>152</v>
+        <v>383</v>
       </c>
       <c r="N69" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="O69" t="s">
-        <v>264</v>
+        <v>200</v>
       </c>
       <c r="P69" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B70" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="H70" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="I70" t="s">
-        <v>149</v>
+        <v>595</v>
       </c>
       <c r="J70" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K70" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M70" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="N70" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="O70" t="s">
-        <v>247</v>
+        <v>282</v>
       </c>
       <c r="P70" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B71" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="H71" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="I71" t="s">
-        <v>590</v>
+        <v>171</v>
       </c>
       <c r="J71" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K71" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L71" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M71" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N71" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="O71" t="s">
-        <v>182</v>
+        <v>265</v>
       </c>
       <c r="P71" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B72" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="H72" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="I72" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="J72" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="K72" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="L72" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M72" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N72" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O72" t="s">
-        <v>597</v>
+        <v>200</v>
       </c>
       <c r="P72" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B73" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="H73" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="I73" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="J73" t="s">
-        <v>604</v>
+        <v>172</v>
       </c>
       <c r="K73" t="s">
-        <v>605</v>
+        <v>47</v>
       </c>
       <c r="L73" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M73" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="N73" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="O73" t="s">
-        <v>182</v>
+        <v>612</v>
       </c>
       <c r="P73" t="s">
-        <v>606</v>
+        <v>613</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>154</v>
+      </c>
+      <c r="B74" t="s">
+        <v>614</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>615</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>616</v>
+      </c>
+      <c r="H74" t="s">
+        <v>617</v>
+      </c>
+      <c r="I74" t="s">
+        <v>618</v>
+      </c>
+      <c r="J74" t="s">
+        <v>619</v>
+      </c>
+      <c r="K74" t="s">
+        <v>620</v>
+      </c>
+      <c r="L74" t="s">
+        <v>162</v>
+      </c>
+      <c r="M74" t="s">
+        <v>163</v>
+      </c>
+      <c r="N74" t="s">
+        <v>164</v>
+      </c>
+      <c r="O74" t="s">
+        <v>200</v>
+      </c>
+      <c r="P74" t="s">
+        <v>621</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="J1" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="K1" t="s">
-        <v>608</v>
+        <v>623</v>
       </c>
       <c r="L1" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="M1" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="N1" t="s">
-        <v>609</v>
+        <v>624</v>
       </c>
       <c r="O1" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="P1" t="s">
-        <v>611</v>
+        <v>626</v>
       </c>
       <c r="Q1" t="s">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="R1" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="S1" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="T1" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B2" t="s">
-        <v>616</v>
+        <v>631</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>617</v>
+        <v>632</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>618</v>
+        <v>633</v>
       </c>
       <c r="H2" t="s">
-        <v>619</v>
+        <v>634</v>
       </c>
       <c r="I2" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="J2" t="s">
-        <v>621</v>
+        <v>636</v>
       </c>
       <c r="K2" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="L2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M2" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N2" t="s">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q2" t="s">
-        <v>623</v>
+        <v>638</v>
       </c>
       <c r="R2" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S2" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="T2" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B3" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="H3" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="I3" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="L3" t="s">
-        <v>632</v>
+        <v>647</v>
       </c>
       <c r="M3" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N3" t="s">
-        <v>633</v>
+        <v>648</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="Q3" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="R3" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="S3" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
       <c r="T3" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B4" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
+        <v>653</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>654</v>
+      </c>
+      <c r="H4" t="s">
+        <v>655</v>
+      </c>
+      <c r="I4" t="s">
+        <v>645</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>390</v>
+      </c>
+      <c r="L4" t="s">
+        <v>391</v>
+      </c>
+      <c r="M4" t="s">
+        <v>162</v>
+      </c>
+      <c r="N4" t="s">
+        <v>656</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>649</v>
+      </c>
+      <c r="Q4" t="s">
         <v>638</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="R4" t="s">
+        <v>649</v>
+      </c>
+      <c r="S4" t="s">
+        <v>657</v>
+      </c>
+      <c r="T4" t="s">
         <v>640</v>
-      </c>
-[...34 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B5" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
+        <v>660</v>
+      </c>
+      <c r="H5" t="s">
+        <v>661</v>
+      </c>
+      <c r="I5" t="s">
         <v>645</v>
       </c>
-      <c r="H5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="K5" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="L5" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="M5" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N5" t="s">
-        <v>650</v>
+        <v>665</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q5" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
       <c r="R5" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S5" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="T5" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B6" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="H6" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="I6" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J6" t="s">
-        <v>521</v>
+        <v>159</v>
       </c>
       <c r="K6" t="s">
-        <v>464</v>
+        <v>160</v>
       </c>
       <c r="L6" t="s">
-        <v>465</v>
+        <v>161</v>
       </c>
       <c r="M6" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N6" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q6" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="R6" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S6" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="T6" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B7" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="H7" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="I7" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J7" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="K7" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="L7" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="M7" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N7" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q7" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="R7" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S7" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="T7" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B8" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="H8" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="I8" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J8" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="K8" t="s">
+        <v>687</v>
+      </c>
+      <c r="L8" t="s">
+        <v>688</v>
+      </c>
+      <c r="M8" t="s">
+        <v>162</v>
+      </c>
+      <c r="N8" t="s">
+        <v>689</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q8" t="s">
         <v>673</v>
       </c>
-      <c r="L8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R8" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S8" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="T8" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B9" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="H9" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
       <c r="I9" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="J9" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="K9" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="L9" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M9" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N9" t="s">
-        <v>684</v>
+        <v>698</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q9" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="R9" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S9" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="T9" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B10" t="s">
-        <v>686</v>
+        <v>700</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>687</v>
+        <v>701</v>
       </c>
       <c r="H10" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="I10" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J10" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
       <c r="K10" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="L10" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="M10" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N10" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q10" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="R10" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S10" t="s">
+        <v>705</v>
+      </c>
+      <c r="T10" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B11" t="s">
-        <v>692</v>
+        <v>706</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="H11" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="I11" t="s">
-        <v>681</v>
+        <v>645</v>
       </c>
       <c r="J11" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="K11" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="L11" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="M11" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N11" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q11" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
       <c r="R11" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S11" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="T11" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="H12" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="I12" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J12" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="K12" t="s">
-        <v>189</v>
+        <v>207</v>
       </c>
       <c r="L12" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M12" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N12" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="Q12" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="R12" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="S12" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="T12" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B13" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="H13" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="I13" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J13" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="K13" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="L13" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="M13" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N13" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="Q13" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="R13" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S13" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="T13" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B14" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="H14" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="I14" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J14" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="K14" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="L14" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="M14" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N14" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q14" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="R14" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S14" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="T14" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B15" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="H15" t="s">
-        <v>719</v>
+        <v>733</v>
       </c>
       <c r="I15" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="J15" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="K15" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="L15" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M15" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N15" t="s">
-        <v>684</v>
+        <v>698</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="Q15" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="R15" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S15" t="s">
-        <v>720</v>
+        <v>734</v>
       </c>
       <c r="T15" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B16" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
+        <v>736</v>
+      </c>
+      <c r="H16" t="s">
+        <v>737</v>
+      </c>
+      <c r="I16" t="s">
+        <v>645</v>
+      </c>
+      <c r="J16" t="s">
+        <v>308</v>
+      </c>
+      <c r="K16" t="s">
+        <v>309</v>
+      </c>
+      <c r="L16" t="s">
+        <v>310</v>
+      </c>
+      <c r="M16" t="s">
+        <v>162</v>
+      </c>
+      <c r="N16" t="s">
+        <v>738</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q16" t="s">
         <v>722</v>
       </c>
-      <c r="H16" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R16" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S16" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="T16" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B17" t="s">
-        <v>726</v>
+        <v>740</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="H17" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
       <c r="I17" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="L17" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
       <c r="M17" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N17" t="s">
-        <v>729</v>
+        <v>743</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="Q17" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="R17" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S17" t="s">
-        <v>730</v>
+        <v>744</v>
       </c>
       <c r="T17" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B18" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>733</v>
+        <v>747</v>
       </c>
       <c r="H18" t="s">
-        <v>734</v>
+        <v>748</v>
       </c>
       <c r="I18" t="s">
-        <v>620</v>
+        <v>645</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="L18" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="M18" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N18" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="Q18" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="R18" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="S18" t="s">
-        <v>737</v>
+        <v>751</v>
       </c>
       <c r="T18" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B19" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>739</v>
+        <v>753</v>
       </c>
       <c r="H19" t="s">
-        <v>740</v>
+        <v>754</v>
       </c>
       <c r="I19" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="J19" t="s">
-        <v>741</v>
+        <v>755</v>
       </c>
       <c r="K19" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="L19" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N19" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="Q19" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="R19" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="S19" t="s">
-        <v>742</v>
+        <v>756</v>
       </c>
       <c r="T19" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B20" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>744</v>
+        <v>758</v>
       </c>
       <c r="H20" t="s">
-        <v>745</v>
+        <v>759</v>
       </c>
       <c r="I20" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="J20" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="K20" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="L20" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N20" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="Q20" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="R20" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="S20" t="s">
-        <v>747</v>
+        <v>761</v>
       </c>
       <c r="T20" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B21" t="s">
-        <v>748</v>
+        <v>762</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
+        <v>764</v>
+      </c>
+      <c r="H21" t="s">
+        <v>765</v>
+      </c>
+      <c r="I21" t="s">
+        <v>635</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>309</v>
+      </c>
+      <c r="L21" t="s">
+        <v>310</v>
+      </c>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>20</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>649</v>
+      </c>
+      <c r="Q21" t="s">
         <v>750</v>
       </c>
-      <c r="H21" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R21" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="S21" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="T21" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="B22" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="H22" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="I22" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="J22" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="K22" t="s">
-        <v>189</v>
+        <v>207</v>
       </c>
       <c r="L22" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="M22" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="N22" t="s">
         <v>20</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="Q22" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="R22" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="S22" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="T22" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>