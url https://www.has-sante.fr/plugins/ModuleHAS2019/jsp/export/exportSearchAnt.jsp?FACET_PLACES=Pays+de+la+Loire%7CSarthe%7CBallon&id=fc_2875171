--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -99,101 +99,128 @@
     <t>13509_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Albert Goltron</t>
   </si>
   <si>
     <t>72290 BALLON ST MARS</t>
   </si>
   <si>
     <t>BALLON ST MARS</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>720020296</t>
+  </si>
+  <si>
+    <t>EHPAD MAINE COEUR DE SARTHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4828_FicheESSMS/fr/ehpad-maine-coeur-de-sarthe</t>
+  </si>
+  <si>
+    <t>4828_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue De Moulins</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>720002047</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -255,43 +282,93 @@
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>