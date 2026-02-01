--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -62,60 +62,60 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
-    <t>DITEP UGECAM</t>
+    <t>DITEP UGECAM ANTENNE LES HERBIERS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>25/11/2025 16:18:08</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/14873_FicheESSMS/fr/ditep-ugecam</t>
+    <t>https://www.has-sante.fr/jcms/14873_FicheESSMS/fr/ditep-ugecam-antenne-les-herbiers</t>
   </si>
   <si>
     <t>14873_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue De La Bienfaisance</t>
   </si>
   <si>
     <t>85500 LES HERBIERS</t>
   </si>
   <si>
     <t>LES HERBIERS</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
   </si>
@@ -251,57 +251,57 @@
   <si>
     <t>10/09/2025 12:24:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7065_FicheESSMS/fr/residence-les-lavandieres-marpa</t>
   </si>
   <si>
     <t>7065_FicheESSMS</t>
   </si>
   <si>
     <t>64 Rue De L Eglise</t>
   </si>
   <si>
     <t>85500 ST PAUL EN PAREDS</t>
   </si>
   <si>
     <t>ST PAUL EN PAREDS</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>850024092</t>
   </si>
   <si>
-    <t>ESAT ZI DE LA GUERCHE</t>
+    <t>ESAT AA85 ANTENNE LES HERBIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:47</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7403_FicheESSMS/fr/esat-zi-de-la-guerche</t>
+    <t>https://www.has-sante.fr/jcms/7403_FicheESSMS/fr/esat-aa85-antenne-les-herbiers</t>
   </si>
   <si>
     <t>7403_FicheESSMS</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>850003666</t>
   </si>
   <si>
     <t>SSIAD ADAMAD NORD EST VENDEE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9196_FicheESSMS/fr/ssiad-adamad-nord-est-vendee</t>
   </si>
   <si>
     <t>9196_FicheESSMS</t>
   </si>
   <si>
     <t>45 Rue De Clisson</t>
   </si>