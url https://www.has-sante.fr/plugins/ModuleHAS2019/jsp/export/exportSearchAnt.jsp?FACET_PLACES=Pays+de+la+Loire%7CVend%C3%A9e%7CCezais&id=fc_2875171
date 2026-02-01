--- v1 (2025-12-14)
+++ v2 (2026-02-01)
@@ -101,57 +101,57 @@
   <si>
     <t>6 Rue Du Petit Logis</t>
   </si>
   <si>
     <t>85410 LA CAILLERE ST HILAIRE</t>
   </si>
   <si>
     <t>LA CAILLERE ST HILAIRE</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>850019829</t>
   </si>
   <si>
-    <t>ESAT LA LARGERE</t>
+    <t>ESAT AA85</t>
   </si>
   <si>
     <t>10/09/2025 12:22:36</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5825_FicheESSMS/fr/esat-la-largere</t>
+    <t>https://www.has-sante.fr/jcms/5825_FicheESSMS/fr/esat-aa85</t>
   </si>
   <si>
     <t>5825_FicheESSMS</t>
   </si>
   <si>
     <t>85410 THOUARSAIS BOUILDROUX</t>
   </si>
   <si>
     <t>THOUARSAIS BOUILDROUX</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>850014309</t>
   </si>
 </sst>
 </file>
 