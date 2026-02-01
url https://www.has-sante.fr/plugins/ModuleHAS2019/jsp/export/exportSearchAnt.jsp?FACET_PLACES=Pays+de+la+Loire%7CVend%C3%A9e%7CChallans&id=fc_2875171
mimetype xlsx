--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -206,57 +206,57 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1340_FicheESSMS/fr/sessad-galilee</t>
   </si>
   <si>
     <t>1340_FicheESSMS</t>
   </si>
   <si>
     <t>16 Rue Gallieni</t>
   </si>
   <si>
     <t>85300 CHALLANS</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>850020421</t>
   </si>
   <si>
-    <t>ESAT ADAPEI ARIA</t>
+    <t>ESAT AA85 ANTENNE CHALLANS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:13</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/6284_FicheESSMS/fr/esat-adapei-aria</t>
+    <t>https://www.has-sante.fr/jcms/6284_FicheESSMS/fr/esat-aa85-antenne-challans</t>
   </si>
   <si>
     <t>6284_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue De Villeneuve</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>850011990</t>
   </si>
   <si>
     <t>SAMSAH EPSMS DU PAYS DE CHALLANS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7393_FicheESSMS/fr/samsah-epsms-du-pays-de-challans</t>
   </si>