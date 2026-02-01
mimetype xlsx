--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -146,57 +146,57 @@
   <si>
     <t>19 Rue De Chateaubriant</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>850017666</t>
   </si>
   <si>
     <t>SAMSAH ORGHANDI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13603_FicheESSMS/fr/samsah-orghandi</t>
   </si>
   <si>
     <t>13603_FicheESSMS</t>
   </si>
   <si>
     <t>Service d'accompagnement médico-social adultes handicapés</t>
   </si>
   <si>
     <t>850017336</t>
   </si>
   <si>
-    <t>ESAT PARC POLARIS NORD</t>
+    <t>ESAT AA85 ANTENNE CHANTONNAY</t>
   </si>
   <si>
     <t>10/09/2025 12:22:36</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5824_FicheESSMS/fr/esat-parc-polaris-nord</t>
+    <t>https://www.has-sante.fr/jcms/5824_FicheESSMS/fr/esat-aa85-antenne-chantonnay</t>
   </si>
   <si>
     <t>5824_FicheESSMS</t>
   </si>
   <si>
     <t>85110 CHANTONNAY</t>
   </si>
   <si>
     <t>CHANTONNAY</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>850012006</t>
   </si>
   <si>
     <t>SA ESAT CHANTONNAY</t>
   </si>
   <si>
     <t>10/09/2025 12:24:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7067_FicheESSMS/fr/sa-esat-chantonnay</t>
   </si>