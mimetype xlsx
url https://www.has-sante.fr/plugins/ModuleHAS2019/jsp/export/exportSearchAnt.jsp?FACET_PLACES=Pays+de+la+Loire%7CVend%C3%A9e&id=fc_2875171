--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="783" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4208" uniqueCount="1667">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -68,68 +74,101 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur SYLVAIN GARNIER</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794700/fr/docteur-sylvain-garnier</t>
+  </si>
+  <si>
+    <t>p_3794700</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>GARNIER</t>
+  </si>
+  <si>
+    <t>SYLVAIN</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CH LVO - SITE DE  CHALLANS</t>
+  </si>
+  <si>
+    <t>85302</t>
+  </si>
+  <si>
+    <t>CHALLANS</t>
+  </si>
+  <si>
+    <t>850000175</t>
+  </si>
+  <si>
     <t>Docteur Christophe BANKOLÉ</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>17/01/2025 13:30:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578770/fr/docteur-christophe-bankole</t>
   </si>
   <si>
     <t>p_3578770</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BANKOLÉ</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>16 January 2025</t>
   </si>
   <si>
     <t>CLINIQUE CHIRURGICALE PORTE OCEANE</t>
   </si>
   <si>
     <t>85340</t>
   </si>
   <si>
     <t>LES SABLES D OLONNE</t>
   </si>
   <si>
     <t>850000134</t>
   </si>
   <si>
     <t>Docteur AIDA BEYE</t>
   </si>
   <si>
     <t>19/12/2024 15:30:47</t>
@@ -566,60 +605,60 @@
   <si>
     <t>850000142</t>
   </si>
   <si>
     <t>Docteur Gaetan DANGELSER</t>
   </si>
   <si>
     <t>29/04/2019 11:32:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2966341/fr/docteur-gaetan-dangelser</t>
   </si>
   <si>
     <t>c_2966341</t>
   </si>
   <si>
     <t>DANGELSER</t>
   </si>
   <si>
     <t>Gaetan</t>
   </si>
   <si>
     <t>15 December 2022</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT JOSEPH ANGOULEME,CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE,HOPITAL PRIVE PAYS DE SAVOIE,CLINIQUE SAINT CHARLES</t>
-[...8 lines deleted...]
-    <t>160000170,450002613,740014345,850000118</t>
+    <t>CLINIQUE SAINT JOSEPH ANGOULEME,CLINIQUE MUTUALISTE JULES VERNE,CLINIQUE SAINT CHARLES,CHM</t>
+  </si>
+  <si>
+    <t>16021,44314,85016,97600</t>
+  </si>
+  <si>
+    <t>ANGOULEME,NANTES CEDEX 3,LA ROCHE SUR YON,MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>160000170,440029338,850000118,980500011</t>
   </si>
   <si>
     <t>Docteur MIHAELA GRADINARU</t>
   </si>
   <si>
     <t>03/01/2019 11:33:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895875/fr/docteur-mihaela-gradinaru</t>
   </si>
   <si>
     <t>c_2895875</t>
   </si>
   <si>
     <t>GRADINARU</t>
   </si>
   <si>
     <t>MIHAELA</t>
   </si>
   <si>
     <t>Docteur RICHARD LILOKU-BALINGA</t>
   </si>
   <si>
     <t>20/12/2018 11:37:16</t>
   </si>
@@ -1086,101 +1125,3992 @@
     <t>c_2712368</t>
   </si>
   <si>
     <t>VENET</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur Agnès MECHOULAN</t>
   </si>
   <si>
     <t>08/11/2016 11:35:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712691/fr/docteur-agnes-mechoulan</t>
   </si>
   <si>
     <t>c_2712691</t>
   </si>
   <si>
     <t>MECHOULAN</t>
   </si>
   <si>
     <t>Agnès</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>LDVA LE RIQUET</t>
+  </si>
+  <si>
+    <t>18/12/2025 05:07:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15285_FicheESSMS/fr/ldva-le-riquet</t>
+  </si>
+  <si>
+    <t>15285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85580 GRUES</t>
+  </si>
+  <si>
+    <t>GRUES</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>850029497</t>
+  </si>
+  <si>
+    <t>FAM LA GUYONNIERE</t>
+  </si>
+  <si>
+    <t>14/12/2025 05:05:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15183_FicheESSMS/fr/fam-la-guyonniere</t>
+  </si>
+  <si>
+    <t>15183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85600 MONTAIGU VENDEE</t>
+  </si>
+  <si>
+    <t>MONTAIGU VENDEE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>850026618</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA GUYONNIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15182_FicheESSMS/fr/foyer-de-vie-la-guyonniere</t>
+  </si>
+  <si>
+    <t>15182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>850026360</t>
+  </si>
+  <si>
+    <t>EHPAD LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15039_FicheESSMS/fr/ehpad-les-marronniers</t>
+  </si>
+  <si>
+    <t>15039_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Petit Logis</t>
+  </si>
+  <si>
+    <t>85410 LA CAILLERE ST HILAIRE</t>
+  </si>
+  <si>
+    <t>LA CAILLERE ST HILAIRE</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>850019829</t>
+  </si>
+  <si>
+    <t>LDVA ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:11:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15059_FicheESSMS/fr/ldva-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>15059_FicheESSMS</t>
+  </si>
+  <si>
+    <t>120 Chemin Du Mailleau</t>
+  </si>
+  <si>
+    <t>85300 LE PERRIER</t>
+  </si>
+  <si>
+    <t>LE PERRIER</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>850031709</t>
+  </si>
+  <si>
+    <t>DITEP UGECAM</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14873_FicheESSMS/fr/ditep-ugecam</t>
+  </si>
+  <si>
+    <t>14873_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Bienfaisance</t>
+  </si>
+  <si>
+    <t>85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>LES HERBIERS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>850027855</t>
+  </si>
+  <si>
+    <t>DITEP L'ALOUETTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14872_FicheESSMS/fr/ditep-l-alouette</t>
+  </si>
+  <si>
+    <t>14872_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue Jean Etoubleau</t>
+  </si>
+  <si>
+    <t>85000 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>850000332</t>
+  </si>
+  <si>
+    <t>EHPAD LE CHENE VERT</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14843_FicheESSMS/fr/ehpad-le-chene-vert</t>
+  </si>
+  <si>
+    <t>14843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85450 PUYRAVAULT</t>
+  </si>
+  <si>
+    <t>PUYRAVAULT</t>
+  </si>
+  <si>
+    <t>850023102</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE FLEURIE</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:19:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14771_FicheESSMS/fr/ehpad-residence-fleurie</t>
+  </si>
+  <si>
+    <t>14771_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Louise Michel</t>
+  </si>
+  <si>
+    <t>85370 NALLIERS</t>
+  </si>
+  <si>
+    <t>NALLIERS</t>
+  </si>
+  <si>
+    <t>850003831</t>
+  </si>
+  <si>
+    <t>EHPAD HENRI PANETIER</t>
+  </si>
+  <si>
+    <t>21/11/2025 16:20:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14792_FicheESSMS/fr/ehpad-henri-panetier</t>
+  </si>
+  <si>
+    <t>14792_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Jean Yole</t>
+  </si>
+  <si>
+    <t>85430 NIEUL LE DOLENT</t>
+  </si>
+  <si>
+    <t>NIEUL LE DOLENT</t>
+  </si>
+  <si>
+    <t>850003237</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA BENETO</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14442_FicheESSMS/fr/ehpad-villa-beneto</t>
+  </si>
+  <si>
+    <t>14442_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Du Pre Renaudet</t>
+  </si>
+  <si>
+    <t>85490 BENET</t>
+  </si>
+  <si>
+    <t>BENET</t>
+  </si>
+  <si>
+    <t>850003096</t>
+  </si>
+  <si>
+    <t>MAS LES HAUTS DE SEVRE</t>
+  </si>
+  <si>
+    <t>15/10/2025 16:16:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14100_FicheESSMS/fr/mas-les-hauts-de-sevre</t>
+  </si>
+  <si>
+    <t>14100_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Route De Poitiers</t>
+  </si>
+  <si>
+    <t>85290 MORTAGNE SUR SEVRE</t>
+  </si>
+  <si>
+    <t>MORTAGNE SUR SEVRE</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>850017641</t>
+  </si>
+  <si>
+    <t>FOYER LES HAUTS DE SEVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14099_FicheESSMS/fr/foyer-les-hauts-de-sevre</t>
+  </si>
+  <si>
+    <t>14099_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850011560</t>
+  </si>
+  <si>
+    <t>FAM LES HAUTS DE SEVRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14098_FicheESSMS/fr/fam-les-hauts-de-sevre</t>
+  </si>
+  <si>
+    <t>14098_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850022336</t>
+  </si>
+  <si>
+    <t>RESIDENCE CLAIR DE LUNE (MARPA)</t>
+  </si>
+  <si>
+    <t>13/10/2025 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14023_FicheESSMS/fr/residence-clair-de-lune-marpa</t>
+  </si>
+  <si>
+    <t>14023_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85250 VENDRENNES</t>
+  </si>
+  <si>
+    <t>VENDRENNES</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>850011255</t>
+  </si>
+  <si>
+    <t>EHPAD LES PICTONS</t>
+  </si>
+  <si>
+    <t>13/10/2025 16:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14031_FicheESSMS/fr/ehpad-les-pictons</t>
+  </si>
+  <si>
+    <t>14031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Julien Hilaire Petit</t>
+  </si>
+  <si>
+    <t>85450 CHAILLE LES MARAIS</t>
+  </si>
+  <si>
+    <t>CHAILLE LES MARAIS</t>
+  </si>
+  <si>
+    <t>850003104</t>
+  </si>
+  <si>
+    <t>ESAT ANNEXE YON ET BOCAGE</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13658_FicheESSMS/fr/esat-annexe-yon-et-bocage</t>
+  </si>
+  <si>
+    <t>13658_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85280 LA FERRIERE</t>
+  </si>
+  <si>
+    <t>LA FERRIERE</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>850009416</t>
+  </si>
+  <si>
+    <t>ESAT YON ET BOCAGE</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13659_FicheESSMS/fr/esat-yon-et-bocage</t>
+  </si>
+  <si>
+    <t>13659_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85140 ESSARTS EN BOCAGE</t>
+  </si>
+  <si>
+    <t>ESSARTS EN BOCAGE</t>
+  </si>
+  <si>
+    <t>850000407</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE ORGHANDI</t>
+  </si>
+  <si>
+    <t>24/09/2025 16:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13606_FicheESSMS/fr/foyer-de-vie-orghandi</t>
+  </si>
+  <si>
+    <t>13606_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85110 ST GERMAIN DE PRINCAY</t>
+  </si>
+  <si>
+    <t>ST GERMAIN DE PRINCAY</t>
+  </si>
+  <si>
+    <t>850012410</t>
+  </si>
+  <si>
+    <t>EAM ORGHANDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13605_FicheESSMS/fr/eam-orghandi</t>
+  </si>
+  <si>
+    <t>13605_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>850004888</t>
+  </si>
+  <si>
+    <t>SAVS ORGHANDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13604_FicheESSMS/fr/savs-orghandi</t>
+  </si>
+  <si>
+    <t>13604_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De Chateaubriant</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>850017666</t>
+  </si>
+  <si>
+    <t>SAMSAH ORGHANDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13603_FicheESSMS/fr/samsah-orghandi</t>
+  </si>
+  <si>
+    <t>13603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>850017336</t>
+  </si>
+  <si>
+    <t>SAMSAH LE BOCAGE</t>
+  </si>
+  <si>
+    <t>24/09/2025 16:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13634_FicheESSMS/fr/samsah-le-bocage</t>
+  </si>
+  <si>
+    <t>13634_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Dr Arsene Mignen</t>
+  </si>
+  <si>
+    <t>850027285</t>
+  </si>
+  <si>
+    <t>FAM LE BOCAGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13633_FicheESSMS/fr/fam-le-bocage</t>
+  </si>
+  <si>
+    <t>13633_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Rue Du Docteur Arsène Mignen</t>
+  </si>
+  <si>
+    <t>850007519</t>
+  </si>
+  <si>
+    <t>MAS CHS G MAZURELLE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13462_FicheESSMS/fr/mas-chs-g-mazurelle</t>
+  </si>
+  <si>
+    <t>13462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Chemin De La Pairette</t>
+  </si>
+  <si>
+    <t>85026 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>850009168</t>
+  </si>
+  <si>
+    <t>EHPAD DU CHS G. MAZURELLE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13467_FicheESSMS/fr/ehpad-du-chs-g-mazurelle</t>
+  </si>
+  <si>
+    <t>13467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850017658</t>
+  </si>
+  <si>
+    <t>EAM LE BOISTISSANDEAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/37_FicheESSMS/fr/eam-le-boistissandeau</t>
+  </si>
+  <si>
+    <t>37_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850018268</t>
+  </si>
+  <si>
+    <t>MAF LE BOISTISSANDEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/36_FicheESSMS/fr/maf-le-boistissandeau</t>
+  </si>
+  <si>
+    <t>36_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850024951</t>
+  </si>
+  <si>
+    <t>EHPAD ESSARTS EN BOCAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/331_FicheESSMS/fr/ehpad-essarts-en-bocage</t>
+  </si>
+  <si>
+    <t>331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850003575</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/360_FicheESSMS/fr/ehpad-essarts-en-bocage</t>
+  </si>
+  <si>
+    <t>360_FicheESSMS</t>
+  </si>
+  <si>
+    <t>215 Chemin Du Fromenteau</t>
+  </si>
+  <si>
+    <t>85140 ST MARTIN DES NOYERS</t>
+  </si>
+  <si>
+    <t>ST MARTIN DES NOYERS</t>
+  </si>
+  <si>
+    <t>850023037</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LE DONJON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/359_FicheESSMS/fr/residence-autonomie-le-donjon</t>
+  </si>
+  <si>
+    <t>359_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850027350</t>
+  </si>
+  <si>
+    <t>CPH AREAMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/439_FicheESSMS/fr/cph-areams</t>
+  </si>
+  <si>
+    <t>439_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du Commerce</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>850027434</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/737_FicheESSMS/fr/ehpad-sainte-anne</t>
+  </si>
+  <si>
+    <t>737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Boisdet</t>
+  </si>
+  <si>
+    <t>85520 JARD SUR MER</t>
+  </si>
+  <si>
+    <t>JARD SUR MER</t>
+  </si>
+  <si>
+    <t>850003930</t>
+  </si>
+  <si>
+    <t>EHPAD LE LOGIS DES OLONNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1016_FicheESSMS/fr/ehpad-le-logis-des-olonnes</t>
+  </si>
+  <si>
+    <t>1016_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Rue Des Plesses</t>
+  </si>
+  <si>
+    <t>85100 LES SABLES D OLONNE</t>
+  </si>
+  <si>
+    <t>850017294</t>
+  </si>
+  <si>
+    <t>EHPAD YVES COUGNAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1015_FicheESSMS/fr/ehpad-yves-cougnaud</t>
+  </si>
+  <si>
+    <t>1015_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Auguste Gendreau</t>
+  </si>
+  <si>
+    <t>85170 LE POIRE SUR VIE</t>
+  </si>
+  <si>
+    <t>LE POIRE SUR VIE</t>
+  </si>
+  <si>
+    <t>850003252</t>
+  </si>
+  <si>
+    <t>SERVICE DELEGUES AUX PRESTATIONS FAMIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1188_FicheESSMS/fr/service-delegues-aux-prestations-famil</t>
+  </si>
+  <si>
+    <t>1188_FicheESSMS</t>
+  </si>
+  <si>
+    <t>119 Boulevard Des Etats Unis</t>
+  </si>
+  <si>
+    <t>85017 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>850018094</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM UDAF 85</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1187_FicheESSMS/fr/service-mjpm-udaf-85</t>
+  </si>
+  <si>
+    <t>1187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>850018045</t>
+  </si>
+  <si>
+    <t>EHPAD LA SAINTE FAMILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1225_FicheESSMS/fr/ehpad-la-sainte-famille</t>
+  </si>
+  <si>
+    <t>1225_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>85400 STE GEMME LA PLAINE</t>
+  </si>
+  <si>
+    <t>STE GEMME LA PLAINE</t>
+  </si>
+  <si>
+    <t>850003849</t>
+  </si>
+  <si>
+    <t>EHPAD BON ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1289_FicheESSMS/fr/ehpad-bon-accueil</t>
+  </si>
+  <si>
+    <t>1289_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Chapelle</t>
+  </si>
+  <si>
+    <t>85120 LA CHATAIGNERAIE</t>
+  </si>
+  <si>
+    <t>LA CHATAIGNERAIE</t>
+  </si>
+  <si>
+    <t>850003138</t>
+  </si>
+  <si>
+    <t>SESSAD GALILEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1340_FicheESSMS/fr/sessad-galilee</t>
+  </si>
+  <si>
+    <t>1340_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Gallieni</t>
+  </si>
+  <si>
+    <t>85300 CHALLANS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>850020421</t>
+  </si>
+  <si>
+    <t>SCE DELEGUES PRESTATIONS FAMILIALES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1402_FicheESSMS/fr/sce-delegues-prestations-familiales</t>
+  </si>
+  <si>
+    <t>1402_FicheESSMS</t>
+  </si>
+  <si>
+    <t>73 Impasse Jean Mouillade</t>
+  </si>
+  <si>
+    <t>850018037</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM AREAMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1401_FicheESSMS/fr/service-mjpm-areams</t>
+  </si>
+  <si>
+    <t>1401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>785 Route De La Roche Sur Yon</t>
+  </si>
+  <si>
+    <t>85310 RIVES DE L YON</t>
+  </si>
+  <si>
+    <t>RIVES DE L YON</t>
+  </si>
+  <si>
+    <t>850018029</t>
+  </si>
+  <si>
+    <t>EHPAD BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1584_FicheESSMS/fr/ehpad-beausejour</t>
+  </si>
+  <si>
+    <t>1584_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Beausejour</t>
+  </si>
+  <si>
+    <t>85540 LE CHAMP ST PERE</t>
+  </si>
+  <si>
+    <t>LE CHAMP ST PERE</t>
+  </si>
+  <si>
+    <t>850003112</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1641_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>1641_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Fontaine</t>
+  </si>
+  <si>
+    <t>85770 VIX</t>
+  </si>
+  <si>
+    <t>VIX</t>
+  </si>
+  <si>
+    <t>850003872</t>
+  </si>
+  <si>
+    <t>LDVA L'ETOILE FILANTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2311_FicheESSMS/fr/ldva-l-etoile-filante</t>
+  </si>
+  <si>
+    <t>2311_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Bocage</t>
+  </si>
+  <si>
+    <t>85150 ST JULIEN DES LANDES</t>
+  </si>
+  <si>
+    <t>ST JULIEN DES LANDES</t>
+  </si>
+  <si>
+    <t>850031683</t>
+  </si>
+  <si>
+    <t>EHPAD BETHANIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2586_FicheESSMS/fr/ehpad-bethanie</t>
+  </si>
+  <si>
+    <t>2586_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Marthe Regnauld</t>
+  </si>
+  <si>
+    <t>85150 LES ACHARDS</t>
+  </si>
+  <si>
+    <t>LES ACHARDS</t>
+  </si>
+  <si>
+    <t>850003211</t>
+  </si>
+  <si>
+    <t>EHPAD MONTFORT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2599_FicheESSMS/fr/ehpad-montfort</t>
+  </si>
+  <si>
+    <t>2599_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Sevre Noire</t>
+  </si>
+  <si>
+    <t>85290 ST LAURENT SUR SEVRE</t>
+  </si>
+  <si>
+    <t>ST LAURENT SUR SEVRE</t>
+  </si>
+  <si>
+    <t>850002221</t>
+  </si>
+  <si>
+    <t>EHPAD NOTRE DAME DE LORETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2754_FicheESSMS/fr/ehpad-notre-dame-de-lorette</t>
+  </si>
+  <si>
+    <t>2754_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Du Marquis De Surgeres</t>
+  </si>
+  <si>
+    <t>85700 SEVREMONT</t>
+  </si>
+  <si>
+    <t>SEVREMONT</t>
+  </si>
+  <si>
+    <t>850003914</t>
+  </si>
+  <si>
+    <t>EHPAD LES COLLINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2888_FicheESSMS/fr/ehpad-les-collines</t>
+  </si>
+  <si>
+    <t>2888_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Des Lilas</t>
+  </si>
+  <si>
+    <t>85700 POUZAUGES</t>
+  </si>
+  <si>
+    <t>POUZAUGES</t>
+  </si>
+  <si>
+    <t>850003492</t>
+  </si>
+  <si>
+    <t>EANM LES CERISIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2991_FicheESSMS/fr/eanm-les-cerisiers</t>
+  </si>
+  <si>
+    <t>2991_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85 Rue Emile Baumann</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>850017286</t>
+  </si>
+  <si>
+    <t>EANM LES MESANGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2990_FicheESSMS/fr/eanm-les-mesanges</t>
+  </si>
+  <si>
+    <t>2990_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Francine Robert</t>
+  </si>
+  <si>
+    <t>850010653</t>
+  </si>
+  <si>
+    <t>EANM LES MIMOSAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2989_FicheESSMS/fr/eanm-les-mimosas</t>
+  </si>
+  <si>
+    <t>2989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Impasse Hippolyte Perrier</t>
+  </si>
+  <si>
+    <t>850011081</t>
+  </si>
+  <si>
+    <t>EANM LES MOUETTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2988_FicheESSMS/fr/eanm-les-mouettes</t>
+  </si>
+  <si>
+    <t>2988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100 Rue Du 8 Mai 1945</t>
+  </si>
+  <si>
+    <t>85440 TALMONT ST HILAIRE</t>
+  </si>
+  <si>
+    <t>TALMONT ST HILAIRE</t>
+  </si>
+  <si>
+    <t>850017401</t>
+  </si>
+  <si>
+    <t>EANM RAVANELA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2987_FicheESSMS/fr/eanm-ravanela</t>
+  </si>
+  <si>
+    <t>2987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85220 COEX</t>
+  </si>
+  <si>
+    <t>COEX</t>
+  </si>
+  <si>
+    <t>850024985</t>
+  </si>
+  <si>
+    <t>EANM LA PLAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2986_FicheESSMS/fr/eanm-la-plaine</t>
+  </si>
+  <si>
+    <t>2986_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue De L Aumonerie</t>
+  </si>
+  <si>
+    <t>85400 LUCON</t>
+  </si>
+  <si>
+    <t>LUCON</t>
+  </si>
+  <si>
+    <t>850025016</t>
+  </si>
+  <si>
+    <t>EANM L'OCEAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2985_FicheESSMS/fr/eanm-l-ocean</t>
+  </si>
+  <si>
+    <t>2985_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85180 LES SABLES D OLONNE</t>
+  </si>
+  <si>
+    <t>850025008</t>
+  </si>
+  <si>
+    <t>EANM GRAINES DES VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2984_FicheESSMS/fr/eanm-graines-des-vents</t>
+  </si>
+  <si>
+    <t>2984_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place Des Oiseaux</t>
+  </si>
+  <si>
+    <t>85000 MOUILLERON LE CAPTIF</t>
+  </si>
+  <si>
+    <t>MOUILLERON LE CAPTIF</t>
+  </si>
+  <si>
+    <t>850025040</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHIMOTAIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3088_FicheESSMS/fr/ehpad-la-chimotaie</t>
+  </si>
+  <si>
+    <t>3088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85610 CUGAND</t>
+  </si>
+  <si>
+    <t>CUGAND</t>
+  </si>
+  <si>
+    <t>850021973</t>
+  </si>
+  <si>
+    <t>SERVICE D'INVESTIGATION EDUCATIVE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3131_FicheESSMS/fr/service-d-investigation-educative</t>
+  </si>
+  <si>
+    <t>3131_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Boulevard D'Angleterre</t>
+  </si>
+  <si>
+    <t>85004 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>850012196</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ATHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3254_FicheESSMS/fr/service-mjpm-athm</t>
+  </si>
+  <si>
+    <t>3254_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850018003</t>
+  </si>
+  <si>
+    <t>DISPOSITIF MNA AREAMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3330_FicheESSMS/fr/dispositif-mna-areams</t>
+  </si>
+  <si>
+    <t>3330_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Du Port</t>
+  </si>
+  <si>
+    <t>85200 FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>850029083</t>
+  </si>
+  <si>
+    <t>EHPAD LE HAVRE DU PAYRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3326_FicheESSMS/fr/ehpad-le-havre-du-payre</t>
+  </si>
+  <si>
+    <t>3326_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Moulin De La Cour</t>
+  </si>
+  <si>
+    <t>850003310</t>
+  </si>
+  <si>
+    <t>EHPAD LES BRUYERES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3379_FicheESSMS/fr/ehpad-les-bruyeres</t>
+  </si>
+  <si>
+    <t>3379_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>85130 LES LANDES GENUSSON</t>
+  </si>
+  <si>
+    <t>LES LANDES GENUSSON</t>
+  </si>
+  <si>
+    <t>850003187</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA CABANIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3465_FicheESSMS/fr/foyer-de-vie-la-cabaniere</t>
+  </si>
+  <si>
+    <t>3465_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Henri Dunant</t>
+  </si>
+  <si>
+    <t>850025800</t>
+  </si>
+  <si>
+    <t>DMSHP UHTT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3464_FicheESSMS/fr/dmshp-uhtt</t>
+  </si>
+  <si>
+    <t>3464_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Rene Masson</t>
+  </si>
+  <si>
+    <t>850011529</t>
+  </si>
+  <si>
+    <t>DMSHP UMSS UIP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3463_FicheESSMS/fr/dmshp-umss-uip</t>
+  </si>
+  <si>
+    <t>3463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Rue Philippe Le Bon</t>
+  </si>
+  <si>
+    <t>850025388</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT LA CABANIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3466_FicheESSMS/fr/foyer-hebergement-la-cabaniere</t>
+  </si>
+  <si>
+    <t>3466_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>850022708</t>
+  </si>
+  <si>
+    <t>EHPAD BELLEVUE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3481_FicheESSMS/fr/ehpad-bellevue</t>
+  </si>
+  <si>
+    <t>3481_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Salomon Raitig</t>
+  </si>
+  <si>
+    <t>85570 L HERMENAULT</t>
+  </si>
+  <si>
+    <t>L HERMENAULT</t>
+  </si>
+  <si>
+    <t>850003161</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM ADAPEI ARIA DE VENDEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3526_FicheESSMS/fr/service-mjpm-adapei-aria-de-vendee</t>
+  </si>
+  <si>
+    <t>3526_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85036 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>850017989</t>
+  </si>
+  <si>
+    <t>EHPAD L'ERMITAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3637_FicheESSMS/fr/ehpad-l-ermitage</t>
+  </si>
+  <si>
+    <t>3637_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Ermitage</t>
+  </si>
+  <si>
+    <t>85540 MOUTIERS LES MAUXFAITS</t>
+  </si>
+  <si>
+    <t>MOUTIERS LES MAUXFAITS</t>
+  </si>
+  <si>
+    <t>850003229</t>
+  </si>
+  <si>
+    <t>LDVA BARAYOLE LES HIRONDELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3631_FicheESSMS/fr/ldva-barayole-les-hirondelles</t>
+  </si>
+  <si>
+    <t>3631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85120 ST MAURICE DES NOUES</t>
+  </si>
+  <si>
+    <t>ST MAURICE DES NOUES</t>
+  </si>
+  <si>
+    <t>850030685</t>
+  </si>
+  <si>
+    <t>LDVA LES CHOUETTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3630_FicheESSMS/fr/ldva-les-chouettes</t>
+  </si>
+  <si>
+    <t>3630_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850031733</t>
+  </si>
+  <si>
+    <t>LDVA LE TREMPLIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4298_FicheESSMS/fr/ldva-le-tremplin</t>
+  </si>
+  <si>
+    <t>4298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>147 Lieu-Dit La Fouinerie</t>
+  </si>
+  <si>
+    <t>850027186</t>
+  </si>
+  <si>
+    <t>LDVA LE CHAMP DES ECOUTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4328_FicheESSMS/fr/ldva-le-champ-des-ecoutes</t>
+  </si>
+  <si>
+    <t>4328_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Chemin Des Douves</t>
+  </si>
+  <si>
+    <t>850029265</t>
+  </si>
+  <si>
+    <t>FV MAPHAV LE HAMEAU DES VIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4706_FicheESSMS/fr/fv-maphav-le-hameau-des-vignes</t>
+  </si>
+  <si>
+    <t>4706_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Marcel Cerdan</t>
+  </si>
+  <si>
+    <t>850027053</t>
+  </si>
+  <si>
+    <t>FV LES HERBIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4705_FicheESSMS/fr/fv-les-herbiers</t>
+  </si>
+  <si>
+    <t>4705_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L Industrie</t>
+  </si>
+  <si>
+    <t>850021643</t>
+  </si>
+  <si>
+    <t>FOYER DE SEMAINE ARC EN CIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4704_FicheESSMS/fr/foyer-de-semaine-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>4704_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Mesanges</t>
+  </si>
+  <si>
+    <t>850011537</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DES HERBIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4703_FicheESSMS/fr/foyer-d-hebergement-des-herbiers</t>
+  </si>
+  <si>
+    <t>4703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850018284</t>
+  </si>
+  <si>
+    <t>FAM HAMEAU DES VIGNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4707_FicheESSMS/fr/fam-hameau-des-vignes</t>
+  </si>
+  <si>
+    <t>4707_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850017583</t>
+  </si>
+  <si>
+    <t>FAM DAMIEN SEGUIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4785_FicheESSMS/fr/fam-damien-seguin</t>
+  </si>
+  <si>
+    <t>4785_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Boulevard De L'Ocean</t>
+  </si>
+  <si>
+    <t>850025420</t>
+  </si>
+  <si>
+    <t>FAM LE VILLAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5115_FicheESSMS/fr/fam-le-village</t>
+  </si>
+  <si>
+    <t>5115_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Saint Joseph</t>
+  </si>
+  <si>
+    <t>850010984</t>
+  </si>
+  <si>
+    <t>SAAD CCAS ST MICHEL EN L'HERM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5266_FicheESSMS/fr/saad-ccas-st-michel-en-l-herm</t>
+  </si>
+  <si>
+    <t>5266_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Paul Berjonneau</t>
+  </si>
+  <si>
+    <t>85580 ST MICHEL EN L HERM</t>
+  </si>
+  <si>
+    <t>ST MICHEL EN L HERM</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>850028358</t>
+  </si>
+  <si>
+    <t>RESIDENCE DE L'HERM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5265_FicheESSMS/fr/residence-de-l-herm</t>
+  </si>
+  <si>
+    <t>5265_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Moulins</t>
+  </si>
+  <si>
+    <t>850021999</t>
+  </si>
+  <si>
+    <t>MECS AGROPOLIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5472_FicheESSMS/fr/mecs-agropolis</t>
+  </si>
+  <si>
+    <t>5472_FicheESSMS</t>
+  </si>
+  <si>
+    <t>92 Avenue Alienor D'Aquitaine</t>
+  </si>
+  <si>
+    <t>850030917</t>
+  </si>
+  <si>
+    <t>FJT ESCALE RIVOLI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5668_FicheESSMS/fr/fjt-escale-rivoli</t>
+  </si>
+  <si>
+    <t>5668_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Boulevard De Rivoli</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>850002288</t>
+  </si>
+  <si>
+    <t>RESIDENCE EQUINOXE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5667_FicheESSMS/fr/residence-equinoxe</t>
+  </si>
+  <si>
+    <t>5667_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Rue De La Drie</t>
+  </si>
+  <si>
+    <t>85800 ST GILLES CROIX DE VIE</t>
+  </si>
+  <si>
+    <t>ST GILLES CROIX DE VIE</t>
+  </si>
+  <si>
+    <t>850006719</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE SPI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5666_FicheESSMS/fr/residence-le-spi</t>
+  </si>
+  <si>
+    <t>5666_FicheESSMS</t>
+  </si>
+  <si>
+    <t>128 Rue Des Plesses</t>
+  </si>
+  <si>
+    <t>850009069</t>
+  </si>
+  <si>
+    <t>FJT ESCALE ARAGO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5669_FicheESSMS/fr/fjt-escale-arago</t>
+  </si>
+  <si>
+    <t>5669_FicheESSMS</t>
+  </si>
+  <si>
+    <t>128 Rue Saint Andre D'Ornay</t>
+  </si>
+  <si>
+    <t>850002262</t>
+  </si>
+  <si>
+    <t>EHPAD LA FORET</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5696_FicheESSMS/fr/ehpad-la-foret</t>
+  </si>
+  <si>
+    <t>5696_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85167 ST JEAN DE MONTS</t>
+  </si>
+  <si>
+    <t>ST JEAN DE MONTS</t>
+  </si>
+  <si>
+    <t>850003302</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES TAMARIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5695_FicheESSMS/fr/residence-les-tamaris</t>
+  </si>
+  <si>
+    <t>5695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De La Pompe</t>
+  </si>
+  <si>
+    <t>85710 BOIS DE CENE</t>
+  </si>
+  <si>
+    <t>BOIS DE CENE</t>
+  </si>
+  <si>
+    <t>850026170</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5806_FicheESSMS/fr/ehpad-sainte-anne</t>
+  </si>
+  <si>
+    <t>5806_FicheESSMS</t>
+  </si>
+  <si>
+    <t>273 Rue Richelieu</t>
+  </si>
+  <si>
+    <t>85170 LES LUCS SUR BOULOGNE</t>
+  </si>
+  <si>
+    <t>LES LUCS SUR BOULOGNE</t>
+  </si>
+  <si>
+    <t>850003195</t>
+  </si>
+  <si>
+    <t>ESAT HANDIPEPITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5828_FicheESSMS/fr/esat-handipepite</t>
+  </si>
+  <si>
+    <t>5828_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Rue Friedland</t>
+  </si>
+  <si>
+    <t>850026311</t>
+  </si>
+  <si>
+    <t>ESAT LES BAZINIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5827_FicheESSMS/fr/esat-les-bazinieres</t>
+  </si>
+  <si>
+    <t>5827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Rue Philippe Lebon</t>
+  </si>
+  <si>
+    <t>850021742</t>
+  </si>
+  <si>
+    <t>ESAT CHAMPROVENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5826_FicheESSMS/fr/esat-champrovent</t>
+  </si>
+  <si>
+    <t>5826_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850020603</t>
+  </si>
+  <si>
+    <t>ESAT LA LARGERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5825_FicheESSMS/fr/esat-la-largere</t>
+  </si>
+  <si>
+    <t>5825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85410 THOUARSAIS BOUILDROUX</t>
+  </si>
+  <si>
+    <t>THOUARSAIS BOUILDROUX</t>
+  </si>
+  <si>
+    <t>850014309</t>
+  </si>
+  <si>
+    <t>ESAT PARC POLARIS NORD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5824_FicheESSMS/fr/esat-parc-polaris-nord</t>
+  </si>
+  <si>
+    <t>5824_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85110 CHANTONNAY</t>
+  </si>
+  <si>
+    <t>CHANTONNAY</t>
+  </si>
+  <si>
+    <t>850012006</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA BORDERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5823_FicheESSMS/fr/foyer-de-vie-la-borderie</t>
+  </si>
+  <si>
+    <t>5823_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Du Bois De La Folie</t>
+  </si>
+  <si>
+    <t>85703 POUZAUGES</t>
+  </si>
+  <si>
+    <t>850005067</t>
+  </si>
+  <si>
+    <t>FAM LA CLAIRIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5822_FicheESSMS/fr/fam-la-clairiere</t>
+  </si>
+  <si>
+    <t>5822_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Du Bois De La Folie</t>
+  </si>
+  <si>
+    <t>850020884</t>
+  </si>
+  <si>
+    <t>FAM HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5820_FicheESSMS/fr/fam-haute-roche</t>
+  </si>
+  <si>
+    <t>5820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850009960</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5819_FicheESSMS/fr/foyer-de-vie-haute-roche</t>
+  </si>
+  <si>
+    <t>5819_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Rue Haute Roche</t>
+  </si>
+  <si>
+    <t>850027111</t>
+  </si>
+  <si>
+    <t>CENTRE D'HABITAT HAUTE ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5818_FicheESSMS/fr/centre-d-habitat-haute-roche</t>
+  </si>
+  <si>
+    <t>5818_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850012022</t>
+  </si>
+  <si>
+    <t>ESAT ADAPEI ARIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6197_FicheESSMS/fr/esat-adapei-aria</t>
+  </si>
+  <si>
+    <t>6197_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Tour</t>
+  </si>
+  <si>
+    <t>850011230</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6196_FicheESSMS/fr/esat-adapei-aria</t>
+  </si>
+  <si>
+    <t>6196_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Allée Du Puits</t>
+  </si>
+  <si>
+    <t>850000274</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT ALEXANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6271_FicheESSMS/fr/ehpad-saint-alexandre</t>
+  </si>
+  <si>
+    <t>6271_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850020298</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6284_FicheESSMS/fr/esat-adapei-aria</t>
+  </si>
+  <si>
+    <t>6284_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De Villeneuve</t>
+  </si>
+  <si>
+    <t>850011990</t>
+  </si>
+  <si>
+    <t>EHPAD ST JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6304_FicheESSMS/fr/ehpad-st-joseph</t>
+  </si>
+  <si>
+    <t>6304_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Puy Gros</t>
+  </si>
+  <si>
+    <t>85130 CHANVERRIE</t>
+  </si>
+  <si>
+    <t>CHANVERRIE</t>
+  </si>
+  <si>
+    <t>850003963</t>
+  </si>
+  <si>
+    <t>RESIDENCE SAINTE SOPHIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6303_FicheESSMS/fr/residence-sainte-sophie</t>
+  </si>
+  <si>
+    <t>6303_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Drillais</t>
+  </si>
+  <si>
+    <t>85130 LA GAUBRETIERE</t>
+  </si>
+  <si>
+    <t>LA GAUBRETIERE</t>
+  </si>
+  <si>
+    <t>850027368</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE SOPHIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6302_FicheESSMS/fr/ehpad-sainte-sophie</t>
+  </si>
+  <si>
+    <t>6302_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850003807</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROCHES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6536_FicheESSMS/fr/ehpad-les-roches</t>
+  </si>
+  <si>
+    <t>6536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85320 CHATEAU GUIBERT</t>
+  </si>
+  <si>
+    <t>CHATEAU GUIBERT</t>
+  </si>
+  <si>
+    <t>850002189</t>
+  </si>
+  <si>
+    <t>EHPAD PAUL BOUHIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6535_FicheESSMS/fr/ehpad-paul-bouhier</t>
+  </si>
+  <si>
+    <t>6535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85460 L AIGUILLON SUR MER</t>
+  </si>
+  <si>
+    <t>L AIGUILLON SUR MER</t>
+  </si>
+  <si>
+    <t>850003088</t>
+  </si>
+  <si>
+    <t>ESAT UTIL'85</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6844_FicheESSMS/fr/esat-util-85</t>
+  </si>
+  <si>
+    <t>6844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Pierre Latecoere</t>
+  </si>
+  <si>
+    <t>850023797</t>
+  </si>
+  <si>
+    <t>CADA SUD VENDEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6843_FicheESSMS/fr/cada-sud-vendee</t>
+  </si>
+  <si>
+    <t>6843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue De La Sabliere</t>
+  </si>
+  <si>
+    <t>85205 FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>850022815</t>
+  </si>
+  <si>
+    <t>EHPAD LES COTEAUX DE L'YON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7069_FicheESSMS/fr/ehpad-les-coteaux-de-l-yon</t>
+  </si>
+  <si>
+    <t>7069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De La Liberte</t>
+  </si>
+  <si>
+    <t>850025628</t>
+  </si>
+  <si>
+    <t>SA ESAT LA GUYONNIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7068_FicheESSMS/fr/sa-esat-la-guyonniere</t>
+  </si>
+  <si>
+    <t>7068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850025404</t>
+  </si>
+  <si>
+    <t>SA ESAT CHANTONNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7067_FicheESSMS/fr/sa-esat-chantonnay</t>
+  </si>
+  <si>
+    <t>7067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850025412</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES LAVANDIERES (MARPA)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7065_FicheESSMS/fr/residence-les-lavandieres-marpa</t>
+  </si>
+  <si>
+    <t>7065_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Rue De L Eglise</t>
+  </si>
+  <si>
+    <t>85500 ST PAUL EN PAREDS</t>
+  </si>
+  <si>
+    <t>ST PAUL EN PAREDS</t>
+  </si>
+  <si>
+    <t>850024092</t>
+  </si>
+  <si>
+    <t>EHPAD ANDRE BOUTELIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7077_FicheESSMS/fr/ehpad-andre-boutelier</t>
+  </si>
+  <si>
+    <t>7077_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Dr Boutelier</t>
+  </si>
+  <si>
+    <t>850003278</t>
+  </si>
+  <si>
+    <t>EHPAD DURAND ROBIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7076_FicheESSMS/fr/ehpad-durand-robin</t>
+  </si>
+  <si>
+    <t>7076_FicheESSMS</t>
+  </si>
+  <si>
+    <t>104 Rue Nationale</t>
+  </si>
+  <si>
+    <t>850003583</t>
+  </si>
+  <si>
+    <t>EHPAD LE MOULIN ROUGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7075_FicheESSMS/fr/ehpad-le-moulin-rouge</t>
+  </si>
+  <si>
+    <t>7075_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Proudhon</t>
+  </si>
+  <si>
+    <t>85035 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>850016643</t>
+  </si>
+  <si>
+    <t>EHPAD ST ANDRE D'ORNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7074_FicheESSMS/fr/ehpad-st-andre-d-ornay</t>
+  </si>
+  <si>
+    <t>7074_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Impasse Marc Edler</t>
+  </si>
+  <si>
+    <t>850006545</t>
+  </si>
+  <si>
+    <t>EHPAD LEON TAPON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7073_FicheESSMS/fr/ehpad-leon-tapon</t>
+  </si>
+  <si>
+    <t>7073_FicheESSMS</t>
+  </si>
+  <si>
+    <t>251 Rue De La Gite Pilorge</t>
+  </si>
+  <si>
+    <t>850003286</t>
+  </si>
+  <si>
+    <t>EHPAD LA VIGNE AUX ROSES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7072_FicheESSMS/fr/ehpad-la-vigne-aux-roses</t>
+  </si>
+  <si>
+    <t>7072_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Gabriel Charlopeau</t>
+  </si>
+  <si>
+    <t>850008699</t>
+  </si>
+  <si>
+    <t>EHPAD LES BORDS D'AMBOISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7071_FicheESSMS/fr/ehpad-les-bords-d-amboise</t>
+  </si>
+  <si>
+    <t>7071_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De La Gillonniere</t>
+  </si>
+  <si>
+    <t>850022864</t>
+  </si>
+  <si>
+    <t>RA LES CHARMES DE L'YON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7070_FicheESSMS/fr/ra-les-charmes-de-l-yon</t>
+  </si>
+  <si>
+    <t>7070_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Place Stanislas Cardineau</t>
+  </si>
+  <si>
+    <t>85310 NESMY</t>
+  </si>
+  <si>
+    <t>NESMY</t>
+  </si>
+  <si>
+    <t>850026303</t>
+  </si>
+  <si>
+    <t>ESAT ZI DE LA GUERCHE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7403_FicheESSMS/fr/esat-zi-de-la-guerche</t>
+  </si>
+  <si>
+    <t>7403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850003666</t>
+  </si>
+  <si>
+    <t>ESAT ANNEXE LA ROCHE/YON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7402_FicheESSMS/fr/esat-annexe-la-roche/yon</t>
+  </si>
+  <si>
+    <t>7402_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Route Du Poire Sur Vie</t>
+  </si>
+  <si>
+    <t>85190 AIZENAY</t>
+  </si>
+  <si>
+    <t>AIZENAY</t>
+  </si>
+  <si>
+    <t>850016650</t>
+  </si>
+  <si>
+    <t>ESAT ACTI SUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7401_FicheESSMS/fr/esat-acti-sud</t>
+  </si>
+  <si>
+    <t>7401_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Rene Coty</t>
+  </si>
+  <si>
+    <t>850000290</t>
+  </si>
+  <si>
+    <t>SAMSAH EPSMS DU PAYS DE CHALLANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7393_FicheESSMS/fr/samsah-epsms-du-pays-de-challans</t>
+  </si>
+  <si>
+    <t>7393_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Allée Henry Simon</t>
+  </si>
+  <si>
+    <t>85304 CHALLANS</t>
+  </si>
+  <si>
+    <t>850026204</t>
+  </si>
+  <si>
+    <t>EANM HENRI SIMON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7392_FicheESSMS/fr/eanm-henri-simon</t>
+  </si>
+  <si>
+    <t>7392_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Impasse Des Pourpiers</t>
+  </si>
+  <si>
+    <t>850023847</t>
+  </si>
+  <si>
+    <t>EAM HENRY MURAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7391_FicheESSMS/fr/eam-henry-murail</t>
+  </si>
+  <si>
+    <t>7391_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Maryse Bastie</t>
+  </si>
+  <si>
+    <t>850012360</t>
+  </si>
+  <si>
+    <t>EHPAD PIERRE GENAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7454_FicheESSMS/fr/ehpad-pierre-genais</t>
+  </si>
+  <si>
+    <t>7454_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Gal De Gaulle</t>
+  </si>
+  <si>
+    <t>85440 AVRILLE</t>
+  </si>
+  <si>
+    <t>AVRILLE</t>
+  </si>
+  <si>
+    <t>850003567</t>
+  </si>
+  <si>
+    <t>EHPAD MULTISITE PISSOTTE-VOUVANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7531_FicheESSMS/fr/ehpad-multisite-pissotte-vouvant</t>
+  </si>
+  <si>
+    <t>7531_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Route De Serigne</t>
+  </si>
+  <si>
+    <t>85200 PISSOTTE</t>
+  </si>
+  <si>
+    <t>PISSOTTE</t>
+  </si>
+  <si>
+    <t>850003245</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7530_FicheESSMS/fr/ehpad-multisite-pissotte-vouvant</t>
+  </si>
+  <si>
+    <t>7530_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85120 VOUVANT</t>
+  </si>
+  <si>
+    <t>VOUVANT</t>
+  </si>
+  <si>
+    <t>850023136</t>
+  </si>
+  <si>
+    <t>ESAT ZI LE PLANTY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7699_FicheESSMS/fr/esat-zi-le-planty</t>
+  </si>
+  <si>
+    <t>7699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850000282</t>
+  </si>
+  <si>
+    <t>EHPAD LE VAL FLEURI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8182_FicheESSMS/fr/ehpad-le-val-fleuri</t>
+  </si>
+  <si>
+    <t>8182_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Pierre Nicolas Loue</t>
+  </si>
+  <si>
+    <t>85190 VENANSAULT</t>
+  </si>
+  <si>
+    <t>VENANSAULT</t>
+  </si>
+  <si>
+    <t>850022872</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES MYOSOTIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8229_FicheESSMS/fr/residence-les-myosotis</t>
+  </si>
+  <si>
+    <t>8229_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Paix</t>
+  </si>
+  <si>
+    <t>85590 LES EPESSES</t>
+  </si>
+  <si>
+    <t>LES EPESSES</t>
+  </si>
+  <si>
+    <t>850023946</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT LUC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8583_FicheESSMS/fr/ehpad-saint-luc</t>
+  </si>
+  <si>
+    <t>8583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Maison St-Luc</t>
+  </si>
+  <si>
+    <t>85200 DOIX LES FONTAINES</t>
+  </si>
+  <si>
+    <t>DOIX LES FONTAINES</t>
+  </si>
+  <si>
+    <t>850003799</t>
+  </si>
+  <si>
+    <t>EHPAD LOUIS CROSNIER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8653_FicheESSMS/fr/ehpad-louis-crosnier</t>
+  </si>
+  <si>
+    <t>8653_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route De La Tranche Sur Mer</t>
+  </si>
+  <si>
+    <t>85750 ANGLES</t>
+  </si>
+  <si>
+    <t>ANGLES</t>
+  </si>
+  <si>
+    <t>850003559</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR LES MOTS BLEUS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8703_FicheESSMS/fr/accueil-de-jour-les-mots-bleus</t>
+  </si>
+  <si>
+    <t>8703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Fromenteau</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>850013509</t>
+  </si>
+  <si>
+    <t>SSIAD ADAMAD PAYS DE MONTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9200_FicheESSMS/fr/ssiad-adamad-pays-de-monts</t>
+  </si>
+  <si>
+    <t>9200_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Essepes</t>
+  </si>
+  <si>
+    <t>85160 ST JEAN DE MONTS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>850021700</t>
+  </si>
+  <si>
+    <t>SSIAD ADAMAD PAYS ST GILLES CRX DE VIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9199_FicheESSMS/fr/ssiad-adamad-pays-st-gilles-crx-de-vie</t>
+  </si>
+  <si>
+    <t>9199_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée De La Caillaude</t>
+  </si>
+  <si>
+    <t>850020322</t>
+  </si>
+  <si>
+    <t>AJ ADAMAD PAYS ST GILLES CRX DE VIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9198_FicheESSMS/fr/aj-adamad-pays-st-gilles-crx-de-vie</t>
+  </si>
+  <si>
+    <t>9198_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850026089</t>
+  </si>
+  <si>
+    <t>HT ADAMAD PAYS DE ST GILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9197_FicheESSMS/fr/ht-adamad-pays-de-st-gilles</t>
+  </si>
+  <si>
+    <t>9197_FicheESSMS</t>
+  </si>
+  <si>
+    <t>EHPA percevant des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>850024720</t>
+  </si>
+  <si>
+    <t>SSIAD ADAMAD NORD EST VENDEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9196_FicheESSMS/fr/ssiad-adamad-nord-est-vendee</t>
+  </si>
+  <si>
+    <t>9196_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue De Clisson</t>
+  </si>
+  <si>
+    <t>850011644</t>
+  </si>
+  <si>
+    <t>SSIAD ADAMAD CENTRE VENDEE SOINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9195_FicheESSMS/fr/ssiad-adamad-centre-vendee-soins</t>
+  </si>
+  <si>
+    <t>9195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Rue Proudhon</t>
+  </si>
+  <si>
+    <t>850012121</t>
+  </si>
+  <si>
+    <t>AJ ADAMAD CENTRE VENDEE SOINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9194_FicheESSMS/fr/aj-adamad-centre-vendee-soins</t>
+  </si>
+  <si>
+    <t>9194_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Proudhon</t>
+  </si>
+  <si>
+    <t>850026550</t>
+  </si>
+  <si>
+    <t>HT ADAMAD CENTRE VENDEE SOINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9193_FicheESSMS/fr/ht-adamad-centre-vendee-soins</t>
+  </si>
+  <si>
+    <t>9193_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850025677</t>
+  </si>
+  <si>
+    <t>SSIAD ADAMAD SOINS SUD VENDEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9192_FicheESSMS/fr/ssiad-adamad-soins-sud-vendee</t>
+  </si>
+  <si>
+    <t>9192_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue De Chamiraud</t>
+  </si>
+  <si>
+    <t>850021221</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN LE RICHELIEU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9580_FicheESSMS/fr/ehpad-korian-le-richelieu</t>
+  </si>
+  <si>
+    <t>9580_FicheESSMS</t>
+  </si>
+  <si>
+    <t>96 Boulevard Des Belges</t>
+  </si>
+  <si>
+    <t>850011909</t>
+  </si>
+  <si>
+    <t>CAMSP POLYVALENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9681_FicheESSMS/fr/camsp-polyvalent</t>
+  </si>
+  <si>
+    <t>9681_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85925 LA ROCHE SUR YON CEDEX 9</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>850023672</t>
+  </si>
+  <si>
+    <t>EHPAD CHARLES MARGUERITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9763_FicheESSMS/fr/ehpad-charles-marguerite</t>
+  </si>
+  <si>
+    <t>9763_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Nantes</t>
+  </si>
+  <si>
+    <t>850003906</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES HAUTS DU RULEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9762_FicheESSMS/fr/residence-les-hauts-du-ruleau</t>
+  </si>
+  <si>
+    <t>9762_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850026824</t>
+  </si>
+  <si>
+    <t>CSAPA ANPAA 85</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10751_FicheESSMS/fr/csapa-anpaa-85</t>
+  </si>
+  <si>
+    <t>10751_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Boulevard Réaumur</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>850009580</t>
+  </si>
+  <si>
+    <t>SERVICE SOCIAL MILIEU OUVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10865_FicheESSMS/fr/service-social-milieu-ouvert</t>
+  </si>
+  <si>
+    <t>10865_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>850004326</t>
+  </si>
+  <si>
+    <t>MECS LE PASSAGE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11268_FicheESSMS/fr/mecs-le-passage</t>
+  </si>
+  <si>
+    <t>11268_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Des Primeveres</t>
+  </si>
+  <si>
+    <t>850021627</t>
+  </si>
+  <si>
+    <t>MECS LA COURTE ECHELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11267_FicheESSMS/fr/mecs-la-courte-echelle</t>
+  </si>
+  <si>
+    <t>11267_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Liquidambars</t>
+  </si>
+  <si>
+    <t>850027244</t>
+  </si>
+  <si>
+    <t>EHPAD ST GABRIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11434_FicheESSMS/fr/ehpad-st-gabriel</t>
+  </si>
+  <si>
+    <t>11434_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Vendee</t>
+  </si>
+  <si>
+    <t>850003781</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'HEBERGEMENT PERMANENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11533_FicheESSMS/fr/dispositif-d-hebergement-permanent</t>
+  </si>
+  <si>
+    <t>11533_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850027905</t>
+  </si>
+  <si>
+    <t>EHPAD LA CLE DE SOL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11810_FicheESSMS/fr/ehpad-la-cle-de-sol</t>
+  </si>
+  <si>
+    <t>11810_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85390 MOUILLERON ST GERMAIN</t>
+  </si>
+  <si>
+    <t>MOUILLERON ST GERMAIN</t>
+  </si>
+  <si>
+    <t>850011842</t>
+  </si>
+  <si>
+    <t>EHPAD DU CLERGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11802_FicheESSMS/fr/ehpad-du-clerge</t>
+  </si>
+  <si>
+    <t>11802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Saint Etienne</t>
+  </si>
+  <si>
+    <t>850024233</t>
+  </si>
+  <si>
+    <t>LIEU DE VIE G2L</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11874_FicheESSMS/fr/lieu-de-vie-g2l</t>
+  </si>
+  <si>
+    <t>11874_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue De Villeneuve</t>
+  </si>
+  <si>
+    <t>850027202</t>
+  </si>
+  <si>
+    <t>FAM MAPHAV</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12044_FicheESSMS/fr/fam-maphav</t>
+  </si>
+  <si>
+    <t>12044_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue De La Mairie</t>
+  </si>
+  <si>
+    <t>85200 ST MICHEL LE CLOUCQ</t>
+  </si>
+  <si>
+    <t>ST MICHEL LE CLOUCQ</t>
+  </si>
+  <si>
+    <t>850017633</t>
+  </si>
+  <si>
+    <t>CSAPA LA METAIRIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12301_FicheESSMS/fr/csapa-la-metairie</t>
+  </si>
+  <si>
+    <t>12301_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Maréchal Juin</t>
+  </si>
+  <si>
+    <t>850020918</t>
+  </si>
+  <si>
+    <t>EHPAD STE BERNADETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12560_FicheESSMS/fr/ehpad-ste-bernadette</t>
+  </si>
+  <si>
+    <t>12560_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du Huit Mai</t>
+  </si>
+  <si>
+    <t>85450 CHAMPAGNE LES MARAIS</t>
+  </si>
+  <si>
+    <t>CHAMPAGNE LES MARAIS</t>
+  </si>
+  <si>
+    <t>850003773</t>
+  </si>
+  <si>
+    <t>EHPAD LES GLYCINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12844_FicheESSMS/fr/ehpad-les-glycines</t>
+  </si>
+  <si>
+    <t>12844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue De L'Abbe Aubret</t>
+  </si>
+  <si>
+    <t>85660 ST PHILBERT DE BOUAINE</t>
+  </si>
+  <si>
+    <t>ST PHILBERT DE BOUAINE</t>
+  </si>
+  <si>
+    <t>850003856</t>
+  </si>
+  <si>
+    <t>LDVA LE MOULIN RAMBIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13159_FicheESSMS/fr/ldva-le-moulin-rambis</t>
+  </si>
+  <si>
+    <t>13159_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Des Roches</t>
+  </si>
+  <si>
+    <t>85370 LE LANGON</t>
+  </si>
+  <si>
+    <t>LE LANGON</t>
+  </si>
+  <si>
+    <t>850021577</t>
+  </si>
+  <si>
+    <t>LDVA LA ROSE DES VENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13142_FicheESSMS/fr/ldva-la-rose-des-vents</t>
+  </si>
+  <si>
+    <t>13142_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Avenue De La Liberte</t>
+  </si>
+  <si>
+    <t>850031667</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>17/11/2025 15:40:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3067_FicheEtablissement/fr/clinique-saint-charles</t>
+  </si>
+  <si>
+    <t>3067_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>11 Boulevard Rene Levesque</t>
+  </si>
+  <si>
+    <t>85016 LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>0251444444</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CH FONTENAY LE COMTE-SITE RABELAIS</t>
+  </si>
+  <si>
+    <t>17/10/2025 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3072_FicheEtablissement/fr/ch-fontenay-le-comte-site-rabelais</t>
+  </si>
+  <si>
+    <t>3072_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue Rabelais</t>
+  </si>
+  <si>
+    <t>85201 FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>0251535153</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>850000183</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SITE DU POLE SANTE SUD VENDEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3090_FicheEtablissement/fr/ch-fontenay-site-pole-sante-sud-vendee</t>
+  </si>
+  <si>
+    <t>3090_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue Docteur René Laforge</t>
+  </si>
+  <si>
+    <t>0251532901</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>850009630</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER G. MAZURELLE</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:40:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3078_FicheEtablissement/fr/centre-hospitalier-g-mazurelle</t>
+  </si>
+  <si>
+    <t>3078_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0251097272</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>850000258</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE DU CHS GEORGES MAZURELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3095_FicheEtablissement/fr/usld-chs-georges-mazurelle</t>
+  </si>
+  <si>
+    <t>3095_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>850021866</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3068_FicheEtablissement/fr/clinique-sud-vendee</t>
+  </si>
+  <si>
+    <t>3068_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>85204 FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>0251534444</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3069_FicheEtablissement/fr/clinique-chirurgicale-porte-oceane</t>
+  </si>
+  <si>
+    <t>3069_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>85340 LES SABLES D OLONNE</t>
+  </si>
+  <si>
+    <t>0251211515</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LOIRE VENDEE OCEAN SITE DE CHALLANS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3071_FicheEtablissement/fr/ch-lvo-site-de-challans</t>
+  </si>
+  <si>
+    <t>3071_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>85302 CHALLANS</t>
+  </si>
+  <si>
+    <t>0251495000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>HOPITAL DE ST-GILLES- CROIX- DE- VIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3076_FicheEtablissement/fr/hopital-de-st-gilles-croix-de-vie</t>
+  </si>
+  <si>
+    <t>3076_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue Laennec</t>
+  </si>
+  <si>
+    <t>0251608300</t>
+  </si>
+  <si>
+    <t>850000233</t>
+  </si>
+  <si>
+    <t>HOPITAL DUMONTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3073_FicheEtablissement/fr/hopital-dumonte</t>
+  </si>
+  <si>
+    <t>3073_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Impasse Du Puits Raymond</t>
+  </si>
+  <si>
+    <t>85350 L ILE D YEU</t>
+  </si>
+  <si>
+    <t>L ILE D YEU</t>
+  </si>
+  <si>
+    <t>0251260800</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>850000191</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3077_FicheEtablissement/fr/centre-hospitalier-cote-de-lumiere</t>
+  </si>
+  <si>
+    <t>3077_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Jacques Monod</t>
+  </si>
+  <si>
+    <t>0251218580</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE VILLA NOTRE DAME</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3080_FicheEtablissement/fr/ssr-villa-notre-dame</t>
+  </si>
+  <si>
+    <t>3080_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Avenue Notre Dame</t>
+  </si>
+  <si>
+    <t>0251608282</t>
+  </si>
+  <si>
+    <t>850000357</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER  DE NOIRMOUTIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3079_FicheEtablissement/fr/usld-ch-de-noirmoutier</t>
+  </si>
+  <si>
+    <t>3079_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>2 Rue Des Sableaux</t>
+  </si>
+  <si>
+    <t>85330 NOIRMOUTIER EN L ILE</t>
+  </si>
+  <si>
+    <t>NOIRMOUTIER EN L ILE</t>
+  </si>
+  <si>
+    <t>0251390399</t>
+  </si>
+  <si>
+    <t>850000266</t>
+  </si>
+  <si>
+    <t>SMRA EN ADDICTOLOGIE LES METIVES LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3083_FicheEtablissement/fr/smra-les-metives-la-roche-sur-yon</t>
+  </si>
+  <si>
+    <t>3083_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>0251375411</t>
+  </si>
+  <si>
+    <t>850002130</t>
+  </si>
+  <si>
+    <t>CENTRE SSR DE LA CHIMOTAIE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3081_FicheEtablissement/fr/ssr-la-chimotaie</t>
+  </si>
+  <si>
+    <t>3081_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0251456600</t>
+  </si>
+  <si>
+    <t>850000399</t>
+  </si>
+  <si>
+    <t>SMRA CTRE LES METIVES ADDICTOLOGIE LES SABLES D OLONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3088_FicheEtablissement/fr/smra-les-metives-les-sables-d-olonne</t>
+  </si>
+  <si>
+    <t>3088_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>44 Boulevard Pasteur</t>
+  </si>
+  <si>
+    <t>0251218980</t>
+  </si>
+  <si>
+    <t>850005224</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE AQUARELLE CH LVO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3087_FicheEtablissement/fr/usld-ch-lvo-aquarelle</t>
+  </si>
+  <si>
+    <t>3087_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Allée Henry Simon</t>
+  </si>
+  <si>
+    <t>0251495280</t>
+  </si>
+  <si>
+    <t>850003377</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE ET READAPTATION - CROIX ROUGE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3085_FicheEtablissement/fr/ssr-le-clousis</t>
+  </si>
+  <si>
+    <t>3085_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0251599100</t>
+  </si>
+  <si>
+    <t>850002403</t>
+  </si>
+  <si>
+    <t>HOPITAL A DOMICILE DE VENDEE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3089_FicheEtablissement/fr/had-de-vendee</t>
+  </si>
+  <si>
+    <t>3089_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>42 Impasse Jeanne Dieulafoy</t>
+  </si>
+  <si>
+    <t>850006008</t>
+  </si>
+  <si>
+    <t>HOPITAL DE NOIRMOUTIER SSR NON SPECIALISES ADULTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3096_FicheEtablissement/fr/ssr-hopital-noirmoutier</t>
+  </si>
+  <si>
+    <t>3096_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>850022013</t>
+  </si>
+  <si>
+    <t>USLD LES MAISONNEES DE LUMIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3094_FicheEtablissement/fr/usld-les-maisonnees-de-lumiere</t>
+  </si>
+  <si>
+    <t>3094_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Boulevard Laplace</t>
+  </si>
+  <si>
+    <t>85109 LES SABLES D OLONNE</t>
+  </si>
+  <si>
+    <t>0251218910</t>
+  </si>
+  <si>
+    <t>850021049</t>
+  </si>
+  <si>
+    <t>UNITE SOINS DE LONGUE DUREE CH LOIRE VENDEE OCEAN ST GILLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3091_FicheEtablissement/fr/usld-ch-lvo-st-gilles</t>
+  </si>
+  <si>
+    <t>3091_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>850020504</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE AMBULATOIRE ET UNITE D'AUTODIALYSE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4050_FicheEtablissement/fr/centre-dialyse-echo-olonnes-sur-mer</t>
+  </si>
+  <si>
+    <t>4050_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0251217812</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>850025156</t>
+  </si>
+  <si>
+    <t>DIALYSE ECHO FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4049_FicheEtablissement/fr/dialyse-echo-fontenay-le-comte</t>
+  </si>
+  <si>
+    <t>4049_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Rue Du Docteur Guerry</t>
+  </si>
+  <si>
+    <t>0615271645</t>
+  </si>
+  <si>
+    <t>850023151</t>
+  </si>
+  <si>
+    <t>DIALYSE ECHO ILE D'YEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4048_FicheEtablissement/fr/dialyse-echo-ile-d-yeu</t>
+  </si>
+  <si>
+    <t>4048_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>850022047</t>
+  </si>
+  <si>
+    <t>DIALYSE ECHO CHALLANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4047_FicheEtablissement/fr/dialyse-echo-challans</t>
+  </si>
+  <si>
+    <t>4047_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Rue Emilio  Segre</t>
+  </si>
+  <si>
+    <t>850011271</t>
+  </si>
+  <si>
+    <t>UNITE SAISONNIERE D'AUTODIALYSE TAMARIS LA TRANCHE SUR MER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4046_FicheEtablissement/fr/dialyse-echo-la-tranche</t>
+  </si>
+  <si>
+    <t>4046_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>85360 LA TRANCHE SUR MER</t>
+  </si>
+  <si>
+    <t>LA TRANCHE SUR MER</t>
+  </si>
+  <si>
+    <t>850009762</t>
+  </si>
+  <si>
+    <t>DIALYSE ECHO LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4045_FicheEtablissement/fr/dialyse-echo-la-roche-sur-yon</t>
+  </si>
+  <si>
+    <t>4045_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue Kepler</t>
+  </si>
+  <si>
+    <t>850009333</t>
+  </si>
+  <si>
+    <t>CH DES COLLINES VENDEENNES</t>
+  </si>
+  <si>
+    <t>20/12/2024 18:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3082_FicheEtablissement/fr/ch-des-collines-vendeennes</t>
+  </si>
+  <si>
+    <t>3082_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Avenue Du Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>0251536565</t>
+  </si>
+  <si>
+    <t>850000647</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE GRPE HOSP COLLINES VENDEENNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3093_FicheEtablissement/fr/usld-ch-les-collines-vendeennes</t>
+  </si>
+  <si>
+    <t>3093_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>850020579</t>
+  </si>
+  <si>
+    <t>08/07/2024 09:07:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3070_FicheEtablissement/fr/chd-site-la-roche-sur-yon</t>
+  </si>
+  <si>
+    <t>3070_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0251446161</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CHD - SITE DE MONTAIGU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3075_FicheEtablissement/fr/chd-site-de-montaigu</t>
+  </si>
+  <si>
+    <t>3075_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>54 Rue Saint Jacques</t>
+  </si>
+  <si>
+    <t>85602 MONTAIGU</t>
+  </si>
+  <si>
+    <t>MONTAIGU</t>
+  </si>
+  <si>
+    <t>0251454000</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>850000225</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER -SITE DE LUCON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3074_FicheEtablissement/fr/chd-site-de-lucon</t>
+  </si>
+  <si>
+    <t>3074_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>41 Rue Henry Renaud</t>
+  </si>
+  <si>
+    <t>85407 LUCON</t>
+  </si>
+  <si>
+    <t>0251283333</t>
+  </si>
+  <si>
+    <t>850000209</t>
+  </si>
+  <si>
+    <t>UNITE SOINS LONGUE DUREE CHD LA ROCHE SUR YON - LUCON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3086_FicheEtablissement/fr/usld-chd-la-roche-sur-yon-lucon</t>
+  </si>
+  <si>
+    <t>3086_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>850003351</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS LONGUE DUREE CTRE HOSP LA ROCHE S/YON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3092_FicheEtablissement/fr/usld-chd-la-roche-sur-yon</t>
+  </si>
+  <si>
+    <t>3092_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0251446305</t>
+  </si>
+  <si>
+    <t>850020546</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R46"/>
+  <dimension ref="A1:R47"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1407,107 +5337,107 @@
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>56</v>
       </c>
       <c r="H5" t="s">
         <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>58</v>
       </c>
       <c r="L5" t="s">
         <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="O6" t="s">
         <v>71</v>
       </c>
       <c r="P6" t="s">
         <v>72</v>
       </c>
       <c r="Q6" t="s">
         <v>73</v>
       </c>
       <c r="R6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>75</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
@@ -1522,832 +5452,832 @@
       <c r="G7" t="s">
         <v>77</v>
       </c>
       <c r="H7" t="s">
         <v>78</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>79</v>
       </c>
       <c r="L7" t="s">
         <v>80</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
         <v>81</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q7" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R7" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H8" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="L8" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="O8" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="Q8" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="R8" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>93</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>94</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>95</v>
       </c>
       <c r="H9" t="s">
         <v>96</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>97</v>
       </c>
       <c r="L9" t="s">
         <v>98</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
         <v>99</v>
       </c>
       <c r="O9" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="P9" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="Q9" t="s">
-        <v>30</v>
+        <v>102</v>
       </c>
       <c r="R9" t="s">
-        <v>31</v>
+        <v>103</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H10" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L10" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="O10" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P10" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q10" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R10" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H11" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="L11" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R11" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H12" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
+        <v>122</v>
+      </c>
+      <c r="L12" t="s">
+        <v>123</v>
+      </c>
+      <c r="M12" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" t="s">
         <v>117</v>
       </c>
-      <c r="L12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P12" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q12" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R12" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="H13" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="L13" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="O13" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="P13" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="Q13" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
       <c r="R13" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="H14" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="L14" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="O14" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="P14" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="Q14" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="R14" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="L15" t="s">
+        <v>70</v>
+      </c>
+      <c r="M15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N15" t="s">
         <v>137</v>
       </c>
-      <c r="M15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="P15" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="Q15" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="R15" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H16" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="L16" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>99</v>
+        <v>149</v>
       </c>
       <c r="O16" t="s">
-        <v>145</v>
+        <v>71</v>
       </c>
       <c r="P16" t="s">
-        <v>146</v>
+        <v>72</v>
       </c>
       <c r="Q16" t="s">
-        <v>147</v>
+        <v>73</v>
       </c>
       <c r="R16" t="s">
-        <v>148</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="O17" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="P17" t="s">
-        <v>61</v>
+        <v>157</v>
       </c>
       <c r="Q17" t="s">
-        <v>62</v>
+        <v>158</v>
       </c>
       <c r="R17" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="H18" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="L18" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>161</v>
+        <v>60</v>
       </c>
       <c r="O18" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P18" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q18" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R18" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="H19" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="L19" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="O19" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="P19" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="Q19" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="R19" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H20" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="L20" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>99</v>
+        <v>137</v>
       </c>
       <c r="O20" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="P20" t="s">
-        <v>175</v>
+        <v>101</v>
       </c>
       <c r="Q20" t="s">
-        <v>176</v>
+        <v>102</v>
       </c>
       <c r="R20" t="s">
-        <v>177</v>
+        <v>103</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H21" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L21" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
       <c r="O21" t="s">
         <v>185</v>
       </c>
       <c r="P21" t="s">
         <v>186</v>
       </c>
       <c r="Q21" t="s">
         <v>187</v>
       </c>
       <c r="R21" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
@@ -2359,1402 +6289,12118 @@
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>191</v>
       </c>
       <c r="H22" t="s">
         <v>192</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
         <v>193</v>
       </c>
       <c r="L22" t="s">
         <v>194</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>81</v>
+        <v>195</v>
       </c>
       <c r="O22" t="s">
-        <v>60</v>
+        <v>196</v>
       </c>
       <c r="P22" t="s">
-        <v>61</v>
+        <v>197</v>
       </c>
       <c r="Q22" t="s">
-        <v>62</v>
+        <v>198</v>
       </c>
       <c r="R22" t="s">
-        <v>63</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="H23" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="L23" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>201</v>
+        <v>92</v>
       </c>
       <c r="O23" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P23" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q23" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R23" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H24" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="L24" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="O24" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="P24" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="Q24" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="R24" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="H25" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="L25" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="O25" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="P25" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="Q25" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R25" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="H26" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="L26" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="O26" t="s">
         <v>71</v>
       </c>
       <c r="P26" t="s">
         <v>72</v>
       </c>
       <c r="Q26" t="s">
         <v>73</v>
       </c>
       <c r="R26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="H27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="L27" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>126</v>
+        <v>233</v>
       </c>
       <c r="O27" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P27" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q27" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R27" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H28" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="L28" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="O28" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P28" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q28" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R28" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="H29" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="L29" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>241</v>
+        <v>172</v>
       </c>
       <c r="O29" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P29" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q29" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R29" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="H30" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="L30" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>49</v>
+        <v>252</v>
       </c>
       <c r="O30" t="s">
         <v>71</v>
       </c>
       <c r="P30" t="s">
         <v>72</v>
       </c>
       <c r="Q30" t="s">
         <v>73</v>
       </c>
       <c r="R30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H31" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="L31" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>254</v>
+        <v>60</v>
       </c>
       <c r="O31" t="s">
-        <v>255</v>
+        <v>82</v>
       </c>
       <c r="P31" t="s">
-        <v>256</v>
+        <v>83</v>
       </c>
       <c r="Q31" t="s">
-        <v>257</v>
+        <v>84</v>
       </c>
       <c r="R31" t="s">
-        <v>258</v>
+        <v>85</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>259</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>260</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>261</v>
       </c>
       <c r="H32" t="s">
         <v>262</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>263</v>
       </c>
       <c r="L32" t="s">
-        <v>98</v>
+        <v>264</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="O32" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="P32" t="s">
-        <v>61</v>
+        <v>267</v>
       </c>
       <c r="Q32" t="s">
-        <v>62</v>
+        <v>268</v>
       </c>
       <c r="R32" t="s">
-        <v>63</v>
+        <v>269</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="H33" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="L33" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="O33" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="P33" t="s">
-        <v>175</v>
+        <v>72</v>
       </c>
       <c r="Q33" t="s">
-        <v>176</v>
+        <v>73</v>
       </c>
       <c r="R33" t="s">
-        <v>177</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H34" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="L34" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="O34" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="P34" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="Q34" t="s">
-        <v>30</v>
+        <v>187</v>
       </c>
       <c r="R34" t="s">
-        <v>31</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H35" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="L35" t="s">
-        <v>281</v>
+        <v>37</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="O35" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="P35" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="Q35" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R35" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="H36" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="L36" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="O36" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="P36" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="Q36" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R36" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="H37" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="L37" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="O37" t="s">
         <v>71</v>
       </c>
       <c r="P37" t="s">
         <v>72</v>
       </c>
       <c r="Q37" t="s">
         <v>73</v>
       </c>
       <c r="R37" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="H38" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="L38" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>138</v>
+        <v>307</v>
       </c>
       <c r="O38" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P38" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q38" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R38" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="H39" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="L39" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>208</v>
+        <v>149</v>
       </c>
       <c r="O39" t="s">
-        <v>309</v>
+        <v>71</v>
       </c>
       <c r="P39" t="s">
-        <v>310</v>
+        <v>72</v>
       </c>
       <c r="Q39" t="s">
-        <v>311</v>
+        <v>73</v>
       </c>
       <c r="R39" t="s">
-        <v>312</v>
+        <v>74</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H40" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="L40" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>296</v>
+        <v>219</v>
       </c>
       <c r="O40" t="s">
-        <v>28</v>
+        <v>320</v>
       </c>
       <c r="P40" t="s">
-        <v>29</v>
+        <v>321</v>
       </c>
       <c r="Q40" t="s">
-        <v>30</v>
+        <v>322</v>
       </c>
       <c r="R40" t="s">
-        <v>31</v>
+        <v>323</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="H41" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="L41" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>201</v>
+        <v>307</v>
       </c>
       <c r="O41" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="P41" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="Q41" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="R41" t="s">
-        <v>177</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="H42" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="L42" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>331</v>
+        <v>212</v>
       </c>
       <c r="O42" t="s">
-        <v>60</v>
+        <v>185</v>
       </c>
       <c r="P42" t="s">
-        <v>61</v>
+        <v>186</v>
       </c>
       <c r="Q42" t="s">
-        <v>62</v>
+        <v>187</v>
       </c>
       <c r="R42" t="s">
-        <v>63</v>
+        <v>188</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="H43" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="L43" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="O43" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="P43" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="Q43" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="R43" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="H44" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="L44" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="O44" t="s">
-        <v>345</v>
+        <v>100</v>
       </c>
       <c r="P44" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="Q44" t="s">
-        <v>30</v>
+        <v>102</v>
       </c>
       <c r="R44" t="s">
-        <v>346</v>
+        <v>103</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="H45" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="L45" t="s">
-        <v>240</v>
+        <v>355</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>352</v>
+        <v>286</v>
       </c>
       <c r="O45" t="s">
-        <v>174</v>
+        <v>356</v>
       </c>
       <c r="P45" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="Q45" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="R45" t="s">
-        <v>177</v>
+        <v>357</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H46" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="L46" t="s">
-        <v>358</v>
+        <v>251</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>296</v>
+        <v>363</v>
       </c>
       <c r="O46" t="s">
-        <v>60</v>
+        <v>185</v>
       </c>
       <c r="P46" t="s">
-        <v>61</v>
+        <v>186</v>
       </c>
       <c r="Q46" t="s">
-        <v>62</v>
+        <v>187</v>
       </c>
       <c r="R46" t="s">
-        <v>63</v>
+        <v>188</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" t="s">
+        <v>364</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>365</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>366</v>
+      </c>
+      <c r="H47" t="s">
+        <v>367</v>
+      </c>
+      <c r="I47" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J47" t="s">
+        <v>24</v>
+      </c>
+      <c r="K47" t="s">
+        <v>368</v>
+      </c>
+      <c r="L47" t="s">
+        <v>369</v>
+      </c>
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
+        <v>307</v>
+      </c>
+      <c r="O47" t="s">
+        <v>71</v>
+      </c>
+      <c r="P47" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>73</v>
+      </c>
+      <c r="R47" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P168"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J1" t="s">
+        <v>371</v>
+      </c>
+      <c r="K1" t="s">
+        <v>372</v>
+      </c>
+      <c r="L1" t="s">
+        <v>373</v>
+      </c>
+      <c r="M1" t="s">
+        <v>374</v>
+      </c>
+      <c r="N1" t="s">
+        <v>375</v>
+      </c>
+      <c r="O1" t="s">
+        <v>376</v>
+      </c>
+      <c r="P1" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>380</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>381</v>
+      </c>
+      <c r="H2" t="s">
+        <v>382</v>
+      </c>
+      <c r="I2" t="s">
+        <v>383</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>384</v>
+      </c>
+      <c r="L2" t="s">
+        <v>385</v>
+      </c>
+      <c r="M2" t="s">
+        <v>386</v>
+      </c>
+      <c r="N2" t="s">
+        <v>387</v>
+      </c>
+      <c r="O2" t="s">
+        <v>388</v>
+      </c>
+      <c r="P2" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>392</v>
+      </c>
+      <c r="H3" t="s">
+        <v>393</v>
+      </c>
+      <c r="I3" t="s">
+        <v>394</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
+        <v>395</v>
+      </c>
+      <c r="L3" t="s">
+        <v>385</v>
+      </c>
+      <c r="M3" t="s">
+        <v>386</v>
+      </c>
+      <c r="N3" t="s">
+        <v>396</v>
+      </c>
+      <c r="O3" t="s">
+        <v>397</v>
+      </c>
+      <c r="P3" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B4" t="s">
+        <v>399</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>391</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>400</v>
+      </c>
+      <c r="H4" t="s">
+        <v>401</v>
+      </c>
+      <c r="I4" t="s">
+        <v>394</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>395</v>
+      </c>
+      <c r="L4" t="s">
+        <v>385</v>
+      </c>
+      <c r="M4" t="s">
+        <v>386</v>
+      </c>
+      <c r="N4" t="s">
+        <v>396</v>
+      </c>
+      <c r="O4" t="s">
+        <v>402</v>
+      </c>
+      <c r="P4" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>378</v>
+      </c>
+      <c r="B5" t="s">
+        <v>404</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>406</v>
+      </c>
+      <c r="H5" t="s">
+        <v>407</v>
+      </c>
+      <c r="I5" t="s">
+        <v>408</v>
+      </c>
+      <c r="J5" t="s">
+        <v>409</v>
+      </c>
+      <c r="K5" t="s">
+        <v>410</v>
+      </c>
+      <c r="L5" t="s">
+        <v>385</v>
+      </c>
+      <c r="M5" t="s">
+        <v>411</v>
+      </c>
+      <c r="N5" t="s">
+        <v>412</v>
+      </c>
+      <c r="O5" t="s">
+        <v>413</v>
+      </c>
+      <c r="P5" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>378</v>
+      </c>
+      <c r="B6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>417</v>
+      </c>
+      <c r="H6" t="s">
+        <v>418</v>
+      </c>
+      <c r="I6" t="s">
+        <v>419</v>
+      </c>
+      <c r="J6" t="s">
+        <v>420</v>
+      </c>
+      <c r="K6" t="s">
+        <v>421</v>
+      </c>
+      <c r="L6" t="s">
+        <v>385</v>
+      </c>
+      <c r="M6" t="s">
+        <v>422</v>
+      </c>
+      <c r="N6" t="s">
+        <v>387</v>
+      </c>
+      <c r="O6" t="s">
+        <v>388</v>
+      </c>
+      <c r="P6" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>378</v>
+      </c>
+      <c r="B7" t="s">
+        <v>424</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>425</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>426</v>
+      </c>
+      <c r="H7" t="s">
+        <v>427</v>
+      </c>
+      <c r="I7" t="s">
+        <v>428</v>
+      </c>
+      <c r="J7" t="s">
+        <v>429</v>
+      </c>
+      <c r="K7" t="s">
+        <v>430</v>
+      </c>
+      <c r="L7" t="s">
+        <v>385</v>
+      </c>
+      <c r="M7" t="s">
+        <v>386</v>
+      </c>
+      <c r="N7" t="s">
+        <v>431</v>
+      </c>
+      <c r="O7" t="s">
+        <v>432</v>
+      </c>
+      <c r="P7" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>378</v>
+      </c>
+      <c r="B8" t="s">
+        <v>434</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>425</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>435</v>
+      </c>
+      <c r="H8" t="s">
+        <v>436</v>
+      </c>
+      <c r="I8" t="s">
+        <v>437</v>
+      </c>
+      <c r="J8" t="s">
+        <v>438</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8" t="s">
+        <v>385</v>
+      </c>
+      <c r="M8" t="s">
+        <v>386</v>
+      </c>
+      <c r="N8" t="s">
+        <v>431</v>
+      </c>
+      <c r="O8" t="s">
+        <v>432</v>
+      </c>
+      <c r="P8" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>378</v>
+      </c>
+      <c r="B9" t="s">
+        <v>440</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>441</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>442</v>
+      </c>
+      <c r="H9" t="s">
+        <v>443</v>
+      </c>
+      <c r="I9" t="s">
+        <v>444</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>445</v>
+      </c>
+      <c r="L9" t="s">
+        <v>385</v>
+      </c>
+      <c r="M9" t="s">
+        <v>411</v>
+      </c>
+      <c r="N9" t="s">
+        <v>412</v>
+      </c>
+      <c r="O9" t="s">
+        <v>413</v>
+      </c>
+      <c r="P9" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>378</v>
+      </c>
+      <c r="B10" t="s">
+        <v>447</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>448</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>449</v>
+      </c>
+      <c r="H10" t="s">
+        <v>450</v>
+      </c>
+      <c r="I10" t="s">
+        <v>451</v>
+      </c>
+      <c r="J10" t="s">
+        <v>452</v>
+      </c>
+      <c r="K10" t="s">
+        <v>453</v>
+      </c>
+      <c r="L10" t="s">
+        <v>385</v>
+      </c>
+      <c r="M10" t="s">
+        <v>411</v>
+      </c>
+      <c r="N10" t="s">
+        <v>412</v>
+      </c>
+      <c r="O10" t="s">
+        <v>413</v>
+      </c>
+      <c r="P10" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>378</v>
+      </c>
+      <c r="B11" t="s">
+        <v>455</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>456</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>457</v>
+      </c>
+      <c r="H11" t="s">
+        <v>458</v>
+      </c>
+      <c r="I11" t="s">
+        <v>459</v>
+      </c>
+      <c r="J11" t="s">
+        <v>460</v>
+      </c>
+      <c r="K11" t="s">
+        <v>461</v>
+      </c>
+      <c r="L11" t="s">
+        <v>385</v>
+      </c>
+      <c r="M11" t="s">
+        <v>411</v>
+      </c>
+      <c r="N11" t="s">
+        <v>412</v>
+      </c>
+      <c r="O11" t="s">
+        <v>413</v>
+      </c>
+      <c r="P11" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>378</v>
+      </c>
+      <c r="B12" t="s">
+        <v>463</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>464</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>465</v>
+      </c>
+      <c r="H12" t="s">
+        <v>466</v>
+      </c>
+      <c r="I12" t="s">
+        <v>467</v>
+      </c>
+      <c r="J12" t="s">
+        <v>468</v>
+      </c>
+      <c r="K12" t="s">
+        <v>469</v>
+      </c>
+      <c r="L12" t="s">
+        <v>385</v>
+      </c>
+      <c r="M12" t="s">
+        <v>411</v>
+      </c>
+      <c r="N12" t="s">
+        <v>412</v>
+      </c>
+      <c r="O12" t="s">
+        <v>413</v>
+      </c>
+      <c r="P12" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>378</v>
+      </c>
+      <c r="B13" t="s">
+        <v>471</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>472</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>473</v>
+      </c>
+      <c r="H13" t="s">
+        <v>474</v>
+      </c>
+      <c r="I13" t="s">
+        <v>475</v>
+      </c>
+      <c r="J13" t="s">
+        <v>476</v>
+      </c>
+      <c r="K13" t="s">
+        <v>477</v>
+      </c>
+      <c r="L13" t="s">
+        <v>385</v>
+      </c>
+      <c r="M13" t="s">
+        <v>411</v>
+      </c>
+      <c r="N13" t="s">
+        <v>396</v>
+      </c>
+      <c r="O13" t="s">
+        <v>478</v>
+      </c>
+      <c r="P13" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>378</v>
+      </c>
+      <c r="B14" t="s">
+        <v>480</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>472</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>481</v>
+      </c>
+      <c r="H14" t="s">
+        <v>482</v>
+      </c>
+      <c r="I14" t="s">
+        <v>475</v>
+      </c>
+      <c r="J14" t="s">
+        <v>476</v>
+      </c>
+      <c r="K14" t="s">
+        <v>477</v>
+      </c>
+      <c r="L14" t="s">
+        <v>385</v>
+      </c>
+      <c r="M14" t="s">
+        <v>411</v>
+      </c>
+      <c r="N14" t="s">
+        <v>396</v>
+      </c>
+      <c r="O14" t="s">
+        <v>402</v>
+      </c>
+      <c r="P14" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>378</v>
+      </c>
+      <c r="B15" t="s">
+        <v>484</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>472</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>485</v>
+      </c>
+      <c r="H15" t="s">
+        <v>486</v>
+      </c>
+      <c r="I15" t="s">
+        <v>475</v>
+      </c>
+      <c r="J15" t="s">
+        <v>476</v>
+      </c>
+      <c r="K15" t="s">
+        <v>477</v>
+      </c>
+      <c r="L15" t="s">
+        <v>385</v>
+      </c>
+      <c r="M15" t="s">
+        <v>411</v>
+      </c>
+      <c r="N15" t="s">
+        <v>396</v>
+      </c>
+      <c r="O15" t="s">
+        <v>397</v>
+      </c>
+      <c r="P15" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>378</v>
+      </c>
+      <c r="B16" t="s">
+        <v>488</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>489</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>490</v>
+      </c>
+      <c r="H16" t="s">
+        <v>491</v>
+      </c>
+      <c r="I16" t="s">
+        <v>492</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>493</v>
+      </c>
+      <c r="L16" t="s">
+        <v>385</v>
+      </c>
+      <c r="M16" t="s">
+        <v>411</v>
+      </c>
+      <c r="N16" t="s">
+        <v>412</v>
+      </c>
+      <c r="O16" t="s">
+        <v>494</v>
+      </c>
+      <c r="P16" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>378</v>
+      </c>
+      <c r="B17" t="s">
+        <v>496</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>497</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>498</v>
+      </c>
+      <c r="H17" t="s">
+        <v>499</v>
+      </c>
+      <c r="I17" t="s">
+        <v>500</v>
+      </c>
+      <c r="J17" t="s">
+        <v>501</v>
+      </c>
+      <c r="K17" t="s">
+        <v>502</v>
+      </c>
+      <c r="L17" t="s">
+        <v>385</v>
+      </c>
+      <c r="M17" t="s">
+        <v>411</v>
+      </c>
+      <c r="N17" t="s">
+        <v>412</v>
+      </c>
+      <c r="O17" t="s">
+        <v>413</v>
+      </c>
+      <c r="P17" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>378</v>
+      </c>
+      <c r="B18" t="s">
+        <v>504</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>505</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>506</v>
+      </c>
+      <c r="H18" t="s">
+        <v>507</v>
+      </c>
+      <c r="I18" t="s">
+        <v>508</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>509</v>
+      </c>
+      <c r="L18" t="s">
+        <v>385</v>
+      </c>
+      <c r="M18" t="s">
+        <v>386</v>
+      </c>
+      <c r="N18" t="s">
+        <v>396</v>
+      </c>
+      <c r="O18" t="s">
+        <v>510</v>
+      </c>
+      <c r="P18" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>378</v>
+      </c>
+      <c r="B19" t="s">
+        <v>512</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>513</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>514</v>
+      </c>
+      <c r="H19" t="s">
+        <v>515</v>
+      </c>
+      <c r="I19" t="s">
+        <v>516</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>517</v>
+      </c>
+      <c r="L19" t="s">
+        <v>385</v>
+      </c>
+      <c r="M19" t="s">
+        <v>386</v>
+      </c>
+      <c r="N19" t="s">
+        <v>396</v>
+      </c>
+      <c r="O19" t="s">
+        <v>510</v>
+      </c>
+      <c r="P19" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>378</v>
+      </c>
+      <c r="B20" t="s">
+        <v>519</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>520</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>521</v>
+      </c>
+      <c r="H20" t="s">
+        <v>522</v>
+      </c>
+      <c r="I20" t="s">
+        <v>523</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>524</v>
+      </c>
+      <c r="L20" t="s">
+        <v>385</v>
+      </c>
+      <c r="M20" t="s">
+        <v>386</v>
+      </c>
+      <c r="N20" t="s">
+        <v>396</v>
+      </c>
+      <c r="O20" t="s">
+        <v>402</v>
+      </c>
+      <c r="P20" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>378</v>
+      </c>
+      <c r="B21" t="s">
+        <v>526</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>520</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>527</v>
+      </c>
+      <c r="H21" t="s">
+        <v>528</v>
+      </c>
+      <c r="I21" t="s">
+        <v>523</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
+        <v>524</v>
+      </c>
+      <c r="L21" t="s">
+        <v>385</v>
+      </c>
+      <c r="M21" t="s">
+        <v>386</v>
+      </c>
+      <c r="N21" t="s">
+        <v>396</v>
+      </c>
+      <c r="O21" t="s">
+        <v>529</v>
+      </c>
+      <c r="P21" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>378</v>
+      </c>
+      <c r="B22" t="s">
+        <v>531</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>520</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>532</v>
+      </c>
+      <c r="H22" t="s">
+        <v>533</v>
+      </c>
+      <c r="I22" t="s">
+        <v>534</v>
+      </c>
+      <c r="J22" t="s">
+        <v>523</v>
+      </c>
+      <c r="K22" t="s">
+        <v>524</v>
+      </c>
+      <c r="L22" t="s">
+        <v>385</v>
+      </c>
+      <c r="M22" t="s">
+        <v>386</v>
+      </c>
+      <c r="N22" t="s">
+        <v>396</v>
+      </c>
+      <c r="O22" t="s">
+        <v>535</v>
+      </c>
+      <c r="P22" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>378</v>
+      </c>
+      <c r="B23" t="s">
+        <v>537</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>520</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>538</v>
+      </c>
+      <c r="H23" t="s">
+        <v>539</v>
+      </c>
+      <c r="I23" t="s">
+        <v>523</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>524</v>
+      </c>
+      <c r="L23" t="s">
+        <v>385</v>
+      </c>
+      <c r="M23" t="s">
+        <v>386</v>
+      </c>
+      <c r="N23" t="s">
+        <v>396</v>
+      </c>
+      <c r="O23" t="s">
+        <v>540</v>
+      </c>
+      <c r="P23" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>378</v>
+      </c>
+      <c r="B24" t="s">
+        <v>542</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>543</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>544</v>
+      </c>
+      <c r="H24" t="s">
+        <v>545</v>
+      </c>
+      <c r="I24" t="s">
+        <v>546</v>
+      </c>
+      <c r="J24" t="s">
+        <v>516</v>
+      </c>
+      <c r="K24" t="s">
+        <v>517</v>
+      </c>
+      <c r="L24" t="s">
+        <v>385</v>
+      </c>
+      <c r="M24" t="s">
+        <v>386</v>
+      </c>
+      <c r="N24" t="s">
+        <v>396</v>
+      </c>
+      <c r="O24" t="s">
+        <v>540</v>
+      </c>
+      <c r="P24" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>378</v>
+      </c>
+      <c r="B25" t="s">
+        <v>548</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>543</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>549</v>
+      </c>
+      <c r="H25" t="s">
+        <v>550</v>
+      </c>
+      <c r="I25" t="s">
+        <v>551</v>
+      </c>
+      <c r="J25" t="s">
+        <v>516</v>
+      </c>
+      <c r="K25" t="s">
+        <v>517</v>
+      </c>
+      <c r="L25" t="s">
+        <v>385</v>
+      </c>
+      <c r="M25" t="s">
+        <v>386</v>
+      </c>
+      <c r="N25" t="s">
+        <v>396</v>
+      </c>
+      <c r="O25" t="s">
+        <v>397</v>
+      </c>
+      <c r="P25" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>378</v>
+      </c>
+      <c r="B26" t="s">
+        <v>553</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>554</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>555</v>
+      </c>
+      <c r="H26" t="s">
+        <v>556</v>
+      </c>
+      <c r="I26" t="s">
+        <v>557</v>
+      </c>
+      <c r="J26" t="s">
+        <v>558</v>
+      </c>
+      <c r="K26" t="s">
+        <v>73</v>
+      </c>
+      <c r="L26" t="s">
+        <v>385</v>
+      </c>
+      <c r="M26" t="s">
+        <v>411</v>
+      </c>
+      <c r="N26" t="s">
+        <v>396</v>
+      </c>
+      <c r="O26" t="s">
+        <v>478</v>
+      </c>
+      <c r="P26" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>378</v>
+      </c>
+      <c r="B27" t="s">
+        <v>560</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>561</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>562</v>
+      </c>
+      <c r="H27" t="s">
+        <v>563</v>
+      </c>
+      <c r="I27" t="s">
+        <v>558</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>73</v>
+      </c>
+      <c r="L27" t="s">
+        <v>385</v>
+      </c>
+      <c r="M27" t="s">
+        <v>411</v>
+      </c>
+      <c r="N27" t="s">
+        <v>412</v>
+      </c>
+      <c r="O27" t="s">
+        <v>413</v>
+      </c>
+      <c r="P27" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>378</v>
+      </c>
+      <c r="B28" t="s">
+        <v>565</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>566</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>567</v>
+      </c>
+      <c r="H28" t="s">
+        <v>568</v>
+      </c>
+      <c r="I28" t="s">
+        <v>429</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>430</v>
+      </c>
+      <c r="L28" t="s">
+        <v>385</v>
+      </c>
+      <c r="M28" t="s">
+        <v>386</v>
+      </c>
+      <c r="N28" t="s">
+        <v>396</v>
+      </c>
+      <c r="O28" t="s">
+        <v>529</v>
+      </c>
+      <c r="P28" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>378</v>
+      </c>
+      <c r="B29" t="s">
+        <v>570</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>566</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>571</v>
+      </c>
+      <c r="H29" t="s">
+        <v>572</v>
+      </c>
+      <c r="I29" t="s">
+        <v>429</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>430</v>
+      </c>
+      <c r="L29" t="s">
+        <v>385</v>
+      </c>
+      <c r="M29" t="s">
+        <v>386</v>
+      </c>
+      <c r="N29" t="s">
+        <v>412</v>
+      </c>
+      <c r="O29" t="s">
+        <v>494</v>
+      </c>
+      <c r="P29" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>378</v>
+      </c>
+      <c r="B30" t="s">
+        <v>574</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>575</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>576</v>
+      </c>
+      <c r="H30" t="s">
+        <v>577</v>
+      </c>
+      <c r="I30" t="s">
+        <v>516</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>517</v>
+      </c>
+      <c r="L30" t="s">
+        <v>385</v>
+      </c>
+      <c r="M30" t="s">
+        <v>411</v>
+      </c>
+      <c r="N30" t="s">
+        <v>412</v>
+      </c>
+      <c r="O30" t="s">
+        <v>413</v>
+      </c>
+      <c r="P30" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>378</v>
+      </c>
+      <c r="B31" t="s">
+        <v>574</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>579</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>580</v>
+      </c>
+      <c r="H31" t="s">
+        <v>581</v>
+      </c>
+      <c r="I31" t="s">
+        <v>582</v>
+      </c>
+      <c r="J31" t="s">
+        <v>583</v>
+      </c>
+      <c r="K31" t="s">
+        <v>584</v>
+      </c>
+      <c r="L31" t="s">
+        <v>385</v>
+      </c>
+      <c r="M31" t="s">
+        <v>411</v>
+      </c>
+      <c r="N31" t="s">
+        <v>412</v>
+      </c>
+      <c r="O31" t="s">
+        <v>413</v>
+      </c>
+      <c r="P31" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>378</v>
+      </c>
+      <c r="B32" t="s">
+        <v>586</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>579</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>587</v>
+      </c>
+      <c r="H32" t="s">
+        <v>588</v>
+      </c>
+      <c r="I32" t="s">
+        <v>516</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>517</v>
+      </c>
+      <c r="L32" t="s">
+        <v>385</v>
+      </c>
+      <c r="M32" t="s">
+        <v>411</v>
+      </c>
+      <c r="N32" t="s">
+        <v>412</v>
+      </c>
+      <c r="O32" t="s">
+        <v>494</v>
+      </c>
+      <c r="P32" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>378</v>
+      </c>
+      <c r="B33" t="s">
+        <v>590</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>591</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>592</v>
+      </c>
+      <c r="H33" t="s">
+        <v>593</v>
+      </c>
+      <c r="I33" t="s">
+        <v>594</v>
+      </c>
+      <c r="J33" t="s">
+        <v>438</v>
+      </c>
+      <c r="K33" t="s">
+        <v>73</v>
+      </c>
+      <c r="L33" t="s">
+        <v>385</v>
+      </c>
+      <c r="M33" t="s">
+        <v>386</v>
+      </c>
+      <c r="N33" t="s">
+        <v>595</v>
+      </c>
+      <c r="O33" t="s">
+        <v>596</v>
+      </c>
+      <c r="P33" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>378</v>
+      </c>
+      <c r="B34" t="s">
+        <v>598</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>599</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>600</v>
+      </c>
+      <c r="H34" t="s">
+        <v>601</v>
+      </c>
+      <c r="I34" t="s">
+        <v>602</v>
+      </c>
+      <c r="J34" t="s">
+        <v>603</v>
+      </c>
+      <c r="K34" t="s">
+        <v>604</v>
+      </c>
+      <c r="L34" t="s">
+        <v>385</v>
+      </c>
+      <c r="M34" t="s">
+        <v>386</v>
+      </c>
+      <c r="N34" t="s">
+        <v>412</v>
+      </c>
+      <c r="O34" t="s">
+        <v>413</v>
+      </c>
+      <c r="P34" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>378</v>
+      </c>
+      <c r="B35" t="s">
+        <v>606</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>607</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>608</v>
+      </c>
+      <c r="H35" t="s">
+        <v>609</v>
+      </c>
+      <c r="I35" t="s">
+        <v>610</v>
+      </c>
+      <c r="J35" t="s">
+        <v>611</v>
+      </c>
+      <c r="K35" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35" t="s">
+        <v>385</v>
+      </c>
+      <c r="M35" t="s">
+        <v>422</v>
+      </c>
+      <c r="N35" t="s">
+        <v>412</v>
+      </c>
+      <c r="O35" t="s">
+        <v>413</v>
+      </c>
+      <c r="P35" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>378</v>
+      </c>
+      <c r="B36" t="s">
+        <v>613</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>607</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>614</v>
+      </c>
+      <c r="H36" t="s">
+        <v>615</v>
+      </c>
+      <c r="I36" t="s">
+        <v>616</v>
+      </c>
+      <c r="J36" t="s">
+        <v>617</v>
+      </c>
+      <c r="K36" t="s">
+        <v>618</v>
+      </c>
+      <c r="L36" t="s">
+        <v>385</v>
+      </c>
+      <c r="M36" t="s">
+        <v>411</v>
+      </c>
+      <c r="N36" t="s">
+        <v>412</v>
+      </c>
+      <c r="O36" t="s">
+        <v>413</v>
+      </c>
+      <c r="P36" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>378</v>
+      </c>
+      <c r="B37" t="s">
+        <v>620</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>621</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>622</v>
+      </c>
+      <c r="H37" t="s">
+        <v>623</v>
+      </c>
+      <c r="I37" t="s">
+        <v>624</v>
+      </c>
+      <c r="J37" t="s">
+        <v>625</v>
+      </c>
+      <c r="K37" t="s">
+        <v>73</v>
+      </c>
+      <c r="L37" t="s">
+        <v>385</v>
+      </c>
+      <c r="M37" t="s">
+        <v>386</v>
+      </c>
+      <c r="N37" t="s">
+        <v>626</v>
+      </c>
+      <c r="O37" t="s">
+        <v>627</v>
+      </c>
+      <c r="P37" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>378</v>
+      </c>
+      <c r="B38" t="s">
+        <v>629</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>621</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>630</v>
+      </c>
+      <c r="H38" t="s">
+        <v>631</v>
+      </c>
+      <c r="I38" t="s">
+        <v>624</v>
+      </c>
+      <c r="J38" t="s">
+        <v>625</v>
+      </c>
+      <c r="K38" t="s">
+        <v>73</v>
+      </c>
+      <c r="L38" t="s">
+        <v>385</v>
+      </c>
+      <c r="M38" t="s">
+        <v>386</v>
+      </c>
+      <c r="N38" t="s">
+        <v>632</v>
+      </c>
+      <c r="O38" t="s">
+        <v>633</v>
+      </c>
+      <c r="P38" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>378</v>
+      </c>
+      <c r="B39" t="s">
+        <v>635</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>636</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>637</v>
+      </c>
+      <c r="H39" t="s">
+        <v>638</v>
+      </c>
+      <c r="I39" t="s">
+        <v>639</v>
+      </c>
+      <c r="J39" t="s">
+        <v>640</v>
+      </c>
+      <c r="K39" t="s">
+        <v>641</v>
+      </c>
+      <c r="L39" t="s">
+        <v>385</v>
+      </c>
+      <c r="M39" t="s">
+        <v>386</v>
+      </c>
+      <c r="N39" t="s">
+        <v>412</v>
+      </c>
+      <c r="O39" t="s">
+        <v>413</v>
+      </c>
+      <c r="P39" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>378</v>
+      </c>
+      <c r="B40" t="s">
+        <v>643</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>644</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>645</v>
+      </c>
+      <c r="H40" t="s">
+        <v>646</v>
+      </c>
+      <c r="I40" t="s">
+        <v>647</v>
+      </c>
+      <c r="J40" t="s">
+        <v>648</v>
+      </c>
+      <c r="K40" t="s">
+        <v>649</v>
+      </c>
+      <c r="L40" t="s">
+        <v>385</v>
+      </c>
+      <c r="M40" t="s">
+        <v>411</v>
+      </c>
+      <c r="N40" t="s">
+        <v>412</v>
+      </c>
+      <c r="O40" t="s">
+        <v>413</v>
+      </c>
+      <c r="P40" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>378</v>
+      </c>
+      <c r="B41" t="s">
+        <v>651</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>652</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>653</v>
+      </c>
+      <c r="H41" t="s">
+        <v>654</v>
+      </c>
+      <c r="I41" t="s">
+        <v>655</v>
+      </c>
+      <c r="J41" t="s">
+        <v>656</v>
+      </c>
+      <c r="K41" t="s">
+        <v>30</v>
+      </c>
+      <c r="L41" t="s">
+        <v>385</v>
+      </c>
+      <c r="M41" t="s">
+        <v>386</v>
+      </c>
+      <c r="N41" t="s">
+        <v>431</v>
+      </c>
+      <c r="O41" t="s">
+        <v>657</v>
+      </c>
+      <c r="P41" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>378</v>
+      </c>
+      <c r="B42" t="s">
+        <v>659</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>660</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>661</v>
+      </c>
+      <c r="H42" t="s">
+        <v>662</v>
+      </c>
+      <c r="I42" t="s">
+        <v>663</v>
+      </c>
+      <c r="J42" t="s">
+        <v>438</v>
+      </c>
+      <c r="K42" t="s">
+        <v>73</v>
+      </c>
+      <c r="L42" t="s">
+        <v>385</v>
+      </c>
+      <c r="M42" t="s">
+        <v>386</v>
+      </c>
+      <c r="N42" t="s">
+        <v>626</v>
+      </c>
+      <c r="O42" t="s">
+        <v>627</v>
+      </c>
+      <c r="P42" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>378</v>
+      </c>
+      <c r="B43" t="s">
+        <v>665</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>660</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>666</v>
+      </c>
+      <c r="H43" t="s">
+        <v>667</v>
+      </c>
+      <c r="I43" t="s">
+        <v>668</v>
+      </c>
+      <c r="J43" t="s">
+        <v>669</v>
+      </c>
+      <c r="K43" t="s">
+        <v>670</v>
+      </c>
+      <c r="L43" t="s">
+        <v>385</v>
+      </c>
+      <c r="M43" t="s">
+        <v>386</v>
+      </c>
+      <c r="N43" t="s">
+        <v>632</v>
+      </c>
+      <c r="O43" t="s">
+        <v>633</v>
+      </c>
+      <c r="P43" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>378</v>
+      </c>
+      <c r="B44" t="s">
+        <v>672</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>673</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>674</v>
+      </c>
+      <c r="H44" t="s">
+        <v>675</v>
+      </c>
+      <c r="I44" t="s">
+        <v>676</v>
+      </c>
+      <c r="J44" t="s">
+        <v>677</v>
+      </c>
+      <c r="K44" t="s">
+        <v>678</v>
+      </c>
+      <c r="L44" t="s">
+        <v>385</v>
+      </c>
+      <c r="M44" t="s">
+        <v>411</v>
+      </c>
+      <c r="N44" t="s">
+        <v>412</v>
+      </c>
+      <c r="O44" t="s">
+        <v>413</v>
+      </c>
+      <c r="P44" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>378</v>
+      </c>
+      <c r="B45" t="s">
+        <v>680</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>681</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>682</v>
+      </c>
+      <c r="H45" t="s">
+        <v>683</v>
+      </c>
+      <c r="I45" t="s">
+        <v>684</v>
+      </c>
+      <c r="J45" t="s">
+        <v>685</v>
+      </c>
+      <c r="K45" t="s">
+        <v>686</v>
+      </c>
+      <c r="L45" t="s">
+        <v>385</v>
+      </c>
+      <c r="M45" t="s">
+        <v>386</v>
+      </c>
+      <c r="N45" t="s">
+        <v>412</v>
+      </c>
+      <c r="O45" t="s">
+        <v>413</v>
+      </c>
+      <c r="P45" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>378</v>
+      </c>
+      <c r="B46" t="s">
+        <v>688</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>689</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>690</v>
+      </c>
+      <c r="H46" t="s">
+        <v>691</v>
+      </c>
+      <c r="I46" t="s">
+        <v>692</v>
+      </c>
+      <c r="J46" t="s">
+        <v>693</v>
+      </c>
+      <c r="K46" t="s">
+        <v>694</v>
+      </c>
+      <c r="L46" t="s">
+        <v>385</v>
+      </c>
+      <c r="M46" t="s">
+        <v>422</v>
+      </c>
+      <c r="N46" t="s">
+        <v>626</v>
+      </c>
+      <c r="O46" t="s">
+        <v>388</v>
+      </c>
+      <c r="P46" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>378</v>
+      </c>
+      <c r="B47" t="s">
+        <v>696</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>697</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>698</v>
+      </c>
+      <c r="H47" t="s">
+        <v>699</v>
+      </c>
+      <c r="I47" t="s">
+        <v>700</v>
+      </c>
+      <c r="J47" t="s">
+        <v>701</v>
+      </c>
+      <c r="K47" t="s">
+        <v>702</v>
+      </c>
+      <c r="L47" t="s">
+        <v>385</v>
+      </c>
+      <c r="M47" t="s">
+        <v>411</v>
+      </c>
+      <c r="N47" t="s">
+        <v>412</v>
+      </c>
+      <c r="O47" t="s">
+        <v>413</v>
+      </c>
+      <c r="P47" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>378</v>
+      </c>
+      <c r="B48" t="s">
+        <v>704</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>705</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>706</v>
+      </c>
+      <c r="H48" t="s">
+        <v>707</v>
+      </c>
+      <c r="I48" t="s">
+        <v>708</v>
+      </c>
+      <c r="J48" t="s">
+        <v>709</v>
+      </c>
+      <c r="K48" t="s">
+        <v>710</v>
+      </c>
+      <c r="L48" t="s">
+        <v>385</v>
+      </c>
+      <c r="M48" t="s">
+        <v>411</v>
+      </c>
+      <c r="N48" t="s">
+        <v>412</v>
+      </c>
+      <c r="O48" t="s">
+        <v>413</v>
+      </c>
+      <c r="P48" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>378</v>
+      </c>
+      <c r="B49" t="s">
+        <v>712</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>713</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>714</v>
+      </c>
+      <c r="H49" t="s">
+        <v>715</v>
+      </c>
+      <c r="I49" t="s">
+        <v>716</v>
+      </c>
+      <c r="J49" t="s">
+        <v>717</v>
+      </c>
+      <c r="K49" t="s">
+        <v>718</v>
+      </c>
+      <c r="L49" t="s">
+        <v>385</v>
+      </c>
+      <c r="M49" t="s">
+        <v>411</v>
+      </c>
+      <c r="N49" t="s">
+        <v>412</v>
+      </c>
+      <c r="O49" t="s">
+        <v>413</v>
+      </c>
+      <c r="P49" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>378</v>
+      </c>
+      <c r="B50" t="s">
+        <v>720</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>721</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>722</v>
+      </c>
+      <c r="H50" t="s">
+        <v>723</v>
+      </c>
+      <c r="I50" t="s">
+        <v>724</v>
+      </c>
+      <c r="J50" t="s">
+        <v>725</v>
+      </c>
+      <c r="K50" t="s">
+        <v>726</v>
+      </c>
+      <c r="L50" t="s">
+        <v>385</v>
+      </c>
+      <c r="M50" t="s">
+        <v>411</v>
+      </c>
+      <c r="N50" t="s">
+        <v>412</v>
+      </c>
+      <c r="O50" t="s">
+        <v>413</v>
+      </c>
+      <c r="P50" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>378</v>
+      </c>
+      <c r="B51" t="s">
+        <v>728</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>729</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>730</v>
+      </c>
+      <c r="H51" t="s">
+        <v>731</v>
+      </c>
+      <c r="I51" t="s">
+        <v>732</v>
+      </c>
+      <c r="J51" t="s">
+        <v>438</v>
+      </c>
+      <c r="K51" t="s">
+        <v>73</v>
+      </c>
+      <c r="L51" t="s">
+        <v>385</v>
+      </c>
+      <c r="M51" t="s">
+        <v>386</v>
+      </c>
+      <c r="N51" t="s">
+        <v>396</v>
+      </c>
+      <c r="O51" t="s">
+        <v>733</v>
+      </c>
+      <c r="P51" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>378</v>
+      </c>
+      <c r="B52" t="s">
+        <v>735</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>729</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>736</v>
+      </c>
+      <c r="H52" t="s">
+        <v>737</v>
+      </c>
+      <c r="I52" t="s">
+        <v>738</v>
+      </c>
+      <c r="J52" t="s">
+        <v>438</v>
+      </c>
+      <c r="K52" t="s">
+        <v>73</v>
+      </c>
+      <c r="L52" t="s">
+        <v>385</v>
+      </c>
+      <c r="M52" t="s">
+        <v>386</v>
+      </c>
+      <c r="N52" t="s">
+        <v>396</v>
+      </c>
+      <c r="O52" t="s">
+        <v>733</v>
+      </c>
+      <c r="P52" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>378</v>
+      </c>
+      <c r="B53" t="s">
+        <v>740</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>729</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>741</v>
+      </c>
+      <c r="H53" t="s">
+        <v>742</v>
+      </c>
+      <c r="I53" t="s">
+        <v>743</v>
+      </c>
+      <c r="J53" t="s">
+        <v>438</v>
+      </c>
+      <c r="K53" t="s">
+        <v>73</v>
+      </c>
+      <c r="L53" t="s">
+        <v>385</v>
+      </c>
+      <c r="M53" t="s">
+        <v>386</v>
+      </c>
+      <c r="N53" t="s">
+        <v>396</v>
+      </c>
+      <c r="O53" t="s">
+        <v>733</v>
+      </c>
+      <c r="P53" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>378</v>
+      </c>
+      <c r="B54" t="s">
+        <v>745</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>729</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>746</v>
+      </c>
+      <c r="H54" t="s">
+        <v>747</v>
+      </c>
+      <c r="I54" t="s">
+        <v>748</v>
+      </c>
+      <c r="J54" t="s">
+        <v>749</v>
+      </c>
+      <c r="K54" t="s">
+        <v>750</v>
+      </c>
+      <c r="L54" t="s">
+        <v>385</v>
+      </c>
+      <c r="M54" t="s">
+        <v>386</v>
+      </c>
+      <c r="N54" t="s">
+        <v>396</v>
+      </c>
+      <c r="O54" t="s">
+        <v>733</v>
+      </c>
+      <c r="P54" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>378</v>
+      </c>
+      <c r="B55" t="s">
+        <v>752</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>729</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>753</v>
+      </c>
+      <c r="H55" t="s">
+        <v>754</v>
+      </c>
+      <c r="I55" t="s">
+        <v>755</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" t="s">
+        <v>756</v>
+      </c>
+      <c r="L55" t="s">
+        <v>385</v>
+      </c>
+      <c r="M55" t="s">
+        <v>386</v>
+      </c>
+      <c r="N55" t="s">
+        <v>396</v>
+      </c>
+      <c r="O55" t="s">
+        <v>733</v>
+      </c>
+      <c r="P55" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>378</v>
+      </c>
+      <c r="B56" t="s">
+        <v>758</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>729</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>759</v>
+      </c>
+      <c r="H56" t="s">
+        <v>760</v>
+      </c>
+      <c r="I56" t="s">
+        <v>761</v>
+      </c>
+      <c r="J56" t="s">
+        <v>762</v>
+      </c>
+      <c r="K56" t="s">
+        <v>763</v>
+      </c>
+      <c r="L56" t="s">
+        <v>385</v>
+      </c>
+      <c r="M56" t="s">
+        <v>386</v>
+      </c>
+      <c r="N56" t="s">
+        <v>396</v>
+      </c>
+      <c r="O56" t="s">
+        <v>733</v>
+      </c>
+      <c r="P56" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>378</v>
+      </c>
+      <c r="B57" t="s">
+        <v>765</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>729</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>766</v>
+      </c>
+      <c r="H57" t="s">
+        <v>767</v>
+      </c>
+      <c r="I57" t="s">
+        <v>768</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>41</v>
+      </c>
+      <c r="L57" t="s">
+        <v>385</v>
+      </c>
+      <c r="M57" t="s">
+        <v>386</v>
+      </c>
+      <c r="N57" t="s">
+        <v>396</v>
+      </c>
+      <c r="O57" t="s">
+        <v>733</v>
+      </c>
+      <c r="P57" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>378</v>
+      </c>
+      <c r="B58" t="s">
+        <v>770</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>729</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>771</v>
+      </c>
+      <c r="H58" t="s">
+        <v>772</v>
+      </c>
+      <c r="I58" t="s">
+        <v>773</v>
+      </c>
+      <c r="J58" t="s">
+        <v>774</v>
+      </c>
+      <c r="K58" t="s">
+        <v>775</v>
+      </c>
+      <c r="L58" t="s">
+        <v>385</v>
+      </c>
+      <c r="M58" t="s">
+        <v>386</v>
+      </c>
+      <c r="N58" t="s">
+        <v>396</v>
+      </c>
+      <c r="O58" t="s">
+        <v>733</v>
+      </c>
+      <c r="P58" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>378</v>
+      </c>
+      <c r="B59" t="s">
+        <v>777</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>778</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>779</v>
+      </c>
+      <c r="H59" t="s">
+        <v>780</v>
+      </c>
+      <c r="I59" t="s">
+        <v>781</v>
+      </c>
+      <c r="J59" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" t="s">
+        <v>782</v>
+      </c>
+      <c r="L59" t="s">
+        <v>385</v>
+      </c>
+      <c r="M59" t="s">
+        <v>386</v>
+      </c>
+      <c r="N59" t="s">
+        <v>412</v>
+      </c>
+      <c r="O59" t="s">
+        <v>413</v>
+      </c>
+      <c r="P59" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>378</v>
+      </c>
+      <c r="B60" t="s">
+        <v>784</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>785</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>786</v>
+      </c>
+      <c r="H60" t="s">
+        <v>787</v>
+      </c>
+      <c r="I60" t="s">
+        <v>788</v>
+      </c>
+      <c r="J60" t="s">
+        <v>789</v>
+      </c>
+      <c r="K60" t="s">
+        <v>73</v>
+      </c>
+      <c r="L60" t="s">
+        <v>385</v>
+      </c>
+      <c r="M60" t="s">
+        <v>386</v>
+      </c>
+      <c r="N60" t="s">
+        <v>626</v>
+      </c>
+      <c r="O60" t="s">
+        <v>790</v>
+      </c>
+      <c r="P60" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>378</v>
+      </c>
+      <c r="B61" t="s">
+        <v>792</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>793</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>794</v>
+      </c>
+      <c r="H61" t="s">
+        <v>795</v>
+      </c>
+      <c r="I61" t="s">
+        <v>438</v>
+      </c>
+      <c r="J61" t="s">
+        <v>20</v>
+      </c>
+      <c r="K61" t="s">
+        <v>73</v>
+      </c>
+      <c r="L61" t="s">
+        <v>385</v>
+      </c>
+      <c r="M61" t="s">
+        <v>386</v>
+      </c>
+      <c r="N61" t="s">
+        <v>632</v>
+      </c>
+      <c r="O61" t="s">
+        <v>633</v>
+      </c>
+      <c r="P61" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>378</v>
+      </c>
+      <c r="B62" t="s">
+        <v>797</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>798</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>799</v>
+      </c>
+      <c r="H62" t="s">
+        <v>800</v>
+      </c>
+      <c r="I62" t="s">
+        <v>801</v>
+      </c>
+      <c r="J62" t="s">
+        <v>802</v>
+      </c>
+      <c r="K62" t="s">
+        <v>84</v>
+      </c>
+      <c r="L62" t="s">
+        <v>385</v>
+      </c>
+      <c r="M62" t="s">
+        <v>386</v>
+      </c>
+      <c r="N62" t="s">
+        <v>626</v>
+      </c>
+      <c r="O62" t="s">
+        <v>803</v>
+      </c>
+      <c r="P62" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>378</v>
+      </c>
+      <c r="B63" t="s">
+        <v>805</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>798</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>806</v>
+      </c>
+      <c r="H63" t="s">
+        <v>807</v>
+      </c>
+      <c r="I63" t="s">
+        <v>808</v>
+      </c>
+      <c r="J63" t="s">
+        <v>749</v>
+      </c>
+      <c r="K63" t="s">
+        <v>750</v>
+      </c>
+      <c r="L63" t="s">
+        <v>385</v>
+      </c>
+      <c r="M63" t="s">
+        <v>411</v>
+      </c>
+      <c r="N63" t="s">
+        <v>412</v>
+      </c>
+      <c r="O63" t="s">
+        <v>413</v>
+      </c>
+      <c r="P63" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>378</v>
+      </c>
+      <c r="B64" t="s">
+        <v>810</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>811</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>812</v>
+      </c>
+      <c r="H64" t="s">
+        <v>813</v>
+      </c>
+      <c r="I64" t="s">
+        <v>814</v>
+      </c>
+      <c r="J64" t="s">
+        <v>815</v>
+      </c>
+      <c r="K64" t="s">
+        <v>816</v>
+      </c>
+      <c r="L64" t="s">
+        <v>385</v>
+      </c>
+      <c r="M64" t="s">
+        <v>411</v>
+      </c>
+      <c r="N64" t="s">
+        <v>412</v>
+      </c>
+      <c r="O64" t="s">
+        <v>413</v>
+      </c>
+      <c r="P64" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>378</v>
+      </c>
+      <c r="B65" t="s">
+        <v>818</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>819</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>820</v>
+      </c>
+      <c r="H65" t="s">
+        <v>821</v>
+      </c>
+      <c r="I65" t="s">
+        <v>822</v>
+      </c>
+      <c r="J65" t="s">
+        <v>762</v>
+      </c>
+      <c r="K65" t="s">
+        <v>763</v>
+      </c>
+      <c r="L65" t="s">
+        <v>385</v>
+      </c>
+      <c r="M65" t="s">
+        <v>386</v>
+      </c>
+      <c r="N65" t="s">
+        <v>396</v>
+      </c>
+      <c r="O65" t="s">
+        <v>402</v>
+      </c>
+      <c r="P65" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>378</v>
+      </c>
+      <c r="B66" t="s">
+        <v>824</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>819</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>825</v>
+      </c>
+      <c r="H66" t="s">
+        <v>826</v>
+      </c>
+      <c r="I66" t="s">
+        <v>827</v>
+      </c>
+      <c r="J66" t="s">
+        <v>802</v>
+      </c>
+      <c r="K66" t="s">
+        <v>84</v>
+      </c>
+      <c r="L66" t="s">
+        <v>385</v>
+      </c>
+      <c r="M66" t="s">
+        <v>386</v>
+      </c>
+      <c r="N66" t="s">
+        <v>396</v>
+      </c>
+      <c r="O66" t="s">
+        <v>529</v>
+      </c>
+      <c r="P66" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>378</v>
+      </c>
+      <c r="B67" t="s">
+        <v>829</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>819</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>830</v>
+      </c>
+      <c r="H67" t="s">
+        <v>831</v>
+      </c>
+      <c r="I67" t="s">
+        <v>832</v>
+      </c>
+      <c r="J67" t="s">
+        <v>438</v>
+      </c>
+      <c r="K67" t="s">
+        <v>73</v>
+      </c>
+      <c r="L67" t="s">
+        <v>385</v>
+      </c>
+      <c r="M67" t="s">
+        <v>386</v>
+      </c>
+      <c r="N67" t="s">
+        <v>396</v>
+      </c>
+      <c r="O67" t="s">
+        <v>529</v>
+      </c>
+      <c r="P67" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>378</v>
+      </c>
+      <c r="B68" t="s">
+        <v>834</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>835</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>836</v>
+      </c>
+      <c r="H68" t="s">
+        <v>837</v>
+      </c>
+      <c r="I68" t="s">
+        <v>822</v>
+      </c>
+      <c r="J68" t="s">
+        <v>762</v>
+      </c>
+      <c r="K68" t="s">
+        <v>763</v>
+      </c>
+      <c r="L68" t="s">
+        <v>385</v>
+      </c>
+      <c r="M68" t="s">
+        <v>386</v>
+      </c>
+      <c r="N68" t="s">
+        <v>396</v>
+      </c>
+      <c r="O68" t="s">
+        <v>838</v>
+      </c>
+      <c r="P68" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>378</v>
+      </c>
+      <c r="B69" t="s">
+        <v>840</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>841</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>842</v>
+      </c>
+      <c r="H69" t="s">
+        <v>843</v>
+      </c>
+      <c r="I69" t="s">
+        <v>844</v>
+      </c>
+      <c r="J69" t="s">
+        <v>845</v>
+      </c>
+      <c r="K69" t="s">
+        <v>846</v>
+      </c>
+      <c r="L69" t="s">
+        <v>385</v>
+      </c>
+      <c r="M69" t="s">
+        <v>411</v>
+      </c>
+      <c r="N69" t="s">
+        <v>412</v>
+      </c>
+      <c r="O69" t="s">
+        <v>413</v>
+      </c>
+      <c r="P69" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>378</v>
+      </c>
+      <c r="B70" t="s">
+        <v>848</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>849</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>850</v>
+      </c>
+      <c r="H70" t="s">
+        <v>851</v>
+      </c>
+      <c r="I70" t="s">
+        <v>852</v>
+      </c>
+      <c r="J70" t="s">
+        <v>20</v>
+      </c>
+      <c r="K70" t="s">
+        <v>73</v>
+      </c>
+      <c r="L70" t="s">
+        <v>385</v>
+      </c>
+      <c r="M70" t="s">
+        <v>386</v>
+      </c>
+      <c r="N70" t="s">
+        <v>632</v>
+      </c>
+      <c r="O70" t="s">
+        <v>633</v>
+      </c>
+      <c r="P70" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>378</v>
+      </c>
+      <c r="B71" t="s">
+        <v>854</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>855</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>856</v>
+      </c>
+      <c r="H71" t="s">
+        <v>857</v>
+      </c>
+      <c r="I71" t="s">
+        <v>858</v>
+      </c>
+      <c r="J71" t="s">
+        <v>859</v>
+      </c>
+      <c r="K71" t="s">
+        <v>860</v>
+      </c>
+      <c r="L71" t="s">
+        <v>385</v>
+      </c>
+      <c r="M71" t="s">
+        <v>411</v>
+      </c>
+      <c r="N71" t="s">
+        <v>412</v>
+      </c>
+      <c r="O71" t="s">
+        <v>413</v>
+      </c>
+      <c r="P71" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>378</v>
+      </c>
+      <c r="B72" t="s">
+        <v>862</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>855</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>863</v>
+      </c>
+      <c r="H72" t="s">
+        <v>864</v>
+      </c>
+      <c r="I72" t="s">
+        <v>865</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>866</v>
+      </c>
+      <c r="L72" t="s">
+        <v>385</v>
+      </c>
+      <c r="M72" t="s">
+        <v>386</v>
+      </c>
+      <c r="N72" t="s">
+        <v>626</v>
+      </c>
+      <c r="O72" t="s">
+        <v>388</v>
+      </c>
+      <c r="P72" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>378</v>
+      </c>
+      <c r="B73" t="s">
+        <v>868</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>855</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>869</v>
+      </c>
+      <c r="H73" t="s">
+        <v>870</v>
+      </c>
+      <c r="I73" t="s">
+        <v>865</v>
+      </c>
+      <c r="J73" t="s">
+        <v>20</v>
+      </c>
+      <c r="K73" t="s">
+        <v>866</v>
+      </c>
+      <c r="L73" t="s">
+        <v>385</v>
+      </c>
+      <c r="M73" t="s">
+        <v>386</v>
+      </c>
+      <c r="N73" t="s">
+        <v>626</v>
+      </c>
+      <c r="O73" t="s">
+        <v>388</v>
+      </c>
+      <c r="P73" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>378</v>
+      </c>
+      <c r="B74" t="s">
+        <v>872</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>873</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>874</v>
+      </c>
+      <c r="H74" t="s">
+        <v>875</v>
+      </c>
+      <c r="I74" t="s">
+        <v>876</v>
+      </c>
+      <c r="J74" t="s">
+        <v>677</v>
+      </c>
+      <c r="K74" t="s">
+        <v>678</v>
+      </c>
+      <c r="L74" t="s">
+        <v>385</v>
+      </c>
+      <c r="M74" t="s">
+        <v>422</v>
+      </c>
+      <c r="N74" t="s">
+        <v>626</v>
+      </c>
+      <c r="O74" t="s">
+        <v>388</v>
+      </c>
+      <c r="P74" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>378</v>
+      </c>
+      <c r="B75" t="s">
+        <v>878</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>879</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>880</v>
+      </c>
+      <c r="H75" t="s">
+        <v>881</v>
+      </c>
+      <c r="I75" t="s">
+        <v>882</v>
+      </c>
+      <c r="J75" t="s">
+        <v>669</v>
+      </c>
+      <c r="K75" t="s">
+        <v>670</v>
+      </c>
+      <c r="L75" t="s">
+        <v>385</v>
+      </c>
+      <c r="M75" t="s">
+        <v>386</v>
+      </c>
+      <c r="N75" t="s">
+        <v>626</v>
+      </c>
+      <c r="O75" t="s">
+        <v>388</v>
+      </c>
+      <c r="P75" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>378</v>
+      </c>
+      <c r="B76" t="s">
+        <v>884</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>885</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>886</v>
+      </c>
+      <c r="H76" t="s">
+        <v>887</v>
+      </c>
+      <c r="I76" t="s">
+        <v>888</v>
+      </c>
+      <c r="J76" t="s">
+        <v>429</v>
+      </c>
+      <c r="K76" t="s">
+        <v>430</v>
+      </c>
+      <c r="L76" t="s">
+        <v>385</v>
+      </c>
+      <c r="M76" t="s">
+        <v>386</v>
+      </c>
+      <c r="N76" t="s">
+        <v>396</v>
+      </c>
+      <c r="O76" t="s">
+        <v>402</v>
+      </c>
+      <c r="P76" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>378</v>
+      </c>
+      <c r="B77" t="s">
+        <v>890</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>885</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>891</v>
+      </c>
+      <c r="H77" t="s">
+        <v>892</v>
+      </c>
+      <c r="I77" t="s">
+        <v>893</v>
+      </c>
+      <c r="J77" t="s">
+        <v>429</v>
+      </c>
+      <c r="K77" t="s">
+        <v>430</v>
+      </c>
+      <c r="L77" t="s">
+        <v>385</v>
+      </c>
+      <c r="M77" t="s">
+        <v>386</v>
+      </c>
+      <c r="N77" t="s">
+        <v>396</v>
+      </c>
+      <c r="O77" t="s">
+        <v>402</v>
+      </c>
+      <c r="P77" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>378</v>
+      </c>
+      <c r="B78" t="s">
+        <v>895</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>885</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>896</v>
+      </c>
+      <c r="H78" t="s">
+        <v>897</v>
+      </c>
+      <c r="I78" t="s">
+        <v>898</v>
+      </c>
+      <c r="J78" t="s">
+        <v>429</v>
+      </c>
+      <c r="K78" t="s">
+        <v>430</v>
+      </c>
+      <c r="L78" t="s">
+        <v>385</v>
+      </c>
+      <c r="M78" t="s">
+        <v>386</v>
+      </c>
+      <c r="N78" t="s">
+        <v>396</v>
+      </c>
+      <c r="O78" t="s">
+        <v>838</v>
+      </c>
+      <c r="P78" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>378</v>
+      </c>
+      <c r="B79" t="s">
+        <v>900</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>885</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>901</v>
+      </c>
+      <c r="H79" t="s">
+        <v>902</v>
+      </c>
+      <c r="I79" t="s">
+        <v>888</v>
+      </c>
+      <c r="J79" t="s">
+        <v>429</v>
+      </c>
+      <c r="K79" t="s">
+        <v>430</v>
+      </c>
+      <c r="L79" t="s">
+        <v>385</v>
+      </c>
+      <c r="M79" t="s">
+        <v>386</v>
+      </c>
+      <c r="N79" t="s">
+        <v>396</v>
+      </c>
+      <c r="O79" t="s">
+        <v>838</v>
+      </c>
+      <c r="P79" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>378</v>
+      </c>
+      <c r="B80" t="s">
+        <v>904</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>905</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>906</v>
+      </c>
+      <c r="H80" t="s">
+        <v>907</v>
+      </c>
+      <c r="I80" t="s">
+        <v>888</v>
+      </c>
+      <c r="J80" t="s">
+        <v>429</v>
+      </c>
+      <c r="K80" t="s">
+        <v>430</v>
+      </c>
+      <c r="L80" t="s">
+        <v>385</v>
+      </c>
+      <c r="M80" t="s">
+        <v>386</v>
+      </c>
+      <c r="N80" t="s">
+        <v>396</v>
+      </c>
+      <c r="O80" t="s">
+        <v>397</v>
+      </c>
+      <c r="P80" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>378</v>
+      </c>
+      <c r="B81" t="s">
+        <v>909</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>910</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>911</v>
+      </c>
+      <c r="H81" t="s">
+        <v>912</v>
+      </c>
+      <c r="I81" t="s">
+        <v>913</v>
+      </c>
+      <c r="J81" t="s">
+        <v>762</v>
+      </c>
+      <c r="K81" t="s">
+        <v>763</v>
+      </c>
+      <c r="L81" t="s">
+        <v>385</v>
+      </c>
+      <c r="M81" t="s">
+        <v>386</v>
+      </c>
+      <c r="N81" t="s">
+        <v>396</v>
+      </c>
+      <c r="O81" t="s">
+        <v>397</v>
+      </c>
+      <c r="P81" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>378</v>
+      </c>
+      <c r="B82" t="s">
+        <v>915</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>916</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>917</v>
+      </c>
+      <c r="H82" t="s">
+        <v>918</v>
+      </c>
+      <c r="I82" t="s">
+        <v>919</v>
+      </c>
+      <c r="J82" t="s">
+        <v>617</v>
+      </c>
+      <c r="K82" t="s">
+        <v>618</v>
+      </c>
+      <c r="L82" t="s">
+        <v>385</v>
+      </c>
+      <c r="M82" t="s">
+        <v>386</v>
+      </c>
+      <c r="N82" t="s">
+        <v>396</v>
+      </c>
+      <c r="O82" t="s">
+        <v>397</v>
+      </c>
+      <c r="P82" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>378</v>
+      </c>
+      <c r="B83" t="s">
+        <v>921</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>922</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>923</v>
+      </c>
+      <c r="H83" t="s">
+        <v>924</v>
+      </c>
+      <c r="I83" t="s">
+        <v>925</v>
+      </c>
+      <c r="J83" t="s">
+        <v>926</v>
+      </c>
+      <c r="K83" t="s">
+        <v>927</v>
+      </c>
+      <c r="L83" t="s">
+        <v>385</v>
+      </c>
+      <c r="M83" t="s">
+        <v>411</v>
+      </c>
+      <c r="N83" t="s">
+        <v>928</v>
+      </c>
+      <c r="O83" t="s">
+        <v>929</v>
+      </c>
+      <c r="P83" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>378</v>
+      </c>
+      <c r="B84" t="s">
+        <v>931</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>922</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>932</v>
+      </c>
+      <c r="H84" t="s">
+        <v>933</v>
+      </c>
+      <c r="I84" t="s">
+        <v>934</v>
+      </c>
+      <c r="J84" t="s">
+        <v>926</v>
+      </c>
+      <c r="K84" t="s">
+        <v>927</v>
+      </c>
+      <c r="L84" t="s">
+        <v>385</v>
+      </c>
+      <c r="M84" t="s">
+        <v>411</v>
+      </c>
+      <c r="N84" t="s">
+        <v>928</v>
+      </c>
+      <c r="O84" t="s">
+        <v>494</v>
+      </c>
+      <c r="P84" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>378</v>
+      </c>
+      <c r="B85" t="s">
+        <v>936</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>937</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>938</v>
+      </c>
+      <c r="H85" t="s">
+        <v>939</v>
+      </c>
+      <c r="I85" t="s">
+        <v>940</v>
+      </c>
+      <c r="J85" t="s">
+        <v>438</v>
+      </c>
+      <c r="K85" t="s">
+        <v>73</v>
+      </c>
+      <c r="L85" t="s">
+        <v>385</v>
+      </c>
+      <c r="M85" t="s">
+        <v>386</v>
+      </c>
+      <c r="N85" t="s">
+        <v>626</v>
+      </c>
+      <c r="O85" t="s">
+        <v>803</v>
+      </c>
+      <c r="P85" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>378</v>
+      </c>
+      <c r="B86" t="s">
+        <v>942</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>943</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>944</v>
+      </c>
+      <c r="H86" t="s">
+        <v>945</v>
+      </c>
+      <c r="I86" t="s">
+        <v>946</v>
+      </c>
+      <c r="J86" t="s">
+        <v>438</v>
+      </c>
+      <c r="K86" t="s">
+        <v>73</v>
+      </c>
+      <c r="L86" t="s">
+        <v>385</v>
+      </c>
+      <c r="M86" t="s">
+        <v>386</v>
+      </c>
+      <c r="N86" t="s">
+        <v>595</v>
+      </c>
+      <c r="O86" t="s">
+        <v>947</v>
+      </c>
+      <c r="P86" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>378</v>
+      </c>
+      <c r="B87" t="s">
+        <v>949</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>943</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>950</v>
+      </c>
+      <c r="H87" t="s">
+        <v>951</v>
+      </c>
+      <c r="I87" t="s">
+        <v>952</v>
+      </c>
+      <c r="J87" t="s">
+        <v>953</v>
+      </c>
+      <c r="K87" t="s">
+        <v>954</v>
+      </c>
+      <c r="L87" t="s">
+        <v>385</v>
+      </c>
+      <c r="M87" t="s">
+        <v>386</v>
+      </c>
+      <c r="N87" t="s">
+        <v>595</v>
+      </c>
+      <c r="O87" t="s">
+        <v>947</v>
+      </c>
+      <c r="P87" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>378</v>
+      </c>
+      <c r="B88" t="s">
+        <v>956</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>943</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>957</v>
+      </c>
+      <c r="H88" t="s">
+        <v>958</v>
+      </c>
+      <c r="I88" t="s">
+        <v>959</v>
+      </c>
+      <c r="J88" t="s">
+        <v>768</v>
+      </c>
+      <c r="K88" t="s">
+        <v>41</v>
+      </c>
+      <c r="L88" t="s">
+        <v>385</v>
+      </c>
+      <c r="M88" t="s">
+        <v>386</v>
+      </c>
+      <c r="N88" t="s">
+        <v>595</v>
+      </c>
+      <c r="O88" t="s">
+        <v>947</v>
+      </c>
+      <c r="P88" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>378</v>
+      </c>
+      <c r="B89" t="s">
+        <v>961</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>962</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>963</v>
+      </c>
+      <c r="H89" t="s">
+        <v>964</v>
+      </c>
+      <c r="I89" t="s">
+        <v>965</v>
+      </c>
+      <c r="J89" t="s">
+        <v>438</v>
+      </c>
+      <c r="K89" t="s">
+        <v>73</v>
+      </c>
+      <c r="L89" t="s">
+        <v>385</v>
+      </c>
+      <c r="M89" t="s">
+        <v>386</v>
+      </c>
+      <c r="N89" t="s">
+        <v>595</v>
+      </c>
+      <c r="O89" t="s">
+        <v>947</v>
+      </c>
+      <c r="P89" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>378</v>
+      </c>
+      <c r="B90" t="s">
+        <v>967</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>968</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>969</v>
+      </c>
+      <c r="H90" t="s">
+        <v>970</v>
+      </c>
+      <c r="I90" t="s">
+        <v>971</v>
+      </c>
+      <c r="J90" t="s">
+        <v>20</v>
+      </c>
+      <c r="K90" t="s">
+        <v>972</v>
+      </c>
+      <c r="L90" t="s">
+        <v>385</v>
+      </c>
+      <c r="M90" t="s">
+        <v>411</v>
+      </c>
+      <c r="N90" t="s">
+        <v>412</v>
+      </c>
+      <c r="O90" t="s">
+        <v>413</v>
+      </c>
+      <c r="P90" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>378</v>
+      </c>
+      <c r="B91" t="s">
+        <v>974</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>968</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>975</v>
+      </c>
+      <c r="H91" t="s">
+        <v>976</v>
+      </c>
+      <c r="I91" t="s">
+        <v>977</v>
+      </c>
+      <c r="J91" t="s">
+        <v>978</v>
+      </c>
+      <c r="K91" t="s">
+        <v>979</v>
+      </c>
+      <c r="L91" t="s">
+        <v>385</v>
+      </c>
+      <c r="M91" t="s">
+        <v>422</v>
+      </c>
+      <c r="N91" t="s">
+        <v>412</v>
+      </c>
+      <c r="O91" t="s">
+        <v>494</v>
+      </c>
+      <c r="P91" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>378</v>
+      </c>
+      <c r="B92" t="s">
+        <v>598</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>981</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>982</v>
+      </c>
+      <c r="H92" t="s">
+        <v>983</v>
+      </c>
+      <c r="I92" t="s">
+        <v>984</v>
+      </c>
+      <c r="J92" t="s">
+        <v>985</v>
+      </c>
+      <c r="K92" t="s">
+        <v>986</v>
+      </c>
+      <c r="L92" t="s">
+        <v>385</v>
+      </c>
+      <c r="M92" t="s">
+        <v>411</v>
+      </c>
+      <c r="N92" t="s">
+        <v>412</v>
+      </c>
+      <c r="O92" t="s">
+        <v>413</v>
+      </c>
+      <c r="P92" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>378</v>
+      </c>
+      <c r="B93" t="s">
+        <v>988</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>989</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>990</v>
+      </c>
+      <c r="H93" t="s">
+        <v>991</v>
+      </c>
+      <c r="I93" t="s">
+        <v>992</v>
+      </c>
+      <c r="J93" t="s">
+        <v>438</v>
+      </c>
+      <c r="K93" t="s">
+        <v>73</v>
+      </c>
+      <c r="L93" t="s">
+        <v>385</v>
+      </c>
+      <c r="M93" t="s">
+        <v>386</v>
+      </c>
+      <c r="N93" t="s">
+        <v>396</v>
+      </c>
+      <c r="O93" t="s">
+        <v>510</v>
+      </c>
+      <c r="P93" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>378</v>
+      </c>
+      <c r="B94" t="s">
+        <v>994</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>989</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>995</v>
+      </c>
+      <c r="H94" t="s">
+        <v>996</v>
+      </c>
+      <c r="I94" t="s">
+        <v>997</v>
+      </c>
+      <c r="J94" t="s">
+        <v>438</v>
+      </c>
+      <c r="K94" t="s">
+        <v>73</v>
+      </c>
+      <c r="L94" t="s">
+        <v>385</v>
+      </c>
+      <c r="M94" t="s">
+        <v>386</v>
+      </c>
+      <c r="N94" t="s">
+        <v>396</v>
+      </c>
+      <c r="O94" t="s">
+        <v>510</v>
+      </c>
+      <c r="P94" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>378</v>
+      </c>
+      <c r="B95" t="s">
+        <v>999</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>989</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I95" t="s">
+        <v>640</v>
+      </c>
+      <c r="J95" t="s">
+        <v>20</v>
+      </c>
+      <c r="K95" t="s">
+        <v>641</v>
+      </c>
+      <c r="L95" t="s">
+        <v>385</v>
+      </c>
+      <c r="M95" t="s">
+        <v>386</v>
+      </c>
+      <c r="N95" t="s">
+        <v>396</v>
+      </c>
+      <c r="O95" t="s">
+        <v>510</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>378</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>989</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J96" t="s">
+        <v>20</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1007</v>
+      </c>
+      <c r="L96" t="s">
+        <v>385</v>
+      </c>
+      <c r="M96" t="s">
+        <v>386</v>
+      </c>
+      <c r="N96" t="s">
+        <v>396</v>
+      </c>
+      <c r="O96" t="s">
+        <v>510</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>378</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>989</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1012</v>
+      </c>
+      <c r="J97" t="s">
+        <v>20</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1013</v>
+      </c>
+      <c r="L97" t="s">
+        <v>385</v>
+      </c>
+      <c r="M97" t="s">
+        <v>386</v>
+      </c>
+      <c r="N97" t="s">
+        <v>396</v>
+      </c>
+      <c r="O97" t="s">
+        <v>510</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>378</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>989</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K98" t="s">
+        <v>726</v>
+      </c>
+      <c r="L98" t="s">
+        <v>385</v>
+      </c>
+      <c r="M98" t="s">
+        <v>386</v>
+      </c>
+      <c r="N98" t="s">
+        <v>396</v>
+      </c>
+      <c r="O98" t="s">
+        <v>402</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>378</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>989</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1024</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K99" t="s">
+        <v>726</v>
+      </c>
+      <c r="L99" t="s">
+        <v>385</v>
+      </c>
+      <c r="M99" t="s">
+        <v>386</v>
+      </c>
+      <c r="N99" t="s">
+        <v>396</v>
+      </c>
+      <c r="O99" t="s">
+        <v>397</v>
+      </c>
+      <c r="P99" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>378</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>989</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I100" t="s">
+        <v>802</v>
+      </c>
+      <c r="J100" t="s">
+        <v>20</v>
+      </c>
+      <c r="K100" t="s">
+        <v>84</v>
+      </c>
+      <c r="L100" t="s">
+        <v>385</v>
+      </c>
+      <c r="M100" t="s">
+        <v>386</v>
+      </c>
+      <c r="N100" t="s">
+        <v>396</v>
+      </c>
+      <c r="O100" t="s">
+        <v>397</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>378</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>989</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J101" t="s">
+        <v>802</v>
+      </c>
+      <c r="K101" t="s">
+        <v>84</v>
+      </c>
+      <c r="L101" t="s">
+        <v>385</v>
+      </c>
+      <c r="M101" t="s">
+        <v>386</v>
+      </c>
+      <c r="N101" t="s">
+        <v>396</v>
+      </c>
+      <c r="O101" t="s">
+        <v>402</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>378</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>989</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J102" t="s">
+        <v>802</v>
+      </c>
+      <c r="K102" t="s">
+        <v>84</v>
+      </c>
+      <c r="L102" t="s">
+        <v>385</v>
+      </c>
+      <c r="M102" t="s">
+        <v>386</v>
+      </c>
+      <c r="N102" t="s">
+        <v>396</v>
+      </c>
+      <c r="O102" t="s">
+        <v>838</v>
+      </c>
+      <c r="P102" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>378</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1043</v>
+      </c>
+      <c r="J103" t="s">
+        <v>701</v>
+      </c>
+      <c r="K103" t="s">
+        <v>702</v>
+      </c>
+      <c r="L103" t="s">
+        <v>385</v>
+      </c>
+      <c r="M103" t="s">
+        <v>386</v>
+      </c>
+      <c r="N103" t="s">
+        <v>396</v>
+      </c>
+      <c r="O103" t="s">
+        <v>510</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>378</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J104" t="s">
+        <v>802</v>
+      </c>
+      <c r="K104" t="s">
+        <v>84</v>
+      </c>
+      <c r="L104" t="s">
+        <v>385</v>
+      </c>
+      <c r="M104" t="s">
+        <v>386</v>
+      </c>
+      <c r="N104" t="s">
+        <v>396</v>
+      </c>
+      <c r="O104" t="s">
+        <v>510</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>378</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I105" t="s">
+        <v>475</v>
+      </c>
+      <c r="J105" t="s">
+        <v>476</v>
+      </c>
+      <c r="K105" t="s">
+        <v>477</v>
+      </c>
+      <c r="L105" t="s">
+        <v>385</v>
+      </c>
+      <c r="M105" t="s">
+        <v>411</v>
+      </c>
+      <c r="N105" t="s">
+        <v>412</v>
+      </c>
+      <c r="O105" t="s">
+        <v>413</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>378</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J106" t="s">
+        <v>656</v>
+      </c>
+      <c r="K106" t="s">
+        <v>30</v>
+      </c>
+      <c r="L106" t="s">
+        <v>385</v>
+      </c>
+      <c r="M106" t="s">
+        <v>386</v>
+      </c>
+      <c r="N106" t="s">
+        <v>396</v>
+      </c>
+      <c r="O106" t="s">
+        <v>510</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>378</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L107" t="s">
+        <v>385</v>
+      </c>
+      <c r="M107" t="s">
+        <v>386</v>
+      </c>
+      <c r="N107" t="s">
+        <v>412</v>
+      </c>
+      <c r="O107" t="s">
+        <v>413</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>378</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1069</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1070</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1071</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1072</v>
+      </c>
+      <c r="L108" t="s">
+        <v>385</v>
+      </c>
+      <c r="M108" t="s">
+        <v>386</v>
+      </c>
+      <c r="N108" t="s">
+        <v>412</v>
+      </c>
+      <c r="O108" t="s">
+        <v>494</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>378</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1076</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1070</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1071</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1072</v>
+      </c>
+      <c r="L109" t="s">
+        <v>385</v>
+      </c>
+      <c r="M109" t="s">
+        <v>386</v>
+      </c>
+      <c r="N109" t="s">
+        <v>412</v>
+      </c>
+      <c r="O109" t="s">
+        <v>413</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>378</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J110" t="s">
+        <v>20</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L110" t="s">
+        <v>385</v>
+      </c>
+      <c r="M110" t="s">
+        <v>411</v>
+      </c>
+      <c r="N110" t="s">
+        <v>412</v>
+      </c>
+      <c r="O110" t="s">
+        <v>413</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>378</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J111" t="s">
+        <v>20</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1089</v>
+      </c>
+      <c r="L111" t="s">
+        <v>385</v>
+      </c>
+      <c r="M111" t="s">
+        <v>411</v>
+      </c>
+      <c r="N111" t="s">
+        <v>412</v>
+      </c>
+      <c r="O111" t="s">
+        <v>413</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>378</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1095</v>
+      </c>
+      <c r="J112" t="s">
+        <v>438</v>
+      </c>
+      <c r="K112" t="s">
+        <v>73</v>
+      </c>
+      <c r="L112" t="s">
+        <v>385</v>
+      </c>
+      <c r="M112" t="s">
+        <v>386</v>
+      </c>
+      <c r="N112" t="s">
+        <v>396</v>
+      </c>
+      <c r="O112" t="s">
+        <v>510</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>378</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1099</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1100</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K113" t="s">
+        <v>84</v>
+      </c>
+      <c r="L113" t="s">
+        <v>385</v>
+      </c>
+      <c r="M113" t="s">
+        <v>386</v>
+      </c>
+      <c r="N113" t="s">
+        <v>595</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>378</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1108</v>
+      </c>
+      <c r="J114" t="s">
+        <v>669</v>
+      </c>
+      <c r="K114" t="s">
+        <v>670</v>
+      </c>
+      <c r="L114" t="s">
+        <v>385</v>
+      </c>
+      <c r="M114" t="s">
+        <v>411</v>
+      </c>
+      <c r="N114" t="s">
+        <v>412</v>
+      </c>
+      <c r="O114" t="s">
+        <v>413</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>378</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I115" t="s">
+        <v>394</v>
+      </c>
+      <c r="J115" t="s">
+        <v>20</v>
+      </c>
+      <c r="K115" t="s">
+        <v>395</v>
+      </c>
+      <c r="L115" t="s">
+        <v>385</v>
+      </c>
+      <c r="M115" t="s">
+        <v>386</v>
+      </c>
+      <c r="N115" t="s">
+        <v>396</v>
+      </c>
+      <c r="O115" t="s">
+        <v>402</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>378</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>20</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1013</v>
+      </c>
+      <c r="L116" t="s">
+        <v>385</v>
+      </c>
+      <c r="M116" t="s">
+        <v>386</v>
+      </c>
+      <c r="N116" t="s">
+        <v>396</v>
+      </c>
+      <c r="O116" t="s">
+        <v>402</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>378</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1123</v>
+      </c>
+      <c r="L117" t="s">
+        <v>385</v>
+      </c>
+      <c r="M117" t="s">
+        <v>411</v>
+      </c>
+      <c r="N117" t="s">
+        <v>412</v>
+      </c>
+      <c r="O117" t="s">
+        <v>494</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>378</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J118" t="s">
+        <v>438</v>
+      </c>
+      <c r="K118" t="s">
+        <v>73</v>
+      </c>
+      <c r="L118" t="s">
+        <v>385</v>
+      </c>
+      <c r="M118" t="s">
+        <v>411</v>
+      </c>
+      <c r="N118" t="s">
+        <v>412</v>
+      </c>
+      <c r="O118" t="s">
+        <v>413</v>
+      </c>
+      <c r="P118" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>378</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J119" t="s">
+        <v>508</v>
+      </c>
+      <c r="K119" t="s">
+        <v>509</v>
+      </c>
+      <c r="L119" t="s">
+        <v>385</v>
+      </c>
+      <c r="M119" t="s">
+        <v>411</v>
+      </c>
+      <c r="N119" t="s">
+        <v>412</v>
+      </c>
+      <c r="O119" t="s">
+        <v>413</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>378</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K120" t="s">
+        <v>73</v>
+      </c>
+      <c r="L120" t="s">
+        <v>385</v>
+      </c>
+      <c r="M120" t="s">
+        <v>411</v>
+      </c>
+      <c r="N120" t="s">
+        <v>412</v>
+      </c>
+      <c r="O120" t="s">
+        <v>413</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>378</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1145</v>
+      </c>
+      <c r="J121" t="s">
+        <v>438</v>
+      </c>
+      <c r="K121" t="s">
+        <v>73</v>
+      </c>
+      <c r="L121" t="s">
+        <v>385</v>
+      </c>
+      <c r="M121" t="s">
+        <v>411</v>
+      </c>
+      <c r="N121" t="s">
+        <v>412</v>
+      </c>
+      <c r="O121" t="s">
+        <v>413</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>378</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J122" t="s">
+        <v>438</v>
+      </c>
+      <c r="K122" t="s">
+        <v>73</v>
+      </c>
+      <c r="L122" t="s">
+        <v>385</v>
+      </c>
+      <c r="M122" t="s">
+        <v>411</v>
+      </c>
+      <c r="N122" t="s">
+        <v>412</v>
+      </c>
+      <c r="O122" t="s">
+        <v>413</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>378</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1155</v>
+      </c>
+      <c r="J123" t="s">
+        <v>438</v>
+      </c>
+      <c r="K123" t="s">
+        <v>73</v>
+      </c>
+      <c r="L123" t="s">
+        <v>385</v>
+      </c>
+      <c r="M123" t="s">
+        <v>411</v>
+      </c>
+      <c r="N123" t="s">
+        <v>412</v>
+      </c>
+      <c r="O123" t="s">
+        <v>413</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>378</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J124" t="s">
+        <v>774</v>
+      </c>
+      <c r="K124" t="s">
+        <v>775</v>
+      </c>
+      <c r="L124" t="s">
+        <v>385</v>
+      </c>
+      <c r="M124" t="s">
+        <v>411</v>
+      </c>
+      <c r="N124" t="s">
+        <v>412</v>
+      </c>
+      <c r="O124" t="s">
+        <v>413</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>378</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1165</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1166</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1167</v>
+      </c>
+      <c r="L125" t="s">
+        <v>385</v>
+      </c>
+      <c r="M125" t="s">
+        <v>411</v>
+      </c>
+      <c r="N125" t="s">
+        <v>412</v>
+      </c>
+      <c r="O125" t="s">
+        <v>494</v>
+      </c>
+      <c r="P125" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>378</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I126" t="s">
+        <v>893</v>
+      </c>
+      <c r="J126" t="s">
+        <v>429</v>
+      </c>
+      <c r="K126" t="s">
+        <v>430</v>
+      </c>
+      <c r="L126" t="s">
+        <v>385</v>
+      </c>
+      <c r="M126" t="s">
+        <v>386</v>
+      </c>
+      <c r="N126" t="s">
+        <v>396</v>
+      </c>
+      <c r="O126" t="s">
+        <v>510</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>378</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1179</v>
+      </c>
+      <c r="L127" t="s">
+        <v>385</v>
+      </c>
+      <c r="M127" t="s">
+        <v>386</v>
+      </c>
+      <c r="N127" t="s">
+        <v>396</v>
+      </c>
+      <c r="O127" t="s">
+        <v>510</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>378</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1183</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J128" t="s">
+        <v>438</v>
+      </c>
+      <c r="K128" t="s">
+        <v>73</v>
+      </c>
+      <c r="L128" t="s">
+        <v>385</v>
+      </c>
+      <c r="M128" t="s">
+        <v>386</v>
+      </c>
+      <c r="N128" t="s">
+        <v>396</v>
+      </c>
+      <c r="O128" t="s">
+        <v>510</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>378</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1189</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1190</v>
+      </c>
+      <c r="K129" t="s">
+        <v>30</v>
+      </c>
+      <c r="L129" t="s">
+        <v>385</v>
+      </c>
+      <c r="M129" t="s">
+        <v>411</v>
+      </c>
+      <c r="N129" t="s">
+        <v>396</v>
+      </c>
+      <c r="O129" t="s">
+        <v>540</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>378</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J130" t="s">
+        <v>656</v>
+      </c>
+      <c r="K130" t="s">
+        <v>30</v>
+      </c>
+      <c r="L130" t="s">
+        <v>385</v>
+      </c>
+      <c r="M130" t="s">
+        <v>411</v>
+      </c>
+      <c r="N130" t="s">
+        <v>396</v>
+      </c>
+      <c r="O130" t="s">
+        <v>733</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>378</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J131" t="s">
+        <v>656</v>
+      </c>
+      <c r="K131" t="s">
+        <v>30</v>
+      </c>
+      <c r="L131" t="s">
+        <v>385</v>
+      </c>
+      <c r="M131" t="s">
+        <v>411</v>
+      </c>
+      <c r="N131" t="s">
+        <v>396</v>
+      </c>
+      <c r="O131" t="s">
+        <v>529</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>378</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1207</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L132" t="s">
+        <v>385</v>
+      </c>
+      <c r="M132" t="s">
+        <v>411</v>
+      </c>
+      <c r="N132" t="s">
+        <v>412</v>
+      </c>
+      <c r="O132" t="s">
+        <v>413</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>378</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1214</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1215</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1216</v>
+      </c>
+      <c r="L133" t="s">
+        <v>385</v>
+      </c>
+      <c r="M133" t="s">
+        <v>411</v>
+      </c>
+      <c r="N133" t="s">
+        <v>412</v>
+      </c>
+      <c r="O133" t="s">
+        <v>413</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>378</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1220</v>
+      </c>
+      <c r="J134" t="s">
+        <v>20</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1221</v>
+      </c>
+      <c r="L134" t="s">
+        <v>385</v>
+      </c>
+      <c r="M134" t="s">
+        <v>411</v>
+      </c>
+      <c r="N134" t="s">
+        <v>412</v>
+      </c>
+      <c r="O134" t="s">
+        <v>413</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>378</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I135" t="s">
+        <v>394</v>
+      </c>
+      <c r="J135" t="s">
+        <v>20</v>
+      </c>
+      <c r="K135" t="s">
+        <v>395</v>
+      </c>
+      <c r="L135" t="s">
+        <v>385</v>
+      </c>
+      <c r="M135" t="s">
+        <v>386</v>
+      </c>
+      <c r="N135" t="s">
+        <v>396</v>
+      </c>
+      <c r="O135" t="s">
+        <v>510</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>378</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L136" t="s">
+        <v>385</v>
+      </c>
+      <c r="M136" t="s">
+        <v>411</v>
+      </c>
+      <c r="N136" t="s">
+        <v>412</v>
+      </c>
+      <c r="O136" t="s">
+        <v>413</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>378</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1239</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1240</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1241</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1242</v>
+      </c>
+      <c r="L137" t="s">
+        <v>385</v>
+      </c>
+      <c r="M137" t="s">
+        <v>411</v>
+      </c>
+      <c r="N137" t="s">
+        <v>412</v>
+      </c>
+      <c r="O137" t="s">
+        <v>494</v>
+      </c>
+      <c r="P137" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>378</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1249</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1250</v>
+      </c>
+      <c r="L138" t="s">
+        <v>385</v>
+      </c>
+      <c r="M138" t="s">
+        <v>386</v>
+      </c>
+      <c r="N138" t="s">
+        <v>412</v>
+      </c>
+      <c r="O138" t="s">
+        <v>413</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>378</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1255</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1256</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1258</v>
+      </c>
+      <c r="L139" t="s">
+        <v>385</v>
+      </c>
+      <c r="M139" t="s">
+        <v>411</v>
+      </c>
+      <c r="N139" t="s">
+        <v>412</v>
+      </c>
+      <c r="O139" t="s">
+        <v>413</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>378</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J140" t="s">
+        <v>394</v>
+      </c>
+      <c r="K140" t="s">
+        <v>395</v>
+      </c>
+      <c r="L140" t="s">
+        <v>385</v>
+      </c>
+      <c r="M140" t="s">
+        <v>422</v>
+      </c>
+      <c r="N140" t="s">
+        <v>412</v>
+      </c>
+      <c r="O140" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P140" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>378</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1272</v>
+      </c>
+      <c r="K141" t="s">
+        <v>972</v>
+      </c>
+      <c r="L141" t="s">
+        <v>385</v>
+      </c>
+      <c r="M141" t="s">
+        <v>386</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O141" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P141" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>378</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J142" t="s">
+        <v>953</v>
+      </c>
+      <c r="K142" t="s">
+        <v>954</v>
+      </c>
+      <c r="L142" t="s">
+        <v>385</v>
+      </c>
+      <c r="M142" t="s">
+        <v>386</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P142" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>378</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I143" t="s">
+        <v>953</v>
+      </c>
+      <c r="J143" t="s">
+        <v>20</v>
+      </c>
+      <c r="K143" t="s">
+        <v>954</v>
+      </c>
+      <c r="L143" t="s">
+        <v>385</v>
+      </c>
+      <c r="M143" t="s">
+        <v>386</v>
+      </c>
+      <c r="N143" t="s">
+        <v>412</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>378</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1287</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J144" t="s">
+        <v>953</v>
+      </c>
+      <c r="K144" t="s">
+        <v>954</v>
+      </c>
+      <c r="L144" t="s">
+        <v>385</v>
+      </c>
+      <c r="M144" t="s">
+        <v>386</v>
+      </c>
+      <c r="N144" t="s">
+        <v>412</v>
+      </c>
+      <c r="O144" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P144" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>378</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1293</v>
+      </c>
+      <c r="J145" t="s">
+        <v>429</v>
+      </c>
+      <c r="K145" t="s">
+        <v>430</v>
+      </c>
+      <c r="L145" t="s">
+        <v>385</v>
+      </c>
+      <c r="M145" t="s">
+        <v>386</v>
+      </c>
+      <c r="N145" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P145" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>378</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J146" t="s">
+        <v>438</v>
+      </c>
+      <c r="K146" t="s">
+        <v>73</v>
+      </c>
+      <c r="L146" t="s">
+        <v>385</v>
+      </c>
+      <c r="M146" t="s">
+        <v>386</v>
+      </c>
+      <c r="N146" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P146" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>378</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J147" t="s">
+        <v>438</v>
+      </c>
+      <c r="K147" t="s">
+        <v>73</v>
+      </c>
+      <c r="L147" t="s">
+        <v>385</v>
+      </c>
+      <c r="M147" t="s">
+        <v>386</v>
+      </c>
+      <c r="N147" t="s">
+        <v>412</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P147" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>378</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1307</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J148" t="s">
+        <v>438</v>
+      </c>
+      <c r="K148" t="s">
+        <v>73</v>
+      </c>
+      <c r="L148" t="s">
+        <v>385</v>
+      </c>
+      <c r="M148" t="s">
+        <v>386</v>
+      </c>
+      <c r="N148" t="s">
+        <v>412</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>378</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1312</v>
+      </c>
+      <c r="J149" t="s">
+        <v>802</v>
+      </c>
+      <c r="K149" t="s">
+        <v>84</v>
+      </c>
+      <c r="L149" t="s">
+        <v>385</v>
+      </c>
+      <c r="M149" t="s">
+        <v>386</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>378</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1318</v>
+      </c>
+      <c r="J150" t="s">
+        <v>438</v>
+      </c>
+      <c r="K150" t="s">
+        <v>73</v>
+      </c>
+      <c r="L150" t="s">
+        <v>385</v>
+      </c>
+      <c r="M150" t="s">
+        <v>422</v>
+      </c>
+      <c r="N150" t="s">
+        <v>412</v>
+      </c>
+      <c r="O150" t="s">
+        <v>413</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>378</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1323</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1324</v>
+      </c>
+      <c r="J151" t="s">
+        <v>20</v>
+      </c>
+      <c r="K151" t="s">
+        <v>187</v>
+      </c>
+      <c r="L151" t="s">
+        <v>385</v>
+      </c>
+      <c r="M151" t="s">
+        <v>386</v>
+      </c>
+      <c r="N151" t="s">
+        <v>431</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1325</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>378</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1331</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1179</v>
+      </c>
+      <c r="L152" t="s">
+        <v>385</v>
+      </c>
+      <c r="M152" t="s">
+        <v>386</v>
+      </c>
+      <c r="N152" t="s">
+        <v>412</v>
+      </c>
+      <c r="O152" t="s">
+        <v>413</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>378</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1331</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1179</v>
+      </c>
+      <c r="L153" t="s">
+        <v>385</v>
+      </c>
+      <c r="M153" t="s">
+        <v>386</v>
+      </c>
+      <c r="N153" t="s">
+        <v>412</v>
+      </c>
+      <c r="O153" t="s">
+        <v>494</v>
+      </c>
+      <c r="P153" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>378</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1340</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1341</v>
+      </c>
+      <c r="J154" t="s">
+        <v>438</v>
+      </c>
+      <c r="K154" t="s">
+        <v>73</v>
+      </c>
+      <c r="L154" t="s">
+        <v>385</v>
+      </c>
+      <c r="M154" t="s">
+        <v>386</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1342</v>
+      </c>
+      <c r="O154" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P154" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>378</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1348</v>
+      </c>
+      <c r="I155" t="s">
+        <v>668</v>
+      </c>
+      <c r="J155" t="s">
+        <v>669</v>
+      </c>
+      <c r="K155" t="s">
+        <v>670</v>
+      </c>
+      <c r="L155" t="s">
+        <v>385</v>
+      </c>
+      <c r="M155" t="s">
+        <v>386</v>
+      </c>
+      <c r="N155" t="s">
+        <v>626</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P155" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>378</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J156" t="s">
+        <v>438</v>
+      </c>
+      <c r="K156" t="s">
+        <v>73</v>
+      </c>
+      <c r="L156" t="s">
+        <v>385</v>
+      </c>
+      <c r="M156" t="s">
+        <v>386</v>
+      </c>
+      <c r="N156" t="s">
+        <v>626</v>
+      </c>
+      <c r="O156" t="s">
+        <v>803</v>
+      </c>
+      <c r="P156" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>378</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J157" t="s">
+        <v>762</v>
+      </c>
+      <c r="K157" t="s">
+        <v>763</v>
+      </c>
+      <c r="L157" t="s">
+        <v>385</v>
+      </c>
+      <c r="M157" t="s">
+        <v>386</v>
+      </c>
+      <c r="N157" t="s">
+        <v>626</v>
+      </c>
+      <c r="O157" t="s">
+        <v>803</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>378</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1366</v>
+      </c>
+      <c r="J158" t="s">
+        <v>781</v>
+      </c>
+      <c r="K158" t="s">
+        <v>782</v>
+      </c>
+      <c r="L158" t="s">
+        <v>385</v>
+      </c>
+      <c r="M158" t="s">
+        <v>386</v>
+      </c>
+      <c r="N158" t="s">
+        <v>412</v>
+      </c>
+      <c r="O158" t="s">
+        <v>413</v>
+      </c>
+      <c r="P158" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>378</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I159" t="s">
+        <v>438</v>
+      </c>
+      <c r="J159" t="s">
+        <v>20</v>
+      </c>
+      <c r="K159" t="s">
+        <v>73</v>
+      </c>
+      <c r="L159" t="s">
+        <v>385</v>
+      </c>
+      <c r="M159" t="s">
+        <v>386</v>
+      </c>
+      <c r="N159" t="s">
+        <v>626</v>
+      </c>
+      <c r="O159" t="s">
+        <v>803</v>
+      </c>
+      <c r="P159" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>378</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J160" t="s">
+        <v>20</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1378</v>
+      </c>
+      <c r="L160" t="s">
+        <v>385</v>
+      </c>
+      <c r="M160" t="s">
+        <v>422</v>
+      </c>
+      <c r="N160" t="s">
+        <v>412</v>
+      </c>
+      <c r="O160" t="s">
+        <v>413</v>
+      </c>
+      <c r="P160" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>378</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1383</v>
+      </c>
+      <c r="J161" t="s">
+        <v>429</v>
+      </c>
+      <c r="K161" t="s">
+        <v>430</v>
+      </c>
+      <c r="L161" t="s">
+        <v>385</v>
+      </c>
+      <c r="M161" t="s">
+        <v>386</v>
+      </c>
+      <c r="N161" t="s">
+        <v>412</v>
+      </c>
+      <c r="O161" t="s">
+        <v>413</v>
+      </c>
+      <c r="P161" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>378</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1389</v>
+      </c>
+      <c r="J162" t="s">
+        <v>656</v>
+      </c>
+      <c r="K162" t="s">
+        <v>30</v>
+      </c>
+      <c r="L162" t="s">
+        <v>385</v>
+      </c>
+      <c r="M162" t="s">
+        <v>422</v>
+      </c>
+      <c r="N162" t="s">
+        <v>626</v>
+      </c>
+      <c r="O162" t="s">
+        <v>388</v>
+      </c>
+      <c r="P162" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>378</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1396</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1397</v>
+      </c>
+      <c r="L163" t="s">
+        <v>385</v>
+      </c>
+      <c r="M163" t="s">
+        <v>386</v>
+      </c>
+      <c r="N163" t="s">
+        <v>396</v>
+      </c>
+      <c r="O163" t="s">
+        <v>397</v>
+      </c>
+      <c r="P163" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>378</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J164" t="s">
+        <v>438</v>
+      </c>
+      <c r="K164" t="s">
+        <v>73</v>
+      </c>
+      <c r="L164" t="s">
+        <v>385</v>
+      </c>
+      <c r="M164" t="s">
+        <v>386</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1342</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P164" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>378</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J165" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K165" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L165" t="s">
+        <v>385</v>
+      </c>
+      <c r="M165" t="s">
+        <v>386</v>
+      </c>
+      <c r="N165" t="s">
+        <v>412</v>
+      </c>
+      <c r="O165" t="s">
+        <v>413</v>
+      </c>
+      <c r="P165" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>378</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1417</v>
+      </c>
+      <c r="J166" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K166" t="s">
+        <v>1419</v>
+      </c>
+      <c r="L166" t="s">
+        <v>385</v>
+      </c>
+      <c r="M166" t="s">
+        <v>386</v>
+      </c>
+      <c r="N166" t="s">
+        <v>412</v>
+      </c>
+      <c r="O166" t="s">
+        <v>413</v>
+      </c>
+      <c r="P166" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>378</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1426</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1427</v>
+      </c>
+      <c r="L167" t="s">
+        <v>385</v>
+      </c>
+      <c r="M167" t="s">
+        <v>422</v>
+      </c>
+      <c r="N167" t="s">
+        <v>626</v>
+      </c>
+      <c r="O167" t="s">
+        <v>388</v>
+      </c>
+      <c r="P167" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>378</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1432</v>
+      </c>
+      <c r="J168" t="s">
+        <v>953</v>
+      </c>
+      <c r="K168" t="s">
+        <v>954</v>
+      </c>
+      <c r="L168" t="s">
+        <v>385</v>
+      </c>
+      <c r="M168" t="s">
+        <v>422</v>
+      </c>
+      <c r="N168" t="s">
+        <v>626</v>
+      </c>
+      <c r="O168" t="s">
+        <v>388</v>
+      </c>
+      <c r="P168" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T36"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="J1" t="s">
+        <v>370</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="L1" t="s">
+        <v>372</v>
+      </c>
+      <c r="M1" t="s">
+        <v>373</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="R1" t="s">
+        <v>374</v>
+      </c>
+      <c r="S1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="T1" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1448</v>
+      </c>
+      <c r="L2" t="s">
+        <v>73</v>
+      </c>
+      <c r="M2" t="s">
+        <v>385</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1449</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1450</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1451</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1450</v>
+      </c>
+      <c r="S2" t="s">
+        <v>74</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1458</v>
+      </c>
+      <c r="L3" t="s">
+        <v>84</v>
+      </c>
+      <c r="M3" t="s">
+        <v>385</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1459</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R3" t="s">
+        <v>411</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1462</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1458</v>
+      </c>
+      <c r="L4" t="s">
+        <v>84</v>
+      </c>
+      <c r="M4" t="s">
+        <v>385</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1468</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1469</v>
+      </c>
+      <c r="R4" t="s">
+        <v>411</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1470</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="L5" t="s">
+        <v>187</v>
+      </c>
+      <c r="M5" t="s">
+        <v>385</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="R5" t="s">
+        <v>411</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>558</v>
+      </c>
+      <c r="L6" t="s">
+        <v>73</v>
+      </c>
+      <c r="M6" t="s">
+        <v>385</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1476</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R6" t="s">
+        <v>411</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L7" t="s">
+        <v>84</v>
+      </c>
+      <c r="M7" t="s">
+        <v>385</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1488</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1450</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1489</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1450</v>
+      </c>
+      <c r="S7" t="s">
+        <v>85</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1494</v>
+      </c>
+      <c r="L8" t="s">
+        <v>41</v>
+      </c>
+      <c r="M8" t="s">
+        <v>385</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1495</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1450</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1496</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1450</v>
+      </c>
+      <c r="S8" t="s">
+        <v>42</v>
+      </c>
+      <c r="T8" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1501</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>385</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1502</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1503</v>
+      </c>
+      <c r="R9" t="s">
+        <v>411</v>
+      </c>
+      <c r="S9" t="s">
+        <v>31</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1507</v>
+      </c>
+      <c r="K10" t="s">
+        <v>953</v>
+      </c>
+      <c r="L10" t="s">
+        <v>954</v>
+      </c>
+      <c r="M10" t="s">
+        <v>385</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1508</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R10" t="s">
+        <v>411</v>
+      </c>
+      <c r="S10" t="s">
+        <v>1509</v>
+      </c>
+      <c r="T10" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1512</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1513</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1514</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1515</v>
+      </c>
+      <c r="M11" t="s">
+        <v>385</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1516</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1517</v>
+      </c>
+      <c r="R11" t="s">
+        <v>411</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1518</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B12" t="s">
+        <v>356</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1522</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1494</v>
+      </c>
+      <c r="L12" t="s">
+        <v>41</v>
+      </c>
+      <c r="M12" t="s">
+        <v>385</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1523</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1524</v>
+      </c>
+      <c r="R12" t="s">
+        <v>411</v>
+      </c>
+      <c r="S12" t="s">
+        <v>357</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1529</v>
+      </c>
+      <c r="K13" t="s">
+        <v>953</v>
+      </c>
+      <c r="L13" t="s">
+        <v>954</v>
+      </c>
+      <c r="M13" t="s">
+        <v>385</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1530</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R13" t="s">
+        <v>386</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1531</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1536</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1537</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1538</v>
+      </c>
+      <c r="M14" t="s">
+        <v>385</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1539</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R14" t="s">
+        <v>411</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1540</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1545</v>
+      </c>
+      <c r="K15" t="s">
+        <v>438</v>
+      </c>
+      <c r="L15" t="s">
+        <v>73</v>
+      </c>
+      <c r="M15" t="s">
+        <v>385</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1546</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R15" t="s">
+        <v>386</v>
+      </c>
+      <c r="S15" t="s">
+        <v>1547</v>
+      </c>
+      <c r="T15" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>781</v>
+      </c>
+      <c r="L16" t="s">
+        <v>782</v>
+      </c>
+      <c r="M16" t="s">
+        <v>385</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1552</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R16" t="s">
+        <v>386</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1553</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1556</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1557</v>
+      </c>
+      <c r="K17" t="s">
+        <v>611</v>
+      </c>
+      <c r="L17" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" t="s">
+        <v>385</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1558</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R17" t="s">
+        <v>386</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1559</v>
+      </c>
+      <c r="T17" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1563</v>
+      </c>
+      <c r="K18" t="s">
+        <v>656</v>
+      </c>
+      <c r="L18" t="s">
+        <v>30</v>
+      </c>
+      <c r="M18" t="s">
+        <v>385</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1564</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R18" t="s">
+        <v>411</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1565</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J19" t="s">
+        <v>822</v>
+      </c>
+      <c r="K19" t="s">
+        <v>971</v>
+      </c>
+      <c r="L19" t="s">
+        <v>972</v>
+      </c>
+      <c r="M19" t="s">
+        <v>385</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1570</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R19" t="s">
+        <v>386</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1571</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1576</v>
+      </c>
+      <c r="K20" t="s">
+        <v>438</v>
+      </c>
+      <c r="L20" t="s">
+        <v>73</v>
+      </c>
+      <c r="M20" t="s">
+        <v>385</v>
+      </c>
+      <c r="N20" t="s">
+        <v>20</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1517</v>
+      </c>
+      <c r="R20" t="s">
+        <v>386</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1577</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1536</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1537</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1538</v>
+      </c>
+      <c r="M21" t="s">
+        <v>385</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1539</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1461</v>
+      </c>
+      <c r="R21" t="s">
+        <v>411</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1581</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1585</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1586</v>
+      </c>
+      <c r="L22" t="s">
+        <v>41</v>
+      </c>
+      <c r="M22" t="s">
+        <v>385</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1587</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R22" t="s">
+        <v>411</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1588</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1507</v>
+      </c>
+      <c r="K23" t="s">
+        <v>953</v>
+      </c>
+      <c r="L23" t="s">
+        <v>954</v>
+      </c>
+      <c r="M23" t="s">
+        <v>385</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1508</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R23" t="s">
+        <v>411</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1592</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1596</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1494</v>
+      </c>
+      <c r="L24" t="s">
+        <v>41</v>
+      </c>
+      <c r="M24" t="s">
+        <v>385</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1597</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>1598</v>
+      </c>
+      <c r="R24" t="s">
+        <v>386</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1599</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1602</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K25" t="s">
+        <v>802</v>
+      </c>
+      <c r="L25" t="s">
+        <v>84</v>
+      </c>
+      <c r="M25" t="s">
+        <v>385</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1604</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1598</v>
+      </c>
+      <c r="R25" t="s">
+        <v>386</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1605</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1513</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1514</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1515</v>
+      </c>
+      <c r="M26" t="s">
+        <v>385</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1604</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1598</v>
+      </c>
+      <c r="R26" t="s">
+        <v>386</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1609</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1612</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1613</v>
+      </c>
+      <c r="K27" t="s">
+        <v>656</v>
+      </c>
+      <c r="L27" t="s">
+        <v>30</v>
+      </c>
+      <c r="M27" t="s">
+        <v>385</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1604</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1598</v>
+      </c>
+      <c r="R27" t="s">
+        <v>386</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1614</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1617</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J28" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1619</v>
+      </c>
+      <c r="M28" t="s">
+        <v>385</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1604</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1598</v>
+      </c>
+      <c r="R28" t="s">
+        <v>386</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1620</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1623</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1624</v>
+      </c>
+      <c r="K29" t="s">
+        <v>438</v>
+      </c>
+      <c r="L29" t="s">
+        <v>73</v>
+      </c>
+      <c r="M29" t="s">
+        <v>385</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1604</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1598</v>
+      </c>
+      <c r="R29" t="s">
+        <v>386</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1625</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1630</v>
+      </c>
+      <c r="K30" t="s">
+        <v>648</v>
+      </c>
+      <c r="L30" t="s">
+        <v>649</v>
+      </c>
+      <c r="M30" t="s">
+        <v>385</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1631</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1517</v>
+      </c>
+      <c r="R30" t="s">
+        <v>411</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1632</v>
+      </c>
+      <c r="T30" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1630</v>
+      </c>
+      <c r="K31" t="s">
+        <v>648</v>
+      </c>
+      <c r="L31" t="s">
+        <v>649</v>
+      </c>
+      <c r="M31" t="s">
+        <v>385</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1631</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R31" t="s">
+        <v>411</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1636</v>
+      </c>
+      <c r="T31" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B32" t="s">
+        <v>185</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1324</v>
+      </c>
+      <c r="L32" t="s">
+        <v>187</v>
+      </c>
+      <c r="M32" t="s">
+        <v>385</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1640</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1641</v>
+      </c>
+      <c r="R32" t="s">
+        <v>411</v>
+      </c>
+      <c r="S32" t="s">
+        <v>188</v>
+      </c>
+      <c r="T32" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1646</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M33" t="s">
+        <v>385</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1648</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1649</v>
+      </c>
+      <c r="R33" t="s">
+        <v>411</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1650</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1654</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1655</v>
+      </c>
+      <c r="L34" t="s">
+        <v>763</v>
+      </c>
+      <c r="M34" t="s">
+        <v>385</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1656</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1460</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1649</v>
+      </c>
+      <c r="R34" t="s">
+        <v>411</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1657</v>
+      </c>
+      <c r="T34" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1654</v>
+      </c>
+      <c r="K35" t="s">
+        <v>762</v>
+      </c>
+      <c r="L35" t="s">
+        <v>763</v>
+      </c>
+      <c r="M35" t="s">
+        <v>385</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1656</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R35" t="s">
+        <v>411</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1661</v>
+      </c>
+      <c r="T35" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1664</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J36" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" t="s">
+        <v>438</v>
+      </c>
+      <c r="L36" t="s">
+        <v>73</v>
+      </c>
+      <c r="M36" t="s">
+        <v>385</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1665</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R36" t="s">
+        <v>411</v>
+      </c>
+      <c r="S36" t="s">
+        <v>1666</v>
+      </c>
+      <c r="T36" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>