--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4208" uniqueCount="1667">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4400" uniqueCount="1745">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -716,51 +716,51 @@
   <si>
     <t>Marie victoire</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur WILLY RAZAKANDRETSA</t>
   </si>
   <si>
     <t>14/09/2017 16:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793496/fr/docteur-willy-razakandretsa</t>
   </si>
   <si>
     <t>c_2793496</t>
   </si>
   <si>
     <t>RAZAKANDRETSA</t>
   </si>
   <si>
     <t>WILLY</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Alexis GIGNOUX</t>
   </si>
   <si>
     <t>17/01/2017 17:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739920/fr/docteur-alexis-gignoux</t>
   </si>
   <si>
     <t>c_2739920</t>
   </si>
   <si>
     <t>GIGNOUX</t>
   </si>
   <si>
     <t>Alexis</t>
   </si>
   <si>
     <t>Docteur Timothee VIEL</t>
   </si>
   <si>
     <t>17/01/2017 17:32:40</t>
   </si>
@@ -773,92 +773,86 @@
   <si>
     <t>VIEL</t>
   </si>
   <si>
     <t>Timothee</t>
   </si>
   <si>
     <t>Docteur Guillaume VIGUIÉ</t>
   </si>
   <si>
     <t>08/11/2016 11:30:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708604/fr/docteur-guillaume-viguie</t>
   </si>
   <si>
     <t>c_2708604</t>
   </si>
   <si>
     <t>VIGUIÉ</t>
   </si>
   <si>
     <t>Guillaume</t>
   </si>
   <si>
-    <t>22 October 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Olivier VINARDI</t>
   </si>
   <si>
     <t>08/11/2016 11:30:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708685/fr/docteur-olivier-vinardi</t>
   </si>
   <si>
     <t>c_2708685</t>
   </si>
   <si>
     <t>VINARDI</t>
   </si>
   <si>
     <t>Olivier</t>
   </si>
   <si>
     <t>Docteur Thierry VAN HEMELRYCK</t>
   </si>
   <si>
     <t>08/11/2016 11:30:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709079/fr/docteur-thierry-van-hemelryck</t>
   </si>
   <si>
     <t>c_2709079</t>
   </si>
   <si>
     <t>VAN HEMELRYCK</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
-    <t>29 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE DU SUD DE LA CORSE,CLINIQUE CHIRURGICALE PORTE OCEANE</t>
   </si>
   <si>
     <t>20538,85340</t>
   </si>
   <si>
     <t>PORTO VECCHIO,LES SABLES D OLONNE</t>
   </si>
   <si>
     <t>2A0000154,850000134</t>
   </si>
   <si>
     <t>Docteur Nicolas CAYE</t>
   </si>
   <si>
     <t>08/11/2016 11:30:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709164/fr/docteur-nicolas-caye</t>
   </si>
   <si>
     <t>c_2709164</t>
   </si>
   <si>
     <t>CAYE</t>
@@ -875,114 +869,111 @@
   <si>
     <t>c_2709410</t>
   </si>
   <si>
     <t>GASCHIGNARD</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Docteur Christophe GUILLEUX</t>
   </si>
   <si>
     <t>08/11/2016 11:31:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709508/fr/docteur-christophe-guilleux</t>
   </si>
   <si>
     <t>c_2709508</t>
   </si>
   <si>
     <t>GUILLEUX</t>
   </si>
   <si>
-    <t>18 February 2021</t>
+    <t>20 February 2025</t>
   </si>
   <si>
     <t>Docteur Jean HEIZMANN</t>
   </si>
   <si>
     <t>08/11/2016 11:31:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709594/fr/docteur-jean-heizmann</t>
   </si>
   <si>
     <t>c_2709594</t>
   </si>
   <si>
     <t>HEIZMANN</t>
   </si>
   <si>
     <t>Jean</t>
   </si>
   <si>
-    <t>27 May 2021</t>
+    <t>26 June 2025</t>
   </si>
   <si>
     <t>Docteur Remi BOCQUET</t>
   </si>
   <si>
     <t>08/11/2016 11:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710206/fr/docteur-remi-bocquet</t>
   </si>
   <si>
     <t>c_2710206</t>
   </si>
   <si>
     <t>BOCQUET</t>
   </si>
   <si>
     <t>Remi</t>
   </si>
   <si>
-    <t>16 December 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Hervé BRIANDET</t>
   </si>
   <si>
     <t>08/11/2016 11:32:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710572/fr/docteur-herve-briandet</t>
   </si>
   <si>
     <t>c_2710572</t>
   </si>
   <si>
     <t>BRIANDET</t>
   </si>
   <si>
     <t>Hervé</t>
   </si>
   <si>
-    <t>23 September 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Pascale TARDIVEL-RAIMONDEAU</t>
   </si>
   <si>
     <t>08/11/2016 11:32:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710633/fr/docteur-pascale-tardivel-raimondeau</t>
   </si>
   <si>
     <t>c_2710633</t>
   </si>
   <si>
     <t>TARDIVEL-RAIMONDEAU</t>
   </si>
   <si>
     <t>Pascale</t>
   </si>
   <si>
     <t>Docteur Frédéric GROZIER</t>
   </si>
   <si>
     <t>08/11/2016 11:32:45</t>
   </si>
@@ -1043,92 +1034,95 @@
   <si>
     <t>POIRIER</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
     <t>Docteur Benoit GOMMIER</t>
   </si>
   <si>
     <t>08/11/2016 11:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712055/fr/docteur-benoit-gommier</t>
   </si>
   <si>
     <t>c_2712055</t>
   </si>
   <si>
     <t>GOMMIER</t>
   </si>
   <si>
     <t>Benoit</t>
   </si>
   <si>
-    <t>17 December 2020</t>
+    <t>15 May 2025</t>
   </si>
   <si>
     <t>Docteur Calin  petru STRIMBU</t>
   </si>
   <si>
     <t>08/11/2016 11:34:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712164/fr/docteur-calin-petru-strimbu</t>
   </si>
   <si>
     <t>c_2712164</t>
   </si>
   <si>
     <t>STRIMBU</t>
   </si>
   <si>
     <t>Calin  petru</t>
   </si>
   <si>
     <t>18 July 2024</t>
   </si>
   <si>
     <t>Docteur Stéphanie DARRAS</t>
   </si>
   <si>
     <t>08/11/2016 11:34:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712357/fr/docteur-stephanie-darras</t>
   </si>
   <si>
     <t>c_2712357</t>
   </si>
   <si>
     <t>DARRAS</t>
   </si>
   <si>
     <t>Stéphanie</t>
   </si>
   <si>
+    <t>03 April 2025</t>
+  </si>
+  <si>
     <t>CENTRE HOSPITALIER COTE DE LUMIÈRE</t>
   </si>
   <si>
     <t>850000241</t>
   </si>
   <si>
     <t>Docteur Guillaume VENET</t>
   </si>
   <si>
     <t>08/11/2016 11:34:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712368/fr/docteur-guillaume-venet</t>
   </si>
   <si>
     <t>c_2712368</t>
   </si>
   <si>
     <t>VENET</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur Agnès MECHOULAN</t>
@@ -1154,192 +1148,435 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>RESIDENCE LES PRIMEVERES</t>
+  </si>
+  <si>
+    <t>03/02/2026 05:04:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15841_FicheESSMS/fr/residence-les-primeveres</t>
+  </si>
+  <si>
+    <t>15841_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85220 ST MAIXENT SUR VIE</t>
+  </si>
+  <si>
+    <t>ST MAIXENT SUR VIE</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>850026485</t>
+  </si>
+  <si>
+    <t>SAAD CIAS PAYS ST GILLES X VIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15840_FicheESSMS/fr/saad-cias-pays-st-gilles-x-vie</t>
+  </si>
+  <si>
+    <t>15840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85806 ST GILLES CROIX DE VIE CED</t>
+  </si>
+  <si>
+    <t>ST GILLES CROIX DE VIE CED</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>850028499</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT LA MAISON DU LAC</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15329_FicheESSMS/fr/foyer-d-hebergement-la-maison-du-lac</t>
+  </si>
+  <si>
+    <t>15329_FicheESSMS</t>
+  </si>
+  <si>
+    <t>85600 MONTAIGU VENDEE</t>
+  </si>
+  <si>
+    <t>MONTAIGU VENDEE</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>850003708</t>
+  </si>
+  <si>
+    <t>SAJ ESAT LA GUYONNIERE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:09:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15330_FicheESSMS/fr/saj-esat-la-guyonniere</t>
+  </si>
+  <si>
+    <t>15330_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>850024837</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE BOIS DE L'ILE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15384_FicheESSMS/fr/residence-le-bois-de-l-ile</t>
+  </si>
+  <si>
+    <t>15384_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue De La Sainte Famille</t>
+  </si>
+  <si>
+    <t>85600 TREIZE SEPTIERS</t>
+  </si>
+  <si>
+    <t>TREIZE SEPTIERS</t>
+  </si>
+  <si>
+    <t>850027657</t>
+  </si>
+  <si>
+    <t>EHPAD LE SEPTIER D'OR</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15385_FicheESSMS/fr/ehpad-le-septier-d-or</t>
+  </si>
+  <si>
+    <t>15385_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>850016676</t>
+  </si>
+  <si>
+    <t>FOYER DE SEMAINE LES GENETS D'OR</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15386_FicheESSMS/fr/foyer-de-semaine-les-genets-d-or</t>
+  </si>
+  <si>
+    <t>15386_FicheESSMS</t>
+  </si>
+  <si>
+    <t>850022906</t>
+  </si>
+  <si>
+    <t>EHPAD LA SMAGNE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15412_FicheESSMS/fr/ehpad-la-smagne</t>
+  </si>
+  <si>
+    <t>15412_FicheESSMS</t>
+  </si>
+  <si>
+    <t>71 Route De La Rochelle</t>
+  </si>
+  <si>
+    <t>85210 STE HERMINE</t>
+  </si>
+  <si>
+    <t>STE HERMINE</t>
+  </si>
+  <si>
+    <t>850003294</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA JOSINETTE (MARPA)</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15536_FicheESSMS/fr/residence-la-josinette-marpa</t>
+  </si>
+  <si>
+    <t>15536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée De La Josinette</t>
+  </si>
+  <si>
+    <t>85230 ST GERVAIS</t>
+  </si>
+  <si>
+    <t>ST GERVAIS</t>
+  </si>
+  <si>
+    <t>850026030</t>
+  </si>
+  <si>
+    <t>SAAD LA JOSINETTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15535_FicheESSMS/fr/saad-la-josinette</t>
+  </si>
+  <si>
+    <t>15535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Rue De Villebon</t>
+  </si>
+  <si>
+    <t>850028333</t>
+  </si>
+  <si>
+    <t>EHPAD ETOILE DU SOIR</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15607_FicheESSMS/fr/ehpad-etoile-du-soir</t>
+  </si>
+  <si>
+    <t>15607_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue Du Stade</t>
+  </si>
+  <si>
+    <t>85530 LA BRUFFIERE</t>
+  </si>
+  <si>
+    <t>LA BRUFFIERE</t>
+  </si>
+  <si>
+    <t>850002429</t>
+  </si>
+  <si>
+    <t>RESIDENCE LA VALLEE VERTE (MARPA)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15602_FicheESSMS/fr/residence-la-vallee-verte-marpa</t>
+  </si>
+  <si>
+    <t>15602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>147 Rue Maurice Raimbaud</t>
+  </si>
+  <si>
+    <t>85150 STE FOY</t>
+  </si>
+  <si>
+    <t>STE FOY</t>
+  </si>
+  <si>
+    <t>850021528</t>
+  </si>
+  <si>
     <t>LDVA LE RIQUET</t>
   </si>
   <si>
     <t>18/12/2025 05:07:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15285_FicheESSMS/fr/ldva-le-riquet</t>
   </si>
   <si>
     <t>15285_FicheESSMS</t>
   </si>
   <si>
     <t>85580 GRUES</t>
   </si>
   <si>
     <t>GRUES</t>
   </si>
   <si>
-    <t>85</t>
-[...4 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Lieux de Vie et d'Accueil</t>
   </si>
   <si>
     <t>850029497</t>
   </si>
   <si>
     <t>FAM LA GUYONNIERE</t>
   </si>
   <si>
     <t>14/12/2025 05:05:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15183_FicheESSMS/fr/fam-la-guyonniere</t>
   </si>
   <si>
     <t>15183_FicheESSMS</t>
   </si>
   <si>
-    <t>85600 MONTAIGU VENDEE</t>
-[...7 lines deleted...]
-  <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>850026618</t>
   </si>
   <si>
     <t>FOYER DE VIE LA GUYONNIERE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15182_FicheESSMS/fr/foyer-de-vie-la-guyonniere</t>
   </si>
   <si>
     <t>15182_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer de Vie pour Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>850026360</t>
   </si>
   <si>
     <t>EHPAD LES MARRONNIERS</t>
   </si>
   <si>
     <t>05/12/2025 05:10:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15039_FicheESSMS/fr/ehpad-les-marronniers</t>
   </si>
   <si>
     <t>15039_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Du Petit Logis</t>
   </si>
   <si>
     <t>85410 LA CAILLERE ST HILAIRE</t>
   </si>
   <si>
     <t>LA CAILLERE ST HILAIRE</t>
   </si>
   <si>
-    <t>Public</t>
-[...7 lines deleted...]
-  <si>
     <t>850019829</t>
   </si>
   <si>
     <t>LDVA ARC EN CIEL</t>
   </si>
   <si>
     <t>05/12/2025 05:11:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15059_FicheESSMS/fr/ldva-arc-en-ciel</t>
   </si>
   <si>
     <t>15059_FicheESSMS</t>
   </si>
   <si>
     <t>120 Chemin Du Mailleau</t>
   </si>
   <si>
     <t>85300 LE PERRIER</t>
   </si>
   <si>
     <t>LE PERRIER</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>850031709</t>
   </si>
   <si>
-    <t>DITEP UGECAM</t>
+    <t>DITEP UGECAM ANTENNE LES HERBIERS</t>
   </si>
   <si>
     <t>25/11/2025 16:18:08</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/14873_FicheESSMS/fr/ditep-ugecam</t>
+    <t>https://www.has-sante.fr/jcms/14873_FicheESSMS/fr/ditep-ugecam-antenne-les-herbiers</t>
   </si>
   <si>
     <t>14873_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue De La Bienfaisance</t>
   </si>
   <si>
     <t>85500 LES HERBIERS</t>
   </si>
   <si>
     <t>LES HERBIERS</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
   </si>
   <si>
     <t>850027855</t>
   </si>
   <si>
     <t>DITEP L'ALOUETTE</t>
   </si>
@@ -1499,53 +1736,50 @@
   <si>
     <t>14098_FicheESSMS</t>
   </si>
   <si>
     <t>850022336</t>
   </si>
   <si>
     <t>RESIDENCE CLAIR DE LUNE (MARPA)</t>
   </si>
   <si>
     <t>13/10/2025 16:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14023_FicheESSMS/fr/residence-clair-de-lune-marpa</t>
   </si>
   <si>
     <t>14023_FicheESSMS</t>
   </si>
   <si>
     <t>85250 VENDRENNES</t>
   </si>
   <si>
     <t>VENDRENNES</t>
   </si>
   <si>
-    <t>Résidences autonomie</t>
-[...1 lines deleted...]
-  <si>
     <t>850011255</t>
   </si>
   <si>
     <t>EHPAD LES PICTONS</t>
   </si>
   <si>
     <t>13/10/2025 16:16:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14031_FicheESSMS/fr/ehpad-les-pictons</t>
   </si>
   <si>
     <t>14031_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Julien Hilaire Petit</t>
   </si>
   <si>
     <t>85450 CHAILLE LES MARAIS</t>
   </si>
   <si>
     <t>CHAILLE LES MARAIS</t>
   </si>
   <si>
     <t>850003104</t>
@@ -2489,95 +2723,95 @@
   <si>
     <t>LES LANDES GENUSSON</t>
   </si>
   <si>
     <t>850003187</t>
   </si>
   <si>
     <t>FOYER DE VIE LA CABANIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:19:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3465_FicheESSMS/fr/foyer-de-vie-la-cabaniere</t>
   </si>
   <si>
     <t>3465_FicheESSMS</t>
   </si>
   <si>
     <t>1 Rue Henri Dunant</t>
   </si>
   <si>
     <t>850025800</t>
   </si>
   <si>
-    <t>DMSHP UHTT</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3464_FicheESSMS/fr/dmshp-uhtt</t>
+    <t>DMS-HP AA85 UHTT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3464_FicheESSMS/fr/dms-hp-aa85-uhtt</t>
   </si>
   <si>
     <t>3464_FicheESSMS</t>
   </si>
   <si>
     <t>18 Rue Rene Masson</t>
   </si>
   <si>
     <t>850011529</t>
   </si>
   <si>
-    <t>DMSHP UMSS UIP</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3463_FicheESSMS/fr/dmshp-umss-uip</t>
+    <t>DMS-HP AA85 UMSS-UIP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3463_FicheESSMS/fr/dms-hp-aa85-umss-uip</t>
   </si>
   <si>
     <t>3463_FicheESSMS</t>
   </si>
   <si>
     <t>55 Rue Philippe Le Bon</t>
   </si>
   <si>
+    <t>Etablissement Expérimental pour personnes handicapées</t>
+  </si>
+  <si>
     <t>850025388</t>
   </si>
   <si>
     <t>FOYER HEBERGEMENT LA CABANIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:19:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3466_FicheESSMS/fr/foyer-hebergement-la-cabaniere</t>
   </si>
   <si>
     <t>3466_FicheESSMS</t>
   </si>
   <si>
-    <t>Foyer Hébergement Adultes Handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>850022708</t>
   </si>
   <si>
     <t>EHPAD BELLEVUE</t>
   </si>
   <si>
     <t>10/09/2025 12:19:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3481_FicheESSMS/fr/ehpad-bellevue</t>
   </si>
   <si>
     <t>3481_FicheESSMS</t>
   </si>
   <si>
     <t>46 Rue Salomon Raitig</t>
   </si>
   <si>
     <t>85570 L HERMENAULT</t>
   </si>
   <si>
     <t>L HERMENAULT</t>
   </si>
   <si>
     <t>850003161</t>
@@ -2801,56 +3035,50 @@
   <si>
     <t>850010984</t>
   </si>
   <si>
     <t>SAAD CCAS ST MICHEL EN L'HERM</t>
   </si>
   <si>
     <t>10/09/2025 12:21:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5266_FicheESSMS/fr/saad-ccas-st-michel-en-l-herm</t>
   </si>
   <si>
     <t>5266_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Paul Berjonneau</t>
   </si>
   <si>
     <t>85580 ST MICHEL EN L HERM</t>
   </si>
   <si>
     <t>ST MICHEL EN L HERM</t>
   </si>
   <si>
-    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>850028358</t>
   </si>
   <si>
     <t>RESIDENCE DE L'HERM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5265_FicheESSMS/fr/residence-de-l-herm</t>
   </si>
   <si>
     <t>5265_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Des Moulins</t>
   </si>
   <si>
     <t>850021999</t>
   </si>
   <si>
     <t>MECS AGROPOLIS</t>
   </si>
   <si>
     <t>10/09/2025 12:22:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5472_FicheESSMS/fr/mecs-agropolis</t>
@@ -2981,117 +3209,117 @@
   <si>
     <t>850026170</t>
   </si>
   <si>
     <t>10/09/2025 12:22:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5806_FicheESSMS/fr/ehpad-sainte-anne</t>
   </si>
   <si>
     <t>5806_FicheESSMS</t>
   </si>
   <si>
     <t>273 Rue Richelieu</t>
   </si>
   <si>
     <t>85170 LES LUCS SUR BOULOGNE</t>
   </si>
   <si>
     <t>LES LUCS SUR BOULOGNE</t>
   </si>
   <si>
     <t>850003195</t>
   </si>
   <si>
-    <t>ESAT HANDIPEPITE</t>
+    <t>ESAT HANDIPEPITE 85</t>
   </si>
   <si>
     <t>10/09/2025 12:22:36</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5828_FicheESSMS/fr/esat-handipepite</t>
+    <t>https://www.has-sante.fr/jcms/5828_FicheESSMS/fr/esat-handipepite-85</t>
   </si>
   <si>
     <t>5828_FicheESSMS</t>
   </si>
   <si>
     <t>58 Rue Friedland</t>
   </si>
   <si>
     <t>850026311</t>
   </si>
   <si>
-    <t>ESAT LES BAZINIERES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/5827_FicheESSMS/fr/esat-les-bazinieres</t>
+    <t>ESAT AA85 LEBON LRSY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5827_FicheESSMS/fr/esat-aa85-lebon-lrsy</t>
   </si>
   <si>
     <t>5827_FicheESSMS</t>
   </si>
   <si>
     <t>63 Rue Philippe Lebon</t>
   </si>
   <si>
     <t>850021742</t>
   </si>
   <si>
-    <t>ESAT CHAMPROVENT</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/5826_FicheESSMS/fr/esat-champrovent</t>
+    <t>ESAT AA85 ANTENNE STE GEMME LA PLAINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5826_FicheESSMS/fr/esat-aa85-antenne-ste-gemme-la-plaine</t>
   </si>
   <si>
     <t>5826_FicheESSMS</t>
   </si>
   <si>
     <t>850020603</t>
   </si>
   <si>
-    <t>ESAT LA LARGERE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/5825_FicheESSMS/fr/esat-la-largere</t>
+    <t>ESAT AA85</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5825_FicheESSMS/fr/esat-aa85</t>
   </si>
   <si>
     <t>5825_FicheESSMS</t>
   </si>
   <si>
     <t>85410 THOUARSAIS BOUILDROUX</t>
   </si>
   <si>
     <t>THOUARSAIS BOUILDROUX</t>
   </si>
   <si>
     <t>850014309</t>
   </si>
   <si>
-    <t>ESAT PARC POLARIS NORD</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/5824_FicheESSMS/fr/esat-parc-polaris-nord</t>
+    <t>ESAT AA85 ANTENNE CHANTONNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5824_FicheESSMS/fr/esat-aa85-antenne-chantonnay</t>
   </si>
   <si>
     <t>5824_FicheESSMS</t>
   </si>
   <si>
     <t>85110 CHANTONNAY</t>
   </si>
   <si>
     <t>CHANTONNAY</t>
   </si>
   <si>
     <t>850012006</t>
   </si>
   <si>
     <t>FOYER DE VIE LA BORDERIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5823_FicheESSMS/fr/foyer-de-vie-la-borderie</t>
   </si>
   <si>
     <t>5823_FicheESSMS</t>
   </si>
   <si>
     <t>25 Rue Du Bois De La Folie</t>
   </si>
@@ -3134,99 +3362,105 @@
   <si>
     <t>https://www.has-sante.fr/jcms/5819_FicheESSMS/fr/foyer-de-vie-haute-roche</t>
   </si>
   <si>
     <t>5819_FicheESSMS</t>
   </si>
   <si>
     <t>37 Rue Haute Roche</t>
   </si>
   <si>
     <t>850027111</t>
   </si>
   <si>
     <t>CENTRE D'HABITAT HAUTE ROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5818_FicheESSMS/fr/centre-d-habitat-haute-roche</t>
   </si>
   <si>
     <t>5818_FicheESSMS</t>
   </si>
   <si>
     <t>850012022</t>
   </si>
   <si>
-    <t>ESAT ADAPEI ARIA</t>
+    <t>ESAT AA85 ANTENNES LES ACHARDS</t>
   </si>
   <si>
     <t>10/09/2025 12:23:05</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/6197_FicheESSMS/fr/esat-adapei-aria</t>
+    <t>https://www.has-sante.fr/jcms/6197_FicheESSMS/fr/esat-aa85-antennes-les-achards</t>
   </si>
   <si>
     <t>6197_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue De La Tour</t>
   </si>
   <si>
     <t>850011230</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/6196_FicheESSMS/fr/esat-adapei-aria</t>
+    <t>ESAT AA85 ANTENNE FONTENAY LE COMTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6196_FicheESSMS/fr/esat-aa85-antenne-fontenay-le-comte</t>
   </si>
   <si>
     <t>6196_FicheESSMS</t>
   </si>
   <si>
     <t>22 Allée Du Puits</t>
   </si>
   <si>
     <t>850000274</t>
   </si>
   <si>
     <t>EHPAD SAINT ALEXANDRE</t>
   </si>
   <si>
     <t>10/09/2025 12:23:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6271_FicheESSMS/fr/ehpad-saint-alexandre</t>
   </si>
   <si>
     <t>6271_FicheESSMS</t>
   </si>
   <si>
     <t>850020298</t>
   </si>
   <si>
+    <t>ESAT AA85 ANTENNE CHALLANS</t>
+  </si>
+  <si>
     <t>10/09/2025 12:23:13</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/6284_FicheESSMS/fr/esat-adapei-aria</t>
+    <t>https://www.has-sante.fr/jcms/6284_FicheESSMS/fr/esat-aa85-antenne-challans</t>
   </si>
   <si>
     <t>6284_FicheESSMS</t>
   </si>
   <si>
     <t>15 Rue De Villeneuve</t>
   </si>
   <si>
     <t>850011990</t>
   </si>
   <si>
     <t>EHPAD ST JOSEPH</t>
   </si>
   <si>
     <t>10/09/2025 12:23:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6304_FicheESSMS/fr/ehpad-st-joseph</t>
   </si>
   <si>
     <t>6304_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Du Puy Gros</t>
   </si>
@@ -3524,90 +3758,90 @@
   <si>
     <t>850022864</t>
   </si>
   <si>
     <t>RA LES CHARMES DE L'YON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7070_FicheESSMS/fr/ra-les-charmes-de-l-yon</t>
   </si>
   <si>
     <t>7070_FicheESSMS</t>
   </si>
   <si>
     <t>10 Place Stanislas Cardineau</t>
   </si>
   <si>
     <t>85310 NESMY</t>
   </si>
   <si>
     <t>NESMY</t>
   </si>
   <si>
     <t>850026303</t>
   </si>
   <si>
-    <t>ESAT ZI DE LA GUERCHE</t>
+    <t>ESAT AA85 ANTENNE LES HERBIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:24:47</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7403_FicheESSMS/fr/esat-zi-de-la-guerche</t>
+    <t>https://www.has-sante.fr/jcms/7403_FicheESSMS/fr/esat-aa85-antenne-les-herbiers</t>
   </si>
   <si>
     <t>7403_FicheESSMS</t>
   </si>
   <si>
     <t>850003666</t>
   </si>
   <si>
-    <t>ESAT ANNEXE LA ROCHE/YON</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/7402_FicheESSMS/fr/esat-annexe-la-roche/yon</t>
+    <t>ESAT AA85 ANTENNE AIZENAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7402_FicheESSMS/fr/esat-aa85-antenne-aizenay</t>
   </si>
   <si>
     <t>7402_FicheESSMS</t>
   </si>
   <si>
     <t>19 Route Du Poire Sur Vie</t>
   </si>
   <si>
     <t>85190 AIZENAY</t>
   </si>
   <si>
     <t>AIZENAY</t>
   </si>
   <si>
     <t>850016650</t>
   </si>
   <si>
-    <t>ESAT ACTI SUD</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/7401_FicheESSMS/fr/esat-acti-sud</t>
+    <t>ESAT AA85 ANTENNE COTY LRSY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7401_FicheESSMS/fr/esat-aa85-antenne-coty-lrsy</t>
   </si>
   <si>
     <t>7401_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Rene Coty</t>
   </si>
   <si>
     <t>850000290</t>
   </si>
   <si>
     <t>SAMSAH EPSMS DU PAYS DE CHALLANS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7393_FicheESSMS/fr/samsah-epsms-du-pays-de-challans</t>
   </si>
   <si>
     <t>7393_FicheESSMS</t>
   </si>
   <si>
     <t>10 Allée Henry Simon</t>
   </si>
   <si>
     <t>85304 CHALLANS</t>
   </si>
@@ -3686,57 +3920,57 @@
   <si>
     <t>85200 PISSOTTE</t>
   </si>
   <si>
     <t>PISSOTTE</t>
   </si>
   <si>
     <t>850003245</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7530_FicheESSMS/fr/ehpad-multisite-pissotte-vouvant</t>
   </si>
   <si>
     <t>7530_FicheESSMS</t>
   </si>
   <si>
     <t>85120 VOUVANT</t>
   </si>
   <si>
     <t>VOUVANT</t>
   </si>
   <si>
     <t>850023136</t>
   </si>
   <si>
-    <t>ESAT ZI LE PLANTY</t>
+    <t>ESAT AA85 ANTENNE MONTAIGU</t>
   </si>
   <si>
     <t>10/09/2025 12:24:57</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7699_FicheESSMS/fr/esat-zi-le-planty</t>
+    <t>https://www.has-sante.fr/jcms/7699_FicheESSMS/fr/esat-aa85-antenne-montaigu</t>
   </si>
   <si>
     <t>7699_FicheESSMS</t>
   </si>
   <si>
     <t>850000282</t>
   </si>
   <si>
     <t>EHPAD LE VAL FLEURI</t>
   </si>
   <si>
     <t>10/09/2025 12:25:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8182_FicheESSMS/fr/ehpad-le-val-fleuri</t>
   </si>
   <si>
     <t>8182_FicheESSMS</t>
   </si>
   <si>
     <t>46 Rue Pierre Nicolas Loue</t>
   </si>
   <si>
     <t>85190 VENANSAULT</t>
   </si>
@@ -3989,50 +4223,53 @@
   <si>
     <t>https://www.has-sante.fr/jcms/9580_FicheESSMS/fr/ehpad-korian-le-richelieu</t>
   </si>
   <si>
     <t>9580_FicheESSMS</t>
   </si>
   <si>
     <t>96 Boulevard Des Belges</t>
   </si>
   <si>
     <t>850011909</t>
   </si>
   <si>
     <t>CAMSP POLYVALENT</t>
   </si>
   <si>
     <t>10/09/2025 12:26:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9681_FicheESSMS/fr/camsp-polyvalent</t>
   </si>
   <si>
     <t>9681_FicheESSMS</t>
   </si>
   <si>
+    <t>18 Rue Jacques Coeur</t>
+  </si>
+  <si>
     <t>85925 LA ROCHE SUR YON CEDEX 9</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>850023672</t>
   </si>
   <si>
     <t>EHPAD CHARLES MARGUERITE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9763_FicheESSMS/fr/ehpad-charles-marguerite</t>
   </si>
   <si>
     <t>9763_FicheESSMS</t>
   </si>
   <si>
     <t>2 Route De Nantes</t>
   </si>
   <si>
     <t>850003906</t>
@@ -4097,51 +4334,51 @@
   <si>
     <t>10/09/2025 12:26:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11268_FicheESSMS/fr/mecs-le-passage</t>
   </si>
   <si>
     <t>11268_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Des Primeveres</t>
   </si>
   <si>
     <t>850021627</t>
   </si>
   <si>
     <t>MECS LA COURTE ECHELLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11267_FicheESSMS/fr/mecs-la-courte-echelle</t>
   </si>
   <si>
     <t>11267_FicheESSMS</t>
   </si>
   <si>
-    <t>8 Rue Liquidambars</t>
+    <t>8 Rue Des Liquidambars</t>
   </si>
   <si>
     <t>850027244</t>
   </si>
   <si>
     <t>EHPAD ST GABRIEL</t>
   </si>
   <si>
     <t>10/09/2025 12:27:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11434_FicheESSMS/fr/ehpad-st-gabriel</t>
   </si>
   <si>
     <t>11434_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue De La Vendee</t>
   </si>
   <si>
     <t>850003781</t>
   </si>
   <si>
     <t>DISPOSITIF D'HEBERGEMENT PERMANENT</t>
   </si>
@@ -4484,72 +4721,69 @@
   <si>
     <t>3095_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>850021866</t>
   </si>
   <si>
     <t>21/01/2025 10:18:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3068_FicheEtablissement/fr/clinique-sud-vendee</t>
   </si>
   <si>
     <t>3068_FicheEtablissement</t>
   </si>
   <si>
     <t>85204 FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>0251534444</t>
   </si>
   <si>
-    <t>Chirurgie</t>
+    <t>Cancérologie, Chirurgie</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>21/01/2025 10:16:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3069_FicheEtablissement/fr/clinique-chirurgicale-porte-oceane</t>
   </si>
   <si>
     <t>3069_FicheEtablissement</t>
   </si>
   <si>
     <t>85340 LES SABLES D OLONNE</t>
   </si>
   <si>
     <t>0251211515</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cancérologie, Chirurgie</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LOIRE VENDEE OCEAN SITE DE CHALLANS</t>
   </si>
   <si>
     <t>21/01/2025 10:18:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3071_FicheEtablissement/fr/ch-lvo-site-de-challans</t>
   </si>
   <si>
     <t>3071_FicheEtablissement</t>
   </si>
   <si>
     <t>85302 CHALLANS</t>
   </si>
   <si>
     <t>0251495000</t>
   </si>
   <si>
     <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>HOPITAL DE ST-GILLES- CROIX- DE- VIE</t>
   </si>
@@ -6737,11670 +6971,12270 @@
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>248</v>
       </c>
       <c r="H30" t="s">
         <v>249</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>250</v>
       </c>
       <c r="L30" t="s">
         <v>251</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>252</v>
+        <v>49</v>
       </c>
       <c r="O30" t="s">
         <v>71</v>
       </c>
       <c r="P30" t="s">
         <v>72</v>
       </c>
       <c r="Q30" t="s">
         <v>73</v>
       </c>
       <c r="R30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>252</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>253</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>254</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
+        <v>256</v>
+      </c>
+      <c r="L31" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
         <v>60</v>
       </c>
       <c r="O31" t="s">
         <v>82</v>
       </c>
       <c r="P31" t="s">
         <v>83</v>
       </c>
       <c r="Q31" t="s">
         <v>84</v>
       </c>
       <c r="R31" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>258</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
         <v>259</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>260</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>262</v>
+      </c>
+      <c r="L32" t="s">
         <v>263</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" t="s">
+        <v>20</v>
+      </c>
+      <c r="N32" t="s">
+        <v>49</v>
+      </c>
+      <c r="O32" t="s">
         <v>264</v>
       </c>
-      <c r="M32" t="s">
-[...2 lines deleted...]
-      <c r="N32" t="s">
+      <c r="P32" t="s">
         <v>265</v>
       </c>
-      <c r="O32" t="s">
+      <c r="Q32" t="s">
         <v>266</v>
       </c>
-      <c r="P32" t="s">
+      <c r="R32" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>268</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>269</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>270</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>271</v>
-      </c>
-[...7 lines deleted...]
-        <v>273</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="L33" t="s">
         <v>109</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>265</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
         <v>71</v>
       </c>
       <c r="P33" t="s">
         <v>72</v>
       </c>
       <c r="Q33" t="s">
         <v>73</v>
       </c>
       <c r="R33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>273</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>274</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>275</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>276</v>
-      </c>
-[...7 lines deleted...]
-        <v>278</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="L34" t="s">
         <v>109</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="O34" t="s">
         <v>185</v>
       </c>
       <c r="P34" t="s">
         <v>186</v>
       </c>
       <c r="Q34" t="s">
         <v>187</v>
       </c>
       <c r="R34" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>279</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>280</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>281</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="L35" t="s">
         <v>37</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="O35" t="s">
         <v>39</v>
       </c>
       <c r="P35" t="s">
         <v>40</v>
       </c>
       <c r="Q35" t="s">
         <v>41</v>
       </c>
       <c r="R35" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>285</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>286</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>287</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>290</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
+        <v>289</v>
+      </c>
+      <c r="L36" t="s">
+        <v>290</v>
+      </c>
+      <c r="M36" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
       <c r="O36" t="s">
         <v>71</v>
       </c>
       <c r="P36" t="s">
         <v>72</v>
       </c>
       <c r="Q36" t="s">
         <v>73</v>
       </c>
       <c r="R36" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
+        <v>292</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>293</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
         <v>294</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="L37" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>300</v>
+        <v>233</v>
       </c>
       <c r="O37" t="s">
         <v>71</v>
       </c>
       <c r="P37" t="s">
         <v>72</v>
       </c>
       <c r="Q37" t="s">
         <v>73</v>
       </c>
       <c r="R37" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
+        <v>298</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>299</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>300</v>
+      </c>
+      <c r="H38" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="L38" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="O38" t="s">
         <v>82</v>
       </c>
       <c r="P38" t="s">
         <v>83</v>
       </c>
       <c r="Q38" t="s">
         <v>84</v>
       </c>
       <c r="R38" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>305</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>306</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>307</v>
+      </c>
+      <c r="H39" t="s">
         <v>308</v>
-      </c>
-[...16 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="L39" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>149</v>
+        <v>233</v>
       </c>
       <c r="O39" t="s">
         <v>71</v>
       </c>
       <c r="P39" t="s">
         <v>72</v>
       </c>
       <c r="Q39" t="s">
         <v>73</v>
       </c>
       <c r="R39" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>311</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>312</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>313</v>
+      </c>
+      <c r="H40" t="s">
         <v>314</v>
-      </c>
-[...16 lines deleted...]
-        <v>317</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="L40" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
         <v>219</v>
       </c>
       <c r="O40" t="s">
+        <v>317</v>
+      </c>
+      <c r="P40" t="s">
+        <v>318</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>319</v>
+      </c>
+      <c r="R40" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>321</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>322</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>323</v>
+      </c>
+      <c r="H41" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="L41" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="O41" t="s">
         <v>39</v>
       </c>
       <c r="P41" t="s">
         <v>40</v>
       </c>
       <c r="Q41" t="s">
         <v>41</v>
       </c>
       <c r="R41" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>327</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>328</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>329</v>
+      </c>
+      <c r="H42" t="s">
         <v>330</v>
-      </c>
-[...16 lines deleted...]
-        <v>333</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="L42" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
         <v>212</v>
       </c>
       <c r="O42" t="s">
         <v>185</v>
       </c>
       <c r="P42" t="s">
         <v>186</v>
       </c>
       <c r="Q42" t="s">
         <v>187</v>
       </c>
       <c r="R42" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>333</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>334</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>335</v>
+      </c>
+      <c r="H43" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="L43" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="O43" t="s">
         <v>71</v>
       </c>
       <c r="P43" t="s">
         <v>72</v>
       </c>
       <c r="Q43" t="s">
         <v>73</v>
       </c>
       <c r="R43" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>340</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>341</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>342</v>
+      </c>
+      <c r="H44" t="s">
         <v>343</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="L44" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="O44" t="s">
         <v>100</v>
       </c>
       <c r="P44" t="s">
         <v>101</v>
       </c>
       <c r="Q44" t="s">
         <v>102</v>
       </c>
       <c r="R44" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>347</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>348</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>349</v>
+      </c>
+      <c r="H45" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
+        <v>351</v>
+      </c>
+      <c r="L45" t="s">
+        <v>352</v>
+      </c>
+      <c r="M45" t="s">
+        <v>20</v>
+      </c>
+      <c r="N45" t="s">
+        <v>353</v>
+      </c>
+      <c r="O45" t="s">
         <v>354</v>
-      </c>
-[...10 lines deleted...]
-        <v>356</v>
       </c>
       <c r="P45" t="s">
         <v>40</v>
       </c>
       <c r="Q45" t="s">
         <v>41</v>
       </c>
       <c r="R45" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>356</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>357</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
         <v>358</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="H46" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>361</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="L46" t="s">
         <v>251</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="O46" t="s">
         <v>185</v>
       </c>
       <c r="P46" t="s">
         <v>186</v>
       </c>
       <c r="Q46" t="s">
         <v>187</v>
       </c>
       <c r="R46" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>362</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>363</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
         <v>364</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="H47" t="s">
         <v>365</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="L47" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>307</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>71</v>
       </c>
       <c r="P47" t="s">
         <v>72</v>
       </c>
       <c r="Q47" t="s">
         <v>73</v>
       </c>
       <c r="R47" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P168"/>
+  <dimension ref="A1:P180"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>368</v>
+      </c>
+      <c r="J1" t="s">
+        <v>369</v>
+      </c>
+      <c r="K1" t="s">
         <v>370</v>
       </c>
-      <c r="J1" t="s">
+      <c r="L1" t="s">
         <v>371</v>
       </c>
-      <c r="K1" t="s">
+      <c r="M1" t="s">
         <v>372</v>
       </c>
-      <c r="L1" t="s">
+      <c r="N1" t="s">
         <v>373</v>
       </c>
-      <c r="M1" t="s">
+      <c r="O1" t="s">
         <v>374</v>
       </c>
-      <c r="N1" t="s">
+      <c r="P1" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>376</v>
+      </c>
+      <c r="B2" t="s">
+        <v>377</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>378</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>379</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>380</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>381</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
         <v>382</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="L2" t="s">
+        <v>383</v>
+      </c>
+      <c r="M2" t="s">
         <v>384</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>385</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>386</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>378</v>
       </c>
-      <c r="B3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>389</v>
+      </c>
+      <c r="H3" t="s">
         <v>390</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>391</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" t="s">
         <v>392</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L3" t="s">
+        <v>383</v>
+      </c>
+      <c r="M3" t="s">
+        <v>384</v>
+      </c>
+      <c r="N3" t="s">
         <v>393</v>
       </c>
-      <c r="I3" t="s">
+      <c r="O3" t="s">
         <v>394</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="P3" t="s">
         <v>395</v>
-      </c>
-[...13 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B4" t="s">
+        <v>396</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>397</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>398</v>
+      </c>
+      <c r="H4" t="s">
         <v>399</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>400</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
         <v>401</v>
       </c>
-      <c r="I4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L4" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M4" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N4" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="P4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I5" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="J5" t="s">
-        <v>409</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
+        <v>401</v>
+      </c>
+      <c r="L5" t="s">
+        <v>383</v>
+      </c>
+      <c r="M5" t="s">
+        <v>402</v>
+      </c>
+      <c r="N5" t="s">
+        <v>403</v>
+      </c>
+      <c r="O5" t="s">
         <v>410</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="P5" t="s">
         <v>411</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B6" t="s">
+        <v>412</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>413</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>414</v>
+      </c>
+      <c r="H6" t="s">
         <v>415</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>416</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="J6" t="s">
         <v>417</v>
       </c>
-      <c r="H6" t="s">
+      <c r="K6" t="s">
         <v>418</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
+        <v>383</v>
+      </c>
+      <c r="M6" t="s">
+        <v>384</v>
+      </c>
+      <c r="N6" t="s">
+        <v>385</v>
+      </c>
+      <c r="O6" t="s">
+        <v>386</v>
+      </c>
+      <c r="P6" t="s">
         <v>419</v>
-      </c>
-[...19 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B7" t="s">
+        <v>420</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>421</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>422</v>
+      </c>
+      <c r="H7" t="s">
+        <v>423</v>
+      </c>
+      <c r="I7" t="s">
+        <v>416</v>
+      </c>
+      <c r="J7" t="s">
+        <v>417</v>
+      </c>
+      <c r="K7" t="s">
+        <v>418</v>
+      </c>
+      <c r="L7" t="s">
+        <v>383</v>
+      </c>
+      <c r="M7" t="s">
+        <v>384</v>
+      </c>
+      <c r="N7" t="s">
+        <v>385</v>
+      </c>
+      <c r="O7" t="s">
         <v>424</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="P7" t="s">
         <v>425</v>
-      </c>
-[...31 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B8" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="H8" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="I8" t="s">
-        <v>437</v>
+        <v>400</v>
       </c>
       <c r="J8" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="L8" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M8" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N8" t="s">
-        <v>431</v>
+        <v>403</v>
       </c>
       <c r="O8" t="s">
-        <v>432</v>
+        <v>404</v>
       </c>
       <c r="P8" t="s">
-        <v>439</v>
+        <v>430</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B9" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="H9" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="I9" t="s">
-        <v>444</v>
+        <v>435</v>
       </c>
       <c r="J9" t="s">
-        <v>20</v>
+        <v>436</v>
       </c>
       <c r="K9" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="L9" t="s">
+        <v>383</v>
+      </c>
+      <c r="M9" t="s">
+        <v>384</v>
+      </c>
+      <c r="N9" t="s">
         <v>385</v>
       </c>
-      <c r="M9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O9" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P9" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="H10" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="I10" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="J10" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="K10" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="L10" t="s">
+        <v>383</v>
+      </c>
+      <c r="M10" t="s">
+        <v>384</v>
+      </c>
+      <c r="N10" t="s">
         <v>385</v>
       </c>
-      <c r="M10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O10" t="s">
-        <v>413</v>
+        <v>386</v>
       </c>
       <c r="P10" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B11" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="H11" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="I11" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="J11" t="s">
-        <v>460</v>
+        <v>444</v>
       </c>
       <c r="K11" t="s">
-        <v>461</v>
+        <v>445</v>
       </c>
       <c r="L11" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M11" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="N11" t="s">
-        <v>412</v>
+        <v>393</v>
       </c>
       <c r="O11" t="s">
-        <v>413</v>
+        <v>394</v>
       </c>
       <c r="P11" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B12" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="H12" t="s">
-        <v>466</v>
+        <v>455</v>
       </c>
       <c r="I12" t="s">
-        <v>467</v>
+        <v>456</v>
       </c>
       <c r="J12" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="K12" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="L12" t="s">
+        <v>383</v>
+      </c>
+      <c r="M12" t="s">
+        <v>384</v>
+      </c>
+      <c r="N12" t="s">
         <v>385</v>
       </c>
-      <c r="M12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P12" t="s">
-        <v>470</v>
+        <v>459</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B13" t="s">
-        <v>471</v>
+        <v>460</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>472</v>
+        <v>453</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="H13" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="I13" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="J13" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="K13" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
       <c r="L13" t="s">
+        <v>383</v>
+      </c>
+      <c r="M13" t="s">
+        <v>384</v>
+      </c>
+      <c r="N13" t="s">
         <v>385</v>
       </c>
-      <c r="M13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>478</v>
+        <v>386</v>
       </c>
       <c r="P13" t="s">
-        <v>479</v>
+        <v>466</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B14" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
+        <v>468</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>469</v>
+      </c>
+      <c r="H14" t="s">
+        <v>470</v>
+      </c>
+      <c r="I14" t="s">
+        <v>471</v>
+      </c>
+      <c r="J14" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" t="s">
         <v>472</v>
       </c>
-      <c r="F14" t="s">
-[...8 lines deleted...]
-      <c r="I14" t="s">
+      <c r="L14" t="s">
+        <v>383</v>
+      </c>
+      <c r="M14" t="s">
+        <v>402</v>
+      </c>
+      <c r="N14" t="s">
+        <v>473</v>
+      </c>
+      <c r="O14" t="s">
+        <v>474</v>
+      </c>
+      <c r="P14" t="s">
         <v>475</v>
-      </c>
-[...19 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B15" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="H15" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="I15" t="s">
-        <v>475</v>
+        <v>400</v>
       </c>
       <c r="J15" t="s">
-        <v>476</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>477</v>
+        <v>401</v>
       </c>
       <c r="L15" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M15" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N15" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O15" t="s">
-        <v>397</v>
+        <v>480</v>
       </c>
       <c r="P15" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B16" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>489</v>
+        <v>477</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="H16" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="I16" t="s">
-        <v>492</v>
+        <v>400</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>493</v>
+        <v>401</v>
       </c>
       <c r="L16" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M16" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N16" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O16" t="s">
-        <v>494</v>
+        <v>410</v>
       </c>
       <c r="P16" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B17" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="H17" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="I17" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="J17" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
       <c r="K17" t="s">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="L17" t="s">
+        <v>383</v>
+      </c>
+      <c r="M17" t="s">
+        <v>384</v>
+      </c>
+      <c r="N17" t="s">
         <v>385</v>
       </c>
-      <c r="M17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O17" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P17" t="s">
-        <v>503</v>
+        <v>493</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B18" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>506</v>
+        <v>496</v>
       </c>
       <c r="H18" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
       <c r="I18" t="s">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="K18" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="L18" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M18" t="s">
-        <v>386</v>
+        <v>501</v>
       </c>
       <c r="N18" t="s">
-        <v>396</v>
+        <v>473</v>
       </c>
       <c r="O18" t="s">
-        <v>510</v>
+        <v>474</v>
       </c>
       <c r="P18" t="s">
-        <v>511</v>
+        <v>502</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B19" t="s">
+        <v>503</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>504</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>505</v>
+      </c>
+      <c r="H19" t="s">
+        <v>506</v>
+      </c>
+      <c r="I19" t="s">
+        <v>507</v>
+      </c>
+      <c r="J19" t="s">
+        <v>508</v>
+      </c>
+      <c r="K19" t="s">
+        <v>509</v>
+      </c>
+      <c r="L19" t="s">
+        <v>383</v>
+      </c>
+      <c r="M19" t="s">
+        <v>402</v>
+      </c>
+      <c r="N19" t="s">
+        <v>510</v>
+      </c>
+      <c r="O19" t="s">
+        <v>511</v>
+      </c>
+      <c r="P19" t="s">
         <v>512</v>
-      </c>
-[...40 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B20" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="H20" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="I20" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="J20" t="s">
-        <v>20</v>
+        <v>517</v>
       </c>
       <c r="K20" t="s">
-        <v>524</v>
+        <v>73</v>
       </c>
       <c r="L20" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M20" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N20" t="s">
-        <v>396</v>
+        <v>510</v>
       </c>
       <c r="O20" t="s">
-        <v>402</v>
+        <v>511</v>
       </c>
       <c r="P20" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B21" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>520</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="H21" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="I21" t="s">
         <v>523</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21" t="s">
         <v>524</v>
       </c>
       <c r="L21" t="s">
+        <v>383</v>
+      </c>
+      <c r="M21" t="s">
+        <v>384</v>
+      </c>
+      <c r="N21" t="s">
         <v>385</v>
       </c>
-      <c r="M21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O21" t="s">
-        <v>529</v>
+        <v>424</v>
       </c>
       <c r="P21" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B22" t="s">
+        <v>526</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>527</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>528</v>
+      </c>
+      <c r="H22" t="s">
+        <v>529</v>
+      </c>
+      <c r="I22" t="s">
+        <v>530</v>
+      </c>
+      <c r="J22" t="s">
         <v>531</v>
       </c>
-      <c r="C22" t="s">
-[...11 lines deleted...]
-      <c r="G22" t="s">
+      <c r="K22" t="s">
         <v>532</v>
       </c>
-      <c r="H22" t="s">
+      <c r="L22" t="s">
+        <v>383</v>
+      </c>
+      <c r="M22" t="s">
+        <v>384</v>
+      </c>
+      <c r="N22" t="s">
+        <v>385</v>
+      </c>
+      <c r="O22" t="s">
+        <v>424</v>
+      </c>
+      <c r="P22" t="s">
         <v>533</v>
-      </c>
-[...22 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B23" t="s">
+        <v>534</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>535</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>536</v>
+      </c>
+      <c r="H23" t="s">
         <v>537</v>
       </c>
-      <c r="C23" t="s">
-[...11 lines deleted...]
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>538</v>
       </c>
-      <c r="H23" t="s">
+      <c r="J23" t="s">
         <v>539</v>
       </c>
-      <c r="I23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K23" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
       <c r="L23" t="s">
+        <v>383</v>
+      </c>
+      <c r="M23" t="s">
+        <v>384</v>
+      </c>
+      <c r="N23" t="s">
         <v>385</v>
       </c>
-      <c r="M23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O23" t="s">
-        <v>540</v>
+        <v>424</v>
       </c>
       <c r="P23" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B24" t="s">
         <v>542</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>543</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>544</v>
       </c>
       <c r="H24" t="s">
         <v>545</v>
       </c>
       <c r="I24" t="s">
         <v>546</v>
       </c>
       <c r="J24" t="s">
-        <v>516</v>
+        <v>547</v>
       </c>
       <c r="K24" t="s">
-        <v>517</v>
+        <v>548</v>
       </c>
       <c r="L24" t="s">
+        <v>383</v>
+      </c>
+      <c r="M24" t="s">
+        <v>384</v>
+      </c>
+      <c r="N24" t="s">
         <v>385</v>
       </c>
-      <c r="M24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>540</v>
+        <v>424</v>
       </c>
       <c r="P24" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B25" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="H25" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="I25" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="J25" t="s">
-        <v>516</v>
+        <v>555</v>
       </c>
       <c r="K25" t="s">
-        <v>517</v>
+        <v>556</v>
       </c>
       <c r="L25" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M25" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="N25" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O25" t="s">
-        <v>397</v>
+        <v>557</v>
       </c>
       <c r="P25" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B26" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
+        <v>551</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>560</v>
+      </c>
+      <c r="H26" t="s">
+        <v>561</v>
+      </c>
+      <c r="I26" t="s">
         <v>554</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="J26" t="s">
         <v>555</v>
       </c>
-      <c r="H26" t="s">
+      <c r="K26" t="s">
         <v>556</v>
       </c>
-      <c r="I26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M26" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="N26" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O26" t="s">
-        <v>478</v>
+        <v>410</v>
       </c>
       <c r="P26" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B27" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="H27" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="I27" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>555</v>
       </c>
       <c r="K27" t="s">
-        <v>73</v>
+        <v>556</v>
       </c>
       <c r="L27" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M27" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="N27" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O27" t="s">
-        <v>413</v>
+        <v>480</v>
       </c>
       <c r="P27" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B28" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="H28" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="I28" t="s">
-        <v>429</v>
+        <v>571</v>
       </c>
       <c r="J28" t="s">
         <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>430</v>
+        <v>572</v>
       </c>
       <c r="L28" t="s">
+        <v>383</v>
+      </c>
+      <c r="M28" t="s">
+        <v>384</v>
+      </c>
+      <c r="N28" t="s">
         <v>385</v>
       </c>
-      <c r="M28" t="s">
+      <c r="O28" t="s">
         <v>386</v>
       </c>
-      <c r="N28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P28" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B29" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H29" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="I29" t="s">
-        <v>429</v>
+        <v>578</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>579</v>
       </c>
       <c r="K29" t="s">
-        <v>430</v>
+        <v>580</v>
       </c>
       <c r="L29" t="s">
+        <v>383</v>
+      </c>
+      <c r="M29" t="s">
+        <v>384</v>
+      </c>
+      <c r="N29" t="s">
         <v>385</v>
       </c>
-      <c r="M29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O29" t="s">
-        <v>494</v>
+        <v>424</v>
       </c>
       <c r="P29" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B30" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="H30" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="I30" t="s">
-        <v>516</v>
+        <v>586</v>
       </c>
       <c r="J30" t="s">
         <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>517</v>
+        <v>587</v>
       </c>
       <c r="L30" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M30" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N30" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O30" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P30" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B31" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="H31" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="I31" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="J31" t="s">
-        <v>583</v>
+        <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="L31" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M31" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N31" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O31" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P31" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B32" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="H32" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="I32" t="s">
-        <v>516</v>
+        <v>601</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>517</v>
+        <v>602</v>
       </c>
       <c r="L32" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M32" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N32" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O32" t="s">
-        <v>494</v>
+        <v>410</v>
       </c>
       <c r="P32" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B33" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>592</v>
+        <v>605</v>
       </c>
       <c r="H33" t="s">
-        <v>593</v>
+        <v>606</v>
       </c>
       <c r="I33" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="J33" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K33" t="s">
-        <v>73</v>
+        <v>602</v>
       </c>
       <c r="L33" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M33" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N33" t="s">
-        <v>595</v>
+        <v>403</v>
       </c>
       <c r="O33" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="P33" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B34" t="s">
+        <v>609</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
         <v>598</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="H34" t="s">
+        <v>611</v>
+      </c>
+      <c r="I34" t="s">
+        <v>612</v>
+      </c>
+      <c r="J34" t="s">
         <v>601</v>
       </c>
-      <c r="I34" t="s">
+      <c r="K34" t="s">
         <v>602</v>
       </c>
-      <c r="J34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L34" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M34" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N34" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O34" t="s">
-        <v>413</v>
+        <v>613</v>
       </c>
       <c r="P34" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B35" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="H35" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="I35" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="J35" t="s">
-        <v>611</v>
+        <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>41</v>
+        <v>602</v>
       </c>
       <c r="L35" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M35" t="s">
-        <v>422</v>
+        <v>402</v>
       </c>
       <c r="N35" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O35" t="s">
-        <v>413</v>
+        <v>618</v>
       </c>
       <c r="P35" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B36" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="H36" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="I36" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="J36" t="s">
-        <v>617</v>
+        <v>594</v>
       </c>
       <c r="K36" t="s">
+        <v>595</v>
+      </c>
+      <c r="L36" t="s">
+        <v>383</v>
+      </c>
+      <c r="M36" t="s">
+        <v>402</v>
+      </c>
+      <c r="N36" t="s">
+        <v>403</v>
+      </c>
+      <c r="O36" t="s">
         <v>618</v>
       </c>
-      <c r="L36" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B37" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
         <v>621</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H37" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="I37" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="J37" t="s">
-        <v>625</v>
+        <v>594</v>
       </c>
       <c r="K37" t="s">
-        <v>73</v>
+        <v>595</v>
       </c>
       <c r="L37" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M37" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N37" t="s">
-        <v>626</v>
+        <v>403</v>
       </c>
       <c r="O37" t="s">
-        <v>627</v>
+        <v>480</v>
       </c>
       <c r="P37" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B38" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="H38" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="I38" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="J38" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="K38" t="s">
         <v>73</v>
       </c>
       <c r="L38" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M38" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="N38" t="s">
-        <v>632</v>
+        <v>403</v>
       </c>
       <c r="O38" t="s">
-        <v>633</v>
+        <v>557</v>
       </c>
       <c r="P38" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B39" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
+        <v>639</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>640</v>
+      </c>
+      <c r="H39" t="s">
+        <v>641</v>
+      </c>
+      <c r="I39" t="s">
         <v>636</v>
       </c>
-      <c r="F39" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>640</v>
+        <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>641</v>
+        <v>73</v>
       </c>
       <c r="L39" t="s">
+        <v>383</v>
+      </c>
+      <c r="M39" t="s">
+        <v>384</v>
+      </c>
+      <c r="N39" t="s">
         <v>385</v>
       </c>
-      <c r="M39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O39" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P39" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B40" t="s">
         <v>643</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
         <v>644</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
         <v>645</v>
       </c>
       <c r="H40" t="s">
         <v>646</v>
       </c>
       <c r="I40" t="s">
+        <v>508</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>509</v>
+      </c>
+      <c r="L40" t="s">
+        <v>383</v>
+      </c>
+      <c r="M40" t="s">
+        <v>402</v>
+      </c>
+      <c r="N40" t="s">
+        <v>403</v>
+      </c>
+      <c r="O40" t="s">
+        <v>607</v>
+      </c>
+      <c r="P40" t="s">
         <v>647</v>
-      </c>
-[...19 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B41" t="s">
+        <v>648</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>644</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>649</v>
+      </c>
+      <c r="H41" t="s">
+        <v>650</v>
+      </c>
+      <c r="I41" t="s">
+        <v>508</v>
+      </c>
+      <c r="J41" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" t="s">
+        <v>509</v>
+      </c>
+      <c r="L41" t="s">
+        <v>383</v>
+      </c>
+      <c r="M41" t="s">
+        <v>402</v>
+      </c>
+      <c r="N41" t="s">
+        <v>385</v>
+      </c>
+      <c r="O41" t="s">
+        <v>386</v>
+      </c>
+      <c r="P41" t="s">
         <v>651</v>
-      </c>
-[...40 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B42" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="H42" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="I42" t="s">
-        <v>663</v>
+        <v>594</v>
       </c>
       <c r="J42" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>73</v>
+        <v>595</v>
       </c>
       <c r="L42" t="s">
+        <v>383</v>
+      </c>
+      <c r="M42" t="s">
+        <v>384</v>
+      </c>
+      <c r="N42" t="s">
         <v>385</v>
       </c>
-      <c r="M42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>627</v>
+        <v>424</v>
       </c>
       <c r="P42" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B43" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
+        <v>657</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>658</v>
+      </c>
+      <c r="H43" t="s">
+        <v>659</v>
+      </c>
+      <c r="I43" t="s">
         <v>660</v>
       </c>
-      <c r="F43" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="K43" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="L43" t="s">
+        <v>383</v>
+      </c>
+      <c r="M43" t="s">
+        <v>384</v>
+      </c>
+      <c r="N43" t="s">
         <v>385</v>
       </c>
-      <c r="M43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>633</v>
+        <v>424</v>
       </c>
       <c r="P43" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B44" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="H44" t="s">
-        <v>675</v>
+        <v>666</v>
       </c>
       <c r="I44" t="s">
-        <v>676</v>
+        <v>594</v>
       </c>
       <c r="J44" t="s">
-        <v>677</v>
+        <v>20</v>
       </c>
       <c r="K44" t="s">
-        <v>678</v>
+        <v>595</v>
       </c>
       <c r="L44" t="s">
+        <v>383</v>
+      </c>
+      <c r="M44" t="s">
+        <v>384</v>
+      </c>
+      <c r="N44" t="s">
         <v>385</v>
       </c>
-      <c r="M44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>386</v>
       </c>
       <c r="P44" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B45" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="H45" t="s">
-        <v>683</v>
+        <v>671</v>
       </c>
       <c r="I45" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="J45" t="s">
-        <v>685</v>
+        <v>517</v>
       </c>
       <c r="K45" t="s">
-        <v>686</v>
+        <v>73</v>
       </c>
       <c r="L45" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M45" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N45" t="s">
-        <v>412</v>
+        <v>673</v>
       </c>
       <c r="O45" t="s">
-        <v>413</v>
+        <v>674</v>
       </c>
       <c r="P45" t="s">
-        <v>687</v>
+        <v>675</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B46" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="H46" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="I46" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="J46" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="K46" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="L46" t="s">
+        <v>383</v>
+      </c>
+      <c r="M46" t="s">
+        <v>402</v>
+      </c>
+      <c r="N46" t="s">
         <v>385</v>
       </c>
-      <c r="M46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O46" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
       <c r="P46" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B47" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="H47" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="I47" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="J47" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="K47" t="s">
-        <v>702</v>
+        <v>41</v>
       </c>
       <c r="L47" t="s">
+        <v>383</v>
+      </c>
+      <c r="M47" t="s">
+        <v>501</v>
+      </c>
+      <c r="N47" t="s">
         <v>385</v>
       </c>
-      <c r="M47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O47" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P47" t="s">
-        <v>703</v>
+        <v>690</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B48" t="s">
-        <v>704</v>
+        <v>691</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>705</v>
+        <v>685</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>706</v>
+        <v>692</v>
       </c>
       <c r="H48" t="s">
-        <v>707</v>
+        <v>693</v>
       </c>
       <c r="I48" t="s">
-        <v>708</v>
+        <v>694</v>
       </c>
       <c r="J48" t="s">
-        <v>709</v>
+        <v>695</v>
       </c>
       <c r="K48" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="L48" t="s">
+        <v>383</v>
+      </c>
+      <c r="M48" t="s">
+        <v>384</v>
+      </c>
+      <c r="N48" t="s">
         <v>385</v>
       </c>
-      <c r="M48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O48" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P48" t="s">
-        <v>711</v>
+        <v>697</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B49" t="s">
-        <v>712</v>
+        <v>698</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>713</v>
+        <v>699</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>714</v>
+        <v>700</v>
       </c>
       <c r="H49" t="s">
-        <v>715</v>
+        <v>701</v>
       </c>
       <c r="I49" t="s">
-        <v>716</v>
+        <v>702</v>
       </c>
       <c r="J49" t="s">
-        <v>717</v>
+        <v>703</v>
       </c>
       <c r="K49" t="s">
-        <v>718</v>
+        <v>73</v>
       </c>
       <c r="L49" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M49" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N49" t="s">
-        <v>412</v>
+        <v>704</v>
       </c>
       <c r="O49" t="s">
-        <v>413</v>
+        <v>705</v>
       </c>
       <c r="P49" t="s">
-        <v>719</v>
+        <v>706</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B50" t="s">
-        <v>720</v>
+        <v>707</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>721</v>
+        <v>699</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>722</v>
+        <v>708</v>
       </c>
       <c r="H50" t="s">
-        <v>723</v>
+        <v>709</v>
       </c>
       <c r="I50" t="s">
-        <v>724</v>
+        <v>702</v>
       </c>
       <c r="J50" t="s">
-        <v>725</v>
+        <v>703</v>
       </c>
       <c r="K50" t="s">
-        <v>726</v>
+        <v>73</v>
       </c>
       <c r="L50" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M50" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N50" t="s">
-        <v>412</v>
+        <v>710</v>
       </c>
       <c r="O50" t="s">
-        <v>413</v>
+        <v>711</v>
       </c>
       <c r="P50" t="s">
-        <v>727</v>
+        <v>712</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B51" t="s">
-        <v>728</v>
+        <v>713</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>729</v>
+        <v>714</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>730</v>
+        <v>715</v>
       </c>
       <c r="H51" t="s">
-        <v>731</v>
+        <v>716</v>
       </c>
       <c r="I51" t="s">
-        <v>732</v>
+        <v>717</v>
       </c>
       <c r="J51" t="s">
-        <v>438</v>
+        <v>718</v>
       </c>
       <c r="K51" t="s">
-        <v>73</v>
+        <v>719</v>
       </c>
       <c r="L51" t="s">
+        <v>383</v>
+      </c>
+      <c r="M51" t="s">
+        <v>402</v>
+      </c>
+      <c r="N51" t="s">
         <v>385</v>
       </c>
-      <c r="M51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O51" t="s">
-        <v>733</v>
+        <v>424</v>
       </c>
       <c r="P51" t="s">
-        <v>734</v>
+        <v>720</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B52" t="s">
-        <v>735</v>
+        <v>721</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="H52" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="I52" t="s">
-        <v>738</v>
+        <v>725</v>
       </c>
       <c r="J52" t="s">
-        <v>438</v>
+        <v>726</v>
       </c>
       <c r="K52" t="s">
-        <v>73</v>
+        <v>727</v>
       </c>
       <c r="L52" t="s">
+        <v>383</v>
+      </c>
+      <c r="M52" t="s">
+        <v>384</v>
+      </c>
+      <c r="N52" t="s">
         <v>385</v>
       </c>
-      <c r="M52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O52" t="s">
-        <v>733</v>
+        <v>424</v>
       </c>
       <c r="P52" t="s">
-        <v>739</v>
+        <v>728</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B53" t="s">
-        <v>740</v>
+        <v>729</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="H53" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="I53" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
       <c r="J53" t="s">
-        <v>438</v>
+        <v>734</v>
       </c>
       <c r="K53" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="L53" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M53" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N53" t="s">
-        <v>396</v>
+        <v>510</v>
       </c>
       <c r="O53" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="P53" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B54" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="H54" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="I54" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="J54" t="s">
-        <v>749</v>
+        <v>517</v>
       </c>
       <c r="K54" t="s">
-        <v>750</v>
+        <v>73</v>
       </c>
       <c r="L54" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M54" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N54" t="s">
-        <v>396</v>
+        <v>704</v>
       </c>
       <c r="O54" t="s">
-        <v>733</v>
+        <v>705</v>
       </c>
       <c r="P54" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B55" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="H55" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="I55" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="J55" t="s">
-        <v>20</v>
+        <v>747</v>
       </c>
       <c r="K55" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="L55" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M55" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N55" t="s">
-        <v>396</v>
+        <v>710</v>
       </c>
       <c r="O55" t="s">
-        <v>733</v>
+        <v>711</v>
       </c>
       <c r="P55" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B56" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>729</v>
+        <v>751</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="H56" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="I56" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="J56" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="K56" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="L56" t="s">
+        <v>383</v>
+      </c>
+      <c r="M56" t="s">
+        <v>384</v>
+      </c>
+      <c r="N56" t="s">
         <v>385</v>
       </c>
-      <c r="M56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>733</v>
+        <v>424</v>
       </c>
       <c r="P56" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B57" t="s">
+        <v>758</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>759</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>760</v>
+      </c>
+      <c r="H57" t="s">
+        <v>761</v>
+      </c>
+      <c r="I57" t="s">
+        <v>762</v>
+      </c>
+      <c r="J57" t="s">
+        <v>763</v>
+      </c>
+      <c r="K57" t="s">
+        <v>764</v>
+      </c>
+      <c r="L57" t="s">
+        <v>383</v>
+      </c>
+      <c r="M57" t="s">
+        <v>402</v>
+      </c>
+      <c r="N57" t="s">
+        <v>385</v>
+      </c>
+      <c r="O57" t="s">
+        <v>424</v>
+      </c>
+      <c r="P57" t="s">
         <v>765</v>
-      </c>
-[...40 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B58" t="s">
+        <v>766</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>767</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>768</v>
+      </c>
+      <c r="H58" t="s">
+        <v>769</v>
+      </c>
+      <c r="I58" t="s">
         <v>770</v>
       </c>
-      <c r="C58" t="s">
-[...11 lines deleted...]
-      <c r="G58" t="s">
+      <c r="J58" t="s">
         <v>771</v>
       </c>
-      <c r="H58" t="s">
+      <c r="K58" t="s">
         <v>772</v>
       </c>
-      <c r="I58" t="s">
+      <c r="L58" t="s">
+        <v>383</v>
+      </c>
+      <c r="M58" t="s">
+        <v>501</v>
+      </c>
+      <c r="N58" t="s">
+        <v>704</v>
+      </c>
+      <c r="O58" t="s">
+        <v>474</v>
+      </c>
+      <c r="P58" t="s">
         <v>773</v>
-      </c>
-[...19 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B59" t="s">
+        <v>774</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>775</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>776</v>
+      </c>
+      <c r="H59" t="s">
         <v>777</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="I59" t="s">
         <v>778</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="J59" t="s">
         <v>779</v>
       </c>
-      <c r="H59" t="s">
+      <c r="K59" t="s">
         <v>780</v>
       </c>
-      <c r="I59" t="s">
+      <c r="L59" t="s">
+        <v>383</v>
+      </c>
+      <c r="M59" t="s">
+        <v>384</v>
+      </c>
+      <c r="N59" t="s">
+        <v>385</v>
+      </c>
+      <c r="O59" t="s">
+        <v>424</v>
+      </c>
+      <c r="P59" t="s">
         <v>781</v>
-      </c>
-[...19 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B60" t="s">
+        <v>782</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>783</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>784</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>785</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>786</v>
       </c>
-      <c r="H60" t="s">
+      <c r="J60" t="s">
         <v>787</v>
       </c>
-      <c r="I60" t="s">
+      <c r="K60" t="s">
         <v>788</v>
       </c>
-      <c r="J60" t="s">
+      <c r="L60" t="s">
+        <v>383</v>
+      </c>
+      <c r="M60" t="s">
+        <v>384</v>
+      </c>
+      <c r="N60" t="s">
+        <v>385</v>
+      </c>
+      <c r="O60" t="s">
+        <v>424</v>
+      </c>
+      <c r="P60" t="s">
         <v>789</v>
-      </c>
-[...16 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B61" t="s">
+        <v>790</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>791</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
         <v>792</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="H61" t="s">
         <v>793</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="I61" t="s">
         <v>794</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J61" t="s">
         <v>795</v>
       </c>
-      <c r="I61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K61" t="s">
-        <v>73</v>
+        <v>796</v>
       </c>
       <c r="L61" t="s">
+        <v>383</v>
+      </c>
+      <c r="M61" t="s">
+        <v>384</v>
+      </c>
+      <c r="N61" t="s">
         <v>385</v>
       </c>
-      <c r="M61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O61" t="s">
-        <v>633</v>
+        <v>424</v>
       </c>
       <c r="P61" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B62" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="H62" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="I62" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="J62" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="K62" t="s">
-        <v>84</v>
+        <v>804</v>
       </c>
       <c r="L62" t="s">
+        <v>383</v>
+      </c>
+      <c r="M62" t="s">
+        <v>384</v>
+      </c>
+      <c r="N62" t="s">
         <v>385</v>
       </c>
-      <c r="M62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O62" t="s">
-        <v>803</v>
+        <v>424</v>
       </c>
       <c r="P62" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B63" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="H63" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="I63" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="J63" t="s">
-        <v>749</v>
+        <v>517</v>
       </c>
       <c r="K63" t="s">
-        <v>750</v>
+        <v>73</v>
       </c>
       <c r="L63" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M63" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N63" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O63" t="s">
-        <v>413</v>
+        <v>811</v>
       </c>
       <c r="P63" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B64" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
+        <v>807</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>814</v>
+      </c>
+      <c r="H64" t="s">
+        <v>815</v>
+      </c>
+      <c r="I64" t="s">
+        <v>816</v>
+      </c>
+      <c r="J64" t="s">
+        <v>517</v>
+      </c>
+      <c r="K64" t="s">
+        <v>73</v>
+      </c>
+      <c r="L64" t="s">
+        <v>383</v>
+      </c>
+      <c r="M64" t="s">
+        <v>402</v>
+      </c>
+      <c r="N64" t="s">
+        <v>403</v>
+      </c>
+      <c r="O64" t="s">
         <v>811</v>
-      </c>
-[...28 lines deleted...]
-        <v>413</v>
       </c>
       <c r="P64" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B65" t="s">
         <v>818</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
+        <v>807</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
         <v>819</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>820</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>821</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
+        <v>517</v>
+      </c>
+      <c r="K65" t="s">
+        <v>73</v>
+      </c>
+      <c r="L65" t="s">
+        <v>383</v>
+      </c>
+      <c r="M65" t="s">
+        <v>402</v>
+      </c>
+      <c r="N65" t="s">
+        <v>403</v>
+      </c>
+      <c r="O65" t="s">
+        <v>811</v>
+      </c>
+      <c r="P65" t="s">
         <v>822</v>
-      </c>
-[...19 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B66" t="s">
+        <v>823</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>807</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
         <v>824</v>
       </c>
-      <c r="C66" t="s">
-[...11 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>825</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>826</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
         <v>827</v>
       </c>
-      <c r="J66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K66" t="s">
-        <v>84</v>
+        <v>828</v>
       </c>
       <c r="L66" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M66" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N66" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O66" t="s">
-        <v>529</v>
+        <v>811</v>
       </c>
       <c r="P66" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B67" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H67" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="I67" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="J67" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K67" t="s">
-        <v>73</v>
+        <v>834</v>
       </c>
       <c r="L67" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M67" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N67" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O67" t="s">
-        <v>529</v>
+        <v>811</v>
       </c>
       <c r="P67" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B68" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>835</v>
+        <v>807</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H68" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="I68" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="J68" t="s">
-        <v>762</v>
+        <v>840</v>
       </c>
       <c r="K68" t="s">
-        <v>763</v>
+        <v>841</v>
       </c>
       <c r="L68" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M68" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N68" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O68" t="s">
-        <v>838</v>
+        <v>811</v>
       </c>
       <c r="P68" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B69" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>841</v>
+        <v>807</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="H69" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="I69" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="J69" t="s">
-        <v>845</v>
+        <v>20</v>
       </c>
       <c r="K69" t="s">
-        <v>846</v>
+        <v>41</v>
       </c>
       <c r="L69" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M69" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N69" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O69" t="s">
-        <v>413</v>
+        <v>811</v>
       </c>
       <c r="P69" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B70" t="s">
         <v>848</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
+        <v>807</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
         <v>849</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="H70" t="s">
         <v>850</v>
       </c>
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>851</v>
       </c>
-      <c r="I70" t="s">
+      <c r="J70" t="s">
         <v>852</v>
       </c>
-      <c r="J70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K70" t="s">
-        <v>73</v>
+        <v>853</v>
       </c>
       <c r="L70" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M70" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N70" t="s">
-        <v>632</v>
+        <v>403</v>
       </c>
       <c r="O70" t="s">
-        <v>633</v>
+        <v>811</v>
       </c>
       <c r="P70" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B71" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H71" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I71" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J71" t="s">
-        <v>859</v>
+        <v>20</v>
       </c>
       <c r="K71" t="s">
         <v>860</v>
       </c>
       <c r="L71" t="s">
+        <v>383</v>
+      </c>
+      <c r="M71" t="s">
+        <v>402</v>
+      </c>
+      <c r="N71" t="s">
         <v>385</v>
       </c>
-      <c r="M71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O71" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P71" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B72" t="s">
         <v>862</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H72" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="I72" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="J72" t="s">
-        <v>20</v>
+        <v>867</v>
       </c>
       <c r="K72" t="s">
-        <v>866</v>
+        <v>73</v>
       </c>
       <c r="L72" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M72" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N72" t="s">
-        <v>626</v>
+        <v>704</v>
       </c>
       <c r="O72" t="s">
-        <v>388</v>
+        <v>868</v>
       </c>
       <c r="P72" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B73" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>855</v>
+        <v>871</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="H73" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="I73" t="s">
-        <v>865</v>
+        <v>517</v>
       </c>
       <c r="J73" t="s">
         <v>20</v>
       </c>
       <c r="K73" t="s">
-        <v>866</v>
+        <v>73</v>
       </c>
       <c r="L73" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M73" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N73" t="s">
-        <v>626</v>
+        <v>710</v>
       </c>
       <c r="O73" t="s">
-        <v>388</v>
+        <v>711</v>
       </c>
       <c r="P73" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B74" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="H74" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="I74" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="J74" t="s">
-        <v>677</v>
+        <v>880</v>
       </c>
       <c r="K74" t="s">
-        <v>678</v>
+        <v>84</v>
       </c>
       <c r="L74" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M74" t="s">
-        <v>422</v>
+        <v>402</v>
       </c>
       <c r="N74" t="s">
-        <v>626</v>
+        <v>704</v>
       </c>
       <c r="O74" t="s">
-        <v>388</v>
+        <v>881</v>
       </c>
       <c r="P74" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B75" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="H75" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="I75" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="J75" t="s">
-        <v>669</v>
+        <v>827</v>
       </c>
       <c r="K75" t="s">
-        <v>670</v>
+        <v>828</v>
       </c>
       <c r="L75" t="s">
+        <v>383</v>
+      </c>
+      <c r="M75" t="s">
+        <v>384</v>
+      </c>
+      <c r="N75" t="s">
         <v>385</v>
       </c>
-      <c r="M75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O75" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
       <c r="P75" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B76" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="H76" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="I76" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="J76" t="s">
-        <v>429</v>
+        <v>893</v>
       </c>
       <c r="K76" t="s">
-        <v>430</v>
+        <v>894</v>
       </c>
       <c r="L76" t="s">
+        <v>383</v>
+      </c>
+      <c r="M76" t="s">
+        <v>384</v>
+      </c>
+      <c r="N76" t="s">
         <v>385</v>
       </c>
-      <c r="M76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O76" t="s">
-        <v>402</v>
+        <v>424</v>
       </c>
       <c r="P76" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B77" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="H77" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="I77" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="J77" t="s">
-        <v>429</v>
+        <v>840</v>
       </c>
       <c r="K77" t="s">
-        <v>430</v>
+        <v>841</v>
       </c>
       <c r="L77" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M77" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N77" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O77" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="P77" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B78" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="H78" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="I78" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="J78" t="s">
-        <v>429</v>
+        <v>880</v>
       </c>
       <c r="K78" t="s">
-        <v>430</v>
+        <v>84</v>
       </c>
       <c r="L78" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M78" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N78" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O78" t="s">
-        <v>838</v>
+        <v>607</v>
       </c>
       <c r="P78" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B79" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="H79" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="I79" t="s">
-        <v>888</v>
+        <v>910</v>
       </c>
       <c r="J79" t="s">
-        <v>429</v>
+        <v>517</v>
       </c>
       <c r="K79" t="s">
-        <v>430</v>
+        <v>73</v>
       </c>
       <c r="L79" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M79" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N79" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O79" t="s">
-        <v>838</v>
+        <v>911</v>
       </c>
       <c r="P79" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B80" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="H80" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="I80" t="s">
-        <v>888</v>
+        <v>900</v>
       </c>
       <c r="J80" t="s">
-        <v>429</v>
+        <v>840</v>
       </c>
       <c r="K80" t="s">
-        <v>430</v>
+        <v>841</v>
       </c>
       <c r="L80" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M80" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N80" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O80" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="P80" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B81" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="H81" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="I81" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="J81" t="s">
-        <v>762</v>
+        <v>923</v>
       </c>
       <c r="K81" t="s">
-        <v>763</v>
+        <v>924</v>
       </c>
       <c r="L81" t="s">
+        <v>383</v>
+      </c>
+      <c r="M81" t="s">
+        <v>384</v>
+      </c>
+      <c r="N81" t="s">
         <v>385</v>
       </c>
-      <c r="M81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O81" t="s">
-        <v>397</v>
+        <v>424</v>
       </c>
       <c r="P81" t="s">
-        <v>914</v>
+        <v>925</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B82" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="H82" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="I82" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="J82" t="s">
-        <v>617</v>
+        <v>20</v>
       </c>
       <c r="K82" t="s">
-        <v>618</v>
+        <v>73</v>
       </c>
       <c r="L82" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M82" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N82" t="s">
-        <v>396</v>
+        <v>710</v>
       </c>
       <c r="O82" t="s">
-        <v>397</v>
+        <v>711</v>
       </c>
       <c r="P82" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B83" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>923</v>
+        <v>934</v>
       </c>
       <c r="H83" t="s">
-        <v>924</v>
+        <v>935</v>
       </c>
       <c r="I83" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="J83" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="K83" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="L83" t="s">
+        <v>383</v>
+      </c>
+      <c r="M83" t="s">
+        <v>384</v>
+      </c>
+      <c r="N83" t="s">
         <v>385</v>
       </c>
-      <c r="M83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O83" t="s">
-        <v>929</v>
+        <v>424</v>
       </c>
       <c r="P83" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B84" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="H84" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="I84" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J84" t="s">
-        <v>926</v>
+        <v>20</v>
       </c>
       <c r="K84" t="s">
-        <v>927</v>
+        <v>944</v>
       </c>
       <c r="L84" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M84" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N84" t="s">
-        <v>928</v>
+        <v>704</v>
       </c>
       <c r="O84" t="s">
-        <v>494</v>
+        <v>474</v>
       </c>
       <c r="P84" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B85" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="H85" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="I85" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="J85" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K85" t="s">
-        <v>73</v>
+        <v>944</v>
       </c>
       <c r="L85" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M85" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N85" t="s">
-        <v>626</v>
+        <v>704</v>
       </c>
       <c r="O85" t="s">
-        <v>803</v>
+        <v>474</v>
       </c>
       <c r="P85" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B86" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="H86" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="I86" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="J86" t="s">
-        <v>438</v>
+        <v>755</v>
       </c>
       <c r="K86" t="s">
-        <v>73</v>
+        <v>756</v>
       </c>
       <c r="L86" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M86" t="s">
-        <v>386</v>
+        <v>501</v>
       </c>
       <c r="N86" t="s">
-        <v>595</v>
+        <v>704</v>
       </c>
       <c r="O86" t="s">
-        <v>947</v>
+        <v>474</v>
       </c>
       <c r="P86" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B87" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="H87" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="I87" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="J87" t="s">
-        <v>953</v>
+        <v>747</v>
       </c>
       <c r="K87" t="s">
-        <v>954</v>
+        <v>748</v>
       </c>
       <c r="L87" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M87" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N87" t="s">
-        <v>595</v>
+        <v>704</v>
       </c>
       <c r="O87" t="s">
-        <v>947</v>
+        <v>474</v>
       </c>
       <c r="P87" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B88" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>943</v>
+        <v>963</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="H88" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="I88" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="J88" t="s">
-        <v>768</v>
+        <v>508</v>
       </c>
       <c r="K88" t="s">
-        <v>41</v>
+        <v>509</v>
       </c>
       <c r="L88" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M88" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N88" t="s">
-        <v>595</v>
+        <v>403</v>
       </c>
       <c r="O88" t="s">
-        <v>947</v>
+        <v>410</v>
       </c>
       <c r="P88" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B89" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="H89" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="I89" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="J89" t="s">
-        <v>438</v>
+        <v>508</v>
       </c>
       <c r="K89" t="s">
-        <v>73</v>
+        <v>509</v>
       </c>
       <c r="L89" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M89" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N89" t="s">
-        <v>595</v>
+        <v>403</v>
       </c>
       <c r="O89" t="s">
-        <v>947</v>
+        <v>410</v>
       </c>
       <c r="P89" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B90" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="H90" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="I90" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="J90" t="s">
-        <v>20</v>
+        <v>508</v>
       </c>
       <c r="K90" t="s">
-        <v>972</v>
+        <v>509</v>
       </c>
       <c r="L90" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M90" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N90" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O90" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="P90" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B91" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="H91" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="I91" t="s">
-        <v>977</v>
+        <v>966</v>
       </c>
       <c r="J91" t="s">
-        <v>978</v>
+        <v>508</v>
       </c>
       <c r="K91" t="s">
-        <v>979</v>
+        <v>509</v>
       </c>
       <c r="L91" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M91" t="s">
-        <v>422</v>
+        <v>402</v>
       </c>
       <c r="N91" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O91" t="s">
-        <v>494</v>
+        <v>404</v>
       </c>
       <c r="P91" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B92" t="s">
-        <v>598</v>
+        <v>982</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="H92" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="I92" t="s">
-        <v>984</v>
+        <v>966</v>
       </c>
       <c r="J92" t="s">
-        <v>985</v>
+        <v>508</v>
       </c>
       <c r="K92" t="s">
+        <v>509</v>
+      </c>
+      <c r="L92" t="s">
+        <v>383</v>
+      </c>
+      <c r="M92" t="s">
+        <v>402</v>
+      </c>
+      <c r="N92" t="s">
+        <v>403</v>
+      </c>
+      <c r="O92" t="s">
+        <v>480</v>
+      </c>
+      <c r="P92" t="s">
         <v>986</v>
-      </c>
-[...13 lines deleted...]
-        <v>987</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B93" t="s">
+        <v>987</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
         <v>988</v>
       </c>
-      <c r="C93" t="s">
-[...5 lines deleted...]
-      <c r="E93" t="s">
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
         <v>989</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93" t="s">
+      <c r="H93" t="s">
         <v>990</v>
       </c>
-      <c r="H93" t="s">
+      <c r="I93" t="s">
         <v>991</v>
       </c>
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>840</v>
+      </c>
+      <c r="K93" t="s">
+        <v>841</v>
+      </c>
+      <c r="L93" t="s">
+        <v>383</v>
+      </c>
+      <c r="M93" t="s">
+        <v>402</v>
+      </c>
+      <c r="N93" t="s">
+        <v>403</v>
+      </c>
+      <c r="O93" t="s">
+        <v>480</v>
+      </c>
+      <c r="P93" t="s">
         <v>992</v>
-      </c>
-[...19 lines deleted...]
-        <v>993</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B94" t="s">
+        <v>993</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
         <v>994</v>
-      </c>
-[...7 lines deleted...]
-        <v>989</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
         <v>995</v>
       </c>
       <c r="H94" t="s">
         <v>996</v>
       </c>
       <c r="I94" t="s">
         <v>997</v>
       </c>
       <c r="J94" t="s">
-        <v>438</v>
+        <v>695</v>
       </c>
       <c r="K94" t="s">
-        <v>73</v>
+        <v>696</v>
       </c>
       <c r="L94" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M94" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N94" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O94" t="s">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="P94" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B95" t="s">
         <v>999</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="H95" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="I95" t="s">
-        <v>640</v>
+        <v>1003</v>
       </c>
       <c r="J95" t="s">
-        <v>20</v>
+        <v>1004</v>
       </c>
       <c r="K95" t="s">
-        <v>641</v>
+        <v>1005</v>
       </c>
       <c r="L95" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M95" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="N95" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="O95" t="s">
-        <v>510</v>
+        <v>394</v>
       </c>
       <c r="P95" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B96" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J96" t="s">
         <v>1004</v>
       </c>
-      <c r="H96" t="s">
+      <c r="K96" t="s">
         <v>1005</v>
       </c>
-      <c r="I96" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L96" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M96" t="s">
+        <v>384</v>
+      </c>
+      <c r="N96" t="s">
+        <v>393</v>
+      </c>
+      <c r="O96" t="s">
         <v>386</v>
       </c>
-      <c r="N96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P96" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B97" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>989</v>
+        <v>1013</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="H97" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="I97" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="J97" t="s">
-        <v>20</v>
+        <v>517</v>
       </c>
       <c r="K97" t="s">
-        <v>1013</v>
+        <v>73</v>
       </c>
       <c r="L97" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M97" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N97" t="s">
-        <v>396</v>
+        <v>704</v>
       </c>
       <c r="O97" t="s">
-        <v>510</v>
+        <v>881</v>
       </c>
       <c r="P97" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B98" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>989</v>
+        <v>1019</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="H98" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="I98" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="J98" t="s">
-        <v>1019</v>
+        <v>517</v>
       </c>
       <c r="K98" t="s">
-        <v>726</v>
+        <v>73</v>
       </c>
       <c r="L98" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M98" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N98" t="s">
-        <v>396</v>
+        <v>673</v>
       </c>
       <c r="O98" t="s">
-        <v>402</v>
+        <v>1023</v>
       </c>
       <c r="P98" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B99" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>989</v>
+        <v>1019</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="H99" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L99" t="s">
+        <v>383</v>
+      </c>
+      <c r="M99" t="s">
+        <v>402</v>
+      </c>
+      <c r="N99" t="s">
+        <v>673</v>
+      </c>
+      <c r="O99" t="s">
         <v>1023</v>
       </c>
-      <c r="I99" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P99" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B100" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>989</v>
+        <v>1019</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="H100" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="I100" t="s">
-        <v>802</v>
+        <v>1035</v>
       </c>
       <c r="J100" t="s">
-        <v>20</v>
+        <v>846</v>
       </c>
       <c r="K100" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="L100" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M100" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N100" t="s">
-        <v>396</v>
+        <v>673</v>
       </c>
       <c r="O100" t="s">
-        <v>397</v>
+        <v>1023</v>
       </c>
       <c r="P100" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B101" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>989</v>
+        <v>1038</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="H101" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="I101" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="J101" t="s">
-        <v>802</v>
+        <v>517</v>
       </c>
       <c r="K101" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="L101" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M101" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N101" t="s">
-        <v>396</v>
+        <v>673</v>
       </c>
       <c r="O101" t="s">
-        <v>402</v>
+        <v>1023</v>
       </c>
       <c r="P101" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B102" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>989</v>
+        <v>1044</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="H102" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="I102" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="J102" t="s">
-        <v>802</v>
+        <v>20</v>
       </c>
       <c r="K102" t="s">
-        <v>84</v>
+        <v>1048</v>
       </c>
       <c r="L102" t="s">
+        <v>383</v>
+      </c>
+      <c r="M102" t="s">
+        <v>384</v>
+      </c>
+      <c r="N102" t="s">
         <v>385</v>
       </c>
-      <c r="M102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O102" t="s">
-        <v>838</v>
+        <v>424</v>
       </c>
       <c r="P102" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B103" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="H103" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
       <c r="I103" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="J103" t="s">
-        <v>701</v>
+        <v>1054</v>
       </c>
       <c r="K103" t="s">
-        <v>702</v>
+        <v>1055</v>
       </c>
       <c r="L103" t="s">
+        <v>383</v>
+      </c>
+      <c r="M103" t="s">
+        <v>501</v>
+      </c>
+      <c r="N103" t="s">
         <v>385</v>
       </c>
-      <c r="M103" t="s">
+      <c r="O103" t="s">
         <v>386</v>
       </c>
-      <c r="N103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P103" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B104" t="s">
-        <v>1039</v>
+        <v>676</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="H104" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="I104" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="J104" t="s">
-        <v>802</v>
+        <v>1061</v>
       </c>
       <c r="K104" t="s">
-        <v>84</v>
+        <v>1062</v>
       </c>
       <c r="L104" t="s">
+        <v>383</v>
+      </c>
+      <c r="M104" t="s">
+        <v>384</v>
+      </c>
+      <c r="N104" t="s">
         <v>385</v>
       </c>
-      <c r="M104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O104" t="s">
-        <v>510</v>
+        <v>424</v>
       </c>
       <c r="P104" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B105" t="s">
-        <v>1049</v>
+        <v>1064</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="H105" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="I105" t="s">
-        <v>475</v>
+        <v>1068</v>
       </c>
       <c r="J105" t="s">
-        <v>476</v>
+        <v>517</v>
       </c>
       <c r="K105" t="s">
-        <v>477</v>
+        <v>73</v>
       </c>
       <c r="L105" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M105" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N105" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O105" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P105" t="s">
-        <v>1053</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B106" t="s">
-        <v>1039</v>
+        <v>1070</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1055</v>
+        <v>1071</v>
       </c>
       <c r="H106" t="s">
-        <v>1056</v>
+        <v>1072</v>
       </c>
       <c r="I106" t="s">
-        <v>1057</v>
+        <v>1073</v>
       </c>
       <c r="J106" t="s">
-        <v>656</v>
+        <v>517</v>
       </c>
       <c r="K106" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="L106" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M106" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N106" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O106" t="s">
-        <v>510</v>
+        <v>588</v>
       </c>
       <c r="P106" t="s">
-        <v>1058</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B107" t="s">
-        <v>1059</v>
+        <v>1075</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
       <c r="H107" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="I107" t="s">
-        <v>1063</v>
+        <v>718</v>
       </c>
       <c r="J107" t="s">
-        <v>1064</v>
+        <v>20</v>
       </c>
       <c r="K107" t="s">
-        <v>1065</v>
+        <v>719</v>
       </c>
       <c r="L107" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M107" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N107" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O107" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P107" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B108" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="H108" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="I108" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="J108" t="s">
-        <v>1071</v>
+        <v>20</v>
       </c>
       <c r="K108" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="L108" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M108" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N108" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O108" t="s">
-        <v>494</v>
+        <v>588</v>
       </c>
       <c r="P108" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B109" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="H109" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="I109" t="s">
-        <v>1070</v>
+        <v>1088</v>
       </c>
       <c r="J109" t="s">
-        <v>1071</v>
+        <v>20</v>
       </c>
       <c r="K109" t="s">
-        <v>1072</v>
+        <v>1089</v>
       </c>
       <c r="L109" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M109" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N109" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O109" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P109" t="s">
-        <v>1077</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B110" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1079</v>
+        <v>1065</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="H110" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="I110" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="J110" t="s">
-        <v>20</v>
+        <v>1095</v>
       </c>
       <c r="K110" t="s">
-        <v>1083</v>
+        <v>804</v>
       </c>
       <c r="L110" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M110" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N110" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O110" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="P110" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B111" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1079</v>
+        <v>1065</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="H111" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="I111" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="J111" t="s">
-        <v>20</v>
+        <v>1095</v>
       </c>
       <c r="K111" t="s">
-        <v>1089</v>
+        <v>804</v>
       </c>
       <c r="L111" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M111" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N111" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O111" t="s">
-        <v>413</v>
+        <v>480</v>
       </c>
       <c r="P111" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B112" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1092</v>
+        <v>1065</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="H112" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="I112" t="s">
-        <v>1095</v>
+        <v>880</v>
       </c>
       <c r="J112" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K112" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="L112" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M112" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N112" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O112" t="s">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="P112" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B113" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1092</v>
+        <v>1065</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="H113" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="I113" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="J113" t="s">
-        <v>1101</v>
+        <v>880</v>
       </c>
       <c r="K113" t="s">
         <v>84</v>
       </c>
       <c r="L113" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M113" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N113" t="s">
-        <v>595</v>
+        <v>403</v>
       </c>
       <c r="O113" t="s">
-        <v>1102</v>
+        <v>410</v>
       </c>
       <c r="P113" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B114" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1105</v>
+        <v>1065</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="H114" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="I114" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="J114" t="s">
-        <v>669</v>
+        <v>880</v>
       </c>
       <c r="K114" t="s">
-        <v>670</v>
+        <v>84</v>
       </c>
       <c r="L114" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M114" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N114" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O114" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="P114" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B115" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="H115" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="I115" t="s">
-        <v>394</v>
+        <v>1119</v>
       </c>
       <c r="J115" t="s">
-        <v>20</v>
+        <v>779</v>
       </c>
       <c r="K115" t="s">
-        <v>395</v>
+        <v>780</v>
       </c>
       <c r="L115" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M115" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N115" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O115" t="s">
-        <v>402</v>
+        <v>588</v>
       </c>
       <c r="P115" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B116" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="H116" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="I116" t="s">
-        <v>1012</v>
+        <v>1124</v>
       </c>
       <c r="J116" t="s">
-        <v>20</v>
+        <v>880</v>
       </c>
       <c r="K116" t="s">
-        <v>1013</v>
+        <v>84</v>
       </c>
       <c r="L116" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M116" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N116" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O116" t="s">
-        <v>402</v>
+        <v>588</v>
       </c>
       <c r="P116" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B117" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
       <c r="H117" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="I117" t="s">
-        <v>1121</v>
+        <v>554</v>
       </c>
       <c r="J117" t="s">
-        <v>1122</v>
+        <v>555</v>
       </c>
       <c r="K117" t="s">
-        <v>1123</v>
+        <v>556</v>
       </c>
       <c r="L117" t="s">
+        <v>383</v>
+      </c>
+      <c r="M117" t="s">
+        <v>384</v>
+      </c>
+      <c r="N117" t="s">
         <v>385</v>
       </c>
-      <c r="M117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O117" t="s">
-        <v>494</v>
+        <v>424</v>
       </c>
       <c r="P117" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B118" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="H118" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="I118" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="J118" t="s">
-        <v>438</v>
+        <v>734</v>
       </c>
       <c r="K118" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="L118" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M118" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N118" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O118" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P118" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B119" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="H119" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="I119" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="J119" t="s">
-        <v>508</v>
+        <v>1142</v>
       </c>
       <c r="K119" t="s">
-        <v>509</v>
+        <v>1143</v>
       </c>
       <c r="L119" t="s">
+        <v>383</v>
+      </c>
+      <c r="M119" t="s">
+        <v>402</v>
+      </c>
+      <c r="N119" t="s">
         <v>385</v>
       </c>
-      <c r="M119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O119" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P119" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B120" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="H120" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="I120" t="s">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="J120" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="K120" t="s">
-        <v>73</v>
+        <v>1150</v>
       </c>
       <c r="L120" t="s">
+        <v>383</v>
+      </c>
+      <c r="M120" t="s">
+        <v>402</v>
+      </c>
+      <c r="N120" t="s">
         <v>385</v>
       </c>
-      <c r="M120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O120" t="s">
-        <v>413</v>
+        <v>386</v>
       </c>
       <c r="P120" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B121" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="H121" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="I121" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="J121" t="s">
-        <v>438</v>
+        <v>1149</v>
       </c>
       <c r="K121" t="s">
-        <v>73</v>
+        <v>1150</v>
       </c>
       <c r="L121" t="s">
+        <v>383</v>
+      </c>
+      <c r="M121" t="s">
+        <v>402</v>
+      </c>
+      <c r="N121" t="s">
         <v>385</v>
       </c>
-      <c r="M121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O121" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P121" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B122" t="s">
-        <v>1147</v>
+        <v>1156</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1126</v>
+        <v>1157</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="H122" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="I122" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="J122" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K122" t="s">
-        <v>73</v>
+        <v>1161</v>
       </c>
       <c r="L122" t="s">
+        <v>383</v>
+      </c>
+      <c r="M122" t="s">
+        <v>384</v>
+      </c>
+      <c r="N122" t="s">
         <v>385</v>
       </c>
-      <c r="M122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O122" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P122" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B123" t="s">
-        <v>1152</v>
+        <v>1163</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1126</v>
+        <v>1157</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1153</v>
+        <v>1164</v>
       </c>
       <c r="H123" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
       <c r="I123" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="J123" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K123" t="s">
-        <v>73</v>
+        <v>1167</v>
       </c>
       <c r="L123" t="s">
+        <v>383</v>
+      </c>
+      <c r="M123" t="s">
+        <v>384</v>
+      </c>
+      <c r="N123" t="s">
         <v>385</v>
       </c>
-      <c r="M123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O123" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P123" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B124" t="s">
-        <v>1157</v>
+        <v>1169</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>1126</v>
+        <v>1170</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1158</v>
+        <v>1171</v>
       </c>
       <c r="H124" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="I124" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="J124" t="s">
-        <v>774</v>
+        <v>517</v>
       </c>
       <c r="K124" t="s">
-        <v>775</v>
+        <v>73</v>
       </c>
       <c r="L124" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M124" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N124" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O124" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P124" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B125" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>1126</v>
+        <v>1170</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="H125" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="I125" t="s">
-        <v>1165</v>
+        <v>1178</v>
       </c>
       <c r="J125" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="K125" t="s">
-        <v>1167</v>
+        <v>84</v>
       </c>
       <c r="L125" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M125" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="N125" t="s">
-        <v>412</v>
+        <v>673</v>
       </c>
       <c r="O125" t="s">
-        <v>494</v>
+        <v>1180</v>
       </c>
       <c r="P125" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B126" t="s">
-        <v>1169</v>
+        <v>1182</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1170</v>
+        <v>1183</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="H126" t="s">
-        <v>1172</v>
+        <v>1185</v>
       </c>
       <c r="I126" t="s">
-        <v>893</v>
+        <v>1186</v>
       </c>
       <c r="J126" t="s">
-        <v>429</v>
+        <v>747</v>
       </c>
       <c r="K126" t="s">
-        <v>430</v>
+        <v>748</v>
       </c>
       <c r="L126" t="s">
+        <v>383</v>
+      </c>
+      <c r="M126" t="s">
+        <v>384</v>
+      </c>
+      <c r="N126" t="s">
         <v>385</v>
       </c>
-      <c r="M126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O126" t="s">
-        <v>510</v>
+        <v>424</v>
       </c>
       <c r="P126" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B127" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>1170</v>
+        <v>1183</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="H127" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="I127" t="s">
-        <v>1177</v>
+        <v>400</v>
       </c>
       <c r="J127" t="s">
-        <v>1178</v>
+        <v>20</v>
       </c>
       <c r="K127" t="s">
-        <v>1179</v>
+        <v>401</v>
       </c>
       <c r="L127" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M127" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N127" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O127" t="s">
-        <v>510</v>
+        <v>410</v>
       </c>
       <c r="P127" t="s">
-        <v>1180</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B128" t="s">
-        <v>1181</v>
+        <v>1192</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>1170</v>
+        <v>1183</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
       <c r="H128" t="s">
-        <v>1183</v>
+        <v>1194</v>
       </c>
       <c r="I128" t="s">
-        <v>1184</v>
+        <v>1088</v>
       </c>
       <c r="J128" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K128" t="s">
-        <v>73</v>
+        <v>1089</v>
       </c>
       <c r="L128" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M128" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N128" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="O128" t="s">
-        <v>510</v>
+        <v>410</v>
       </c>
       <c r="P128" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B129" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>1170</v>
+        <v>1183</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1187</v>
+        <v>1197</v>
       </c>
       <c r="H129" t="s">
-        <v>1188</v>
+        <v>1198</v>
       </c>
       <c r="I129" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
       <c r="J129" t="s">
-        <v>1190</v>
+        <v>1200</v>
       </c>
       <c r="K129" t="s">
-        <v>30</v>
+        <v>1201</v>
       </c>
       <c r="L129" t="s">
+        <v>383</v>
+      </c>
+      <c r="M129" t="s">
+        <v>384</v>
+      </c>
+      <c r="N129" t="s">
         <v>385</v>
       </c>
-      <c r="M129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O129" t="s">
-        <v>540</v>
+        <v>386</v>
       </c>
       <c r="P129" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B130" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1170</v>
+        <v>1204</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
       <c r="H130" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="I130" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="J130" t="s">
-        <v>656</v>
+        <v>517</v>
       </c>
       <c r="K130" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="L130" t="s">
+        <v>383</v>
+      </c>
+      <c r="M130" t="s">
+        <v>384</v>
+      </c>
+      <c r="N130" t="s">
         <v>385</v>
       </c>
-      <c r="M130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O130" t="s">
-        <v>733</v>
+        <v>424</v>
       </c>
       <c r="P130" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B131" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1170</v>
+        <v>1204</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="H131" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="I131" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="J131" t="s">
-        <v>656</v>
+        <v>586</v>
       </c>
       <c r="K131" t="s">
-        <v>30</v>
+        <v>587</v>
       </c>
       <c r="L131" t="s">
+        <v>383</v>
+      </c>
+      <c r="M131" t="s">
+        <v>384</v>
+      </c>
+      <c r="N131" t="s">
         <v>385</v>
       </c>
-      <c r="M131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O131" t="s">
-        <v>529</v>
+        <v>424</v>
       </c>
       <c r="P131" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B132" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
       <c r="H132" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="I132" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="J132" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="K132" t="s">
-        <v>1208</v>
+        <v>73</v>
       </c>
       <c r="L132" t="s">
+        <v>383</v>
+      </c>
+      <c r="M132" t="s">
+        <v>384</v>
+      </c>
+      <c r="N132" t="s">
         <v>385</v>
       </c>
-      <c r="M132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O132" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P132" t="s">
-        <v>1209</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B133" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
       <c r="H133" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="I133" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="J133" t="s">
-        <v>1215</v>
+        <v>517</v>
       </c>
       <c r="K133" t="s">
-        <v>1216</v>
+        <v>73</v>
       </c>
       <c r="L133" t="s">
+        <v>383</v>
+      </c>
+      <c r="M133" t="s">
+        <v>384</v>
+      </c>
+      <c r="N133" t="s">
         <v>385</v>
       </c>
-      <c r="M133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O133" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P133" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B134" t="s">
-        <v>1210</v>
+        <v>1225</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="H134" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="I134" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
       <c r="J134" t="s">
-        <v>20</v>
+        <v>517</v>
       </c>
       <c r="K134" t="s">
-        <v>1221</v>
+        <v>73</v>
       </c>
       <c r="L134" t="s">
+        <v>383</v>
+      </c>
+      <c r="M134" t="s">
+        <v>384</v>
+      </c>
+      <c r="N134" t="s">
         <v>385</v>
       </c>
-      <c r="M134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O134" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P134" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B135" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>1224</v>
+        <v>1204</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="H135" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="I135" t="s">
-        <v>394</v>
+        <v>1233</v>
       </c>
       <c r="J135" t="s">
-        <v>20</v>
+        <v>517</v>
       </c>
       <c r="K135" t="s">
-        <v>395</v>
+        <v>73</v>
       </c>
       <c r="L135" t="s">
+        <v>383</v>
+      </c>
+      <c r="M135" t="s">
+        <v>384</v>
+      </c>
+      <c r="N135" t="s">
         <v>385</v>
       </c>
-      <c r="M135" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O135" t="s">
-        <v>510</v>
+        <v>424</v>
       </c>
       <c r="P135" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B136" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>1229</v>
+        <v>1204</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="H136" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="I136" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="J136" t="s">
-        <v>1233</v>
+        <v>852</v>
       </c>
       <c r="K136" t="s">
-        <v>1234</v>
+        <v>853</v>
       </c>
       <c r="L136" t="s">
+        <v>383</v>
+      </c>
+      <c r="M136" t="s">
+        <v>384</v>
+      </c>
+      <c r="N136" t="s">
         <v>385</v>
       </c>
-      <c r="M136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O136" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P136" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B137" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>1237</v>
+        <v>1204</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="H137" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="I137" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="J137" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="K137" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="L137" t="s">
+        <v>383</v>
+      </c>
+      <c r="M137" t="s">
+        <v>384</v>
+      </c>
+      <c r="N137" t="s">
         <v>385</v>
       </c>
-      <c r="M137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O137" t="s">
-        <v>494</v>
+        <v>386</v>
       </c>
       <c r="P137" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B138" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="H138" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="I138" t="s">
-        <v>1248</v>
+        <v>971</v>
       </c>
       <c r="J138" t="s">
-        <v>1249</v>
+        <v>508</v>
       </c>
       <c r="K138" t="s">
-        <v>1250</v>
+        <v>509</v>
       </c>
       <c r="L138" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M138" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N138" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O138" t="s">
-        <v>413</v>
+        <v>588</v>
       </c>
       <c r="P138" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B139" t="s">
         <v>1252</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
         <v>1253</v>
       </c>
-      <c r="F139" t="s">
-[...2 lines deleted...]
-      <c r="G139" t="s">
+      <c r="H139" t="s">
         <v>1254</v>
       </c>
-      <c r="H139" t="s">
+      <c r="I139" t="s">
         <v>1255</v>
       </c>
-      <c r="I139" t="s">
+      <c r="J139" t="s">
         <v>1256</v>
       </c>
-      <c r="J139" t="s">
+      <c r="K139" t="s">
         <v>1257</v>
       </c>
-      <c r="K139" t="s">
+      <c r="L139" t="s">
+        <v>383</v>
+      </c>
+      <c r="M139" t="s">
+        <v>402</v>
+      </c>
+      <c r="N139" t="s">
+        <v>403</v>
+      </c>
+      <c r="O139" t="s">
+        <v>588</v>
+      </c>
+      <c r="P139" t="s">
         <v>1258</v>
-      </c>
-[...13 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B140" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
         <v>1260</v>
       </c>
-      <c r="C140" t="s">
-[...5 lines deleted...]
-      <c r="E140" t="s">
+      <c r="H140" t="s">
         <v>1261</v>
       </c>
-      <c r="F140" t="s">
-[...2 lines deleted...]
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>1262</v>
       </c>
-      <c r="H140" t="s">
+      <c r="J140" t="s">
+        <v>517</v>
+      </c>
+      <c r="K140" t="s">
+        <v>73</v>
+      </c>
+      <c r="L140" t="s">
+        <v>383</v>
+      </c>
+      <c r="M140" t="s">
+        <v>402</v>
+      </c>
+      <c r="N140" t="s">
+        <v>403</v>
+      </c>
+      <c r="O140" t="s">
+        <v>588</v>
+      </c>
+      <c r="P140" t="s">
         <v>1263</v>
-      </c>
-[...22 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B141" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I141" t="s">
         <v>1267</v>
       </c>
-      <c r="C141" t="s">
-[...5 lines deleted...]
-      <c r="E141" t="s">
+      <c r="J141" t="s">
         <v>1268</v>
       </c>
-      <c r="F141" t="s">
-[...2 lines deleted...]
-      <c r="G141" t="s">
+      <c r="K141" t="s">
+        <v>30</v>
+      </c>
+      <c r="L141" t="s">
+        <v>383</v>
+      </c>
+      <c r="M141" t="s">
+        <v>384</v>
+      </c>
+      <c r="N141" t="s">
+        <v>403</v>
+      </c>
+      <c r="O141" t="s">
+        <v>618</v>
+      </c>
+      <c r="P141" t="s">
         <v>1269</v>
-      </c>
-[...25 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B142" t="s">
-        <v>1276</v>
+        <v>1270</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>1268</v>
+        <v>1248</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>1277</v>
+        <v>1271</v>
       </c>
       <c r="H142" t="s">
-        <v>1278</v>
+        <v>1272</v>
       </c>
       <c r="I142" t="s">
-        <v>1279</v>
+        <v>1273</v>
       </c>
       <c r="J142" t="s">
-        <v>953</v>
+        <v>734</v>
       </c>
       <c r="K142" t="s">
-        <v>954</v>
+        <v>30</v>
       </c>
       <c r="L142" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M142" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="N142" t="s">
-        <v>1273</v>
+        <v>403</v>
       </c>
       <c r="O142" t="s">
+        <v>811</v>
+      </c>
+      <c r="P142" t="s">
         <v>1274</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B143" t="s">
-        <v>1281</v>
+        <v>1275</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>1268</v>
+        <v>1248</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>1282</v>
+        <v>1276</v>
       </c>
       <c r="H143" t="s">
-        <v>1283</v>
+        <v>1277</v>
       </c>
       <c r="I143" t="s">
-        <v>953</v>
+        <v>1278</v>
       </c>
       <c r="J143" t="s">
-        <v>20</v>
+        <v>734</v>
       </c>
       <c r="K143" t="s">
-        <v>954</v>
+        <v>30</v>
       </c>
       <c r="L143" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M143" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="N143" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O143" t="s">
-        <v>1265</v>
+        <v>607</v>
       </c>
       <c r="P143" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B144" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J144" t="s">
         <v>1285</v>
       </c>
-      <c r="C144" t="s">
-[...11 lines deleted...]
-      <c r="G144" t="s">
+      <c r="K144" t="s">
         <v>1286</v>
       </c>
-      <c r="H144" t="s">
+      <c r="L144" t="s">
+        <v>383</v>
+      </c>
+      <c r="M144" t="s">
+        <v>384</v>
+      </c>
+      <c r="N144" t="s">
+        <v>385</v>
+      </c>
+      <c r="O144" t="s">
+        <v>424</v>
+      </c>
+      <c r="P144" t="s">
         <v>1287</v>
-      </c>
-[...22 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B145" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
         <v>1290</v>
       </c>
-      <c r="C145" t="s">
-[...11 lines deleted...]
-      <c r="G145" t="s">
+      <c r="H145" t="s">
         <v>1291</v>
       </c>
-      <c r="H145" t="s">
+      <c r="I145" t="s">
         <v>1292</v>
       </c>
-      <c r="I145" t="s">
+      <c r="J145" t="s">
         <v>1293</v>
       </c>
-      <c r="J145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K145" t="s">
-        <v>430</v>
+        <v>1294</v>
       </c>
       <c r="L145" t="s">
+        <v>383</v>
+      </c>
+      <c r="M145" t="s">
+        <v>384</v>
+      </c>
+      <c r="N145" t="s">
         <v>385</v>
       </c>
-      <c r="M145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O145" t="s">
-        <v>1274</v>
+        <v>424</v>
       </c>
       <c r="P145" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B146" t="s">
-        <v>1295</v>
+        <v>1288</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1268</v>
+        <v>1289</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
         <v>1296</v>
       </c>
       <c r="H146" t="s">
         <v>1297</v>
       </c>
       <c r="I146" t="s">
         <v>1298</v>
       </c>
       <c r="J146" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K146" t="s">
-        <v>73</v>
+        <v>1299</v>
       </c>
       <c r="L146" t="s">
+        <v>383</v>
+      </c>
+      <c r="M146" t="s">
+        <v>384</v>
+      </c>
+      <c r="N146" t="s">
         <v>385</v>
       </c>
-      <c r="M146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O146" t="s">
-        <v>1274</v>
+        <v>424</v>
       </c>
       <c r="P146" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B147" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1268</v>
+        <v>1302</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="H147" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="I147" t="s">
-        <v>1303</v>
+        <v>400</v>
       </c>
       <c r="J147" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K147" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="L147" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M147" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N147" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="O147" t="s">
-        <v>1265</v>
+        <v>588</v>
       </c>
       <c r="P147" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B148" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>1268</v>
+        <v>1307</v>
       </c>
       <c r="F148" t="s">
         <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="H148" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="I148" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="J148" t="s">
-        <v>438</v>
+        <v>1311</v>
       </c>
       <c r="K148" t="s">
-        <v>73</v>
+        <v>1312</v>
       </c>
       <c r="L148" t="s">
+        <v>383</v>
+      </c>
+      <c r="M148" t="s">
+        <v>384</v>
+      </c>
+      <c r="N148" t="s">
         <v>385</v>
       </c>
-      <c r="M148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O148" t="s">
-        <v>1288</v>
+        <v>424</v>
       </c>
       <c r="P148" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B149" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1268</v>
+        <v>1315</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="H149" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="I149" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="J149" t="s">
-        <v>802</v>
+        <v>1319</v>
       </c>
       <c r="K149" t="s">
-        <v>84</v>
+        <v>1320</v>
       </c>
       <c r="L149" t="s">
+        <v>383</v>
+      </c>
+      <c r="M149" t="s">
+        <v>384</v>
+      </c>
+      <c r="N149" t="s">
         <v>385</v>
       </c>
-      <c r="M149" t="s">
+      <c r="O149" t="s">
         <v>386</v>
       </c>
-      <c r="N149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P149" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B150" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>1316</v>
+        <v>1324</v>
       </c>
       <c r="H150" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="I150" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="J150" t="s">
-        <v>438</v>
+        <v>1327</v>
       </c>
       <c r="K150" t="s">
-        <v>73</v>
+        <v>1328</v>
       </c>
       <c r="L150" t="s">
+        <v>383</v>
+      </c>
+      <c r="M150" t="s">
+        <v>402</v>
+      </c>
+      <c r="N150" t="s">
         <v>385</v>
       </c>
-      <c r="M150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O150" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="P150" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B151" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="H151" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="I151" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
       <c r="J151" t="s">
-        <v>20</v>
+        <v>1335</v>
       </c>
       <c r="K151" t="s">
-        <v>187</v>
+        <v>1336</v>
       </c>
       <c r="L151" t="s">
+        <v>383</v>
+      </c>
+      <c r="M151" t="s">
+        <v>384</v>
+      </c>
+      <c r="N151" t="s">
         <v>385</v>
       </c>
-      <c r="M151" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O151" t="s">
-        <v>1325</v>
+        <v>424</v>
       </c>
       <c r="P151" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B152" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="H152" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="I152" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="J152" t="s">
-        <v>1178</v>
+        <v>400</v>
       </c>
       <c r="K152" t="s">
-        <v>1179</v>
+        <v>401</v>
       </c>
       <c r="L152" t="s">
+        <v>383</v>
+      </c>
+      <c r="M152" t="s">
+        <v>501</v>
+      </c>
+      <c r="N152" t="s">
         <v>385</v>
       </c>
-      <c r="M152" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O152" t="s">
-        <v>413</v>
+        <v>1343</v>
       </c>
       <c r="P152" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B153" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1328</v>
+        <v>1346</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1334</v>
+        <v>1347</v>
       </c>
       <c r="H153" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
       <c r="I153" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="J153" t="s">
-        <v>1178</v>
+        <v>1350</v>
       </c>
       <c r="K153" t="s">
-        <v>1179</v>
+        <v>1048</v>
       </c>
       <c r="L153" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M153" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N153" t="s">
-        <v>412</v>
+        <v>1351</v>
       </c>
       <c r="O153" t="s">
-        <v>494</v>
+        <v>1352</v>
       </c>
       <c r="P153" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B154" t="s">
-        <v>1337</v>
+        <v>1354</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1339</v>
+        <v>1355</v>
       </c>
       <c r="H154" t="s">
-        <v>1340</v>
+        <v>1356</v>
       </c>
       <c r="I154" t="s">
-        <v>1341</v>
+        <v>1357</v>
       </c>
       <c r="J154" t="s">
-        <v>438</v>
+        <v>1029</v>
       </c>
       <c r="K154" t="s">
-        <v>73</v>
+        <v>1030</v>
       </c>
       <c r="L154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M154" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N154" t="s">
-        <v>1342</v>
+        <v>1351</v>
       </c>
       <c r="O154" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
       <c r="P154" t="s">
-        <v>1344</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B155" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
         <v>1346</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="H155" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="I155" t="s">
-        <v>668</v>
+        <v>1029</v>
       </c>
       <c r="J155" t="s">
-        <v>669</v>
+        <v>20</v>
       </c>
       <c r="K155" t="s">
-        <v>670</v>
+        <v>1030</v>
       </c>
       <c r="L155" t="s">
+        <v>383</v>
+      </c>
+      <c r="M155" t="s">
+        <v>402</v>
+      </c>
+      <c r="N155" t="s">
         <v>385</v>
       </c>
-      <c r="M155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O155" t="s">
-        <v>1349</v>
+        <v>1343</v>
       </c>
       <c r="P155" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B156" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
       <c r="H156" t="s">
-        <v>1354</v>
+        <v>1365</v>
       </c>
       <c r="I156" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="J156" t="s">
-        <v>438</v>
+        <v>1029</v>
       </c>
       <c r="K156" t="s">
-        <v>73</v>
+        <v>1030</v>
       </c>
       <c r="L156" t="s">
+        <v>383</v>
+      </c>
+      <c r="M156" t="s">
+        <v>402</v>
+      </c>
+      <c r="N156" t="s">
         <v>385</v>
       </c>
-      <c r="M156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O156" t="s">
-        <v>803</v>
+        <v>1366</v>
       </c>
       <c r="P156" t="s">
-        <v>1356</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B157" t="s">
-        <v>1357</v>
+        <v>1368</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J157" t="s">
+        <v>508</v>
+      </c>
+      <c r="K157" t="s">
+        <v>509</v>
+      </c>
+      <c r="L157" t="s">
+        <v>383</v>
+      </c>
+      <c r="M157" t="s">
+        <v>402</v>
+      </c>
+      <c r="N157" t="s">
+        <v>1351</v>
+      </c>
+      <c r="O157" t="s">
         <v>1352</v>
       </c>
-      <c r="F157" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="P157" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B158" t="s">
-        <v>1362</v>
+        <v>1373</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1363</v>
+        <v>1346</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
       <c r="H158" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
       <c r="I158" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
       <c r="J158" t="s">
-        <v>781</v>
+        <v>517</v>
       </c>
       <c r="K158" t="s">
-        <v>782</v>
+        <v>73</v>
       </c>
       <c r="L158" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M158" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N158" t="s">
-        <v>412</v>
+        <v>1351</v>
       </c>
       <c r="O158" t="s">
-        <v>413</v>
+        <v>1352</v>
       </c>
       <c r="P158" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B159" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1369</v>
+        <v>1346</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1370</v>
+        <v>1379</v>
       </c>
       <c r="H159" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="I159" t="s">
-        <v>438</v>
+        <v>1381</v>
       </c>
       <c r="J159" t="s">
-        <v>20</v>
+        <v>517</v>
       </c>
       <c r="K159" t="s">
         <v>73</v>
       </c>
       <c r="L159" t="s">
+        <v>383</v>
+      </c>
+      <c r="M159" t="s">
+        <v>402</v>
+      </c>
+      <c r="N159" t="s">
         <v>385</v>
       </c>
-      <c r="M159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O159" t="s">
-        <v>803</v>
+        <v>1343</v>
       </c>
       <c r="P159" t="s">
-        <v>1372</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B160" t="s">
-        <v>1373</v>
+        <v>1383</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>1374</v>
+        <v>1346</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>1375</v>
+        <v>1384</v>
       </c>
       <c r="H160" t="s">
-        <v>1376</v>
+        <v>1385</v>
       </c>
       <c r="I160" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="J160" t="s">
-        <v>20</v>
+        <v>517</v>
       </c>
       <c r="K160" t="s">
-        <v>1378</v>
+        <v>73</v>
       </c>
       <c r="L160" t="s">
+        <v>383</v>
+      </c>
+      <c r="M160" t="s">
+        <v>402</v>
+      </c>
+      <c r="N160" t="s">
         <v>385</v>
       </c>
-      <c r="M160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O160" t="s">
-        <v>413</v>
+        <v>1366</v>
       </c>
       <c r="P160" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B161" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>1374</v>
+        <v>1346</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="H161" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="I161" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="J161" t="s">
-        <v>429</v>
+        <v>880</v>
       </c>
       <c r="K161" t="s">
-        <v>430</v>
+        <v>84</v>
       </c>
       <c r="L161" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M161" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N161" t="s">
-        <v>412</v>
+        <v>1351</v>
       </c>
       <c r="O161" t="s">
-        <v>413</v>
+        <v>1352</v>
       </c>
       <c r="P161" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B162" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="H162" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="I162" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="J162" t="s">
-        <v>656</v>
+        <v>517</v>
       </c>
       <c r="K162" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="L162" t="s">
+        <v>383</v>
+      </c>
+      <c r="M162" t="s">
+        <v>501</v>
+      </c>
+      <c r="N162" t="s">
         <v>385</v>
       </c>
-      <c r="M162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O162" t="s">
-        <v>388</v>
+        <v>424</v>
       </c>
       <c r="P162" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B163" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="H163" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="I163" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="J163" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="K163" t="s">
-        <v>1397</v>
+        <v>187</v>
       </c>
       <c r="L163" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M163" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N163" t="s">
-        <v>396</v>
+        <v>510</v>
       </c>
       <c r="O163" t="s">
-        <v>397</v>
+        <v>1404</v>
       </c>
       <c r="P163" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B164" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="H164" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="I164" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="J164" t="s">
-        <v>438</v>
+        <v>1256</v>
       </c>
       <c r="K164" t="s">
-        <v>73</v>
+        <v>1257</v>
       </c>
       <c r="L164" t="s">
+        <v>383</v>
+      </c>
+      <c r="M164" t="s">
+        <v>402</v>
+      </c>
+      <c r="N164" t="s">
         <v>385</v>
       </c>
-      <c r="M164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O164" t="s">
-        <v>1343</v>
+        <v>424</v>
       </c>
       <c r="P164" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B165" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="H165" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="I165" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="J165" t="s">
-        <v>1410</v>
+        <v>1256</v>
       </c>
       <c r="K165" t="s">
-        <v>1411</v>
+        <v>1257</v>
       </c>
       <c r="L165" t="s">
+        <v>383</v>
+      </c>
+      <c r="M165" t="s">
+        <v>402</v>
+      </c>
+      <c r="N165" t="s">
         <v>385</v>
       </c>
-      <c r="M165" t="s">
+      <c r="O165" t="s">
         <v>386</v>
       </c>
-      <c r="N165" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P165" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B166" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="H166" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="I166" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="J166" t="s">
-        <v>1418</v>
+        <v>517</v>
       </c>
       <c r="K166" t="s">
-        <v>1419</v>
+        <v>73</v>
       </c>
       <c r="L166" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M166" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="N166" t="s">
-        <v>412</v>
+        <v>1421</v>
       </c>
       <c r="O166" t="s">
-        <v>413</v>
+        <v>1422</v>
       </c>
       <c r="P166" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B167" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="H167" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="I167" t="s">
-        <v>1425</v>
+        <v>746</v>
       </c>
       <c r="J167" t="s">
-        <v>1426</v>
+        <v>747</v>
       </c>
       <c r="K167" t="s">
-        <v>1427</v>
+        <v>748</v>
       </c>
       <c r="L167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="M167" t="s">
-        <v>422</v>
+        <v>402</v>
       </c>
       <c r="N167" t="s">
-        <v>626</v>
+        <v>704</v>
       </c>
       <c r="O167" t="s">
-        <v>388</v>
+        <v>1428</v>
       </c>
       <c r="P167" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B168" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1434</v>
+      </c>
+      <c r="J168" t="s">
+        <v>517</v>
+      </c>
+      <c r="K168" t="s">
+        <v>73</v>
+      </c>
+      <c r="L168" t="s">
+        <v>383</v>
+      </c>
+      <c r="M168" t="s">
+        <v>402</v>
+      </c>
+      <c r="N168" t="s">
+        <v>704</v>
+      </c>
+      <c r="O168" t="s">
+        <v>881</v>
+      </c>
+      <c r="P168" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>376</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1438</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1439</v>
+      </c>
+      <c r="J169" t="s">
+        <v>840</v>
+      </c>
+      <c r="K169" t="s">
+        <v>841</v>
+      </c>
+      <c r="L169" t="s">
+        <v>383</v>
+      </c>
+      <c r="M169" t="s">
+        <v>402</v>
+      </c>
+      <c r="N169" t="s">
+        <v>704</v>
+      </c>
+      <c r="O169" t="s">
+        <v>881</v>
+      </c>
+      <c r="P169" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>376</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J170" t="s">
+        <v>859</v>
+      </c>
+      <c r="K170" t="s">
+        <v>860</v>
+      </c>
+      <c r="L170" t="s">
+        <v>383</v>
+      </c>
+      <c r="M170" t="s">
+        <v>402</v>
+      </c>
+      <c r="N170" t="s">
+        <v>385</v>
+      </c>
+      <c r="O170" t="s">
+        <v>424</v>
+      </c>
+      <c r="P170" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>376</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I171" t="s">
+        <v>517</v>
+      </c>
+      <c r="J171" t="s">
+        <v>20</v>
+      </c>
+      <c r="K171" t="s">
+        <v>73</v>
+      </c>
+      <c r="L171" t="s">
+        <v>383</v>
+      </c>
+      <c r="M171" t="s">
+        <v>402</v>
+      </c>
+      <c r="N171" t="s">
+        <v>704</v>
+      </c>
+      <c r="O171" t="s">
+        <v>881</v>
+      </c>
+      <c r="P171" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>376</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J172" t="s">
+        <v>20</v>
+      </c>
+      <c r="K172" t="s">
+        <v>1457</v>
+      </c>
+      <c r="L172" t="s">
+        <v>383</v>
+      </c>
+      <c r="M172" t="s">
+        <v>501</v>
+      </c>
+      <c r="N172" t="s">
+        <v>385</v>
+      </c>
+      <c r="O172" t="s">
+        <v>424</v>
+      </c>
+      <c r="P172" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>376</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1462</v>
+      </c>
+      <c r="J173" t="s">
+        <v>508</v>
+      </c>
+      <c r="K173" t="s">
+        <v>509</v>
+      </c>
+      <c r="L173" t="s">
+        <v>383</v>
+      </c>
+      <c r="M173" t="s">
+        <v>402</v>
+      </c>
+      <c r="N173" t="s">
+        <v>385</v>
+      </c>
+      <c r="O173" t="s">
+        <v>424</v>
+      </c>
+      <c r="P173" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>376</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1467</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1468</v>
+      </c>
+      <c r="J174" t="s">
+        <v>734</v>
+      </c>
+      <c r="K174" t="s">
+        <v>30</v>
+      </c>
+      <c r="L174" t="s">
+        <v>383</v>
+      </c>
+      <c r="M174" t="s">
+        <v>501</v>
+      </c>
+      <c r="N174" t="s">
+        <v>704</v>
+      </c>
+      <c r="O174" t="s">
+        <v>474</v>
+      </c>
+      <c r="P174" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>376</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1476</v>
+      </c>
+      <c r="L175" t="s">
+        <v>383</v>
+      </c>
+      <c r="M175" t="s">
+        <v>402</v>
+      </c>
+      <c r="N175" t="s">
+        <v>403</v>
+      </c>
+      <c r="O175" t="s">
+        <v>480</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>376</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1482</v>
+      </c>
+      <c r="J176" t="s">
+        <v>517</v>
+      </c>
+      <c r="K176" t="s">
+        <v>73</v>
+      </c>
+      <c r="L176" t="s">
+        <v>383</v>
+      </c>
+      <c r="M176" t="s">
+        <v>402</v>
+      </c>
+      <c r="N176" t="s">
+        <v>1421</v>
+      </c>
+      <c r="O176" t="s">
         <v>1422</v>
       </c>
-      <c r="F168" t="s">
-[...17 lines deleted...]
-      <c r="L168" t="s">
+      <c r="P176" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>376</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J177" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K177" t="s">
+        <v>1490</v>
+      </c>
+      <c r="L177" t="s">
+        <v>383</v>
+      </c>
+      <c r="M177" t="s">
+        <v>402</v>
+      </c>
+      <c r="N177" t="s">
         <v>385</v>
       </c>
-      <c r="M168" t="s">
-[...9 lines deleted...]
-        <v>1433</v>
+      <c r="O177" t="s">
+        <v>424</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>376</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1495</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1496</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1497</v>
+      </c>
+      <c r="K178" t="s">
+        <v>1498</v>
+      </c>
+      <c r="L178" t="s">
+        <v>383</v>
+      </c>
+      <c r="M178" t="s">
+        <v>402</v>
+      </c>
+      <c r="N178" t="s">
+        <v>385</v>
+      </c>
+      <c r="O178" t="s">
+        <v>424</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>376</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I179" t="s">
+        <v>1504</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1505</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1506</v>
+      </c>
+      <c r="L179" t="s">
+        <v>383</v>
+      </c>
+      <c r="M179" t="s">
+        <v>501</v>
+      </c>
+      <c r="N179" t="s">
+        <v>704</v>
+      </c>
+      <c r="O179" t="s">
+        <v>474</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>376</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1511</v>
+      </c>
+      <c r="J180" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L180" t="s">
+        <v>383</v>
+      </c>
+      <c r="M180" t="s">
+        <v>501</v>
+      </c>
+      <c r="N180" t="s">
+        <v>704</v>
+      </c>
+      <c r="O180" t="s">
+        <v>474</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1512</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1434</v>
+        <v>1513</v>
       </c>
       <c r="J1" t="s">
+        <v>368</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="L1" t="s">
         <v>370</v>
       </c>
-      <c r="K1" t="s">
-[...2 lines deleted...]
-      <c r="L1" t="s">
+      <c r="M1" t="s">
+        <v>371</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="R1" t="s">
         <v>372</v>
       </c>
-      <c r="M1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="S1" t="s">
-        <v>1440</v>
+        <v>1519</v>
       </c>
       <c r="T1" t="s">
-        <v>1441</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B2" t="s">
         <v>71</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1443</v>
+        <v>1522</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1444</v>
+        <v>1523</v>
       </c>
       <c r="H2" t="s">
-        <v>1445</v>
+        <v>1524</v>
       </c>
       <c r="I2" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J2" t="s">
-        <v>1447</v>
+        <v>1526</v>
       </c>
       <c r="K2" t="s">
-        <v>1448</v>
+        <v>1527</v>
       </c>
       <c r="L2" t="s">
         <v>73</v>
       </c>
       <c r="M2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N2" t="s">
-        <v>1449</v>
+        <v>1528</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>1450</v>
+        <v>1529</v>
       </c>
       <c r="Q2" t="s">
-        <v>1451</v>
+        <v>1530</v>
       </c>
       <c r="R2" t="s">
-        <v>1450</v>
+        <v>1529</v>
       </c>
       <c r="S2" t="s">
         <v>74</v>
       </c>
       <c r="T2" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B3" t="s">
-        <v>1453</v>
+        <v>1532</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1454</v>
+        <v>1533</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="H3" t="s">
-        <v>1456</v>
+        <v>1535</v>
       </c>
       <c r="I3" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J3" t="s">
-        <v>1457</v>
+        <v>1536</v>
       </c>
       <c r="K3" t="s">
-        <v>1458</v>
+        <v>1537</v>
       </c>
       <c r="L3" t="s">
         <v>84</v>
       </c>
       <c r="M3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N3" t="s">
-        <v>1459</v>
+        <v>1538</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q3" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R3" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S3" t="s">
-        <v>1462</v>
+        <v>1541</v>
       </c>
       <c r="T3" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B4" t="s">
-        <v>1464</v>
+        <v>1543</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1454</v>
+        <v>1533</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1465</v>
+        <v>1544</v>
       </c>
       <c r="H4" t="s">
-        <v>1466</v>
+        <v>1545</v>
       </c>
       <c r="I4" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J4" t="s">
-        <v>1467</v>
+        <v>1546</v>
       </c>
       <c r="K4" t="s">
-        <v>1458</v>
+        <v>1537</v>
       </c>
       <c r="L4" t="s">
         <v>84</v>
       </c>
       <c r="M4" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N4" t="s">
-        <v>1468</v>
+        <v>1547</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q4" t="s">
-        <v>1469</v>
+        <v>1548</v>
       </c>
       <c r="R4" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S4" t="s">
-        <v>1470</v>
+        <v>1549</v>
       </c>
       <c r="T4" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B5" t="s">
-        <v>1471</v>
+        <v>1550</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1472</v>
+        <v>1551</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1473</v>
+        <v>1552</v>
       </c>
       <c r="H5" t="s">
-        <v>1474</v>
+        <v>1553</v>
       </c>
       <c r="I5" t="s">
-        <v>1475</v>
+        <v>1554</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>1324</v>
+        <v>1403</v>
       </c>
       <c r="L5" t="s">
         <v>187</v>
       </c>
       <c r="M5" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N5" t="s">
-        <v>1476</v>
+        <v>1555</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q5" t="s">
-        <v>1477</v>
+        <v>1556</v>
       </c>
       <c r="R5" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S5" t="s">
-        <v>1478</v>
+        <v>1557</v>
       </c>
       <c r="T5" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B6" t="s">
-        <v>1479</v>
+        <v>1558</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1472</v>
+        <v>1551</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1480</v>
+        <v>1559</v>
       </c>
       <c r="H6" t="s">
-        <v>1481</v>
+        <v>1560</v>
       </c>
       <c r="I6" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>558</v>
+        <v>636</v>
       </c>
       <c r="L6" t="s">
         <v>73</v>
       </c>
       <c r="M6" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N6" t="s">
-        <v>1476</v>
+        <v>1555</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q6" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R6" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S6" t="s">
-        <v>1483</v>
+        <v>1562</v>
       </c>
       <c r="T6" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B7" t="s">
         <v>82</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1484</v>
+        <v>1563</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1485</v>
+        <v>1564</v>
       </c>
       <c r="H7" t="s">
-        <v>1486</v>
+        <v>1565</v>
       </c>
       <c r="I7" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>1487</v>
+        <v>1566</v>
       </c>
       <c r="L7" t="s">
         <v>84</v>
       </c>
       <c r="M7" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N7" t="s">
-        <v>1488</v>
+        <v>1567</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>1450</v>
+        <v>1529</v>
       </c>
       <c r="Q7" t="s">
-        <v>1489</v>
+        <v>1568</v>
       </c>
       <c r="R7" t="s">
-        <v>1450</v>
+        <v>1529</v>
       </c>
       <c r="S7" t="s">
         <v>85</v>
       </c>
       <c r="T7" t="s">
-        <v>1490</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1491</v>
+        <v>1570</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1492</v>
+        <v>1571</v>
       </c>
       <c r="H8" t="s">
-        <v>1493</v>
+        <v>1572</v>
       </c>
       <c r="I8" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>1494</v>
+        <v>1573</v>
       </c>
       <c r="L8" t="s">
         <v>41</v>
       </c>
       <c r="M8" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N8" t="s">
-        <v>1495</v>
+        <v>1574</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>1450</v>
+        <v>1529</v>
       </c>
       <c r="Q8" t="s">
-        <v>1496</v>
+        <v>1568</v>
       </c>
       <c r="R8" t="s">
-        <v>1450</v>
+        <v>1529</v>
       </c>
       <c r="S8" t="s">
         <v>42</v>
       </c>
       <c r="T8" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B9" t="s">
-        <v>1497</v>
+        <v>1575</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1499</v>
+        <v>1577</v>
       </c>
       <c r="H9" t="s">
-        <v>1500</v>
+        <v>1578</v>
       </c>
       <c r="I9" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9" t="s">
-        <v>1501</v>
+        <v>1579</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N9" t="s">
-        <v>1502</v>
+        <v>1580</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q9" t="s">
-        <v>1503</v>
+        <v>1581</v>
       </c>
       <c r="R9" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S9" t="s">
         <v>31</v>
       </c>
       <c r="T9" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B10" t="s">
-        <v>1504</v>
+        <v>1582</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1505</v>
+        <v>1583</v>
       </c>
       <c r="H10" t="s">
-        <v>1506</v>
+        <v>1584</v>
       </c>
       <c r="I10" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J10" t="s">
-        <v>1507</v>
+        <v>1585</v>
       </c>
       <c r="K10" t="s">
-        <v>953</v>
+        <v>1029</v>
       </c>
       <c r="L10" t="s">
-        <v>954</v>
+        <v>1030</v>
       </c>
       <c r="M10" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N10" t="s">
-        <v>1508</v>
+        <v>1586</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q10" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R10" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S10" t="s">
-        <v>1509</v>
+        <v>1587</v>
       </c>
       <c r="T10" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B11" t="s">
-        <v>1510</v>
+        <v>1588</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1511</v>
+        <v>1589</v>
       </c>
       <c r="H11" t="s">
-        <v>1512</v>
+        <v>1590</v>
       </c>
       <c r="I11" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J11" t="s">
-        <v>1513</v>
+        <v>1591</v>
       </c>
       <c r="K11" t="s">
-        <v>1514</v>
+        <v>1592</v>
       </c>
       <c r="L11" t="s">
-        <v>1515</v>
+        <v>1593</v>
       </c>
       <c r="M11" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N11" t="s">
-        <v>1516</v>
+        <v>1594</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q11" t="s">
-        <v>1517</v>
+        <v>1595</v>
       </c>
       <c r="R11" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S11" t="s">
-        <v>1518</v>
+        <v>1596</v>
       </c>
       <c r="T11" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B12" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1519</v>
+        <v>1597</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1520</v>
+        <v>1598</v>
       </c>
       <c r="H12" t="s">
-        <v>1521</v>
+        <v>1599</v>
       </c>
       <c r="I12" t="s">
-        <v>1475</v>
+        <v>1554</v>
       </c>
       <c r="J12" t="s">
-        <v>1522</v>
+        <v>1600</v>
       </c>
       <c r="K12" t="s">
-        <v>1494</v>
+        <v>1573</v>
       </c>
       <c r="L12" t="s">
         <v>41</v>
       </c>
       <c r="M12" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N12" t="s">
-        <v>1523</v>
+        <v>1601</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q12" t="s">
-        <v>1524</v>
+        <v>1602</v>
       </c>
       <c r="R12" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S12" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="T12" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B13" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1606</v>
+      </c>
+      <c r="I13" t="s">
         <v>1525</v>
       </c>
-      <c r="C13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>1529</v>
+        <v>1607</v>
       </c>
       <c r="K13" t="s">
-        <v>953</v>
+        <v>1029</v>
       </c>
       <c r="L13" t="s">
-        <v>954</v>
+        <v>1030</v>
       </c>
       <c r="M13" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N13" t="s">
-        <v>1530</v>
+        <v>1608</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q13" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R13" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S13" t="s">
+        <v>1609</v>
+      </c>
+      <c r="T13" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B14" t="s">
-        <v>1532</v>
+        <v>1610</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1533</v>
+        <v>1611</v>
       </c>
       <c r="H14" t="s">
-        <v>1534</v>
+        <v>1612</v>
       </c>
       <c r="I14" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J14" t="s">
-        <v>1536</v>
+        <v>1614</v>
       </c>
       <c r="K14" t="s">
-        <v>1537</v>
+        <v>1615</v>
       </c>
       <c r="L14" t="s">
-        <v>1538</v>
+        <v>1616</v>
       </c>
       <c r="M14" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N14" t="s">
-        <v>1539</v>
+        <v>1617</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q14" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R14" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S14" t="s">
-        <v>1540</v>
+        <v>1618</v>
       </c>
       <c r="T14" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B15" t="s">
-        <v>1541</v>
+        <v>1619</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1542</v>
+        <v>1620</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1543</v>
+        <v>1621</v>
       </c>
       <c r="H15" t="s">
-        <v>1544</v>
+        <v>1622</v>
       </c>
       <c r="I15" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J15" t="s">
-        <v>1545</v>
+        <v>1623</v>
       </c>
       <c r="K15" t="s">
-        <v>438</v>
+        <v>517</v>
       </c>
       <c r="L15" t="s">
         <v>73</v>
       </c>
       <c r="M15" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N15" t="s">
-        <v>1546</v>
+        <v>1624</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q15" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R15" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S15" t="s">
-        <v>1547</v>
+        <v>1625</v>
       </c>
       <c r="T15" t="s">
-        <v>1490</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B16" t="s">
-        <v>1548</v>
+        <v>1626</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1549</v>
+        <v>1627</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1550</v>
+        <v>1628</v>
       </c>
       <c r="H16" t="s">
-        <v>1551</v>
+        <v>1629</v>
       </c>
       <c r="I16" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>781</v>
+        <v>859</v>
       </c>
       <c r="L16" t="s">
-        <v>782</v>
+        <v>860</v>
       </c>
       <c r="M16" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N16" t="s">
-        <v>1552</v>
+        <v>1630</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q16" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R16" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S16" t="s">
-        <v>1553</v>
+        <v>1631</v>
       </c>
       <c r="T16" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B17" t="s">
-        <v>1554</v>
+        <v>1632</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1542</v>
+        <v>1620</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1555</v>
+        <v>1633</v>
       </c>
       <c r="H17" t="s">
-        <v>1556</v>
+        <v>1634</v>
       </c>
       <c r="I17" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J17" t="s">
-        <v>1557</v>
+        <v>1635</v>
       </c>
       <c r="K17" t="s">
-        <v>611</v>
+        <v>689</v>
       </c>
       <c r="L17" t="s">
         <v>41</v>
       </c>
       <c r="M17" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N17" t="s">
-        <v>1558</v>
+        <v>1636</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q17" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R17" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S17" t="s">
-        <v>1559</v>
+        <v>1637</v>
       </c>
       <c r="T17" t="s">
-        <v>1490</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B18" t="s">
-        <v>1560</v>
+        <v>1638</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1561</v>
+        <v>1639</v>
       </c>
       <c r="H18" t="s">
-        <v>1562</v>
+        <v>1640</v>
       </c>
       <c r="I18" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J18" t="s">
-        <v>1563</v>
+        <v>1641</v>
       </c>
       <c r="K18" t="s">
-        <v>656</v>
+        <v>734</v>
       </c>
       <c r="L18" t="s">
         <v>30</v>
       </c>
       <c r="M18" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N18" t="s">
-        <v>1564</v>
+        <v>1642</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q18" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R18" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S18" t="s">
-        <v>1565</v>
+        <v>1643</v>
       </c>
       <c r="T18" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B19" t="s">
-        <v>1566</v>
+        <v>1644</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1567</v>
+        <v>1645</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1568</v>
+        <v>1646</v>
       </c>
       <c r="H19" t="s">
-        <v>1569</v>
+        <v>1647</v>
       </c>
       <c r="I19" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J19" t="s">
-        <v>822</v>
+        <v>900</v>
       </c>
       <c r="K19" t="s">
-        <v>971</v>
+        <v>1047</v>
       </c>
       <c r="L19" t="s">
-        <v>972</v>
+        <v>1048</v>
       </c>
       <c r="M19" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N19" t="s">
-        <v>1570</v>
+        <v>1648</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q19" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R19" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S19" t="s">
-        <v>1571</v>
+        <v>1649</v>
       </c>
       <c r="T19" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B20" t="s">
-        <v>1572</v>
+        <v>1650</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1573</v>
+        <v>1651</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1574</v>
+        <v>1652</v>
       </c>
       <c r="H20" t="s">
-        <v>1575</v>
+        <v>1653</v>
       </c>
       <c r="I20" t="s">
-        <v>1475</v>
+        <v>1554</v>
       </c>
       <c r="J20" t="s">
-        <v>1576</v>
+        <v>1654</v>
       </c>
       <c r="K20" t="s">
-        <v>438</v>
+        <v>517</v>
       </c>
       <c r="L20" t="s">
         <v>73</v>
       </c>
       <c r="M20" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N20" t="s">
         <v>20</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q20" t="s">
-        <v>1517</v>
+        <v>1595</v>
       </c>
       <c r="R20" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S20" t="s">
-        <v>1577</v>
+        <v>1655</v>
       </c>
       <c r="T20" t="s">
-        <v>1490</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B21" t="s">
-        <v>1578</v>
+        <v>1656</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1579</v>
+        <v>1657</v>
       </c>
       <c r="H21" t="s">
-        <v>1580</v>
+        <v>1658</v>
       </c>
       <c r="I21" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J21" t="s">
-        <v>1536</v>
+        <v>1614</v>
       </c>
       <c r="K21" t="s">
-        <v>1537</v>
+        <v>1615</v>
       </c>
       <c r="L21" t="s">
-        <v>1538</v>
+        <v>1616</v>
       </c>
       <c r="M21" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N21" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
         <v>1539</v>
       </c>
-      <c r="O21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q21" t="s">
-        <v>1461</v>
+        <v>1540</v>
       </c>
       <c r="R21" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S21" t="s">
-        <v>1581</v>
+        <v>1659</v>
       </c>
       <c r="T21" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B22" t="s">
-        <v>1582</v>
+        <v>1660</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1519</v>
+        <v>1597</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1583</v>
+        <v>1661</v>
       </c>
       <c r="H22" t="s">
-        <v>1584</v>
+        <v>1662</v>
       </c>
       <c r="I22" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J22" t="s">
-        <v>1585</v>
+        <v>1663</v>
       </c>
       <c r="K22" t="s">
-        <v>1586</v>
+        <v>1664</v>
       </c>
       <c r="L22" t="s">
         <v>41</v>
       </c>
       <c r="M22" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N22" t="s">
-        <v>1587</v>
+        <v>1665</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q22" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R22" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S22" t="s">
-        <v>1588</v>
+        <v>1666</v>
       </c>
       <c r="T22" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B23" t="s">
-        <v>1589</v>
+        <v>1667</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1498</v>
+        <v>1576</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1590</v>
+        <v>1668</v>
       </c>
       <c r="H23" t="s">
-        <v>1591</v>
+        <v>1669</v>
       </c>
       <c r="I23" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J23" t="s">
-        <v>1507</v>
+        <v>1585</v>
       </c>
       <c r="K23" t="s">
-        <v>953</v>
+        <v>1029</v>
       </c>
       <c r="L23" t="s">
-        <v>954</v>
+        <v>1030</v>
       </c>
       <c r="M23" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N23" t="s">
-        <v>1508</v>
+        <v>1586</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q23" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R23" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S23" t="s">
-        <v>1592</v>
+        <v>1670</v>
       </c>
       <c r="T23" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B24" t="s">
-        <v>1593</v>
+        <v>1671</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1595</v>
+        <v>1673</v>
       </c>
       <c r="H24" t="s">
-        <v>1596</v>
+        <v>1674</v>
       </c>
       <c r="I24" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>1494</v>
+        <v>1573</v>
       </c>
       <c r="L24" t="s">
         <v>41</v>
       </c>
       <c r="M24" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N24" t="s">
-        <v>1597</v>
+        <v>1675</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q24" t="s">
-        <v>1598</v>
+        <v>1676</v>
       </c>
       <c r="R24" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S24" t="s">
-        <v>1599</v>
+        <v>1677</v>
       </c>
       <c r="T24" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B25" t="s">
-        <v>1600</v>
+        <v>1678</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>1601</v>
+        <v>1679</v>
       </c>
       <c r="H25" t="s">
-        <v>1602</v>
+        <v>1680</v>
       </c>
       <c r="I25" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J25" t="s">
-        <v>1603</v>
+        <v>1681</v>
       </c>
       <c r="K25" t="s">
-        <v>802</v>
+        <v>880</v>
       </c>
       <c r="L25" t="s">
         <v>84</v>
       </c>
       <c r="M25" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N25" t="s">
-        <v>1604</v>
+        <v>1682</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q25" t="s">
-        <v>1598</v>
+        <v>1676</v>
       </c>
       <c r="R25" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S25" t="s">
-        <v>1605</v>
+        <v>1683</v>
       </c>
       <c r="T25" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B26" t="s">
-        <v>1606</v>
+        <v>1684</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1607</v>
+        <v>1685</v>
       </c>
       <c r="H26" t="s">
-        <v>1608</v>
+        <v>1686</v>
       </c>
       <c r="I26" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J26" t="s">
-        <v>1513</v>
+        <v>1591</v>
       </c>
       <c r="K26" t="s">
-        <v>1514</v>
+        <v>1592</v>
       </c>
       <c r="L26" t="s">
-        <v>1515</v>
+        <v>1593</v>
       </c>
       <c r="M26" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N26" t="s">
-        <v>1604</v>
+        <v>1682</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q26" t="s">
-        <v>1598</v>
+        <v>1676</v>
       </c>
       <c r="R26" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S26" t="s">
-        <v>1609</v>
+        <v>1687</v>
       </c>
       <c r="T26" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B27" t="s">
-        <v>1610</v>
+        <v>1688</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1611</v>
+        <v>1689</v>
       </c>
       <c r="H27" t="s">
-        <v>1612</v>
+        <v>1690</v>
       </c>
       <c r="I27" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J27" t="s">
-        <v>1613</v>
+        <v>1691</v>
       </c>
       <c r="K27" t="s">
-        <v>656</v>
+        <v>734</v>
       </c>
       <c r="L27" t="s">
         <v>30</v>
       </c>
       <c r="M27" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N27" t="s">
-        <v>1604</v>
+        <v>1682</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q27" t="s">
-        <v>1598</v>
+        <v>1676</v>
       </c>
       <c r="R27" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S27" t="s">
-        <v>1614</v>
+        <v>1692</v>
       </c>
       <c r="T27" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B28" t="s">
-        <v>1615</v>
+        <v>1693</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1616</v>
+        <v>1694</v>
       </c>
       <c r="H28" t="s">
-        <v>1617</v>
+        <v>1695</v>
       </c>
       <c r="I28" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J28" t="s">
         <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>1618</v>
+        <v>1696</v>
       </c>
       <c r="L28" t="s">
-        <v>1619</v>
+        <v>1697</v>
       </c>
       <c r="M28" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N28" t="s">
-        <v>1604</v>
+        <v>1682</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q28" t="s">
-        <v>1598</v>
+        <v>1676</v>
       </c>
       <c r="R28" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S28" t="s">
-        <v>1620</v>
+        <v>1698</v>
       </c>
       <c r="T28" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B29" t="s">
-        <v>1621</v>
+        <v>1699</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1622</v>
+        <v>1700</v>
       </c>
       <c r="H29" t="s">
-        <v>1623</v>
+        <v>1701</v>
       </c>
       <c r="I29" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J29" t="s">
-        <v>1624</v>
+        <v>1702</v>
       </c>
       <c r="K29" t="s">
-        <v>438</v>
+        <v>517</v>
       </c>
       <c r="L29" t="s">
         <v>73</v>
       </c>
       <c r="M29" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N29" t="s">
-        <v>1604</v>
+        <v>1682</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="Q29" t="s">
-        <v>1598</v>
+        <v>1676</v>
       </c>
       <c r="R29" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="S29" t="s">
-        <v>1625</v>
+        <v>1703</v>
       </c>
       <c r="T29" t="s">
-        <v>1452</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B30" t="s">
-        <v>1626</v>
+        <v>1704</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1627</v>
+        <v>1705</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1628</v>
+        <v>1706</v>
       </c>
       <c r="H30" t="s">
-        <v>1629</v>
+        <v>1707</v>
       </c>
       <c r="I30" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J30" t="s">
-        <v>1630</v>
+        <v>1708</v>
       </c>
       <c r="K30" t="s">
-        <v>648</v>
+        <v>726</v>
       </c>
       <c r="L30" t="s">
-        <v>649</v>
+        <v>727</v>
       </c>
       <c r="M30" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N30" t="s">
-        <v>1631</v>
+        <v>1709</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q30" t="s">
-        <v>1517</v>
+        <v>1595</v>
       </c>
       <c r="R30" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S30" t="s">
-        <v>1632</v>
+        <v>1710</v>
       </c>
       <c r="T30" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B31" t="s">
-        <v>1633</v>
+        <v>1711</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1627</v>
+        <v>1705</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1634</v>
+        <v>1712</v>
       </c>
       <c r="H31" t="s">
-        <v>1635</v>
+        <v>1713</v>
       </c>
       <c r="I31" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J31" t="s">
-        <v>1630</v>
+        <v>1708</v>
       </c>
       <c r="K31" t="s">
-        <v>648</v>
+        <v>726</v>
       </c>
       <c r="L31" t="s">
-        <v>649</v>
+        <v>727</v>
       </c>
       <c r="M31" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N31" t="s">
-        <v>1631</v>
+        <v>1709</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q31" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R31" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S31" t="s">
-        <v>1636</v>
+        <v>1714</v>
       </c>
       <c r="T31" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B32" t="s">
         <v>185</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1637</v>
+        <v>1715</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1638</v>
+        <v>1716</v>
       </c>
       <c r="H32" t="s">
-        <v>1639</v>
+        <v>1717</v>
       </c>
       <c r="I32" t="s">
-        <v>1475</v>
+        <v>1554</v>
       </c>
       <c r="J32" t="s">
         <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>1324</v>
+        <v>1403</v>
       </c>
       <c r="L32" t="s">
         <v>187</v>
       </c>
       <c r="M32" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N32" t="s">
-        <v>1640</v>
+        <v>1718</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q32" t="s">
-        <v>1641</v>
+        <v>1719</v>
       </c>
       <c r="R32" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S32" t="s">
         <v>188</v>
       </c>
       <c r="T32" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B33" t="s">
-        <v>1642</v>
+        <v>1720</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1637</v>
+        <v>1715</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1643</v>
+        <v>1721</v>
       </c>
       <c r="H33" t="s">
-        <v>1644</v>
+        <v>1722</v>
       </c>
       <c r="I33" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J33" t="s">
-        <v>1645</v>
+        <v>1723</v>
       </c>
       <c r="K33" t="s">
-        <v>1646</v>
+        <v>1724</v>
       </c>
       <c r="L33" t="s">
-        <v>1647</v>
+        <v>1725</v>
       </c>
       <c r="M33" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N33" t="s">
-        <v>1648</v>
+        <v>1726</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q33" t="s">
-        <v>1649</v>
+        <v>1727</v>
       </c>
       <c r="R33" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S33" t="s">
-        <v>1650</v>
+        <v>1728</v>
       </c>
       <c r="T33" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B34" t="s">
-        <v>1651</v>
+        <v>1729</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1637</v>
+        <v>1715</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1652</v>
+        <v>1730</v>
       </c>
       <c r="H34" t="s">
-        <v>1653</v>
+        <v>1731</v>
       </c>
       <c r="I34" t="s">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="J34" t="s">
-        <v>1654</v>
+        <v>1732</v>
       </c>
       <c r="K34" t="s">
-        <v>1655</v>
+        <v>1733</v>
       </c>
       <c r="L34" t="s">
-        <v>763</v>
+        <v>841</v>
       </c>
       <c r="M34" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N34" t="s">
-        <v>1656</v>
+        <v>1734</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>1460</v>
+        <v>1539</v>
       </c>
       <c r="Q34" t="s">
-        <v>1649</v>
+        <v>1727</v>
       </c>
       <c r="R34" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S34" t="s">
-        <v>1657</v>
+        <v>1735</v>
       </c>
       <c r="T34" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B35" t="s">
-        <v>1658</v>
+        <v>1736</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1637</v>
+        <v>1715</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1659</v>
+        <v>1737</v>
       </c>
       <c r="H35" t="s">
-        <v>1660</v>
+        <v>1738</v>
       </c>
       <c r="I35" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J35" t="s">
-        <v>1654</v>
+        <v>1732</v>
       </c>
       <c r="K35" t="s">
-        <v>762</v>
+        <v>840</v>
       </c>
       <c r="L35" t="s">
-        <v>763</v>
+        <v>841</v>
       </c>
       <c r="M35" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N35" t="s">
-        <v>1656</v>
+        <v>1734</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q35" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R35" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S35" t="s">
-        <v>1661</v>
+        <v>1739</v>
       </c>
       <c r="T35" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1442</v>
+        <v>1521</v>
       </c>
       <c r="B36" t="s">
-        <v>1662</v>
+        <v>1740</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1637</v>
+        <v>1715</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1663</v>
+        <v>1741</v>
       </c>
       <c r="H36" t="s">
-        <v>1664</v>
+        <v>1742</v>
       </c>
       <c r="I36" t="s">
-        <v>1535</v>
+        <v>1613</v>
       </c>
       <c r="J36" t="s">
         <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>438</v>
+        <v>517</v>
       </c>
       <c r="L36" t="s">
         <v>73</v>
       </c>
       <c r="M36" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="N36" t="s">
-        <v>1665</v>
+        <v>1743</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="Q36" t="s">
-        <v>1482</v>
+        <v>1561</v>
       </c>
       <c r="R36" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="S36" t="s">
-        <v>1666</v>
+        <v>1744</v>
       </c>
       <c r="T36" t="s">
-        <v>1463</v>
+        <v>1542</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>