--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="125">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -269,147 +269,126 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>AIDE AUX JEUNES DIABETIQUES - SSR LE TAMPON</t>
-[...8 lines deleted...]
-    <t>3524_FicheEtablissement</t>
+    <t>CLINIQUE DURIEUX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3535_FicheEtablissement/fr/clinique-durieux</t>
+  </si>
+  <si>
+    <t>3535_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>100 Rue De France</t>
+  </si>
+  <si>
+    <t>0262596161</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Obstétrique</t>
+  </si>
+  <si>
+    <t>970462073</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CHU LA REUNION SITE SUD (TAMPON)</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3540_FicheEtablissement/fr/chu-site-sud-sld-tampon</t>
+  </si>
+  <si>
+    <t>3540_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
-    <t>9 Rue Paul Hermann</t>
+    <t>0262359220</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>970463436</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CHU SITE SUD - SSR (TAMPON)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3539_FicheEtablissement/fr/chu-site-sud-ssr-tampon</t>
+  </si>
+  <si>
+    <t>3539_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
-  </si>
-[...76 lines deleted...]
-    <t>3539_FicheEtablissement</t>
   </si>
   <si>
     <t>970463139</t>
   </si>
   <si>
     <t>CTRE HEMODIALYSE MG DURIEUX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4114_FicheEtablissement/fr/ctre-hemodialyse-mg-durieux</t>
   </si>
   <si>
     <t>4114_FicheEtablissement</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>970404018</t>
   </si>
   <si>
     <t>UAD (TAMPON) - AURAR</t>
   </si>
   <si>
     <t>16/02/2024 14:43:44</t>
   </si>
@@ -922,51 +901,51 @@
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>35</v>
       </c>
       <c r="O9" t="s">
         <v>74</v>
       </c>
       <c r="P9" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T7"/>
+  <dimension ref="A1:T6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1031,374 +1010,312 @@
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
         <v>87</v>
       </c>
       <c r="H2" t="s">
         <v>88</v>
       </c>
       <c r="I2" t="s">
         <v>89</v>
       </c>
       <c r="J2" t="s">
         <v>90</v>
       </c>
       <c r="K2" t="s">
         <v>34</v>
       </c>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="O2" t="s">
         <v>18</v>
       </c>
       <c r="P2" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="Q2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="R2" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
       <c r="S2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="T2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J3" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="K3" t="s">
         <v>34</v>
       </c>
       <c r="L3" t="s">
         <v>23</v>
       </c>
       <c r="M3" t="s">
         <v>24</v>
       </c>
       <c r="N3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="Q3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="R3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="S3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="T3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>84</v>
       </c>
       <c r="B4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I4" t="s">
         <v>89</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4" t="s">
         <v>24</v>
       </c>
       <c r="N4" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q4" t="s">
         <v>110</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
+        <v>104</v>
+      </c>
+      <c r="S4" t="s">
         <v>111</v>
       </c>
-      <c r="R4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T4" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>84</v>
       </c>
       <c r="B5" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="H5" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="I5" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="J5" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
       <c r="L5" t="s">
         <v>23</v>
       </c>
       <c r="M5" t="s">
         <v>24</v>
       </c>
       <c r="N5" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="O5" t="s">
         <v>18</v>
       </c>
       <c r="P5" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="Q5" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="R5" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="S5" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="T5" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>84</v>
       </c>
       <c r="B6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
         <v>119</v>
       </c>
-      <c r="C6" t="s">
-[...11 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>120</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>89</v>
+      </c>
+      <c r="J6" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
         <v>23</v>
       </c>
       <c r="M6" t="s">
         <v>24</v>
       </c>
       <c r="N6" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="O6" t="s">
         <v>18</v>
       </c>
       <c r="P6" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="Q6" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="R6" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="S6" t="s">
         <v>123</v>
       </c>
       <c r="T6" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      <c r="B7" t="s">
         <v>124</v>
-      </c>
-[...52 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>