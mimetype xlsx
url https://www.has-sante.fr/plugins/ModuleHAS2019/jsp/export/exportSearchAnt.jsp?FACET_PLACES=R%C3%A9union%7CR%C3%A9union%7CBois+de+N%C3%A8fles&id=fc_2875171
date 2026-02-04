--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="292">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -563,260 +563,263 @@
   <si>
     <t>LUZI</t>
   </si>
   <si>
     <t>AYMERIC</t>
   </si>
   <si>
     <t>Docteur NDRIANAINA RAZAFIMAHEFA</t>
   </si>
   <si>
     <t>03/01/2022 15:33:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307686/fr/docteur-ndrianaina-razafimahefa</t>
   </si>
   <si>
     <t>p_3307686</t>
   </si>
   <si>
     <t>RAZAFIMAHEFA</t>
   </si>
   <si>
     <t>NDRIANAINA</t>
   </si>
   <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur Youssef CHOUCAIR</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228245/fr/docteur-youssef-choucair</t>
+  </si>
+  <si>
+    <t>p_3228245</t>
+  </si>
+  <si>
+    <t>CHOUCAIR</t>
+  </si>
+  <si>
+    <t>Youssef</t>
+  </si>
+  <si>
+    <t>29 December 2020</t>
+  </si>
+  <si>
+    <t>Docteur MEDI BOUAZIZ</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194475/fr/docteur-medi-bouaziz</t>
+  </si>
+  <si>
+    <t>p_3194475</t>
+  </si>
+  <si>
+    <t>BOUAZIZ</t>
+  </si>
+  <si>
+    <t>MEDI</t>
+  </si>
+  <si>
+    <t>16 July 2020</t>
+  </si>
+  <si>
+    <t>CHU SITE FELIX GUYON (SAINT DENIS),CLINIQUE STE-CLOTILDE</t>
+  </si>
+  <si>
+    <t>97405,97492</t>
+  </si>
+  <si>
+    <t>970400024,970462107</t>
+  </si>
+  <si>
+    <t>Docteur VANESSA BENASSI</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194519/fr/docteur-vanessa-benassi</t>
+  </si>
+  <si>
+    <t>p_3194519</t>
+  </si>
+  <si>
+    <t>BENASSI</t>
+  </si>
+  <si>
+    <t>VANESSA</t>
+  </si>
+  <si>
+    <t>Docteur GILLES LERUSSI</t>
+  </si>
+  <si>
+    <t>17/07/2017 14:35:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2785977/fr/docteur-gilles-lerussi</t>
+  </si>
+  <si>
+    <t>c_2785977</t>
+  </si>
+  <si>
+    <t>LERUSSI</t>
+  </si>
+  <si>
+    <t>GILLES</t>
+  </si>
+  <si>
+    <t>Docteur Reuben VEERAPEN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739559/fr/docteur-reuben-veerapen</t>
+  </si>
+  <si>
+    <t>c_2739559</t>
+  </si>
+  <si>
+    <t>VEERAPEN</t>
+  </si>
+  <si>
+    <t>Reuben</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Gilles CARRASSET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708945/fr/docteur-gilles-carrasset</t>
+  </si>
+  <si>
+    <t>c_2708945</t>
+  </si>
+  <si>
+    <t>CARRASSET</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Docteur Alexis BURGAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709905/fr/docteur-alexis-burgaud</t>
+  </si>
+  <si>
+    <t>c_2709905</t>
+  </si>
+  <si>
+    <t>BURGAUD</t>
+  </si>
+  <si>
+    <t>Alexis</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur Jean-michel RADOUX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709910/fr/docteur-jean-michel-radoux</t>
+  </si>
+  <si>
+    <t>c_2709910</t>
+  </si>
+  <si>
+    <t>RADOUX</t>
+  </si>
+  <si>
+    <t>Jean-michel</t>
+  </si>
+  <si>
+    <t>26 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur Monique LAMARQUE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710156/fr/docteur-monique-lamarque</t>
+  </si>
+  <si>
+    <t>c_2710156</t>
+  </si>
+  <si>
+    <t>LAMARQUE</t>
+  </si>
+  <si>
+    <t>Monique</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur Tarek EL ADL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710312/fr/docteur-tarek-el-adl</t>
+  </si>
+  <si>
+    <t>c_2710312</t>
+  </si>
+  <si>
+    <t>EL ADL</t>
+  </si>
+  <si>
+    <t>Tarek</t>
+  </si>
+  <si>
     <t>29 December 2021</t>
   </si>
   <si>
-    <t>Docteur Youssef CHOUCAIR</t>
-[...205 lines deleted...]
-  <si>
     <t xml:space="preserve">Docteur Geneviève SIDIBE KAH </t>
   </si>
   <si>
     <t>08/11/2016 11:32:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710458/fr/docteur-genevieve-sidibe-kah</t>
   </si>
   <si>
     <t>c_2710458</t>
   </si>
   <si>
     <t xml:space="preserve">SIDIBE KAH </t>
   </si>
   <si>
     <t>Geneviève</t>
   </si>
   <si>
     <t>25 April 2024</t>
   </si>
   <si>
     <t>Docteur Matthieu GUILLOU</t>
   </si>
   <si>
     <t>08/11/2016 11:36:10</t>
@@ -863,51 +866,51 @@
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE-CLOTILDE</t>
   </si>
   <si>
     <t>18/06/2025 14:54:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3537_FicheEtablissement/fr/clinique-ste-clotilde</t>
   </si>
   <si>
     <t>3537_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
+    <t>grand</t>
   </si>
   <si>
     <t>127 Route Du Bois De Nefles</t>
   </si>
   <si>
     <t>97492 STE CLOTILDE</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
     <t>0262482020</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
@@ -2438,275 +2441,275 @@
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>209</v>
       </c>
       <c r="H27" t="s">
         <v>210</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>211</v>
       </c>
       <c r="L27" t="s">
         <v>212</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>213</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27" t="s">
         <v>29</v>
       </c>
       <c r="Q27" t="s">
         <v>30</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
+        <v>213</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
         <v>214</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>215</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>216</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" t="s">
         <v>217</v>
       </c>
-      <c r="I28" t="n">
-[...5 lines deleted...]
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>218</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28" t="s">
         <v>29</v>
       </c>
       <c r="Q28" t="s">
         <v>30</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
+        <v>220</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
         <v>221</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
         <v>222</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>223</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="K29" t="s">
         <v>224</v>
       </c>
-      <c r="I29" t="n">
-[...5 lines deleted...]
-      <c r="K29" t="s">
+      <c r="L29" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
         <v>58</v>
       </c>
       <c r="O29" t="s">
         <v>167</v>
       </c>
       <c r="P29" t="s">
         <v>168</v>
       </c>
       <c r="Q29" t="s">
         <v>169</v>
       </c>
       <c r="R29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>226</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>227</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>228</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>229</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" t="s">
         <v>230</v>
       </c>
-      <c r="I30" t="n">
-[...5 lines deleted...]
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>231</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>20</v>
+      </c>
+      <c r="N30" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30" t="s">
         <v>29</v>
       </c>
       <c r="Q30" t="s">
         <v>30</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>233</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>234</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>235</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>236</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J31" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" t="s">
         <v>237</v>
       </c>
-      <c r="I31" t="n">
-[...5 lines deleted...]
-      <c r="K31" t="s">
+      <c r="L31" t="s">
         <v>238</v>
       </c>
-      <c r="L31" t="s">
+      <c r="M31" t="s">
+        <v>20</v>
+      </c>
+      <c r="N31" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31" t="s">
         <v>29</v>
       </c>
       <c r="Q31" t="s">
         <v>30</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>240</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
@@ -2774,157 +2777,157 @@
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>249</v>
       </c>
       <c r="H33" t="s">
         <v>250</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>251</v>
       </c>
       <c r="L33" t="s">
         <v>252</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>183</v>
+        <v>253</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33" t="s">
         <v>29</v>
       </c>
       <c r="Q33" t="s">
         <v>30</v>
       </c>
       <c r="R33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H34" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L34" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34" t="s">
         <v>29</v>
       </c>
       <c r="Q34" t="s">
         <v>30</v>
       </c>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H35" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L35" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
         <v>149</v>
       </c>
       <c r="O35" t="s">
         <v>90</v>
       </c>
       <c r="P35" t="s">
         <v>91</v>
       </c>
       <c r="Q35" t="s">
         <v>92</v>
       </c>
       <c r="R35" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
@@ -2941,141 +2944,141 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="O1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="Q1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="R1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="S1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="T1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="K2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="Q2" t="s">
+        <v>290</v>
+      </c>
+      <c r="R2" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>