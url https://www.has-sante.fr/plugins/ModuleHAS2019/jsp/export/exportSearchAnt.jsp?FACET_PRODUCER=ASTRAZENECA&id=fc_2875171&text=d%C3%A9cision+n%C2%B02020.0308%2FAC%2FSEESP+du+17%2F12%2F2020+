--- v0 (2025-10-05)
+++ v1 (2026-01-24)
@@ -9,95 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>IMFINZI (durvalumab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/06/2025 16:37:00</t>
+    <t>20/01/2026 12:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>pprd_2982846</t>
   </si>
   <si>
     <t>durvalumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372376/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
@@ -108,101 +108,113 @@
     <t>https://www.has-sante.fr/jcms/p_3448228/fr/imjudo-/-imfinzi-tremelimumab-/-durvalumab-carcinome-hepato-cellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451406/fr/imfinzi-durvalumab-cancer-des-voies-biliaires-cvb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459834/fr/imfinzi-/-tremelimumab-astrazeneca-durvalumab-/-tremelimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3468175/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3506840/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555565/fr/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562956/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590636/fr/imfinzi-durvalumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609085/fr/imfinzi-durvalumab-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702859/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752786/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745725/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809520/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:X2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -272,44 +284,56 @@
       </c>
       <c r="Q2" t="s">
         <v>25</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
       <c r="S2" t="s">
         <v>27</v>
       </c>
       <c r="T2" t="s">
         <v>28</v>
       </c>
       <c r="U2" t="s">
         <v>29</v>
       </c>
       <c r="V2" t="s">
         <v>30</v>
       </c>
       <c r="W2" t="s">
         <v>31</v>
       </c>
       <c r="X2" t="s">
         <v>32</v>
       </c>
+      <c r="Y2" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>36</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>