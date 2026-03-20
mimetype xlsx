--- v1 (2026-01-24)
+++ v2 (2026-03-20)
@@ -9,95 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>IMFINZI (durvalumab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/01/2026 12:10:00</t>
+    <t>05/03/2026 12:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982846/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>pprd_2982846</t>
   </si>
   <si>
     <t>durvalumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908478/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-2eme-ligne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239200/fr/imfinzi-durvalumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242177/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-a-un-stade-etendu-cbpc-se</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372376/fr/imfinzi-durvalumab-cancer-des-voies-biliaires</t>
   </si>
@@ -120,101 +120,107 @@
     <t>https://www.has-sante.fr/jcms/p_3506840/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555565/fr/imfinzi-durvalumab-carcinome-hepatocellulaire-chc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562956/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-cbpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590636/fr/imfinzi-durvalumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609085/fr/imfinzi-durvalumab-cancer-de-la-vessie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3702859/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3752786/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3745725/fr/imfinzi-durvalumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3809520/fr/imfinzi-durvalumab-cancer-bronchique-a-petites-cellules-de-stade-limite-cbpc-sl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859386/fr/imfinzi-durvalumab-cancer-de-la-vessie-tvim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3890557/fr/imfinzi-durvalumab-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -296,44 +302,50 @@
       </c>
       <c r="U2" t="s">
         <v>29</v>
       </c>
       <c r="V2" t="s">
         <v>30</v>
       </c>
       <c r="W2" t="s">
         <v>31</v>
       </c>
       <c r="X2" t="s">
         <v>32</v>
       </c>
       <c r="Y2" t="s">
         <v>33</v>
       </c>
       <c r="Z2" t="s">
         <v>34</v>
       </c>
       <c r="AA2" t="s">
         <v>35</v>
       </c>
       <c r="AB2" t="s">
         <v>36</v>
       </c>
+      <c r="AC2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>38</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>