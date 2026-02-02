--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="110">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -92,72 +92,78 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_400827/fr/spiriva-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_874870/fr/spiriva-respimat-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069682/fr/spiriva-spiriva-respimat-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040090/fr/spiriva-respimat-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2608666/fr/spiriva-spiriva-respimat-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2964756/fr/spiriva-respimat-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2967160/fr/spiriva-respimat-bromure-de-tiotropium-monohydrate</t>
   </si>
   <si>
     <t>OFEV (nintédanib)</t>
   </si>
   <si>
-    <t>10/02/2023 09:09:16</t>
+    <t>30/01/2026 15:09:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984523/fr/ofev-nintedanib</t>
   </si>
   <si>
     <t>pprd_2984523</t>
   </si>
   <si>
     <t>nintédanib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038122/fr/ofev-nintedanib-inhibiteur-des-tyrosines-kinases</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225386/fr/ofev-pid-nintedanib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225416/fr/ofev-pid-scs-chez-l-adulte-nintedanib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3410994/fr/ofev-nintedanib-fibrose-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
   </si>
   <si>
     <t>JARDIANCE (empagliflozine)</t>
   </si>
   <si>
     <t>24/05/2024 16:25:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982867/fr/jardiance-empagliflozine</t>
   </si>
   <si>
     <t>pprd_2982867</t>
   </si>
   <si>
     <t>empagliflozine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2003853/fr/jardiance-empagliflozine-antidiabetique-oral</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2722414/fr/jardiance-empagliflozine-antidiabetique-oral</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906422/fr/jardiance-empagliflozine-antidiabetique-oral</t>
   </si>
@@ -520,399 +526,405 @@
       </c>
       <c r="G3" t="s">
         <v>28</v>
       </c>
       <c r="H3" t="s">
         <v>29</v>
       </c>
       <c r="I3" t="s">
         <v>30</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="L3" t="s">
         <v>32</v>
       </c>
       <c r="M3" t="s">
         <v>33</v>
       </c>
       <c r="N3" t="s">
         <v>34</v>
       </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="Q4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="R4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="S4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="L7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="N7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="O7" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="P7" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="L8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I11" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="L11" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>