--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>NATI-K (potassium (tartrate neutre de))</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/05/2013 18:27:00</t>
+    <t>21/10/2019 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984923/fr/nati-k-potassium-tartrate-neutre-de</t>
   </si>
   <si>
     <t>pprd_2984923</t>
   </si>
   <si>
     <t>potassium (tartrate neutre de)</t>
   </si>
   <si>
     <t>DB PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_618041/fr/nati-k-potassium-tartrate-neutre-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1543513/fr/nati-k-potassium-tartrate-neutre-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>