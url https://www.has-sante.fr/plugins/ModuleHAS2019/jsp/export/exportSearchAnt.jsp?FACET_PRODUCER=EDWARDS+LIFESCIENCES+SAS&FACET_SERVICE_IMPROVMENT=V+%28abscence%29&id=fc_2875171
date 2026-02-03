--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>EDWARDS SAPIEN 3</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/07/2025 00:00:00</t>
+    <t>01/07/2019 17:44:35</t>
   </si>
   <si>
     <t>12/09/2025 10:50:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643530/fr/edwards-sapien-3</t>
   </si>
   <si>
     <t>p_3643530</t>
   </si>
   <si>
     <t>Bioprothèse valvulaire pulmonaire associée à son système de mise en place COMMANDER</t>
   </si>
   <si>
     <t>EDWARDS LIFESCIENCES SAS</t>
   </si>
   <si>
     <t>26/03/2024 00:00:00</t>
   </si>
   <si>
     <t>27/03/2024 15:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3502975/fr/edwards-sapien-3</t>
   </si>